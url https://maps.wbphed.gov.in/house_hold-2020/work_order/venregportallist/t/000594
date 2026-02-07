--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="705">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="708">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -2127,50 +2127,59 @@
     <t>VMR/2023/001282</t>
   </si>
   <si>
     <t>0000000145</t>
   </si>
   <si>
     <t>REQ/2024/3721</t>
   </si>
   <si>
     <t>VMR/2024/000672</t>
   </si>
   <si>
     <t>REQUEST FOR PAYMENT</t>
   </si>
   <si>
     <t>REQ/2024/4380</t>
   </si>
   <si>
     <t>2024-09-03</t>
   </si>
   <si>
     <t>VMR/2024/2116</t>
   </si>
   <si>
     <t>Please approve our request</t>
+  </si>
+  <si>
+    <t>REQ/001303/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-27</t>
+  </si>
+  <si>
+    <t>VMR/2023/003283</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2526,51 +2535,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W195"/>
+  <dimension ref="A1:W196"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="135.53833" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="52.987061" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -10299,50 +10308,87 @@
       <c r="E195" s="3" t="s">
         <v>704</v>
       </c>
       <c r="F195" s="3"/>
       <c r="G195" s="3" t="s">
         <v>40</v>
       </c>
       <c r="H195" s="4" t="s">
         <v>702</v>
       </c>
       <c r="I195" s="4"/>
       <c r="J195" s="1"/>
       <c r="K195" s="1"/>
       <c r="L195" s="1"/>
       <c r="M195" s="1"/>
       <c r="N195" s="1"/>
       <c r="O195" s="1"/>
       <c r="P195" s="1"/>
       <c r="Q195" s="1"/>
       <c r="R195" s="1"/>
       <c r="S195" s="1"/>
       <c r="T195" s="1"/>
       <c r="U195" s="1"/>
       <c r="V195" s="1"/>
       <c r="W195" s="1"/>
+    </row>
+    <row r="196" spans="1:23">
+      <c r="A196" s="3">
+        <v>194</v>
+      </c>
+      <c r="B196" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="C196" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="D196" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="E196" s="3"/>
+      <c r="F196" s="3"/>
+      <c r="G196" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="H196" s="4" t="s">
+        <v>706</v>
+      </c>
+      <c r="I196" s="4"/>
+      <c r="J196" s="1"/>
+      <c r="K196" s="1"/>
+      <c r="L196" s="1"/>
+      <c r="M196" s="1"/>
+      <c r="N196" s="1"/>
+      <c r="O196" s="1"/>
+      <c r="P196" s="1"/>
+      <c r="Q196" s="1"/>
+      <c r="R196" s="1"/>
+      <c r="S196" s="1"/>
+      <c r="T196" s="1"/>
+      <c r="U196" s="1"/>
+      <c r="V196" s="1"/>
+      <c r="W196" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>