--- v1 (2026-02-07)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="708">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="715">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -1196,50 +1196,56 @@
   <si>
     <t>REQ/2023/7965</t>
   </si>
   <si>
     <t>2023-09-05</t>
   </si>
   <si>
     <t>VMR/2023/003020</t>
   </si>
   <si>
     <t>0000000049</t>
   </si>
   <si>
     <t>REQ/2023/7966</t>
   </si>
   <si>
     <t>REQ/2023/8097</t>
   </si>
   <si>
     <t>2023-09-07</t>
   </si>
   <si>
     <t>VMR/2023/000019</t>
   </si>
   <si>
+    <t>0000000168</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
     <t>REQ/2023/4475</t>
   </si>
   <si>
     <t>VMR/2023/001587</t>
   </si>
   <si>
     <t>Request for vendor code for received of payment from ebilling</t>
   </si>
   <si>
     <t>0000000050</t>
   </si>
   <si>
     <t>REQ/2023/4588</t>
   </si>
   <si>
     <t>Request For Vendor Code</t>
   </si>
   <si>
     <t>0000000011</t>
   </si>
   <si>
     <t>REQ/2023/4876</t>
   </si>
   <si>
     <t>VMR/2023/000472</t>
@@ -2136,50 +2142,65 @@
     <t>VMR/2024/000672</t>
   </si>
   <si>
     <t>REQUEST FOR PAYMENT</t>
   </si>
   <si>
     <t>REQ/2024/4380</t>
   </si>
   <si>
     <t>2024-09-03</t>
   </si>
   <si>
     <t>VMR/2024/2116</t>
   </si>
   <si>
     <t>Please approve our request</t>
   </si>
   <si>
     <t>REQ/001303/2025-2026</t>
   </si>
   <si>
     <t>2026-01-27</t>
   </si>
   <si>
     <t>VMR/2023/003283</t>
+  </si>
+  <si>
+    <t>REQ/001358/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>VMR/2023/000222</t>
+  </si>
+  <si>
+    <t>Pl. Accept the vendor</t>
+  </si>
+  <si>
+    <t>0000000167</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2535,51 +2556,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W196"/>
+  <dimension ref="A1:W197"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="135.53833" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="52.987061" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -7078,3317 +7099,3360 @@
       <c r="N114" s="1"/>
       <c r="O114" s="1"/>
       <c r="P114" s="1"/>
       <c r="Q114" s="1"/>
       <c r="R114" s="1"/>
       <c r="S114" s="1"/>
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>391</v>
       </c>
       <c r="C115" s="3" t="s">
         <v>392</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>393</v>
       </c>
       <c r="E115" s="3"/>
-      <c r="F115" s="3"/>
+      <c r="F115" s="3" t="s">
+        <v>394</v>
+      </c>
       <c r="G115" s="3" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="H115" s="4" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="I115" s="4"/>
       <c r="J115" s="1"/>
       <c r="K115" s="1"/>
       <c r="L115" s="1"/>
       <c r="M115" s="1"/>
       <c r="N115" s="1"/>
       <c r="O115" s="1"/>
       <c r="P115" s="1"/>
       <c r="Q115" s="1"/>
       <c r="R115" s="1"/>
       <c r="S115" s="1"/>
       <c r="T115" s="1"/>
       <c r="U115" s="1"/>
       <c r="V115" s="1"/>
       <c r="W115" s="1"/>
     </row>
     <row r="116" spans="1:23">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="C116" s="3" t="s">
         <v>101</v>
       </c>
       <c r="D116" s="3" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="G116" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H116" s="4" t="s">
         <v>217</v>
       </c>
       <c r="I116" s="4"/>
       <c r="J116" s="1"/>
       <c r="K116" s="1"/>
       <c r="L116" s="1"/>
       <c r="M116" s="1"/>
       <c r="N116" s="1"/>
       <c r="O116" s="1"/>
       <c r="P116" s="1"/>
       <c r="Q116" s="1"/>
       <c r="R116" s="1"/>
       <c r="S116" s="1"/>
       <c r="T116" s="1"/>
       <c r="U116" s="1"/>
       <c r="V116" s="1"/>
       <c r="W116" s="1"/>
     </row>
     <row r="117" spans="1:23">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="C117" s="3" t="s">
         <v>101</v>
       </c>
       <c r="D117" s="3" t="s">
         <v>120</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H117" s="4" t="s">
         <v>94</v>
       </c>
       <c r="I117" s="4"/>
       <c r="J117" s="1"/>
       <c r="K117" s="1"/>
       <c r="L117" s="1"/>
       <c r="M117" s="1"/>
       <c r="N117" s="1"/>
       <c r="O117" s="1"/>
       <c r="P117" s="1"/>
       <c r="Q117" s="1"/>
       <c r="R117" s="1"/>
       <c r="S117" s="1"/>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C118" s="3" t="s">
         <v>94</v>
       </c>
       <c r="D118" s="3" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>128</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="G118" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H118" s="4" t="s">
         <v>104</v>
       </c>
       <c r="I118" s="4"/>
       <c r="J118" s="1"/>
       <c r="K118" s="1"/>
       <c r="L118" s="1"/>
       <c r="M118" s="1"/>
       <c r="N118" s="1"/>
       <c r="O118" s="1"/>
       <c r="P118" s="1"/>
       <c r="Q118" s="1"/>
       <c r="R118" s="1"/>
       <c r="S118" s="1"/>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="C119" s="3" t="s">
         <v>104</v>
       </c>
       <c r="D119" s="3" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="G119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H119" s="4" t="s">
         <v>104</v>
       </c>
       <c r="I119" s="4"/>
       <c r="J119" s="1"/>
       <c r="K119" s="1"/>
       <c r="L119" s="1"/>
       <c r="M119" s="1"/>
       <c r="N119" s="1"/>
       <c r="O119" s="1"/>
       <c r="P119" s="1"/>
       <c r="Q119" s="1"/>
       <c r="R119" s="1"/>
       <c r="S119" s="1"/>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
     </row>
     <row r="120" spans="1:23">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="C120" s="3" t="s">
         <v>309</v>
       </c>
       <c r="D120" s="3" t="s">
         <v>271</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>128</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="G120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H120" s="4" t="s">
         <v>104</v>
       </c>
       <c r="I120" s="4"/>
       <c r="J120" s="1"/>
       <c r="K120" s="1"/>
       <c r="L120" s="1"/>
       <c r="M120" s="1"/>
       <c r="N120" s="1"/>
       <c r="O120" s="1"/>
       <c r="P120" s="1"/>
       <c r="Q120" s="1"/>
       <c r="R120" s="1"/>
       <c r="S120" s="1"/>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="C121" s="3" t="s">
         <v>373</v>
       </c>
       <c r="D121" s="3" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="E121" s="3"/>
       <c r="F121" s="3" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="G121" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H121" s="4" t="s">
         <v>373</v>
       </c>
       <c r="I121" s="4"/>
       <c r="J121" s="1"/>
       <c r="K121" s="1"/>
       <c r="L121" s="1"/>
       <c r="M121" s="1"/>
       <c r="N121" s="1"/>
       <c r="O121" s="1"/>
       <c r="P121" s="1"/>
       <c r="Q121" s="1"/>
       <c r="R121" s="1"/>
       <c r="S121" s="1"/>
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
     </row>
     <row r="122" spans="1:23">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D122" s="3" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="E122" s="3"/>
       <c r="F122" s="3" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="G122" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H122" s="4" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="I122" s="4"/>
       <c r="J122" s="1"/>
       <c r="K122" s="1"/>
       <c r="L122" s="1"/>
       <c r="M122" s="1"/>
       <c r="N122" s="1"/>
       <c r="O122" s="1"/>
       <c r="P122" s="1"/>
       <c r="Q122" s="1"/>
       <c r="R122" s="1"/>
       <c r="S122" s="1"/>
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
     </row>
     <row r="123" spans="1:23">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="C123" s="3" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="D123" s="3" t="s">
         <v>246</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="F123" s="3"/>
       <c r="G123" s="3" t="s">
         <v>40</v>
       </c>
       <c r="H123" s="4" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="I123" s="4"/>
       <c r="J123" s="1"/>
       <c r="K123" s="1"/>
       <c r="L123" s="1"/>
       <c r="M123" s="1"/>
       <c r="N123" s="1"/>
       <c r="O123" s="1"/>
       <c r="P123" s="1"/>
       <c r="Q123" s="1"/>
       <c r="R123" s="1"/>
       <c r="S123" s="1"/>
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="C124" s="3" t="s">
         <v>94</v>
       </c>
       <c r="D124" s="3" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="G124" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H124" s="4" t="s">
         <v>104</v>
       </c>
       <c r="I124" s="4"/>
       <c r="J124" s="1"/>
       <c r="K124" s="1"/>
       <c r="L124" s="1"/>
       <c r="M124" s="1"/>
       <c r="N124" s="1"/>
       <c r="O124" s="1"/>
       <c r="P124" s="1"/>
       <c r="Q124" s="1"/>
       <c r="R124" s="1"/>
       <c r="S124" s="1"/>
       <c r="T124" s="1"/>
       <c r="U124" s="1"/>
       <c r="V124" s="1"/>
       <c r="W124" s="1"/>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="C125" s="3" t="s">
         <v>309</v>
       </c>
       <c r="D125" s="3" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>121</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="G125" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H125" s="4" t="s">
         <v>104</v>
       </c>
       <c r="I125" s="4"/>
       <c r="J125" s="1"/>
       <c r="K125" s="1"/>
       <c r="L125" s="1"/>
       <c r="M125" s="1"/>
       <c r="N125" s="1"/>
       <c r="O125" s="1"/>
       <c r="P125" s="1"/>
       <c r="Q125" s="1"/>
       <c r="R125" s="1"/>
       <c r="S125" s="1"/>
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
     </row>
     <row r="126" spans="1:23">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="C126" s="3" t="s">
         <v>373</v>
       </c>
       <c r="D126" s="3" t="s">
         <v>375</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>376</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="G126" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H126" s="4" t="s">
         <v>373</v>
       </c>
       <c r="I126" s="4"/>
       <c r="J126" s="1"/>
       <c r="K126" s="1"/>
       <c r="L126" s="1"/>
       <c r="M126" s="1"/>
       <c r="N126" s="1"/>
       <c r="O126" s="1"/>
       <c r="P126" s="1"/>
       <c r="Q126" s="1"/>
       <c r="R126" s="1"/>
       <c r="S126" s="1"/>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="C127" s="3" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="D127" s="3" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="E127" s="3"/>
       <c r="F127" s="3"/>
       <c r="G127" s="3" t="s">
         <v>40</v>
       </c>
       <c r="H127" s="4" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="I127" s="4"/>
       <c r="J127" s="1"/>
       <c r="K127" s="1"/>
       <c r="L127" s="1"/>
       <c r="M127" s="1"/>
       <c r="N127" s="1"/>
       <c r="O127" s="1"/>
       <c r="P127" s="1"/>
       <c r="Q127" s="1"/>
       <c r="R127" s="1"/>
       <c r="S127" s="1"/>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="C128" s="3" t="s">
         <v>387</v>
       </c>
       <c r="D128" s="3" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="G128" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H128" s="4" t="s">
         <v>217</v>
       </c>
       <c r="I128" s="4"/>
       <c r="J128" s="1"/>
       <c r="K128" s="1"/>
       <c r="L128" s="1"/>
       <c r="M128" s="1"/>
       <c r="N128" s="1"/>
       <c r="O128" s="1"/>
       <c r="P128" s="1"/>
       <c r="Q128" s="1"/>
       <c r="R128" s="1"/>
       <c r="S128" s="1"/>
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
     </row>
     <row r="129" spans="1:23">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C129" s="3" t="s">
         <v>373</v>
       </c>
       <c r="D129" s="3" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="G129" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H129" s="4" t="s">
         <v>373</v>
       </c>
       <c r="I129" s="4"/>
       <c r="J129" s="1"/>
       <c r="K129" s="1"/>
       <c r="L129" s="1"/>
       <c r="M129" s="1"/>
       <c r="N129" s="1"/>
       <c r="O129" s="1"/>
       <c r="P129" s="1"/>
       <c r="Q129" s="1"/>
       <c r="R129" s="1"/>
       <c r="S129" s="1"/>
       <c r="T129" s="1"/>
       <c r="U129" s="1"/>
       <c r="V129" s="1"/>
       <c r="W129" s="1"/>
     </row>
     <row r="130" spans="1:23">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="C130" s="3" t="s">
         <v>104</v>
       </c>
       <c r="D130" s="3" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>52</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="G130" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H130" s="4" t="s">
         <v>104</v>
       </c>
       <c r="I130" s="4"/>
       <c r="J130" s="1"/>
       <c r="K130" s="1"/>
       <c r="L130" s="1"/>
       <c r="M130" s="1"/>
       <c r="N130" s="1"/>
       <c r="O130" s="1"/>
       <c r="P130" s="1"/>
       <c r="Q130" s="1"/>
       <c r="R130" s="1"/>
       <c r="S130" s="1"/>
       <c r="T130" s="1"/>
       <c r="U130" s="1"/>
       <c r="V130" s="1"/>
       <c r="W130" s="1"/>
     </row>
     <row r="131" spans="1:23">
       <c r="A131" s="3">
         <v>129</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="C131" s="3" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="D131" s="3" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="F131" s="3"/>
       <c r="G131" s="3" t="s">
         <v>40</v>
       </c>
       <c r="H131" s="4" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="I131" s="4"/>
       <c r="J131" s="1"/>
       <c r="K131" s="1"/>
       <c r="L131" s="1"/>
       <c r="M131" s="1"/>
       <c r="N131" s="1"/>
       <c r="O131" s="1"/>
       <c r="P131" s="1"/>
       <c r="Q131" s="1"/>
       <c r="R131" s="1"/>
       <c r="S131" s="1"/>
       <c r="T131" s="1"/>
       <c r="U131" s="1"/>
       <c r="V131" s="1"/>
       <c r="W131" s="1"/>
     </row>
     <row r="132" spans="1:23">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C132" s="3" t="s">
         <v>387</v>
       </c>
       <c r="D132" s="3" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="F132" s="3"/>
       <c r="G132" s="3" t="s">
         <v>40</v>
       </c>
       <c r="H132" s="4" t="s">
         <v>387</v>
       </c>
       <c r="I132" s="4"/>
       <c r="J132" s="1"/>
       <c r="K132" s="1"/>
       <c r="L132" s="1"/>
       <c r="M132" s="1"/>
       <c r="N132" s="1"/>
       <c r="O132" s="1"/>
       <c r="P132" s="1"/>
       <c r="Q132" s="1"/>
       <c r="R132" s="1"/>
       <c r="S132" s="1"/>
       <c r="T132" s="1"/>
       <c r="U132" s="1"/>
       <c r="V132" s="1"/>
       <c r="W132" s="1"/>
     </row>
     <row r="133" spans="1:23">
       <c r="A133" s="3">
         <v>131</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="C133" s="3" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D133" s="3" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3" t="s">
         <v>40</v>
       </c>
       <c r="H133" s="4" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="I133" s="4"/>
       <c r="J133" s="1"/>
       <c r="K133" s="1"/>
       <c r="L133" s="1"/>
       <c r="M133" s="1"/>
       <c r="N133" s="1"/>
       <c r="O133" s="1"/>
       <c r="P133" s="1"/>
       <c r="Q133" s="1"/>
       <c r="R133" s="1"/>
       <c r="S133" s="1"/>
       <c r="T133" s="1"/>
       <c r="U133" s="1"/>
       <c r="V133" s="1"/>
       <c r="W133" s="1"/>
     </row>
     <row r="134" spans="1:23">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="C134" s="3" t="s">
         <v>309</v>
       </c>
       <c r="D134" s="3" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="E134" s="3"/>
       <c r="F134" s="3" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="G134" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H134" s="4" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="I134" s="4"/>
       <c r="J134" s="1"/>
       <c r="K134" s="1"/>
       <c r="L134" s="1"/>
       <c r="M134" s="1"/>
       <c r="N134" s="1"/>
       <c r="O134" s="1"/>
       <c r="P134" s="1"/>
       <c r="Q134" s="1"/>
       <c r="R134" s="1"/>
       <c r="S134" s="1"/>
       <c r="T134" s="1"/>
       <c r="U134" s="1"/>
       <c r="V134" s="1"/>
       <c r="W134" s="1"/>
     </row>
     <row r="135" spans="1:23">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="C135" s="3" t="s">
         <v>94</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>39</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="G135" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H135" s="4" t="s">
         <v>104</v>
       </c>
       <c r="I135" s="4"/>
       <c r="J135" s="1"/>
       <c r="K135" s="1"/>
       <c r="L135" s="1"/>
       <c r="M135" s="1"/>
       <c r="N135" s="1"/>
       <c r="O135" s="1"/>
       <c r="P135" s="1"/>
       <c r="Q135" s="1"/>
       <c r="R135" s="1"/>
       <c r="S135" s="1"/>
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
     </row>
     <row r="136" spans="1:23">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="C136" s="3" t="s">
         <v>104</v>
       </c>
       <c r="D136" s="3" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="F136" s="3"/>
       <c r="G136" s="3" t="s">
         <v>151</v>
       </c>
       <c r="H136" s="4" t="s">
         <v>104</v>
       </c>
       <c r="I136" s="4" t="s">
         <v>377</v>
       </c>
       <c r="J136" s="1"/>
       <c r="K136" s="1"/>
       <c r="L136" s="1"/>
       <c r="M136" s="1"/>
       <c r="N136" s="1"/>
       <c r="O136" s="1"/>
       <c r="P136" s="1"/>
       <c r="Q136" s="1"/>
       <c r="R136" s="1"/>
       <c r="S136" s="1"/>
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
     </row>
     <row r="137" spans="1:23">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="C137" s="3" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="D137" s="3" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="E137" s="3"/>
       <c r="F137" s="3"/>
       <c r="G137" s="3" t="s">
         <v>40</v>
       </c>
       <c r="H137" s="4" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="I137" s="4"/>
       <c r="J137" s="1"/>
       <c r="K137" s="1"/>
       <c r="L137" s="1"/>
       <c r="M137" s="1"/>
       <c r="N137" s="1"/>
       <c r="O137" s="1"/>
       <c r="P137" s="1"/>
       <c r="Q137" s="1"/>
       <c r="R137" s="1"/>
       <c r="S137" s="1"/>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
     </row>
     <row r="138" spans="1:23">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="D138" s="3" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="E138" s="3"/>
       <c r="F138" s="3"/>
       <c r="G138" s="3" t="s">
         <v>40</v>
       </c>
       <c r="H138" s="4" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="I138" s="4"/>
       <c r="J138" s="1"/>
       <c r="K138" s="1"/>
       <c r="L138" s="1"/>
       <c r="M138" s="1"/>
       <c r="N138" s="1"/>
       <c r="O138" s="1"/>
       <c r="P138" s="1"/>
       <c r="Q138" s="1"/>
       <c r="R138" s="1"/>
       <c r="S138" s="1"/>
       <c r="T138" s="1"/>
       <c r="U138" s="1"/>
       <c r="V138" s="1"/>
       <c r="W138" s="1"/>
     </row>
     <row r="139" spans="1:23">
       <c r="A139" s="3">
         <v>137</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="C139" s="3" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="D139" s="3" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="E139" s="3"/>
       <c r="F139" s="3"/>
       <c r="G139" s="3" t="s">
         <v>40</v>
       </c>
       <c r="H139" s="4" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="I139" s="4"/>
       <c r="J139" s="1"/>
       <c r="K139" s="1"/>
       <c r="L139" s="1"/>
       <c r="M139" s="1"/>
       <c r="N139" s="1"/>
       <c r="O139" s="1"/>
       <c r="P139" s="1"/>
       <c r="Q139" s="1"/>
       <c r="R139" s="1"/>
       <c r="S139" s="1"/>
       <c r="T139" s="1"/>
       <c r="U139" s="1"/>
       <c r="V139" s="1"/>
       <c r="W139" s="1"/>
     </row>
     <row r="140" spans="1:23">
       <c r="A140" s="3">
         <v>138</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="C140" s="3" t="s">
         <v>373</v>
       </c>
       <c r="D140" s="3" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="E140" s="3"/>
       <c r="F140" s="3" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="G140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H140" s="4" t="s">
         <v>373</v>
       </c>
       <c r="I140" s="4"/>
       <c r="J140" s="1"/>
       <c r="K140" s="1"/>
       <c r="L140" s="1"/>
       <c r="M140" s="1"/>
       <c r="N140" s="1"/>
       <c r="O140" s="1"/>
       <c r="P140" s="1"/>
       <c r="Q140" s="1"/>
       <c r="R140" s="1"/>
       <c r="S140" s="1"/>
       <c r="T140" s="1"/>
       <c r="U140" s="1"/>
       <c r="V140" s="1"/>
       <c r="W140" s="1"/>
     </row>
     <row r="141" spans="1:23">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="C141" s="3" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="D141" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="E141" s="3"/>
       <c r="F141" s="3" t="s">
         <v>389</v>
       </c>
       <c r="G141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H141" s="4" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="I141" s="4"/>
       <c r="J141" s="1"/>
       <c r="K141" s="1"/>
       <c r="L141" s="1"/>
       <c r="M141" s="1"/>
       <c r="N141" s="1"/>
       <c r="O141" s="1"/>
       <c r="P141" s="1"/>
       <c r="Q141" s="1"/>
       <c r="R141" s="1"/>
       <c r="S141" s="1"/>
       <c r="T141" s="1"/>
       <c r="U141" s="1"/>
       <c r="V141" s="1"/>
       <c r="W141" s="1"/>
     </row>
     <row r="142" spans="1:23">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="C142" s="3" t="s">
         <v>94</v>
       </c>
       <c r="D142" s="3" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="E142" s="3"/>
       <c r="F142" s="3" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="G142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H142" s="4" t="s">
         <v>104</v>
       </c>
       <c r="I142" s="4"/>
       <c r="J142" s="1"/>
       <c r="K142" s="1"/>
       <c r="L142" s="1"/>
       <c r="M142" s="1"/>
       <c r="N142" s="1"/>
       <c r="O142" s="1"/>
       <c r="P142" s="1"/>
       <c r="Q142" s="1"/>
       <c r="R142" s="1"/>
       <c r="S142" s="1"/>
       <c r="T142" s="1"/>
       <c r="U142" s="1"/>
       <c r="V142" s="1"/>
       <c r="W142" s="1"/>
     </row>
     <row r="143" spans="1:23">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="C143" s="3" t="s">
         <v>329</v>
       </c>
       <c r="D143" s="3" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>128</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="G143" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H143" s="4" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="I143" s="4"/>
       <c r="J143" s="1"/>
       <c r="K143" s="1"/>
       <c r="L143" s="1"/>
       <c r="M143" s="1"/>
       <c r="N143" s="1"/>
       <c r="O143" s="1"/>
       <c r="P143" s="1"/>
       <c r="Q143" s="1"/>
       <c r="R143" s="1"/>
       <c r="S143" s="1"/>
       <c r="T143" s="1"/>
       <c r="U143" s="1"/>
       <c r="V143" s="1"/>
       <c r="W143" s="1"/>
     </row>
     <row r="144" spans="1:23">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="C144" s="3" t="s">
         <v>340</v>
       </c>
       <c r="D144" s="3" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>128</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="G144" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H144" s="4" t="s">
         <v>340</v>
       </c>
       <c r="I144" s="4"/>
       <c r="J144" s="1"/>
       <c r="K144" s="1"/>
       <c r="L144" s="1"/>
       <c r="M144" s="1"/>
       <c r="N144" s="1"/>
       <c r="O144" s="1"/>
       <c r="P144" s="1"/>
       <c r="Q144" s="1"/>
       <c r="R144" s="1"/>
       <c r="S144" s="1"/>
       <c r="T144" s="1"/>
       <c r="U144" s="1"/>
       <c r="V144" s="1"/>
       <c r="W144" s="1"/>
     </row>
     <row r="145" spans="1:23">
       <c r="A145" s="3">
         <v>143</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="C145" s="3" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="D145" s="3" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="G145" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H145" s="4" t="s">
         <v>99</v>
       </c>
       <c r="I145" s="4"/>
       <c r="J145" s="1"/>
       <c r="K145" s="1"/>
       <c r="L145" s="1"/>
       <c r="M145" s="1"/>
       <c r="N145" s="1"/>
       <c r="O145" s="1"/>
       <c r="P145" s="1"/>
       <c r="Q145" s="1"/>
       <c r="R145" s="1"/>
       <c r="S145" s="1"/>
       <c r="T145" s="1"/>
       <c r="U145" s="1"/>
       <c r="V145" s="1"/>
       <c r="W145" s="1"/>
     </row>
     <row r="146" spans="1:23">
       <c r="A146" s="3">
         <v>144</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="C146" s="3" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="D146" s="3" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>52</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="G146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H146" s="4" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="I146" s="4"/>
       <c r="J146" s="1"/>
       <c r="K146" s="1"/>
       <c r="L146" s="1"/>
       <c r="M146" s="1"/>
       <c r="N146" s="1"/>
       <c r="O146" s="1"/>
       <c r="P146" s="1"/>
       <c r="Q146" s="1"/>
       <c r="R146" s="1"/>
       <c r="S146" s="1"/>
       <c r="T146" s="1"/>
       <c r="U146" s="1"/>
       <c r="V146" s="1"/>
       <c r="W146" s="1"/>
     </row>
     <row r="147" spans="1:23">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C147" s="3" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="D147" s="3" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="G147" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H147" s="4" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="I147" s="4"/>
       <c r="J147" s="1"/>
       <c r="K147" s="1"/>
       <c r="L147" s="1"/>
       <c r="M147" s="1"/>
       <c r="N147" s="1"/>
       <c r="O147" s="1"/>
       <c r="P147" s="1"/>
       <c r="Q147" s="1"/>
       <c r="R147" s="1"/>
       <c r="S147" s="1"/>
       <c r="T147" s="1"/>
       <c r="U147" s="1"/>
       <c r="V147" s="1"/>
       <c r="W147" s="1"/>
     </row>
     <row r="148" spans="1:23">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D148" s="3" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="G148" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H148" s="4" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="I148" s="4"/>
       <c r="J148" s="1"/>
       <c r="K148" s="1"/>
       <c r="L148" s="1"/>
       <c r="M148" s="1"/>
       <c r="N148" s="1"/>
       <c r="O148" s="1"/>
       <c r="P148" s="1"/>
       <c r="Q148" s="1"/>
       <c r="R148" s="1"/>
       <c r="S148" s="1"/>
       <c r="T148" s="1"/>
       <c r="U148" s="1"/>
       <c r="V148" s="1"/>
       <c r="W148" s="1"/>
     </row>
     <row r="149" spans="1:23">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="C149" s="3" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="D149" s="3" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="E149" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="F149" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H149" s="4" t="s">
         <v>507</v>
-      </c>
-[...7 lines deleted...]
-        <v>505</v>
       </c>
       <c r="I149" s="4"/>
       <c r="J149" s="1"/>
       <c r="K149" s="1"/>
       <c r="L149" s="1"/>
       <c r="M149" s="1"/>
       <c r="N149" s="1"/>
       <c r="O149" s="1"/>
       <c r="P149" s="1"/>
       <c r="Q149" s="1"/>
       <c r="R149" s="1"/>
       <c r="S149" s="1"/>
       <c r="T149" s="1"/>
       <c r="U149" s="1"/>
       <c r="V149" s="1"/>
       <c r="W149" s="1"/>
     </row>
     <row r="150" spans="1:23">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="D150" s="3" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="G150" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H150" s="4" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="I150" s="4"/>
       <c r="J150" s="1"/>
       <c r="K150" s="1"/>
       <c r="L150" s="1"/>
       <c r="M150" s="1"/>
       <c r="N150" s="1"/>
       <c r="O150" s="1"/>
       <c r="P150" s="1"/>
       <c r="Q150" s="1"/>
       <c r="R150" s="1"/>
       <c r="S150" s="1"/>
       <c r="T150" s="1"/>
       <c r="U150" s="1"/>
       <c r="V150" s="1"/>
       <c r="W150" s="1"/>
     </row>
     <row r="151" spans="1:23">
       <c r="A151" s="3">
         <v>149</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="C151" s="3" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="D151" s="3" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="E151" s="3" t="s">
+        <v>519</v>
+      </c>
+      <c r="F151" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H151" s="4" t="s">
         <v>517</v>
-      </c>
-[...7 lines deleted...]
-        <v>515</v>
       </c>
       <c r="I151" s="4"/>
       <c r="J151" s="1"/>
       <c r="K151" s="1"/>
       <c r="L151" s="1"/>
       <c r="M151" s="1"/>
       <c r="N151" s="1"/>
       <c r="O151" s="1"/>
       <c r="P151" s="1"/>
       <c r="Q151" s="1"/>
       <c r="R151" s="1"/>
       <c r="S151" s="1"/>
       <c r="T151" s="1"/>
       <c r="U151" s="1"/>
       <c r="V151" s="1"/>
       <c r="W151" s="1"/>
     </row>
     <row r="152" spans="1:23">
       <c r="A152" s="3">
         <v>150</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="D152" s="3" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="F152" s="3"/>
       <c r="G152" s="3" t="s">
         <v>151</v>
       </c>
       <c r="H152" s="4" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="I152" s="4" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="J152" s="1"/>
       <c r="K152" s="1"/>
       <c r="L152" s="1"/>
       <c r="M152" s="1"/>
       <c r="N152" s="1"/>
       <c r="O152" s="1"/>
       <c r="P152" s="1"/>
       <c r="Q152" s="1"/>
       <c r="R152" s="1"/>
       <c r="S152" s="1"/>
       <c r="T152" s="1"/>
       <c r="U152" s="1"/>
       <c r="V152" s="1"/>
       <c r="W152" s="1"/>
     </row>
     <row r="153" spans="1:23">
       <c r="A153" s="3">
         <v>151</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="C153" s="3" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="D153" s="3" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E153" s="3"/>
       <c r="F153" s="3" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="G153" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H153" s="4" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="I153" s="4"/>
       <c r="J153" s="1"/>
       <c r="K153" s="1"/>
       <c r="L153" s="1"/>
       <c r="M153" s="1"/>
       <c r="N153" s="1"/>
       <c r="O153" s="1"/>
       <c r="P153" s="1"/>
       <c r="Q153" s="1"/>
       <c r="R153" s="1"/>
       <c r="S153" s="1"/>
       <c r="T153" s="1"/>
       <c r="U153" s="1"/>
       <c r="V153" s="1"/>
       <c r="W153" s="1"/>
     </row>
     <row r="154" spans="1:23">
       <c r="A154" s="3">
         <v>152</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="C154" s="3" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="D154" s="3" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="F154" s="3"/>
       <c r="G154" s="3" t="s">
         <v>40</v>
       </c>
       <c r="H154" s="4" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="I154" s="4"/>
       <c r="J154" s="1"/>
       <c r="K154" s="1"/>
       <c r="L154" s="1"/>
       <c r="M154" s="1"/>
       <c r="N154" s="1"/>
       <c r="O154" s="1"/>
       <c r="P154" s="1"/>
       <c r="Q154" s="1"/>
       <c r="R154" s="1"/>
       <c r="S154" s="1"/>
       <c r="T154" s="1"/>
       <c r="U154" s="1"/>
       <c r="V154" s="1"/>
       <c r="W154" s="1"/>
     </row>
     <row r="155" spans="1:23">
       <c r="A155" s="3">
         <v>153</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="C155" s="3" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="D155" s="3" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="E155" s="3"/>
       <c r="F155" s="3" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="G155" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H155" s="4" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="I155" s="4"/>
       <c r="J155" s="1"/>
       <c r="K155" s="1"/>
       <c r="L155" s="1"/>
       <c r="M155" s="1"/>
       <c r="N155" s="1"/>
       <c r="O155" s="1"/>
       <c r="P155" s="1"/>
       <c r="Q155" s="1"/>
       <c r="R155" s="1"/>
       <c r="S155" s="1"/>
       <c r="T155" s="1"/>
       <c r="U155" s="1"/>
       <c r="V155" s="1"/>
       <c r="W155" s="1"/>
     </row>
     <row r="156" spans="1:23">
       <c r="A156" s="3">
         <v>154</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="C156" s="3" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="D156" s="3" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>84</v>
       </c>
       <c r="F156" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H156" s="4" t="s">
         <v>540</v>
-      </c>
-[...4 lines deleted...]
-        <v>538</v>
       </c>
       <c r="I156" s="4"/>
       <c r="J156" s="1"/>
       <c r="K156" s="1"/>
       <c r="L156" s="1"/>
       <c r="M156" s="1"/>
       <c r="N156" s="1"/>
       <c r="O156" s="1"/>
       <c r="P156" s="1"/>
       <c r="Q156" s="1"/>
       <c r="R156" s="1"/>
       <c r="S156" s="1"/>
       <c r="T156" s="1"/>
       <c r="U156" s="1"/>
       <c r="V156" s="1"/>
       <c r="W156" s="1"/>
     </row>
     <row r="157" spans="1:23">
       <c r="A157" s="3">
         <v>155</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="C157" s="3" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="D157" s="3" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="G157" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H157" s="4" t="s">
         <v>221</v>
       </c>
       <c r="I157" s="4"/>
       <c r="J157" s="1"/>
       <c r="K157" s="1"/>
       <c r="L157" s="1"/>
       <c r="M157" s="1"/>
       <c r="N157" s="1"/>
       <c r="O157" s="1"/>
       <c r="P157" s="1"/>
       <c r="Q157" s="1"/>
       <c r="R157" s="1"/>
       <c r="S157" s="1"/>
       <c r="T157" s="1"/>
       <c r="U157" s="1"/>
       <c r="V157" s="1"/>
       <c r="W157" s="1"/>
     </row>
     <row r="158" spans="1:23">
       <c r="A158" s="3">
         <v>156</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="D158" s="3" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>128</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="G158" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H158" s="4" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="I158" s="4"/>
       <c r="J158" s="1"/>
       <c r="K158" s="1"/>
       <c r="L158" s="1"/>
       <c r="M158" s="1"/>
       <c r="N158" s="1"/>
       <c r="O158" s="1"/>
       <c r="P158" s="1"/>
       <c r="Q158" s="1"/>
       <c r="R158" s="1"/>
       <c r="S158" s="1"/>
       <c r="T158" s="1"/>
       <c r="U158" s="1"/>
       <c r="V158" s="1"/>
       <c r="W158" s="1"/>
     </row>
     <row r="159" spans="1:23">
       <c r="A159" s="3">
         <v>157</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="C159" s="3" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="D159" s="3" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="E159" s="3"/>
       <c r="F159" s="3" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="G159" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H159" s="4" t="s">
         <v>217</v>
       </c>
       <c r="I159" s="4"/>
       <c r="J159" s="1"/>
       <c r="K159" s="1"/>
       <c r="L159" s="1"/>
       <c r="M159" s="1"/>
       <c r="N159" s="1"/>
       <c r="O159" s="1"/>
       <c r="P159" s="1"/>
       <c r="Q159" s="1"/>
       <c r="R159" s="1"/>
       <c r="S159" s="1"/>
       <c r="T159" s="1"/>
       <c r="U159" s="1"/>
       <c r="V159" s="1"/>
       <c r="W159" s="1"/>
     </row>
     <row r="160" spans="1:23">
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="C160" s="3" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="D160" s="3" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="F160" s="3"/>
       <c r="G160" s="3" t="s">
         <v>40</v>
       </c>
       <c r="H160" s="4" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="I160" s="4"/>
       <c r="J160" s="1"/>
       <c r="K160" s="1"/>
       <c r="L160" s="1"/>
       <c r="M160" s="1"/>
       <c r="N160" s="1"/>
       <c r="O160" s="1"/>
       <c r="P160" s="1"/>
       <c r="Q160" s="1"/>
       <c r="R160" s="1"/>
       <c r="S160" s="1"/>
       <c r="T160" s="1"/>
       <c r="U160" s="1"/>
       <c r="V160" s="1"/>
       <c r="W160" s="1"/>
     </row>
     <row r="161" spans="1:23">
       <c r="A161" s="3">
         <v>159</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="C161" s="3" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="D161" s="3" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="G161" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H161" s="4" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="I161" s="4"/>
       <c r="J161" s="1"/>
       <c r="K161" s="1"/>
       <c r="L161" s="1"/>
       <c r="M161" s="1"/>
       <c r="N161" s="1"/>
       <c r="O161" s="1"/>
       <c r="P161" s="1"/>
       <c r="Q161" s="1"/>
       <c r="R161" s="1"/>
       <c r="S161" s="1"/>
       <c r="T161" s="1"/>
       <c r="U161" s="1"/>
       <c r="V161" s="1"/>
       <c r="W161" s="1"/>
     </row>
     <row r="162" spans="1:23">
       <c r="A162" s="3">
         <v>160</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="C162" s="3" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="D162" s="3" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="G162" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H162" s="4" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="I162" s="4"/>
       <c r="J162" s="1"/>
       <c r="K162" s="1"/>
       <c r="L162" s="1"/>
       <c r="M162" s="1"/>
       <c r="N162" s="1"/>
       <c r="O162" s="1"/>
       <c r="P162" s="1"/>
       <c r="Q162" s="1"/>
       <c r="R162" s="1"/>
       <c r="S162" s="1"/>
       <c r="T162" s="1"/>
       <c r="U162" s="1"/>
       <c r="V162" s="1"/>
       <c r="W162" s="1"/>
     </row>
     <row r="163" spans="1:23">
       <c r="A163" s="3">
         <v>161</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="C163" s="3" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="D163" s="3" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="G163" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H163" s="4" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="I163" s="4"/>
       <c r="J163" s="1"/>
       <c r="K163" s="1"/>
       <c r="L163" s="1"/>
       <c r="M163" s="1"/>
       <c r="N163" s="1"/>
       <c r="O163" s="1"/>
       <c r="P163" s="1"/>
       <c r="Q163" s="1"/>
       <c r="R163" s="1"/>
       <c r="S163" s="1"/>
       <c r="T163" s="1"/>
       <c r="U163" s="1"/>
       <c r="V163" s="1"/>
       <c r="W163" s="1"/>
     </row>
     <row r="164" spans="1:23">
       <c r="A164" s="3">
         <v>162</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="C164" s="3" t="s">
         <v>99</v>
       </c>
       <c r="D164" s="3" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="F164" s="3"/>
       <c r="G164" s="3" t="s">
         <v>40</v>
       </c>
       <c r="H164" s="4" t="s">
         <v>99</v>
       </c>
       <c r="I164" s="4"/>
       <c r="J164" s="1"/>
       <c r="K164" s="1"/>
       <c r="L164" s="1"/>
       <c r="M164" s="1"/>
       <c r="N164" s="1"/>
       <c r="O164" s="1"/>
       <c r="P164" s="1"/>
       <c r="Q164" s="1"/>
       <c r="R164" s="1"/>
       <c r="S164" s="1"/>
       <c r="T164" s="1"/>
       <c r="U164" s="1"/>
       <c r="V164" s="1"/>
       <c r="W164" s="1"/>
     </row>
     <row r="165" spans="1:23">
       <c r="A165" s="3">
         <v>163</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="C165" s="3" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="D165" s="3" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="G165" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H165" s="4" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="I165" s="4"/>
       <c r="J165" s="1"/>
       <c r="K165" s="1"/>
       <c r="L165" s="1"/>
       <c r="M165" s="1"/>
       <c r="N165" s="1"/>
       <c r="O165" s="1"/>
       <c r="P165" s="1"/>
       <c r="Q165" s="1"/>
       <c r="R165" s="1"/>
       <c r="S165" s="1"/>
       <c r="T165" s="1"/>
       <c r="U165" s="1"/>
       <c r="V165" s="1"/>
       <c r="W165" s="1"/>
     </row>
     <row r="166" spans="1:23">
       <c r="A166" s="3">
         <v>164</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="C166" s="3" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="D166" s="3" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="E166" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="F166" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H166" s="4" t="s">
         <v>586</v>
-      </c>
-[...7 lines deleted...]
-        <v>584</v>
       </c>
       <c r="I166" s="4"/>
       <c r="J166" s="1"/>
       <c r="K166" s="1"/>
       <c r="L166" s="1"/>
       <c r="M166" s="1"/>
       <c r="N166" s="1"/>
       <c r="O166" s="1"/>
       <c r="P166" s="1"/>
       <c r="Q166" s="1"/>
       <c r="R166" s="1"/>
       <c r="S166" s="1"/>
       <c r="T166" s="1"/>
       <c r="U166" s="1"/>
       <c r="V166" s="1"/>
       <c r="W166" s="1"/>
     </row>
     <row r="167" spans="1:23">
       <c r="A167" s="3">
         <v>165</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C167" s="3" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="D167" s="3" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="F167" s="3"/>
       <c r="G167" s="3" t="s">
         <v>40</v>
       </c>
       <c r="H167" s="4" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="I167" s="4"/>
       <c r="J167" s="1"/>
       <c r="K167" s="1"/>
       <c r="L167" s="1"/>
       <c r="M167" s="1"/>
       <c r="N167" s="1"/>
       <c r="O167" s="1"/>
       <c r="P167" s="1"/>
       <c r="Q167" s="1"/>
       <c r="R167" s="1"/>
       <c r="S167" s="1"/>
       <c r="T167" s="1"/>
       <c r="U167" s="1"/>
       <c r="V167" s="1"/>
       <c r="W167" s="1"/>
     </row>
     <row r="168" spans="1:23">
       <c r="A168" s="3">
         <v>166</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="C168" s="3" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="D168" s="3" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>128</v>
       </c>
       <c r="F168" s="3"/>
       <c r="G168" s="3" t="s">
         <v>40</v>
       </c>
       <c r="H168" s="4" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="I168" s="4"/>
       <c r="J168" s="1"/>
       <c r="K168" s="1"/>
       <c r="L168" s="1"/>
       <c r="M168" s="1"/>
       <c r="N168" s="1"/>
       <c r="O168" s="1"/>
       <c r="P168" s="1"/>
       <c r="Q168" s="1"/>
       <c r="R168" s="1"/>
       <c r="S168" s="1"/>
       <c r="T168" s="1"/>
       <c r="U168" s="1"/>
       <c r="V168" s="1"/>
       <c r="W168" s="1"/>
     </row>
     <row r="169" spans="1:23">
       <c r="A169" s="3">
         <v>167</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="C169" s="3" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="D169" s="3" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="G169" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H169" s="4" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="I169" s="4"/>
       <c r="J169" s="1"/>
       <c r="K169" s="1"/>
       <c r="L169" s="1"/>
       <c r="M169" s="1"/>
       <c r="N169" s="1"/>
       <c r="O169" s="1"/>
       <c r="P169" s="1"/>
       <c r="Q169" s="1"/>
       <c r="R169" s="1"/>
       <c r="S169" s="1"/>
       <c r="T169" s="1"/>
       <c r="U169" s="1"/>
       <c r="V169" s="1"/>
       <c r="W169" s="1"/>
     </row>
     <row r="170" spans="1:23">
       <c r="A170" s="3">
         <v>168</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="C170" s="3" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="D170" s="3" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="F170" s="3"/>
       <c r="G170" s="3" t="s">
         <v>40</v>
       </c>
       <c r="H170" s="4" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="I170" s="4"/>
       <c r="J170" s="1"/>
       <c r="K170" s="1"/>
       <c r="L170" s="1"/>
       <c r="M170" s="1"/>
       <c r="N170" s="1"/>
       <c r="O170" s="1"/>
       <c r="P170" s="1"/>
       <c r="Q170" s="1"/>
       <c r="R170" s="1"/>
       <c r="S170" s="1"/>
       <c r="T170" s="1"/>
       <c r="U170" s="1"/>
       <c r="V170" s="1"/>
       <c r="W170" s="1"/>
     </row>
     <row r="171" spans="1:23">
       <c r="A171" s="3">
         <v>169</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="C171" s="3" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="D171" s="3" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="G171" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H171" s="4" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="I171" s="4"/>
       <c r="J171" s="1"/>
       <c r="K171" s="1"/>
       <c r="L171" s="1"/>
       <c r="M171" s="1"/>
       <c r="N171" s="1"/>
       <c r="O171" s="1"/>
       <c r="P171" s="1"/>
       <c r="Q171" s="1"/>
       <c r="R171" s="1"/>
       <c r="S171" s="1"/>
       <c r="T171" s="1"/>
       <c r="U171" s="1"/>
       <c r="V171" s="1"/>
       <c r="W171" s="1"/>
     </row>
     <row r="172" spans="1:23">
       <c r="A172" s="3">
         <v>170</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="D172" s="3" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="G172" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H172" s="4" t="s">
         <v>63</v>
       </c>
       <c r="I172" s="4"/>
       <c r="J172" s="1"/>
       <c r="K172" s="1"/>
       <c r="L172" s="1"/>
       <c r="M172" s="1"/>
       <c r="N172" s="1"/>
       <c r="O172" s="1"/>
       <c r="P172" s="1"/>
       <c r="Q172" s="1"/>
       <c r="R172" s="1"/>
       <c r="S172" s="1"/>
       <c r="T172" s="1"/>
       <c r="U172" s="1"/>
       <c r="V172" s="1"/>
       <c r="W172" s="1"/>
     </row>
     <row r="173" spans="1:23">
       <c r="A173" s="3">
         <v>171</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="C173" s="3" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="D173" s="3" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F173" s="3"/>
       <c r="G173" s="3" t="s">
         <v>40</v>
       </c>
       <c r="H173" s="4" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="I173" s="4"/>
       <c r="J173" s="1"/>
       <c r="K173" s="1"/>
       <c r="L173" s="1"/>
       <c r="M173" s="1"/>
       <c r="N173" s="1"/>
       <c r="O173" s="1"/>
       <c r="P173" s="1"/>
       <c r="Q173" s="1"/>
       <c r="R173" s="1"/>
       <c r="S173" s="1"/>
       <c r="T173" s="1"/>
       <c r="U173" s="1"/>
       <c r="V173" s="1"/>
       <c r="W173" s="1"/>
     </row>
     <row r="174" spans="1:23">
       <c r="A174" s="3">
         <v>172</v>
       </c>
       <c r="B174" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="C174" s="3" t="s">
         <v>619</v>
       </c>
-      <c r="C174" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D174" s="3" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="G174" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H174" s="4" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="I174" s="4"/>
       <c r="J174" s="1"/>
       <c r="K174" s="1"/>
       <c r="L174" s="1"/>
       <c r="M174" s="1"/>
       <c r="N174" s="1"/>
       <c r="O174" s="1"/>
       <c r="P174" s="1"/>
       <c r="Q174" s="1"/>
       <c r="R174" s="1"/>
       <c r="S174" s="1"/>
       <c r="T174" s="1"/>
       <c r="U174" s="1"/>
       <c r="V174" s="1"/>
       <c r="W174" s="1"/>
     </row>
     <row r="175" spans="1:23">
       <c r="A175" s="3">
         <v>173</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="C175" s="3" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="D175" s="3" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="G175" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H175" s="4" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="I175" s="4"/>
       <c r="J175" s="1"/>
       <c r="K175" s="1"/>
       <c r="L175" s="1"/>
       <c r="M175" s="1"/>
       <c r="N175" s="1"/>
       <c r="O175" s="1"/>
       <c r="P175" s="1"/>
       <c r="Q175" s="1"/>
       <c r="R175" s="1"/>
       <c r="S175" s="1"/>
       <c r="T175" s="1"/>
       <c r="U175" s="1"/>
       <c r="V175" s="1"/>
       <c r="W175" s="1"/>
     </row>
     <row r="176" spans="1:23">
       <c r="A176" s="3">
         <v>174</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="D176" s="3" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>128</v>
       </c>
       <c r="F176" s="3" t="s">
+        <v>632</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H176" s="4" t="s">
         <v>630</v>
-      </c>
-[...4 lines deleted...]
-        <v>628</v>
       </c>
       <c r="I176" s="4"/>
       <c r="J176" s="1"/>
       <c r="K176" s="1"/>
       <c r="L176" s="1"/>
       <c r="M176" s="1"/>
       <c r="N176" s="1"/>
       <c r="O176" s="1"/>
       <c r="P176" s="1"/>
       <c r="Q176" s="1"/>
       <c r="R176" s="1"/>
       <c r="S176" s="1"/>
       <c r="T176" s="1"/>
       <c r="U176" s="1"/>
       <c r="V176" s="1"/>
       <c r="W176" s="1"/>
     </row>
     <row r="177" spans="1:23">
       <c r="A177" s="3">
         <v>175</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="C177" s="3" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="D177" s="3" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="G177" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H177" s="4" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="I177" s="4"/>
       <c r="J177" s="1"/>
       <c r="K177" s="1"/>
       <c r="L177" s="1"/>
       <c r="M177" s="1"/>
       <c r="N177" s="1"/>
       <c r="O177" s="1"/>
       <c r="P177" s="1"/>
       <c r="Q177" s="1"/>
       <c r="R177" s="1"/>
       <c r="S177" s="1"/>
       <c r="T177" s="1"/>
       <c r="U177" s="1"/>
       <c r="V177" s="1"/>
       <c r="W177" s="1"/>
     </row>
     <row r="178" spans="1:23">
       <c r="A178" s="3">
         <v>176</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="C178" s="3" t="s">
         <v>63</v>
       </c>
       <c r="D178" s="3" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="G178" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H178" s="4" t="s">
         <v>63</v>
       </c>
       <c r="I178" s="4"/>
       <c r="J178" s="1"/>
       <c r="K178" s="1"/>
       <c r="L178" s="1"/>
       <c r="M178" s="1"/>
       <c r="N178" s="1"/>
       <c r="O178" s="1"/>
       <c r="P178" s="1"/>
       <c r="Q178" s="1"/>
       <c r="R178" s="1"/>
       <c r="S178" s="1"/>
       <c r="T178" s="1"/>
       <c r="U178" s="1"/>
       <c r="V178" s="1"/>
       <c r="W178" s="1"/>
     </row>
     <row r="179" spans="1:23">
       <c r="A179" s="3">
         <v>177</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="C179" s="3" t="s">
         <v>63</v>
       </c>
       <c r="D179" s="3" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>128</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="G179" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H179" s="4" t="s">
         <v>63</v>
       </c>
       <c r="I179" s="4"/>
       <c r="J179" s="1"/>
       <c r="K179" s="1"/>
       <c r="L179" s="1"/>
       <c r="M179" s="1"/>
       <c r="N179" s="1"/>
       <c r="O179" s="1"/>
       <c r="P179" s="1"/>
       <c r="Q179" s="1"/>
       <c r="R179" s="1"/>
       <c r="S179" s="1"/>
       <c r="T179" s="1"/>
       <c r="U179" s="1"/>
       <c r="V179" s="1"/>
       <c r="W179" s="1"/>
     </row>
     <row r="180" spans="1:23">
       <c r="A180" s="3">
         <v>178</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="D180" s="3" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="G180" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H180" s="4" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="I180" s="4"/>
       <c r="J180" s="1"/>
       <c r="K180" s="1"/>
       <c r="L180" s="1"/>
       <c r="M180" s="1"/>
       <c r="N180" s="1"/>
       <c r="O180" s="1"/>
       <c r="P180" s="1"/>
       <c r="Q180" s="1"/>
       <c r="R180" s="1"/>
       <c r="S180" s="1"/>
       <c r="T180" s="1"/>
       <c r="U180" s="1"/>
       <c r="V180" s="1"/>
       <c r="W180" s="1"/>
     </row>
     <row r="181" spans="1:23">
       <c r="A181" s="3">
         <v>179</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="C181" s="3" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="D181" s="3" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="F181" s="3" t="s">
+        <v>654</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H181" s="4" t="s">
         <v>652</v>
-      </c>
-[...4 lines deleted...]
-        <v>650</v>
       </c>
       <c r="I181" s="4"/>
       <c r="J181" s="1"/>
       <c r="K181" s="1"/>
       <c r="L181" s="1"/>
       <c r="M181" s="1"/>
       <c r="N181" s="1"/>
       <c r="O181" s="1"/>
       <c r="P181" s="1"/>
       <c r="Q181" s="1"/>
       <c r="R181" s="1"/>
       <c r="S181" s="1"/>
       <c r="T181" s="1"/>
       <c r="U181" s="1"/>
       <c r="V181" s="1"/>
       <c r="W181" s="1"/>
     </row>
     <row r="182" spans="1:23">
       <c r="A182" s="3">
         <v>180</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="C182" s="3" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="D182" s="3" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="F182" s="3"/>
       <c r="G182" s="3" t="s">
         <v>40</v>
       </c>
       <c r="H182" s="4" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="I182" s="4"/>
       <c r="J182" s="1"/>
       <c r="K182" s="1"/>
       <c r="L182" s="1"/>
       <c r="M182" s="1"/>
       <c r="N182" s="1"/>
       <c r="O182" s="1"/>
       <c r="P182" s="1"/>
       <c r="Q182" s="1"/>
       <c r="R182" s="1"/>
       <c r="S182" s="1"/>
       <c r="T182" s="1"/>
       <c r="U182" s="1"/>
       <c r="V182" s="1"/>
       <c r="W182" s="1"/>
     </row>
     <row r="183" spans="1:23">
       <c r="A183" s="3">
         <v>181</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="C183" s="3" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="D183" s="3" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>128</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="G183" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H183" s="4" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="I183" s="4"/>
       <c r="J183" s="1"/>
       <c r="K183" s="1"/>
       <c r="L183" s="1"/>
       <c r="M183" s="1"/>
       <c r="N183" s="1"/>
       <c r="O183" s="1"/>
       <c r="P183" s="1"/>
       <c r="Q183" s="1"/>
       <c r="R183" s="1"/>
       <c r="S183" s="1"/>
       <c r="T183" s="1"/>
       <c r="U183" s="1"/>
       <c r="V183" s="1"/>
       <c r="W183" s="1"/>
     </row>
     <row r="184" spans="1:23">
       <c r="A184" s="3">
         <v>182</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="C184" s="3" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="D184" s="3" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="F184" s="3"/>
       <c r="G184" s="3" t="s">
         <v>40</v>
       </c>
       <c r="H184" s="4" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="I184" s="4"/>
       <c r="J184" s="1"/>
       <c r="K184" s="1"/>
       <c r="L184" s="1"/>
       <c r="M184" s="1"/>
       <c r="N184" s="1"/>
       <c r="O184" s="1"/>
       <c r="P184" s="1"/>
       <c r="Q184" s="1"/>
       <c r="R184" s="1"/>
       <c r="S184" s="1"/>
       <c r="T184" s="1"/>
       <c r="U184" s="1"/>
       <c r="V184" s="1"/>
       <c r="W184" s="1"/>
     </row>
     <row r="185" spans="1:23">
       <c r="A185" s="3">
         <v>183</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="C185" s="3" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="D185" s="3" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="F185" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H185" s="4" t="s">
         <v>668</v>
-      </c>
-[...4 lines deleted...]
-        <v>666</v>
       </c>
       <c r="I185" s="4"/>
       <c r="J185" s="1"/>
       <c r="K185" s="1"/>
       <c r="L185" s="1"/>
       <c r="M185" s="1"/>
       <c r="N185" s="1"/>
       <c r="O185" s="1"/>
       <c r="P185" s="1"/>
       <c r="Q185" s="1"/>
       <c r="R185" s="1"/>
       <c r="S185" s="1"/>
       <c r="T185" s="1"/>
       <c r="U185" s="1"/>
       <c r="V185" s="1"/>
       <c r="W185" s="1"/>
     </row>
     <row r="186" spans="1:23">
       <c r="A186" s="3">
         <v>184</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="D186" s="3" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="G186" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H186" s="4" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="I186" s="4"/>
       <c r="J186" s="1"/>
       <c r="K186" s="1"/>
       <c r="L186" s="1"/>
       <c r="M186" s="1"/>
       <c r="N186" s="1"/>
       <c r="O186" s="1"/>
       <c r="P186" s="1"/>
       <c r="Q186" s="1"/>
       <c r="R186" s="1"/>
       <c r="S186" s="1"/>
       <c r="T186" s="1"/>
       <c r="U186" s="1"/>
       <c r="V186" s="1"/>
       <c r="W186" s="1"/>
     </row>
     <row r="187" spans="1:23">
       <c r="A187" s="3">
         <v>185</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="C187" s="3" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="D187" s="3" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="G187" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H187" s="4" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="I187" s="4"/>
       <c r="J187" s="1"/>
       <c r="K187" s="1"/>
       <c r="L187" s="1"/>
       <c r="M187" s="1"/>
       <c r="N187" s="1"/>
       <c r="O187" s="1"/>
       <c r="P187" s="1"/>
       <c r="Q187" s="1"/>
       <c r="R187" s="1"/>
       <c r="S187" s="1"/>
       <c r="T187" s="1"/>
       <c r="U187" s="1"/>
       <c r="V187" s="1"/>
       <c r="W187" s="1"/>
     </row>
     <row r="188" spans="1:23">
       <c r="A188" s="3">
         <v>186</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="D188" s="3" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="F188" s="3"/>
       <c r="G188" s="3" t="s">
         <v>40</v>
       </c>
       <c r="H188" s="4" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="I188" s="4"/>
       <c r="J188" s="1"/>
       <c r="K188" s="1"/>
       <c r="L188" s="1"/>
       <c r="M188" s="1"/>
       <c r="N188" s="1"/>
       <c r="O188" s="1"/>
       <c r="P188" s="1"/>
       <c r="Q188" s="1"/>
       <c r="R188" s="1"/>
       <c r="S188" s="1"/>
       <c r="T188" s="1"/>
       <c r="U188" s="1"/>
       <c r="V188" s="1"/>
       <c r="W188" s="1"/>
     </row>
     <row r="189" spans="1:23">
       <c r="A189" s="3">
         <v>187</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="C189" s="3" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="D189" s="3" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>128</v>
       </c>
       <c r="F189" s="3"/>
       <c r="G189" s="3" t="s">
         <v>40</v>
       </c>
       <c r="H189" s="4" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="I189" s="4"/>
       <c r="J189" s="1"/>
       <c r="K189" s="1"/>
       <c r="L189" s="1"/>
       <c r="M189" s="1"/>
       <c r="N189" s="1"/>
       <c r="O189" s="1"/>
       <c r="P189" s="1"/>
       <c r="Q189" s="1"/>
       <c r="R189" s="1"/>
       <c r="S189" s="1"/>
       <c r="T189" s="1"/>
       <c r="U189" s="1"/>
       <c r="V189" s="1"/>
       <c r="W189" s="1"/>
     </row>
     <row r="190" spans="1:23">
       <c r="A190" s="3">
         <v>188</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="C190" s="3" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="D190" s="3" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="F190" s="3" t="s">
+        <v>688</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H190" s="4" t="s">
         <v>686</v>
-      </c>
-[...4 lines deleted...]
-        <v>684</v>
       </c>
       <c r="I190" s="4"/>
       <c r="J190" s="1"/>
       <c r="K190" s="1"/>
       <c r="L190" s="1"/>
       <c r="M190" s="1"/>
       <c r="N190" s="1"/>
       <c r="O190" s="1"/>
       <c r="P190" s="1"/>
       <c r="Q190" s="1"/>
       <c r="R190" s="1"/>
       <c r="S190" s="1"/>
       <c r="T190" s="1"/>
       <c r="U190" s="1"/>
       <c r="V190" s="1"/>
       <c r="W190" s="1"/>
     </row>
     <row r="191" spans="1:23">
       <c r="A191" s="3">
         <v>189</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="C191" s="3" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="D191" s="3" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="F191" s="3"/>
       <c r="G191" s="3" t="s">
         <v>40</v>
       </c>
       <c r="H191" s="4" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="I191" s="4"/>
       <c r="J191" s="1"/>
       <c r="K191" s="1"/>
       <c r="L191" s="1"/>
       <c r="M191" s="1"/>
       <c r="N191" s="1"/>
       <c r="O191" s="1"/>
       <c r="P191" s="1"/>
       <c r="Q191" s="1"/>
       <c r="R191" s="1"/>
       <c r="S191" s="1"/>
       <c r="T191" s="1"/>
       <c r="U191" s="1"/>
       <c r="V191" s="1"/>
       <c r="W191" s="1"/>
     </row>
     <row r="192" spans="1:23">
       <c r="A192" s="3">
         <v>190</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="D192" s="3" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="G192" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H192" s="4" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="I192" s="4"/>
       <c r="J192" s="1"/>
       <c r="K192" s="1"/>
       <c r="L192" s="1"/>
       <c r="M192" s="1"/>
       <c r="N192" s="1"/>
       <c r="O192" s="1"/>
       <c r="P192" s="1"/>
       <c r="Q192" s="1"/>
       <c r="R192" s="1"/>
       <c r="S192" s="1"/>
       <c r="T192" s="1"/>
       <c r="U192" s="1"/>
       <c r="V192" s="1"/>
       <c r="W192" s="1"/>
     </row>
     <row r="193" spans="1:23">
       <c r="A193" s="3">
         <v>191</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="C193" s="3" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="D193" s="3" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="F193" s="3" t="s">
+        <v>699</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H193" s="4" t="s">
         <v>697</v>
-      </c>
-[...4 lines deleted...]
-        <v>695</v>
       </c>
       <c r="I193" s="4"/>
       <c r="J193" s="1"/>
       <c r="K193" s="1"/>
       <c r="L193" s="1"/>
       <c r="M193" s="1"/>
       <c r="N193" s="1"/>
       <c r="O193" s="1"/>
       <c r="P193" s="1"/>
       <c r="Q193" s="1"/>
       <c r="R193" s="1"/>
       <c r="S193" s="1"/>
       <c r="T193" s="1"/>
       <c r="U193" s="1"/>
       <c r="V193" s="1"/>
       <c r="W193" s="1"/>
     </row>
     <row r="194" spans="1:23">
       <c r="A194" s="3">
         <v>192</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="D194" s="3" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="F194" s="3"/>
       <c r="G194" s="3" t="s">
         <v>40</v>
       </c>
       <c r="H194" s="4" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="I194" s="4"/>
       <c r="J194" s="1"/>
       <c r="K194" s="1"/>
       <c r="L194" s="1"/>
       <c r="M194" s="1"/>
       <c r="N194" s="1"/>
       <c r="O194" s="1"/>
       <c r="P194" s="1"/>
       <c r="Q194" s="1"/>
       <c r="R194" s="1"/>
       <c r="S194" s="1"/>
       <c r="T194" s="1"/>
       <c r="U194" s="1"/>
       <c r="V194" s="1"/>
       <c r="W194" s="1"/>
     </row>
     <row r="195" spans="1:23">
       <c r="A195" s="3">
         <v>193</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="C195" s="3" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="D195" s="3" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="F195" s="3"/>
       <c r="G195" s="3" t="s">
         <v>40</v>
       </c>
       <c r="H195" s="4" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="I195" s="4"/>
       <c r="J195" s="1"/>
       <c r="K195" s="1"/>
       <c r="L195" s="1"/>
       <c r="M195" s="1"/>
       <c r="N195" s="1"/>
       <c r="O195" s="1"/>
       <c r="P195" s="1"/>
       <c r="Q195" s="1"/>
       <c r="R195" s="1"/>
       <c r="S195" s="1"/>
       <c r="T195" s="1"/>
       <c r="U195" s="1"/>
       <c r="V195" s="1"/>
       <c r="W195" s="1"/>
     </row>
     <row r="196" spans="1:23">
       <c r="A196" s="3">
         <v>194</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="D196" s="3" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="E196" s="3"/>
       <c r="F196" s="3"/>
       <c r="G196" s="3" t="s">
         <v>40</v>
       </c>
       <c r="H196" s="4" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="I196" s="4"/>
       <c r="J196" s="1"/>
       <c r="K196" s="1"/>
       <c r="L196" s="1"/>
       <c r="M196" s="1"/>
       <c r="N196" s="1"/>
       <c r="O196" s="1"/>
       <c r="P196" s="1"/>
       <c r="Q196" s="1"/>
       <c r="R196" s="1"/>
       <c r="S196" s="1"/>
       <c r="T196" s="1"/>
       <c r="U196" s="1"/>
       <c r="V196" s="1"/>
       <c r="W196" s="1"/>
+    </row>
+    <row r="197" spans="1:23">
+      <c r="A197" s="3">
+        <v>195</v>
+      </c>
+      <c r="B197" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="C197" s="3" t="s">
+        <v>711</v>
+      </c>
+      <c r="D197" s="3" t="s">
+        <v>712</v>
+      </c>
+      <c r="E197" s="3" t="s">
+        <v>713</v>
+      </c>
+      <c r="F197" s="3" t="s">
+        <v>714</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H197" s="4" t="s">
+        <v>711</v>
+      </c>
+      <c r="I197" s="4"/>
+      <c r="J197" s="1"/>
+      <c r="K197" s="1"/>
+      <c r="L197" s="1"/>
+      <c r="M197" s="1"/>
+      <c r="N197" s="1"/>
+      <c r="O197" s="1"/>
+      <c r="P197" s="1"/>
+      <c r="Q197" s="1"/>
+      <c r="R197" s="1"/>
+      <c r="S197" s="1"/>
+      <c r="T197" s="1"/>
+      <c r="U197" s="1"/>
+      <c r="V197" s="1"/>
+      <c r="W197" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>