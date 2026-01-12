--- v0 (2025-12-07)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="705">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="719">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -2127,50 +2127,92 @@
     <t>VMR/2023/001156</t>
   </si>
   <si>
     <t>Submission for bill and other purpose</t>
   </si>
   <si>
     <t>0000000194</t>
   </si>
   <si>
     <t>REQ/000907/2024-2025</t>
   </si>
   <si>
     <t>2025-02-10</t>
   </si>
   <si>
     <t>VMR/2023/000194</t>
   </si>
   <si>
     <t>REQ/000912/2024-2025</t>
   </si>
   <si>
     <t>VMR/2023/000248</t>
   </si>
   <si>
     <t>0000000196</t>
+  </si>
+  <si>
+    <t>REQ/001276/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>VMR/2023/002286</t>
+  </si>
+  <si>
+    <t>REQ/001268/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>VMR/2023/000316</t>
+  </si>
+  <si>
+    <t>REQ/001274/2025-2026</t>
+  </si>
+  <si>
+    <t>VMR/2023/000282</t>
+  </si>
+  <si>
+    <t>0000000213</t>
+  </si>
+  <si>
+    <t>REQ/001277/2025-2026</t>
+  </si>
+  <si>
+    <t>VMR/2023/000499</t>
+  </si>
+  <si>
+    <t>REQ/001273/2025-2026</t>
+  </si>
+  <si>
+    <t>VMR/2023/003568</t>
+  </si>
+  <si>
+    <t>0000000209</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2526,51 +2568,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W191"/>
+  <dimension ref="A1:W196"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="123.826904" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="32.991943" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -10199,50 +10241,241 @@
       <c r="E191" s="3"/>
       <c r="F191" s="3" t="s">
         <v>704</v>
       </c>
       <c r="G191" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H191" s="4" t="s">
         <v>700</v>
       </c>
       <c r="I191" s="4"/>
       <c r="J191" s="1"/>
       <c r="K191" s="1"/>
       <c r="L191" s="1"/>
       <c r="M191" s="1"/>
       <c r="N191" s="1"/>
       <c r="O191" s="1"/>
       <c r="P191" s="1"/>
       <c r="Q191" s="1"/>
       <c r="R191" s="1"/>
       <c r="S191" s="1"/>
       <c r="T191" s="1"/>
       <c r="U191" s="1"/>
       <c r="V191" s="1"/>
       <c r="W191" s="1"/>
+    </row>
+    <row r="192" spans="1:23">
+      <c r="A192" s="3">
+        <v>190</v>
+      </c>
+      <c r="B192" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="C192" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="D192" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="E192" s="3"/>
+      <c r="F192" s="3"/>
+      <c r="G192" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="H192" s="4" t="s">
+        <v>706</v>
+      </c>
+      <c r="I192" s="4"/>
+      <c r="J192" s="1"/>
+      <c r="K192" s="1"/>
+      <c r="L192" s="1"/>
+      <c r="M192" s="1"/>
+      <c r="N192" s="1"/>
+      <c r="O192" s="1"/>
+      <c r="P192" s="1"/>
+      <c r="Q192" s="1"/>
+      <c r="R192" s="1"/>
+      <c r="S192" s="1"/>
+      <c r="T192" s="1"/>
+      <c r="U192" s="1"/>
+      <c r="V192" s="1"/>
+      <c r="W192" s="1"/>
+    </row>
+    <row r="193" spans="1:23">
+      <c r="A193" s="3">
+        <v>191</v>
+      </c>
+      <c r="B193" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="C193" s="3" t="s">
+        <v>709</v>
+      </c>
+      <c r="D193" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="E193" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="F193" s="3"/>
+      <c r="G193" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="H193" s="4" t="s">
+        <v>709</v>
+      </c>
+      <c r="I193" s="4"/>
+      <c r="J193" s="1"/>
+      <c r="K193" s="1"/>
+      <c r="L193" s="1"/>
+      <c r="M193" s="1"/>
+      <c r="N193" s="1"/>
+      <c r="O193" s="1"/>
+      <c r="P193" s="1"/>
+      <c r="Q193" s="1"/>
+      <c r="R193" s="1"/>
+      <c r="S193" s="1"/>
+      <c r="T193" s="1"/>
+      <c r="U193" s="1"/>
+      <c r="V193" s="1"/>
+      <c r="W193" s="1"/>
+    </row>
+    <row r="194" spans="1:23">
+      <c r="A194" s="3">
+        <v>192</v>
+      </c>
+      <c r="B194" s="3" t="s">
+        <v>711</v>
+      </c>
+      <c r="C194" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="D194" s="3" t="s">
+        <v>712</v>
+      </c>
+      <c r="E194" s="3"/>
+      <c r="F194" s="3" t="s">
+        <v>713</v>
+      </c>
+      <c r="G194" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H194" s="4" t="s">
+        <v>706</v>
+      </c>
+      <c r="I194" s="4"/>
+      <c r="J194" s="1"/>
+      <c r="K194" s="1"/>
+      <c r="L194" s="1"/>
+      <c r="M194" s="1"/>
+      <c r="N194" s="1"/>
+      <c r="O194" s="1"/>
+      <c r="P194" s="1"/>
+      <c r="Q194" s="1"/>
+      <c r="R194" s="1"/>
+      <c r="S194" s="1"/>
+      <c r="T194" s="1"/>
+      <c r="U194" s="1"/>
+      <c r="V194" s="1"/>
+      <c r="W194" s="1"/>
+    </row>
+    <row r="195" spans="1:23">
+      <c r="A195" s="3">
+        <v>193</v>
+      </c>
+      <c r="B195" s="3" t="s">
+        <v>714</v>
+      </c>
+      <c r="C195" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="D195" s="3" t="s">
+        <v>715</v>
+      </c>
+      <c r="E195" s="3"/>
+      <c r="F195" s="3"/>
+      <c r="G195" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="H195" s="4" t="s">
+        <v>706</v>
+      </c>
+      <c r="I195" s="4"/>
+      <c r="J195" s="1"/>
+      <c r="K195" s="1"/>
+      <c r="L195" s="1"/>
+      <c r="M195" s="1"/>
+      <c r="N195" s="1"/>
+      <c r="O195" s="1"/>
+      <c r="P195" s="1"/>
+      <c r="Q195" s="1"/>
+      <c r="R195" s="1"/>
+      <c r="S195" s="1"/>
+      <c r="T195" s="1"/>
+      <c r="U195" s="1"/>
+      <c r="V195" s="1"/>
+      <c r="W195" s="1"/>
+    </row>
+    <row r="196" spans="1:23">
+      <c r="A196" s="3">
+        <v>194</v>
+      </c>
+      <c r="B196" s="3" t="s">
+        <v>716</v>
+      </c>
+      <c r="C196" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="D196" s="3" t="s">
+        <v>717</v>
+      </c>
+      <c r="E196" s="3"/>
+      <c r="F196" s="3" t="s">
+        <v>718</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H196" s="4" t="s">
+        <v>706</v>
+      </c>
+      <c r="I196" s="4"/>
+      <c r="J196" s="1"/>
+      <c r="K196" s="1"/>
+      <c r="L196" s="1"/>
+      <c r="M196" s="1"/>
+      <c r="N196" s="1"/>
+      <c r="O196" s="1"/>
+      <c r="P196" s="1"/>
+      <c r="Q196" s="1"/>
+      <c r="R196" s="1"/>
+      <c r="S196" s="1"/>
+      <c r="T196" s="1"/>
+      <c r="U196" s="1"/>
+      <c r="V196" s="1"/>
+      <c r="W196" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>