--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="719">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="736">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -2138,72 +2138,123 @@
   <si>
     <t>2025-02-10</t>
   </si>
   <si>
     <t>VMR/2023/000194</t>
   </si>
   <si>
     <t>REQ/000912/2024-2025</t>
   </si>
   <si>
     <t>VMR/2023/000248</t>
   </si>
   <si>
     <t>0000000196</t>
   </si>
   <si>
     <t>REQ/001276/2025-2026</t>
   </si>
   <si>
     <t>2026-01-09</t>
   </si>
   <si>
     <t>VMR/2023/002286</t>
   </si>
   <si>
+    <t>0000000212</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>REQ/001307/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>VMR/2023/000572</t>
+  </si>
+  <si>
+    <t>0000000216</t>
+  </si>
+  <si>
+    <t>REQ/001322/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>VMR/2023/001464</t>
+  </si>
+  <si>
+    <t>0000000211</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
     <t>REQ/001268/2025-2026</t>
   </si>
   <si>
     <t>2026-01-08</t>
   </si>
   <si>
     <t>VMR/2023/000316</t>
   </si>
   <si>
+    <t>0000000217</t>
+  </si>
+  <si>
+    <t>2026-01-27</t>
+  </si>
+  <si>
     <t>REQ/001274/2025-2026</t>
   </si>
   <si>
     <t>VMR/2023/000282</t>
   </si>
   <si>
     <t>0000000213</t>
   </si>
   <si>
     <t>REQ/001277/2025-2026</t>
   </si>
   <si>
     <t>VMR/2023/000499</t>
+  </si>
+  <si>
+    <t>0000000210</t>
+  </si>
+  <si>
+    <t>REQ/001306/2025-2026</t>
+  </si>
+  <si>
+    <t>VMR/2023/000491</t>
+  </si>
+  <si>
+    <t>0000000218</t>
   </si>
   <si>
     <t>REQ/001273/2025-2026</t>
   </si>
   <si>
     <t>VMR/2023/003568</t>
   </si>
   <si>
     <t>0000000209</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2568,51 +2619,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W196"/>
+  <dimension ref="A1:W199"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="123.826904" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="32.991943" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -10256,226 +10307,351 @@
       <c r="N191" s="1"/>
       <c r="O191" s="1"/>
       <c r="P191" s="1"/>
       <c r="Q191" s="1"/>
       <c r="R191" s="1"/>
       <c r="S191" s="1"/>
       <c r="T191" s="1"/>
       <c r="U191" s="1"/>
       <c r="V191" s="1"/>
       <c r="W191" s="1"/>
     </row>
     <row r="192" spans="1:23">
       <c r="A192" s="3">
         <v>190</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>705</v>
       </c>
       <c r="C192" s="3" t="s">
         <v>706</v>
       </c>
       <c r="D192" s="3" t="s">
         <v>707</v>
       </c>
       <c r="E192" s="3"/>
-      <c r="F192" s="3"/>
+      <c r="F192" s="3" t="s">
+        <v>708</v>
+      </c>
       <c r="G192" s="3" t="s">
-        <v>461</v>
+        <v>15</v>
       </c>
       <c r="H192" s="4" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="I192" s="4"/>
       <c r="J192" s="1"/>
       <c r="K192" s="1"/>
       <c r="L192" s="1"/>
       <c r="M192" s="1"/>
       <c r="N192" s="1"/>
       <c r="O192" s="1"/>
       <c r="P192" s="1"/>
       <c r="Q192" s="1"/>
       <c r="R192" s="1"/>
       <c r="S192" s="1"/>
       <c r="T192" s="1"/>
       <c r="U192" s="1"/>
       <c r="V192" s="1"/>
       <c r="W192" s="1"/>
     </row>
     <row r="193" spans="1:23">
       <c r="A193" s="3">
         <v>191</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="C193" s="3" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="D193" s="3" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="F193" s="3"/>
+        <v>13</v>
+      </c>
+      <c r="F193" s="3" t="s">
+        <v>713</v>
+      </c>
       <c r="G193" s="3" t="s">
-        <v>461</v>
+        <v>15</v>
       </c>
       <c r="H193" s="4" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="I193" s="4"/>
       <c r="J193" s="1"/>
       <c r="K193" s="1"/>
       <c r="L193" s="1"/>
       <c r="M193" s="1"/>
       <c r="N193" s="1"/>
       <c r="O193" s="1"/>
       <c r="P193" s="1"/>
       <c r="Q193" s="1"/>
       <c r="R193" s="1"/>
       <c r="S193" s="1"/>
       <c r="T193" s="1"/>
       <c r="U193" s="1"/>
       <c r="V193" s="1"/>
       <c r="W193" s="1"/>
     </row>
     <row r="194" spans="1:23">
       <c r="A194" s="3">
         <v>192</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>706</v>
+        <v>715</v>
       </c>
       <c r="D194" s="3" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="E194" s="3"/>
       <c r="F194" s="3" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="G194" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H194" s="4" t="s">
-        <v>706</v>
+        <v>718</v>
       </c>
       <c r="I194" s="4"/>
       <c r="J194" s="1"/>
       <c r="K194" s="1"/>
       <c r="L194" s="1"/>
       <c r="M194" s="1"/>
       <c r="N194" s="1"/>
       <c r="O194" s="1"/>
       <c r="P194" s="1"/>
       <c r="Q194" s="1"/>
       <c r="R194" s="1"/>
       <c r="S194" s="1"/>
       <c r="T194" s="1"/>
       <c r="U194" s="1"/>
       <c r="V194" s="1"/>
       <c r="W194" s="1"/>
     </row>
     <row r="195" spans="1:23">
       <c r="A195" s="3">
         <v>193</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="C195" s="3" t="s">
-        <v>706</v>
+        <v>720</v>
       </c>
       <c r="D195" s="3" t="s">
-        <v>715</v>
-[...2 lines deleted...]
-      <c r="F195" s="3"/>
+        <v>721</v>
+      </c>
+      <c r="E195" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="F195" s="3" t="s">
+        <v>722</v>
+      </c>
       <c r="G195" s="3" t="s">
-        <v>461</v>
+        <v>15</v>
       </c>
       <c r="H195" s="4" t="s">
-        <v>706</v>
+        <v>723</v>
       </c>
       <c r="I195" s="4"/>
       <c r="J195" s="1"/>
       <c r="K195" s="1"/>
       <c r="L195" s="1"/>
       <c r="M195" s="1"/>
       <c r="N195" s="1"/>
       <c r="O195" s="1"/>
       <c r="P195" s="1"/>
       <c r="Q195" s="1"/>
       <c r="R195" s="1"/>
       <c r="S195" s="1"/>
       <c r="T195" s="1"/>
       <c r="U195" s="1"/>
       <c r="V195" s="1"/>
       <c r="W195" s="1"/>
     </row>
     <row r="196" spans="1:23">
       <c r="A196" s="3">
         <v>194</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>716</v>
+        <v>724</v>
       </c>
       <c r="C196" s="3" t="s">
         <v>706</v>
       </c>
       <c r="D196" s="3" t="s">
-        <v>717</v>
+        <v>725</v>
       </c>
       <c r="E196" s="3"/>
       <c r="F196" s="3" t="s">
-        <v>718</v>
+        <v>726</v>
       </c>
       <c r="G196" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H196" s="4" t="s">
         <v>706</v>
       </c>
       <c r="I196" s="4"/>
       <c r="J196" s="1"/>
       <c r="K196" s="1"/>
       <c r="L196" s="1"/>
       <c r="M196" s="1"/>
       <c r="N196" s="1"/>
       <c r="O196" s="1"/>
       <c r="P196" s="1"/>
       <c r="Q196" s="1"/>
       <c r="R196" s="1"/>
       <c r="S196" s="1"/>
       <c r="T196" s="1"/>
       <c r="U196" s="1"/>
       <c r="V196" s="1"/>
       <c r="W196" s="1"/>
+    </row>
+    <row r="197" spans="1:23">
+      <c r="A197" s="3">
+        <v>195</v>
+      </c>
+      <c r="B197" s="3" t="s">
+        <v>727</v>
+      </c>
+      <c r="C197" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="D197" s="3" t="s">
+        <v>728</v>
+      </c>
+      <c r="E197" s="3"/>
+      <c r="F197" s="3" t="s">
+        <v>729</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H197" s="4" t="s">
+        <v>709</v>
+      </c>
+      <c r="I197" s="4"/>
+      <c r="J197" s="1"/>
+      <c r="K197" s="1"/>
+      <c r="L197" s="1"/>
+      <c r="M197" s="1"/>
+      <c r="N197" s="1"/>
+      <c r="O197" s="1"/>
+      <c r="P197" s="1"/>
+      <c r="Q197" s="1"/>
+      <c r="R197" s="1"/>
+      <c r="S197" s="1"/>
+      <c r="T197" s="1"/>
+      <c r="U197" s="1"/>
+      <c r="V197" s="1"/>
+      <c r="W197" s="1"/>
+    </row>
+    <row r="198" spans="1:23">
+      <c r="A198" s="3">
+        <v>196</v>
+      </c>
+      <c r="B198" s="3" t="s">
+        <v>730</v>
+      </c>
+      <c r="C198" s="3" t="s">
+        <v>711</v>
+      </c>
+      <c r="D198" s="3" t="s">
+        <v>731</v>
+      </c>
+      <c r="E198" s="3"/>
+      <c r="F198" s="3" t="s">
+        <v>732</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H198" s="4" t="s">
+        <v>711</v>
+      </c>
+      <c r="I198" s="4"/>
+      <c r="J198" s="1"/>
+      <c r="K198" s="1"/>
+      <c r="L198" s="1"/>
+      <c r="M198" s="1"/>
+      <c r="N198" s="1"/>
+      <c r="O198" s="1"/>
+      <c r="P198" s="1"/>
+      <c r="Q198" s="1"/>
+      <c r="R198" s="1"/>
+      <c r="S198" s="1"/>
+      <c r="T198" s="1"/>
+      <c r="U198" s="1"/>
+      <c r="V198" s="1"/>
+      <c r="W198" s="1"/>
+    </row>
+    <row r="199" spans="1:23">
+      <c r="A199" s="3">
+        <v>197</v>
+      </c>
+      <c r="B199" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="C199" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="D199" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="E199" s="3"/>
+      <c r="F199" s="3" t="s">
+        <v>735</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H199" s="4" t="s">
+        <v>706</v>
+      </c>
+      <c r="I199" s="4"/>
+      <c r="J199" s="1"/>
+      <c r="K199" s="1"/>
+      <c r="L199" s="1"/>
+      <c r="M199" s="1"/>
+      <c r="N199" s="1"/>
+      <c r="O199" s="1"/>
+      <c r="P199" s="1"/>
+      <c r="Q199" s="1"/>
+      <c r="R199" s="1"/>
+      <c r="S199" s="1"/>
+      <c r="T199" s="1"/>
+      <c r="U199" s="1"/>
+      <c r="V199" s="1"/>
+      <c r="W199" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>