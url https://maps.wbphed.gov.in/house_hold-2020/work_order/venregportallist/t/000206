--- v0 (2025-12-07)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1934">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1949">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -5804,60 +5804,105 @@
   <si>
     <t>VMR/2024/1860</t>
   </si>
   <si>
     <t>I AM WORKING CONTRACTOR OF THIS OFFICE</t>
   </si>
   <si>
     <t>0000000333</t>
   </si>
   <si>
     <t>REQ/2024/4545</t>
   </si>
   <si>
     <t>VMR/2024/2187</t>
   </si>
   <si>
     <t>please vendor approved</t>
   </si>
   <si>
     <t>0000000823</t>
   </si>
   <si>
     <t>2024-10-28</t>
   </si>
   <si>
+    <t>REQ/001266/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>Please Approve.</t>
+  </si>
+  <si>
+    <t>0000000374</t>
+  </si>
+  <si>
     <t>REQ/001135/2025-2026</t>
   </si>
   <si>
     <t>2025-10-26</t>
   </si>
   <si>
     <t>0000000066</t>
   </si>
   <si>
     <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>REQ/001249/2025-2026</t>
+  </si>
+  <si>
+    <t>2025-12-23</t>
+  </si>
+  <si>
+    <t>VMR/2023/001179</t>
+  </si>
+  <si>
+    <t>Please accept the code</t>
+  </si>
+  <si>
+    <t>0000000613</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>REQ/001217/2025-2026</t>
+  </si>
+  <si>
+    <t>2025-12-08</t>
+  </si>
+  <si>
+    <t>VMR/2023/000281</t>
+  </si>
+  <si>
+    <t>0000000696</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -6213,51 +6258,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W634"/>
+  <dimension ref="A1:W637"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="137.966309" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="103.688965" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -31458,77 +31503,200 @@
       <c r="K633" s="1"/>
       <c r="L633" s="1"/>
       <c r="M633" s="1"/>
       <c r="N633" s="1"/>
       <c r="O633" s="1"/>
       <c r="P633" s="1"/>
       <c r="Q633" s="1"/>
       <c r="R633" s="1"/>
       <c r="S633" s="1"/>
       <c r="T633" s="1"/>
       <c r="U633" s="1"/>
       <c r="V633" s="1"/>
       <c r="W633" s="1"/>
     </row>
     <row r="634" spans="1:23">
       <c r="A634" s="3">
         <v>632</v>
       </c>
       <c r="B634" s="3" t="s">
         <v>1930</v>
       </c>
       <c r="C634" s="3" t="s">
         <v>1931</v>
       </c>
       <c r="D634" s="3" t="s">
-        <v>284</v>
-[...1 lines deleted...]
-      <c r="E634" s="3"/>
+        <v>61</v>
+      </c>
+      <c r="E634" s="3" t="s">
+        <v>1932</v>
+      </c>
       <c r="F634" s="3" t="s">
-        <v>1932</v>
+        <v>1933</v>
       </c>
       <c r="G634" s="3" t="s">
         <v>19</v>
       </c>
       <c r="H634" s="4" t="s">
-        <v>1933</v>
+        <v>1931</v>
       </c>
       <c r="I634" s="4"/>
       <c r="J634" s="1"/>
       <c r="K634" s="1"/>
       <c r="L634" s="1"/>
       <c r="M634" s="1"/>
       <c r="N634" s="1"/>
       <c r="O634" s="1"/>
       <c r="P634" s="1"/>
       <c r="Q634" s="1"/>
       <c r="R634" s="1"/>
       <c r="S634" s="1"/>
       <c r="T634" s="1"/>
       <c r="U634" s="1"/>
       <c r="V634" s="1"/>
       <c r="W634" s="1"/>
+    </row>
+    <row r="635" spans="1:23">
+      <c r="A635" s="3">
+        <v>633</v>
+      </c>
+      <c r="B635" s="3" t="s">
+        <v>1934</v>
+      </c>
+      <c r="C635" s="3" t="s">
+        <v>1935</v>
+      </c>
+      <c r="D635" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="E635" s="3"/>
+      <c r="F635" s="3" t="s">
+        <v>1936</v>
+      </c>
+      <c r="G635" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H635" s="4" t="s">
+        <v>1937</v>
+      </c>
+      <c r="I635" s="4"/>
+      <c r="J635" s="1"/>
+      <c r="K635" s="1"/>
+      <c r="L635" s="1"/>
+      <c r="M635" s="1"/>
+      <c r="N635" s="1"/>
+      <c r="O635" s="1"/>
+      <c r="P635" s="1"/>
+      <c r="Q635" s="1"/>
+      <c r="R635" s="1"/>
+      <c r="S635" s="1"/>
+      <c r="T635" s="1"/>
+      <c r="U635" s="1"/>
+      <c r="V635" s="1"/>
+      <c r="W635" s="1"/>
+    </row>
+    <row r="636" spans="1:23">
+      <c r="A636" s="3">
+        <v>634</v>
+      </c>
+      <c r="B636" s="3" t="s">
+        <v>1938</v>
+      </c>
+      <c r="C636" s="3" t="s">
+        <v>1939</v>
+      </c>
+      <c r="D636" s="3" t="s">
+        <v>1940</v>
+      </c>
+      <c r="E636" s="3" t="s">
+        <v>1941</v>
+      </c>
+      <c r="F636" s="3" t="s">
+        <v>1942</v>
+      </c>
+      <c r="G636" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H636" s="4" t="s">
+        <v>1943</v>
+      </c>
+      <c r="I636" s="4"/>
+      <c r="J636" s="1"/>
+      <c r="K636" s="1"/>
+      <c r="L636" s="1"/>
+      <c r="M636" s="1"/>
+      <c r="N636" s="1"/>
+      <c r="O636" s="1"/>
+      <c r="P636" s="1"/>
+      <c r="Q636" s="1"/>
+      <c r="R636" s="1"/>
+      <c r="S636" s="1"/>
+      <c r="T636" s="1"/>
+      <c r="U636" s="1"/>
+      <c r="V636" s="1"/>
+      <c r="W636" s="1"/>
+    </row>
+    <row r="637" spans="1:23">
+      <c r="A637" s="3">
+        <v>635</v>
+      </c>
+      <c r="B637" s="3" t="s">
+        <v>1944</v>
+      </c>
+      <c r="C637" s="3" t="s">
+        <v>1945</v>
+      </c>
+      <c r="D637" s="3" t="s">
+        <v>1946</v>
+      </c>
+      <c r="E637" s="3" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F637" s="3" t="s">
+        <v>1947</v>
+      </c>
+      <c r="G637" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H637" s="4" t="s">
+        <v>1948</v>
+      </c>
+      <c r="I637" s="4"/>
+      <c r="J637" s="1"/>
+      <c r="K637" s="1"/>
+      <c r="L637" s="1"/>
+      <c r="M637" s="1"/>
+      <c r="N637" s="1"/>
+      <c r="O637" s="1"/>
+      <c r="P637" s="1"/>
+      <c r="Q637" s="1"/>
+      <c r="R637" s="1"/>
+      <c r="S637" s="1"/>
+      <c r="T637" s="1"/>
+      <c r="U637" s="1"/>
+      <c r="V637" s="1"/>
+      <c r="W637" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>