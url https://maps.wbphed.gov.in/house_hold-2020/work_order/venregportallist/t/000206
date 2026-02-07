--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1949">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1957">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -5828,81 +5828,105 @@
   <si>
     <t>REQ/001266/2025-2026</t>
   </si>
   <si>
     <t>2026-01-07</t>
   </si>
   <si>
     <t>Please Approve.</t>
   </si>
   <si>
     <t>0000000374</t>
   </si>
   <si>
     <t>REQ/001135/2025-2026</t>
   </si>
   <si>
     <t>2025-10-26</t>
   </si>
   <si>
     <t>0000000066</t>
   </si>
   <si>
     <t>2025-10-29</t>
   </si>
   <si>
+    <t>REQ/001332/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>VMR/2023/001980</t>
+  </si>
+  <si>
+    <t>Billing</t>
+  </si>
+  <si>
     <t>REQ/001249/2025-2026</t>
   </si>
   <si>
     <t>2025-12-23</t>
   </si>
   <si>
     <t>VMR/2023/001179</t>
   </si>
   <si>
     <t>Please accept the code</t>
   </si>
   <si>
     <t>0000000613</t>
   </si>
   <si>
     <t>2026-01-05</t>
   </si>
   <si>
     <t>REQ/001217/2025-2026</t>
   </si>
   <si>
     <t>2025-12-08</t>
   </si>
   <si>
     <t>VMR/2023/000281</t>
   </si>
   <si>
     <t>0000000696</t>
   </si>
   <si>
     <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>REQ/001314/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>VMR/2024/2084</t>
+  </si>
+  <si>
+    <t>0000000567</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -6258,51 +6282,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W637"/>
+  <dimension ref="A1:W639"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="137.966309" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="103.688965" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -31588,115 +31612,193 @@
       <c r="P635" s="1"/>
       <c r="Q635" s="1"/>
       <c r="R635" s="1"/>
       <c r="S635" s="1"/>
       <c r="T635" s="1"/>
       <c r="U635" s="1"/>
       <c r="V635" s="1"/>
       <c r="W635" s="1"/>
     </row>
     <row r="636" spans="1:23">
       <c r="A636" s="3">
         <v>634</v>
       </c>
       <c r="B636" s="3" t="s">
         <v>1938</v>
       </c>
       <c r="C636" s="3" t="s">
         <v>1939</v>
       </c>
       <c r="D636" s="3" t="s">
         <v>1940</v>
       </c>
       <c r="E636" s="3" t="s">
         <v>1941</v>
       </c>
-      <c r="F636" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F636" s="3"/>
       <c r="G636" s="3" t="s">
-        <v>19</v>
+        <v>944</v>
       </c>
       <c r="H636" s="4" t="s">
-        <v>1943</v>
+        <v>1939</v>
       </c>
       <c r="I636" s="4"/>
       <c r="J636" s="1"/>
       <c r="K636" s="1"/>
       <c r="L636" s="1"/>
       <c r="M636" s="1"/>
       <c r="N636" s="1"/>
       <c r="O636" s="1"/>
       <c r="P636" s="1"/>
       <c r="Q636" s="1"/>
       <c r="R636" s="1"/>
       <c r="S636" s="1"/>
       <c r="T636" s="1"/>
       <c r="U636" s="1"/>
       <c r="V636" s="1"/>
       <c r="W636" s="1"/>
     </row>
     <row r="637" spans="1:23">
       <c r="A637" s="3">
         <v>635</v>
       </c>
       <c r="B637" s="3" t="s">
+        <v>1942</v>
+      </c>
+      <c r="C637" s="3" t="s">
+        <v>1943</v>
+      </c>
+      <c r="D637" s="3" t="s">
         <v>1944</v>
       </c>
-      <c r="C637" s="3" t="s">
+      <c r="E637" s="3" t="s">
         <v>1945</v>
       </c>
-      <c r="D637" s="3" t="s">
+      <c r="F637" s="3" t="s">
         <v>1946</v>
       </c>
-      <c r="E637" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F637" s="3" t="s">
+      <c r="G637" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H637" s="4" t="s">
         <v>1947</v>
-      </c>
-[...4 lines deleted...]
-        <v>1948</v>
       </c>
       <c r="I637" s="4"/>
       <c r="J637" s="1"/>
       <c r="K637" s="1"/>
       <c r="L637" s="1"/>
       <c r="M637" s="1"/>
       <c r="N637" s="1"/>
       <c r="O637" s="1"/>
       <c r="P637" s="1"/>
       <c r="Q637" s="1"/>
       <c r="R637" s="1"/>
       <c r="S637" s="1"/>
       <c r="T637" s="1"/>
       <c r="U637" s="1"/>
       <c r="V637" s="1"/>
       <c r="W637" s="1"/>
+    </row>
+    <row r="638" spans="1:23">
+      <c r="A638" s="3">
+        <v>636</v>
+      </c>
+      <c r="B638" s="3" t="s">
+        <v>1948</v>
+      </c>
+      <c r="C638" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="D638" s="3" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E638" s="3" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F638" s="3" t="s">
+        <v>1951</v>
+      </c>
+      <c r="G638" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H638" s="4" t="s">
+        <v>1952</v>
+      </c>
+      <c r="I638" s="4"/>
+      <c r="J638" s="1"/>
+      <c r="K638" s="1"/>
+      <c r="L638" s="1"/>
+      <c r="M638" s="1"/>
+      <c r="N638" s="1"/>
+      <c r="O638" s="1"/>
+      <c r="P638" s="1"/>
+      <c r="Q638" s="1"/>
+      <c r="R638" s="1"/>
+      <c r="S638" s="1"/>
+      <c r="T638" s="1"/>
+      <c r="U638" s="1"/>
+      <c r="V638" s="1"/>
+      <c r="W638" s="1"/>
+    </row>
+    <row r="639" spans="1:23">
+      <c r="A639" s="3">
+        <v>637</v>
+      </c>
+      <c r="B639" s="3" t="s">
+        <v>1953</v>
+      </c>
+      <c r="C639" s="3" t="s">
+        <v>1954</v>
+      </c>
+      <c r="D639" s="3" t="s">
+        <v>1955</v>
+      </c>
+      <c r="E639" s="3"/>
+      <c r="F639" s="3" t="s">
+        <v>1956</v>
+      </c>
+      <c r="G639" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H639" s="4" t="s">
+        <v>1954</v>
+      </c>
+      <c r="I639" s="4"/>
+      <c r="J639" s="1"/>
+      <c r="K639" s="1"/>
+      <c r="L639" s="1"/>
+      <c r="M639" s="1"/>
+      <c r="N639" s="1"/>
+      <c r="O639" s="1"/>
+      <c r="P639" s="1"/>
+      <c r="Q639" s="1"/>
+      <c r="R639" s="1"/>
+      <c r="S639" s="1"/>
+      <c r="T639" s="1"/>
+      <c r="U639" s="1"/>
+      <c r="V639" s="1"/>
+      <c r="W639" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>