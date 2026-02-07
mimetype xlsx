--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1205">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1211">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -2150,50 +2150,56 @@
   <si>
     <t>REQ/2024/2626</t>
   </si>
   <si>
     <t>2024-06-06</t>
   </si>
   <si>
     <t>VMR/2023/001063</t>
   </si>
   <si>
     <t>Working contractor</t>
   </si>
   <si>
     <t>0000000577</t>
   </si>
   <si>
     <t>REQ/2024/2834</t>
   </si>
   <si>
     <t>VMR/2023/000832</t>
   </si>
   <si>
     <t>vendor Approved</t>
   </si>
   <si>
+    <t>0000000486</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
     <t>REQ/2024/2164</t>
   </si>
   <si>
     <t>2024-05-16</t>
   </si>
   <si>
     <t>VMR/2024/001093</t>
   </si>
   <si>
     <t>0000000502</t>
   </si>
   <si>
     <t>REQ/2024/2935</t>
   </si>
   <si>
     <t>2024-06-20</t>
   </si>
   <si>
     <t>VMR/2024/001297</t>
   </si>
   <si>
     <t>Request</t>
   </si>
   <si>
     <t>0000000588</t>
@@ -3627,50 +3633,62 @@
     <t>0000000434</t>
   </si>
   <si>
     <t>REQ/2024/5073</t>
   </si>
   <si>
     <t>2024-10-29</t>
   </si>
   <si>
     <t>VMR/2024/2449</t>
   </si>
   <si>
     <t>REQ/000951/2024-2025</t>
   </si>
   <si>
     <t>2025-02-17</t>
   </si>
   <si>
     <t>VMR/2024/001429</t>
   </si>
   <si>
     <t>Vendor Request Details Add</t>
   </si>
   <si>
     <t>0000000495</t>
+  </si>
+  <si>
+    <t>REQ/001279/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>Vendor registration</t>
+  </si>
+  <si>
+    <t>0000000448</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4026,51 +4044,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W361"/>
+  <dimension ref="A1:W362"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="144.9646" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="62.41333" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -12957,5764 +12975,5807 @@
       <c r="P220" s="1"/>
       <c r="Q220" s="1"/>
       <c r="R220" s="1"/>
       <c r="S220" s="1"/>
       <c r="T220" s="1"/>
       <c r="U220" s="1"/>
       <c r="V220" s="1"/>
       <c r="W220" s="1"/>
     </row>
     <row r="221" spans="1:23">
       <c r="A221" s="3">
         <v>219</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>709</v>
       </c>
       <c r="C221" s="3" t="s">
         <v>687</v>
       </c>
       <c r="D221" s="3" t="s">
         <v>710</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>711</v>
       </c>
-      <c r="F221" s="3"/>
+      <c r="F221" s="3" t="s">
+        <v>712</v>
+      </c>
       <c r="G221" s="3" t="s">
-        <v>608</v>
+        <v>15</v>
       </c>
       <c r="H221" s="4" t="s">
-        <v>687</v>
+        <v>713</v>
       </c>
       <c r="I221" s="4"/>
       <c r="J221" s="1"/>
       <c r="K221" s="1"/>
       <c r="L221" s="1"/>
       <c r="M221" s="1"/>
       <c r="N221" s="1"/>
       <c r="O221" s="1"/>
       <c r="P221" s="1"/>
       <c r="Q221" s="1"/>
       <c r="R221" s="1"/>
       <c r="S221" s="1"/>
       <c r="T221" s="1"/>
       <c r="U221" s="1"/>
       <c r="V221" s="1"/>
       <c r="W221" s="1"/>
     </row>
     <row r="222" spans="1:23">
       <c r="A222" s="3">
         <v>220</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="C222" s="3" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="D222" s="3" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F222" s="3" t="s">
+        <v>717</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H222" s="4" t="s">
         <v>715</v>
-      </c>
-[...4 lines deleted...]
-        <v>713</v>
       </c>
       <c r="I222" s="4"/>
       <c r="J222" s="1"/>
       <c r="K222" s="1"/>
       <c r="L222" s="1"/>
       <c r="M222" s="1"/>
       <c r="N222" s="1"/>
       <c r="O222" s="1"/>
       <c r="P222" s="1"/>
       <c r="Q222" s="1"/>
       <c r="R222" s="1"/>
       <c r="S222" s="1"/>
       <c r="T222" s="1"/>
       <c r="U222" s="1"/>
       <c r="V222" s="1"/>
       <c r="W222" s="1"/>
     </row>
     <row r="223" spans="1:23">
       <c r="A223" s="3">
         <v>221</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="C223" s="3" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="D223" s="3" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="E223" s="3" t="s">
+        <v>721</v>
+      </c>
+      <c r="F223" s="3" t="s">
+        <v>722</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H223" s="4" t="s">
         <v>719</v>
-      </c>
-[...7 lines deleted...]
-        <v>717</v>
       </c>
       <c r="I223" s="4"/>
       <c r="J223" s="1"/>
       <c r="K223" s="1"/>
       <c r="L223" s="1"/>
       <c r="M223" s="1"/>
       <c r="N223" s="1"/>
       <c r="O223" s="1"/>
       <c r="P223" s="1"/>
       <c r="Q223" s="1"/>
       <c r="R223" s="1"/>
       <c r="S223" s="1"/>
       <c r="T223" s="1"/>
       <c r="U223" s="1"/>
       <c r="V223" s="1"/>
       <c r="W223" s="1"/>
     </row>
     <row r="224" spans="1:23">
       <c r="A224" s="3">
         <v>222</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="C224" s="3" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="D224" s="3" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>625</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="G224" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H224" s="4" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="I224" s="4"/>
       <c r="J224" s="1"/>
       <c r="K224" s="1"/>
       <c r="L224" s="1"/>
       <c r="M224" s="1"/>
       <c r="N224" s="1"/>
       <c r="O224" s="1"/>
       <c r="P224" s="1"/>
       <c r="Q224" s="1"/>
       <c r="R224" s="1"/>
       <c r="S224" s="1"/>
       <c r="T224" s="1"/>
       <c r="U224" s="1"/>
       <c r="V224" s="1"/>
       <c r="W224" s="1"/>
     </row>
     <row r="225" spans="1:23">
       <c r="A225" s="3">
         <v>223</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="C225" s="3" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="D225" s="3" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>625</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="G225" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H225" s="4" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="I225" s="4"/>
       <c r="J225" s="1"/>
       <c r="K225" s="1"/>
       <c r="L225" s="1"/>
       <c r="M225" s="1"/>
       <c r="N225" s="1"/>
       <c r="O225" s="1"/>
       <c r="P225" s="1"/>
       <c r="Q225" s="1"/>
       <c r="R225" s="1"/>
       <c r="S225" s="1"/>
       <c r="T225" s="1"/>
       <c r="U225" s="1"/>
       <c r="V225" s="1"/>
       <c r="W225" s="1"/>
     </row>
     <row r="226" spans="1:23">
       <c r="A226" s="3">
         <v>224</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="C226" s="3" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="D226" s="3" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>367</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="G226" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H226" s="4" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="I226" s="4"/>
       <c r="J226" s="1"/>
       <c r="K226" s="1"/>
       <c r="L226" s="1"/>
       <c r="M226" s="1"/>
       <c r="N226" s="1"/>
       <c r="O226" s="1"/>
       <c r="P226" s="1"/>
       <c r="Q226" s="1"/>
       <c r="R226" s="1"/>
       <c r="S226" s="1"/>
       <c r="T226" s="1"/>
       <c r="U226" s="1"/>
       <c r="V226" s="1"/>
       <c r="W226" s="1"/>
     </row>
     <row r="227" spans="1:23">
       <c r="A227" s="3">
         <v>225</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="C227" s="3" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="D227" s="3" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F227" s="3"/>
       <c r="G227" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H227" s="4" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="I227" s="4"/>
       <c r="J227" s="1"/>
       <c r="K227" s="1"/>
       <c r="L227" s="1"/>
       <c r="M227" s="1"/>
       <c r="N227" s="1"/>
       <c r="O227" s="1"/>
       <c r="P227" s="1"/>
       <c r="Q227" s="1"/>
       <c r="R227" s="1"/>
       <c r="S227" s="1"/>
       <c r="T227" s="1"/>
       <c r="U227" s="1"/>
       <c r="V227" s="1"/>
       <c r="W227" s="1"/>
     </row>
     <row r="228" spans="1:23">
       <c r="A228" s="3">
         <v>226</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="C228" s="3" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="D228" s="3" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="G228" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H228" s="4" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="I228" s="4"/>
       <c r="J228" s="1"/>
       <c r="K228" s="1"/>
       <c r="L228" s="1"/>
       <c r="M228" s="1"/>
       <c r="N228" s="1"/>
       <c r="O228" s="1"/>
       <c r="P228" s="1"/>
       <c r="Q228" s="1"/>
       <c r="R228" s="1"/>
       <c r="S228" s="1"/>
       <c r="T228" s="1"/>
       <c r="U228" s="1"/>
       <c r="V228" s="1"/>
       <c r="W228" s="1"/>
     </row>
     <row r="229" spans="1:23">
       <c r="A229" s="3">
         <v>227</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="C229" s="3" t="s">
         <v>657</v>
       </c>
       <c r="D229" s="3" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F229" s="3"/>
       <c r="G229" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H229" s="4" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="I229" s="4" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="J229" s="1"/>
       <c r="K229" s="1"/>
       <c r="L229" s="1"/>
       <c r="M229" s="1"/>
       <c r="N229" s="1"/>
       <c r="O229" s="1"/>
       <c r="P229" s="1"/>
       <c r="Q229" s="1"/>
       <c r="R229" s="1"/>
       <c r="S229" s="1"/>
       <c r="T229" s="1"/>
       <c r="U229" s="1"/>
       <c r="V229" s="1"/>
       <c r="W229" s="1"/>
     </row>
     <row r="230" spans="1:23">
       <c r="A230" s="3">
         <v>228</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="C230" s="3" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="D230" s="3" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>625</v>
       </c>
       <c r="F230" s="3" t="s">
+        <v>744</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H230" s="4" t="s">
         <v>742</v>
-      </c>
-[...4 lines deleted...]
-        <v>740</v>
       </c>
       <c r="I230" s="4"/>
       <c r="J230" s="1"/>
       <c r="K230" s="1"/>
       <c r="L230" s="1"/>
       <c r="M230" s="1"/>
       <c r="N230" s="1"/>
       <c r="O230" s="1"/>
       <c r="P230" s="1"/>
       <c r="Q230" s="1"/>
       <c r="R230" s="1"/>
       <c r="S230" s="1"/>
       <c r="T230" s="1"/>
       <c r="U230" s="1"/>
       <c r="V230" s="1"/>
       <c r="W230" s="1"/>
     </row>
     <row r="231" spans="1:23">
       <c r="A231" s="3">
         <v>229</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="C231" s="3" t="s">
         <v>441</v>
       </c>
       <c r="D231" s="3" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="G231" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H231" s="4" t="s">
         <v>441</v>
       </c>
       <c r="I231" s="4"/>
       <c r="J231" s="1"/>
       <c r="K231" s="1"/>
       <c r="L231" s="1"/>
       <c r="M231" s="1"/>
       <c r="N231" s="1"/>
       <c r="O231" s="1"/>
       <c r="P231" s="1"/>
       <c r="Q231" s="1"/>
       <c r="R231" s="1"/>
       <c r="S231" s="1"/>
       <c r="T231" s="1"/>
       <c r="U231" s="1"/>
       <c r="V231" s="1"/>
       <c r="W231" s="1"/>
     </row>
     <row r="232" spans="1:23">
       <c r="A232" s="3">
         <v>230</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="C232" s="3" t="s">
         <v>571</v>
       </c>
       <c r="D232" s="3" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>574</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="G232" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H232" s="4" t="s">
         <v>571</v>
       </c>
       <c r="I232" s="4"/>
       <c r="J232" s="1"/>
       <c r="K232" s="1"/>
       <c r="L232" s="1"/>
       <c r="M232" s="1"/>
       <c r="N232" s="1"/>
       <c r="O232" s="1"/>
       <c r="P232" s="1"/>
       <c r="Q232" s="1"/>
       <c r="R232" s="1"/>
       <c r="S232" s="1"/>
       <c r="T232" s="1"/>
       <c r="U232" s="1"/>
       <c r="V232" s="1"/>
       <c r="W232" s="1"/>
     </row>
     <row r="233" spans="1:23">
       <c r="A233" s="3">
         <v>231</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="C233" s="3" t="s">
         <v>571</v>
       </c>
       <c r="D233" s="3" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="E233" s="3" t="s">
         <v>648</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="G233" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H233" s="4" t="s">
         <v>571</v>
       </c>
       <c r="I233" s="4"/>
       <c r="J233" s="1"/>
       <c r="K233" s="1"/>
       <c r="L233" s="1"/>
       <c r="M233" s="1"/>
       <c r="N233" s="1"/>
       <c r="O233" s="1"/>
       <c r="P233" s="1"/>
       <c r="Q233" s="1"/>
       <c r="R233" s="1"/>
       <c r="S233" s="1"/>
       <c r="T233" s="1"/>
       <c r="U233" s="1"/>
       <c r="V233" s="1"/>
       <c r="W233" s="1"/>
     </row>
     <row r="234" spans="1:23">
       <c r="A234" s="3">
         <v>232</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="C234" s="3" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="D234" s="3" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F234" s="3" t="s">
+        <v>757</v>
+      </c>
+      <c r="G234" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H234" s="4" t="s">
         <v>755</v>
-      </c>
-[...4 lines deleted...]
-        <v>753</v>
       </c>
       <c r="I234" s="4"/>
       <c r="J234" s="1"/>
       <c r="K234" s="1"/>
       <c r="L234" s="1"/>
       <c r="M234" s="1"/>
       <c r="N234" s="1"/>
       <c r="O234" s="1"/>
       <c r="P234" s="1"/>
       <c r="Q234" s="1"/>
       <c r="R234" s="1"/>
       <c r="S234" s="1"/>
       <c r="T234" s="1"/>
       <c r="U234" s="1"/>
       <c r="V234" s="1"/>
       <c r="W234" s="1"/>
     </row>
     <row r="235" spans="1:23">
       <c r="A235" s="3">
         <v>233</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="C235" s="3" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="D235" s="3" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="E235" s="3"/>
       <c r="F235" s="3" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="G235" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H235" s="4" t="s">
         <v>438</v>
       </c>
       <c r="I235" s="4"/>
       <c r="J235" s="1"/>
       <c r="K235" s="1"/>
       <c r="L235" s="1"/>
       <c r="M235" s="1"/>
       <c r="N235" s="1"/>
       <c r="O235" s="1"/>
       <c r="P235" s="1"/>
       <c r="Q235" s="1"/>
       <c r="R235" s="1"/>
       <c r="S235" s="1"/>
       <c r="T235" s="1"/>
       <c r="U235" s="1"/>
       <c r="V235" s="1"/>
       <c r="W235" s="1"/>
     </row>
     <row r="236" spans="1:23">
       <c r="A236" s="3">
         <v>234</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="C236" s="3" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="D236" s="3" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="G236" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H236" s="4" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="I236" s="4"/>
       <c r="J236" s="1"/>
       <c r="K236" s="1"/>
       <c r="L236" s="1"/>
       <c r="M236" s="1"/>
       <c r="N236" s="1"/>
       <c r="O236" s="1"/>
       <c r="P236" s="1"/>
       <c r="Q236" s="1"/>
       <c r="R236" s="1"/>
       <c r="S236" s="1"/>
       <c r="T236" s="1"/>
       <c r="U236" s="1"/>
       <c r="V236" s="1"/>
       <c r="W236" s="1"/>
     </row>
     <row r="237" spans="1:23">
       <c r="A237" s="3">
         <v>235</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="C237" s="3" t="s">
         <v>623</v>
       </c>
       <c r="D237" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="G237" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H237" s="4" t="s">
         <v>653</v>
       </c>
       <c r="I237" s="4"/>
       <c r="J237" s="1"/>
       <c r="K237" s="1"/>
       <c r="L237" s="1"/>
       <c r="M237" s="1"/>
       <c r="N237" s="1"/>
       <c r="O237" s="1"/>
       <c r="P237" s="1"/>
       <c r="Q237" s="1"/>
       <c r="R237" s="1"/>
       <c r="S237" s="1"/>
       <c r="T237" s="1"/>
       <c r="U237" s="1"/>
       <c r="V237" s="1"/>
       <c r="W237" s="1"/>
     </row>
     <row r="238" spans="1:23">
       <c r="A238" s="3">
         <v>236</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="C238" s="3" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="D238" s="3" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="G238" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H238" s="4" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="I238" s="4"/>
       <c r="J238" s="1"/>
       <c r="K238" s="1"/>
       <c r="L238" s="1"/>
       <c r="M238" s="1"/>
       <c r="N238" s="1"/>
       <c r="O238" s="1"/>
       <c r="P238" s="1"/>
       <c r="Q238" s="1"/>
       <c r="R238" s="1"/>
       <c r="S238" s="1"/>
       <c r="T238" s="1"/>
       <c r="U238" s="1"/>
       <c r="V238" s="1"/>
       <c r="W238" s="1"/>
     </row>
     <row r="239" spans="1:23">
       <c r="A239" s="3">
         <v>237</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="C239" s="3" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="D239" s="3" t="s">
         <v>274</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="G239" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H239" s="4" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="I239" s="4"/>
       <c r="J239" s="1"/>
       <c r="K239" s="1"/>
       <c r="L239" s="1"/>
       <c r="M239" s="1"/>
       <c r="N239" s="1"/>
       <c r="O239" s="1"/>
       <c r="P239" s="1"/>
       <c r="Q239" s="1"/>
       <c r="R239" s="1"/>
       <c r="S239" s="1"/>
       <c r="T239" s="1"/>
       <c r="U239" s="1"/>
       <c r="V239" s="1"/>
       <c r="W239" s="1"/>
     </row>
     <row r="240" spans="1:23">
       <c r="A240" s="3">
         <v>238</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="C240" s="3" t="s">
         <v>571</v>
       </c>
       <c r="D240" s="3" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F240" s="3"/>
       <c r="G240" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H240" s="4" t="s">
         <v>571</v>
       </c>
       <c r="I240" s="4" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="J240" s="1"/>
       <c r="K240" s="1"/>
       <c r="L240" s="1"/>
       <c r="M240" s="1"/>
       <c r="N240" s="1"/>
       <c r="O240" s="1"/>
       <c r="P240" s="1"/>
       <c r="Q240" s="1"/>
       <c r="R240" s="1"/>
       <c r="S240" s="1"/>
       <c r="T240" s="1"/>
       <c r="U240" s="1"/>
       <c r="V240" s="1"/>
       <c r="W240" s="1"/>
     </row>
     <row r="241" spans="1:23">
       <c r="A241" s="3">
         <v>239</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="C241" s="3" t="s">
         <v>571</v>
       </c>
       <c r="D241" s="3" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>574</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="G241" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H241" s="4" t="s">
         <v>571</v>
       </c>
       <c r="I241" s="4"/>
       <c r="J241" s="1"/>
       <c r="K241" s="1"/>
       <c r="L241" s="1"/>
       <c r="M241" s="1"/>
       <c r="N241" s="1"/>
       <c r="O241" s="1"/>
       <c r="P241" s="1"/>
       <c r="Q241" s="1"/>
       <c r="R241" s="1"/>
       <c r="S241" s="1"/>
       <c r="T241" s="1"/>
       <c r="U241" s="1"/>
       <c r="V241" s="1"/>
       <c r="W241" s="1"/>
     </row>
     <row r="242" spans="1:23">
       <c r="A242" s="3">
         <v>240</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="C242" s="3" t="s">
         <v>571</v>
       </c>
       <c r="D242" s="3" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>105</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="G242" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H242" s="4" t="s">
         <v>630</v>
       </c>
       <c r="I242" s="4"/>
       <c r="J242" s="1"/>
       <c r="K242" s="1"/>
       <c r="L242" s="1"/>
       <c r="M242" s="1"/>
       <c r="N242" s="1"/>
       <c r="O242" s="1"/>
       <c r="P242" s="1"/>
       <c r="Q242" s="1"/>
       <c r="R242" s="1"/>
       <c r="S242" s="1"/>
       <c r="T242" s="1"/>
       <c r="U242" s="1"/>
       <c r="V242" s="1"/>
       <c r="W242" s="1"/>
     </row>
     <row r="243" spans="1:23">
       <c r="A243" s="3">
         <v>241</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="C243" s="3" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="D243" s="3" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="G243" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H243" s="4" t="s">
         <v>599</v>
       </c>
       <c r="I243" s="4"/>
       <c r="J243" s="1"/>
       <c r="K243" s="1"/>
       <c r="L243" s="1"/>
       <c r="M243" s="1"/>
       <c r="N243" s="1"/>
       <c r="O243" s="1"/>
       <c r="P243" s="1"/>
       <c r="Q243" s="1"/>
       <c r="R243" s="1"/>
       <c r="S243" s="1"/>
       <c r="T243" s="1"/>
       <c r="U243" s="1"/>
       <c r="V243" s="1"/>
       <c r="W243" s="1"/>
     </row>
     <row r="244" spans="1:23">
       <c r="A244" s="3">
         <v>242</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="C244" s="3" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="D244" s="3" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>625</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="G244" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H244" s="4" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="I244" s="4"/>
       <c r="J244" s="1"/>
       <c r="K244" s="1"/>
       <c r="L244" s="1"/>
       <c r="M244" s="1"/>
       <c r="N244" s="1"/>
       <c r="O244" s="1"/>
       <c r="P244" s="1"/>
       <c r="Q244" s="1"/>
       <c r="R244" s="1"/>
       <c r="S244" s="1"/>
       <c r="T244" s="1"/>
       <c r="U244" s="1"/>
       <c r="V244" s="1"/>
       <c r="W244" s="1"/>
     </row>
     <row r="245" spans="1:23">
       <c r="A245" s="3">
         <v>243</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="C245" s="3" t="s">
         <v>571</v>
       </c>
       <c r="D245" s="3" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>574</v>
       </c>
       <c r="F245" s="3"/>
       <c r="G245" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H245" s="4" t="s">
         <v>630</v>
       </c>
       <c r="I245" s="4" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="J245" s="1"/>
       <c r="K245" s="1"/>
       <c r="L245" s="1"/>
       <c r="M245" s="1"/>
       <c r="N245" s="1"/>
       <c r="O245" s="1"/>
       <c r="P245" s="1"/>
       <c r="Q245" s="1"/>
       <c r="R245" s="1"/>
       <c r="S245" s="1"/>
       <c r="T245" s="1"/>
       <c r="U245" s="1"/>
       <c r="V245" s="1"/>
       <c r="W245" s="1"/>
     </row>
     <row r="246" spans="1:23">
       <c r="A246" s="3">
         <v>244</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="C246" s="3" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="D246" s="3" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="F246" s="3"/>
       <c r="G246" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H246" s="4" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="I246" s="4"/>
       <c r="J246" s="1"/>
       <c r="K246" s="1"/>
       <c r="L246" s="1"/>
       <c r="M246" s="1"/>
       <c r="N246" s="1"/>
       <c r="O246" s="1"/>
       <c r="P246" s="1"/>
       <c r="Q246" s="1"/>
       <c r="R246" s="1"/>
       <c r="S246" s="1"/>
       <c r="T246" s="1"/>
       <c r="U246" s="1"/>
       <c r="V246" s="1"/>
       <c r="W246" s="1"/>
     </row>
     <row r="247" spans="1:23">
       <c r="A247" s="3">
         <v>245</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="C247" s="3" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="D247" s="3" t="s">
         <v>238</v>
       </c>
       <c r="E247" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F247" s="3"/>
       <c r="G247" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H247" s="4" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="I247" s="4"/>
       <c r="J247" s="1"/>
       <c r="K247" s="1"/>
       <c r="L247" s="1"/>
       <c r="M247" s="1"/>
       <c r="N247" s="1"/>
       <c r="O247" s="1"/>
       <c r="P247" s="1"/>
       <c r="Q247" s="1"/>
       <c r="R247" s="1"/>
       <c r="S247" s="1"/>
       <c r="T247" s="1"/>
       <c r="U247" s="1"/>
       <c r="V247" s="1"/>
       <c r="W247" s="1"/>
     </row>
     <row r="248" spans="1:23">
       <c r="A248" s="3">
         <v>246</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="C248" s="3" t="s">
         <v>435</v>
       </c>
       <c r="D248" s="3" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="E248" s="3"/>
       <c r="F248" s="3"/>
       <c r="G248" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H248" s="4" t="s">
         <v>438</v>
       </c>
       <c r="I248" s="4" t="s">
         <v>382</v>
       </c>
       <c r="J248" s="1"/>
       <c r="K248" s="1"/>
       <c r="L248" s="1"/>
       <c r="M248" s="1"/>
       <c r="N248" s="1"/>
       <c r="O248" s="1"/>
       <c r="P248" s="1"/>
       <c r="Q248" s="1"/>
       <c r="R248" s="1"/>
       <c r="S248" s="1"/>
       <c r="T248" s="1"/>
       <c r="U248" s="1"/>
       <c r="V248" s="1"/>
       <c r="W248" s="1"/>
     </row>
     <row r="249" spans="1:23">
       <c r="A249" s="3">
         <v>247</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="C249" s="3" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="D249" s="3" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="F249" s="3"/>
       <c r="G249" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H249" s="4" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="I249" s="4"/>
       <c r="J249" s="1"/>
       <c r="K249" s="1"/>
       <c r="L249" s="1"/>
       <c r="M249" s="1"/>
       <c r="N249" s="1"/>
       <c r="O249" s="1"/>
       <c r="P249" s="1"/>
       <c r="Q249" s="1"/>
       <c r="R249" s="1"/>
       <c r="S249" s="1"/>
       <c r="T249" s="1"/>
       <c r="U249" s="1"/>
       <c r="V249" s="1"/>
       <c r="W249" s="1"/>
     </row>
     <row r="250" spans="1:23">
       <c r="A250" s="3">
         <v>248</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="C250" s="3" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="D250" s="3" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="E250" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F250" s="3"/>
       <c r="G250" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H250" s="4" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="I250" s="4"/>
       <c r="J250" s="1"/>
       <c r="K250" s="1"/>
       <c r="L250" s="1"/>
       <c r="M250" s="1"/>
       <c r="N250" s="1"/>
       <c r="O250" s="1"/>
       <c r="P250" s="1"/>
       <c r="Q250" s="1"/>
       <c r="R250" s="1"/>
       <c r="S250" s="1"/>
       <c r="T250" s="1"/>
       <c r="U250" s="1"/>
       <c r="V250" s="1"/>
       <c r="W250" s="1"/>
     </row>
     <row r="251" spans="1:23">
       <c r="A251" s="3">
         <v>249</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="C251" s="3" t="s">
         <v>620</v>
       </c>
       <c r="D251" s="3" t="s">
         <v>146</v>
       </c>
       <c r="E251" s="3" t="s">
         <v>105</v>
       </c>
       <c r="F251" s="3"/>
       <c r="G251" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H251" s="4" t="s">
         <v>620</v>
       </c>
       <c r="I251" s="4" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="J251" s="1"/>
       <c r="K251" s="1"/>
       <c r="L251" s="1"/>
       <c r="M251" s="1"/>
       <c r="N251" s="1"/>
       <c r="O251" s="1"/>
       <c r="P251" s="1"/>
       <c r="Q251" s="1"/>
       <c r="R251" s="1"/>
       <c r="S251" s="1"/>
       <c r="T251" s="1"/>
       <c r="U251" s="1"/>
       <c r="V251" s="1"/>
       <c r="W251" s="1"/>
     </row>
     <row r="252" spans="1:23">
       <c r="A252" s="3">
         <v>250</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="C252" s="3" t="s">
         <v>592</v>
       </c>
       <c r="D252" s="3" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="E252" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F252" s="3"/>
       <c r="G252" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H252" s="4" t="s">
         <v>594</v>
       </c>
       <c r="I252" s="4" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="J252" s="1"/>
       <c r="K252" s="1"/>
       <c r="L252" s="1"/>
       <c r="M252" s="1"/>
       <c r="N252" s="1"/>
       <c r="O252" s="1"/>
       <c r="P252" s="1"/>
       <c r="Q252" s="1"/>
       <c r="R252" s="1"/>
       <c r="S252" s="1"/>
       <c r="T252" s="1"/>
       <c r="U252" s="1"/>
       <c r="V252" s="1"/>
       <c r="W252" s="1"/>
     </row>
     <row r="253" spans="1:23">
       <c r="A253" s="3">
         <v>251</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="C253" s="3" t="s">
         <v>571</v>
       </c>
       <c r="D253" s="3" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="E253" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F253" s="3"/>
       <c r="G253" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H253" s="4" t="s">
         <v>571</v>
       </c>
       <c r="I253" s="4" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="J253" s="1"/>
       <c r="K253" s="1"/>
       <c r="L253" s="1"/>
       <c r="M253" s="1"/>
       <c r="N253" s="1"/>
       <c r="O253" s="1"/>
       <c r="P253" s="1"/>
       <c r="Q253" s="1"/>
       <c r="R253" s="1"/>
       <c r="S253" s="1"/>
       <c r="T253" s="1"/>
       <c r="U253" s="1"/>
       <c r="V253" s="1"/>
       <c r="W253" s="1"/>
     </row>
     <row r="254" spans="1:23">
       <c r="A254" s="3">
         <v>252</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="C254" s="3" t="s">
         <v>616</v>
       </c>
       <c r="D254" s="3" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="F254" s="3" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="G254" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H254" s="4" t="s">
         <v>620</v>
       </c>
       <c r="I254" s="4"/>
       <c r="J254" s="1"/>
       <c r="K254" s="1"/>
       <c r="L254" s="1"/>
       <c r="M254" s="1"/>
       <c r="N254" s="1"/>
       <c r="O254" s="1"/>
       <c r="P254" s="1"/>
       <c r="Q254" s="1"/>
       <c r="R254" s="1"/>
       <c r="S254" s="1"/>
       <c r="T254" s="1"/>
       <c r="U254" s="1"/>
       <c r="V254" s="1"/>
       <c r="W254" s="1"/>
     </row>
     <row r="255" spans="1:23">
       <c r="A255" s="3">
         <v>253</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="C255" s="3" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="D255" s="3" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="E255" s="3" t="s">
         <v>574</v>
       </c>
       <c r="F255" s="3" t="s">
+        <v>828</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H255" s="4" t="s">
         <v>826</v>
-      </c>
-[...4 lines deleted...]
-        <v>824</v>
       </c>
       <c r="I255" s="4"/>
       <c r="J255" s="1"/>
       <c r="K255" s="1"/>
       <c r="L255" s="1"/>
       <c r="M255" s="1"/>
       <c r="N255" s="1"/>
       <c r="O255" s="1"/>
       <c r="P255" s="1"/>
       <c r="Q255" s="1"/>
       <c r="R255" s="1"/>
       <c r="S255" s="1"/>
       <c r="T255" s="1"/>
       <c r="U255" s="1"/>
       <c r="V255" s="1"/>
       <c r="W255" s="1"/>
     </row>
     <row r="256" spans="1:23">
       <c r="A256" s="3">
         <v>254</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="C256" s="3" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="D256" s="3" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="F256" s="3"/>
       <c r="G256" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H256" s="4" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="I256" s="4" t="s">
         <v>28</v>
       </c>
       <c r="J256" s="1"/>
       <c r="K256" s="1"/>
       <c r="L256" s="1"/>
       <c r="M256" s="1"/>
       <c r="N256" s="1"/>
       <c r="O256" s="1"/>
       <c r="P256" s="1"/>
       <c r="Q256" s="1"/>
       <c r="R256" s="1"/>
       <c r="S256" s="1"/>
       <c r="T256" s="1"/>
       <c r="U256" s="1"/>
       <c r="V256" s="1"/>
       <c r="W256" s="1"/>
     </row>
     <row r="257" spans="1:23">
       <c r="A257" s="3">
         <v>255</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="C257" s="3" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="D257" s="3" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="E257" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F257" s="3" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="G257" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H257" s="4" t="s">
         <v>599</v>
       </c>
       <c r="I257" s="4"/>
       <c r="J257" s="1"/>
       <c r="K257" s="1"/>
       <c r="L257" s="1"/>
       <c r="M257" s="1"/>
       <c r="N257" s="1"/>
       <c r="O257" s="1"/>
       <c r="P257" s="1"/>
       <c r="Q257" s="1"/>
       <c r="R257" s="1"/>
       <c r="S257" s="1"/>
       <c r="T257" s="1"/>
       <c r="U257" s="1"/>
       <c r="V257" s="1"/>
       <c r="W257" s="1"/>
     </row>
     <row r="258" spans="1:23">
       <c r="A258" s="3">
         <v>256</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="C258" s="3" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="D258" s="3" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F258" s="3" t="s">
+        <v>841</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H258" s="4" t="s">
         <v>839</v>
-      </c>
-[...4 lines deleted...]
-        <v>837</v>
       </c>
       <c r="I258" s="4"/>
       <c r="J258" s="1"/>
       <c r="K258" s="1"/>
       <c r="L258" s="1"/>
       <c r="M258" s="1"/>
       <c r="N258" s="1"/>
       <c r="O258" s="1"/>
       <c r="P258" s="1"/>
       <c r="Q258" s="1"/>
       <c r="R258" s="1"/>
       <c r="S258" s="1"/>
       <c r="T258" s="1"/>
       <c r="U258" s="1"/>
       <c r="V258" s="1"/>
       <c r="W258" s="1"/>
     </row>
     <row r="259" spans="1:23">
       <c r="A259" s="3">
         <v>257</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C259" s="3" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="D259" s="3" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="E259" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F259" s="3" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="G259" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H259" s="4" t="s">
         <v>590</v>
       </c>
       <c r="I259" s="4"/>
       <c r="J259" s="1"/>
       <c r="K259" s="1"/>
       <c r="L259" s="1"/>
       <c r="M259" s="1"/>
       <c r="N259" s="1"/>
       <c r="O259" s="1"/>
       <c r="P259" s="1"/>
       <c r="Q259" s="1"/>
       <c r="R259" s="1"/>
       <c r="S259" s="1"/>
       <c r="T259" s="1"/>
       <c r="U259" s="1"/>
       <c r="V259" s="1"/>
       <c r="W259" s="1"/>
     </row>
     <row r="260" spans="1:23">
       <c r="A260" s="3">
         <v>258</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="C260" s="3" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="D260" s="3" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F260" s="3" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="G260" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H260" s="4" t="s">
         <v>614</v>
       </c>
       <c r="I260" s="4"/>
       <c r="J260" s="1"/>
       <c r="K260" s="1"/>
       <c r="L260" s="1"/>
       <c r="M260" s="1"/>
       <c r="N260" s="1"/>
       <c r="O260" s="1"/>
       <c r="P260" s="1"/>
       <c r="Q260" s="1"/>
       <c r="R260" s="1"/>
       <c r="S260" s="1"/>
       <c r="T260" s="1"/>
       <c r="U260" s="1"/>
       <c r="V260" s="1"/>
       <c r="W260" s="1"/>
     </row>
     <row r="261" spans="1:23">
       <c r="A261" s="3">
         <v>259</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="C261" s="3" t="s">
         <v>571</v>
       </c>
       <c r="D261" s="3" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="E261" s="3" t="s">
         <v>574</v>
       </c>
       <c r="F261" s="3" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="G261" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H261" s="4" t="s">
         <v>571</v>
       </c>
       <c r="I261" s="4"/>
       <c r="J261" s="1"/>
       <c r="K261" s="1"/>
       <c r="L261" s="1"/>
       <c r="M261" s="1"/>
       <c r="N261" s="1"/>
       <c r="O261" s="1"/>
       <c r="P261" s="1"/>
       <c r="Q261" s="1"/>
       <c r="R261" s="1"/>
       <c r="S261" s="1"/>
       <c r="T261" s="1"/>
       <c r="U261" s="1"/>
       <c r="V261" s="1"/>
       <c r="W261" s="1"/>
     </row>
     <row r="262" spans="1:23">
       <c r="A262" s="3">
         <v>260</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="C262" s="3" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="D262" s="3" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F262" s="3"/>
       <c r="G262" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H262" s="4" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="I262" s="4"/>
       <c r="J262" s="1"/>
       <c r="K262" s="1"/>
       <c r="L262" s="1"/>
       <c r="M262" s="1"/>
       <c r="N262" s="1"/>
       <c r="O262" s="1"/>
       <c r="P262" s="1"/>
       <c r="Q262" s="1"/>
       <c r="R262" s="1"/>
       <c r="S262" s="1"/>
       <c r="T262" s="1"/>
       <c r="U262" s="1"/>
       <c r="V262" s="1"/>
       <c r="W262" s="1"/>
     </row>
     <row r="263" spans="1:23">
       <c r="A263" s="3">
         <v>261</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="C263" s="3" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="D263" s="3" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="G263" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H263" s="4" t="s">
         <v>590</v>
       </c>
       <c r="I263" s="4"/>
       <c r="J263" s="1"/>
       <c r="K263" s="1"/>
       <c r="L263" s="1"/>
       <c r="M263" s="1"/>
       <c r="N263" s="1"/>
       <c r="O263" s="1"/>
       <c r="P263" s="1"/>
       <c r="Q263" s="1"/>
       <c r="R263" s="1"/>
       <c r="S263" s="1"/>
       <c r="T263" s="1"/>
       <c r="U263" s="1"/>
       <c r="V263" s="1"/>
       <c r="W263" s="1"/>
     </row>
     <row r="264" spans="1:23">
       <c r="A264" s="3">
         <v>262</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="C264" s="3" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="D264" s="3" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F264" s="3" t="s">
+        <v>861</v>
+      </c>
+      <c r="G264" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H264" s="4" t="s">
         <v>859</v>
-      </c>
-[...4 lines deleted...]
-        <v>857</v>
       </c>
       <c r="I264" s="4"/>
       <c r="J264" s="1"/>
       <c r="K264" s="1"/>
       <c r="L264" s="1"/>
       <c r="M264" s="1"/>
       <c r="N264" s="1"/>
       <c r="O264" s="1"/>
       <c r="P264" s="1"/>
       <c r="Q264" s="1"/>
       <c r="R264" s="1"/>
       <c r="S264" s="1"/>
       <c r="T264" s="1"/>
       <c r="U264" s="1"/>
       <c r="V264" s="1"/>
       <c r="W264" s="1"/>
     </row>
     <row r="265" spans="1:23">
       <c r="A265" s="3">
         <v>263</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="C265" s="3" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="D265" s="3" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="G265" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H265" s="4" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="I265" s="4"/>
       <c r="J265" s="1"/>
       <c r="K265" s="1"/>
       <c r="L265" s="1"/>
       <c r="M265" s="1"/>
       <c r="N265" s="1"/>
       <c r="O265" s="1"/>
       <c r="P265" s="1"/>
       <c r="Q265" s="1"/>
       <c r="R265" s="1"/>
       <c r="S265" s="1"/>
       <c r="T265" s="1"/>
       <c r="U265" s="1"/>
       <c r="V265" s="1"/>
       <c r="W265" s="1"/>
     </row>
     <row r="266" spans="1:23">
       <c r="A266" s="3">
         <v>264</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="C266" s="3" t="s">
         <v>630</v>
       </c>
       <c r="D266" s="3" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="E266" s="3" t="s">
         <v>358</v>
       </c>
       <c r="F266" s="3"/>
       <c r="G266" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H266" s="4" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="I266" s="4" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="J266" s="1"/>
       <c r="K266" s="1"/>
       <c r="L266" s="1"/>
       <c r="M266" s="1"/>
       <c r="N266" s="1"/>
       <c r="O266" s="1"/>
       <c r="P266" s="1"/>
       <c r="Q266" s="1"/>
       <c r="R266" s="1"/>
       <c r="S266" s="1"/>
       <c r="T266" s="1"/>
       <c r="U266" s="1"/>
       <c r="V266" s="1"/>
       <c r="W266" s="1"/>
     </row>
     <row r="267" spans="1:23">
       <c r="A267" s="3">
         <v>265</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="C267" s="3" t="s">
         <v>630</v>
       </c>
       <c r="D267" s="3" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="F267" s="3"/>
       <c r="G267" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H267" s="4" t="s">
         <v>630</v>
       </c>
       <c r="I267" s="4" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="J267" s="1"/>
       <c r="K267" s="1"/>
       <c r="L267" s="1"/>
       <c r="M267" s="1"/>
       <c r="N267" s="1"/>
       <c r="O267" s="1"/>
       <c r="P267" s="1"/>
       <c r="Q267" s="1"/>
       <c r="R267" s="1"/>
       <c r="S267" s="1"/>
       <c r="T267" s="1"/>
       <c r="U267" s="1"/>
       <c r="V267" s="1"/>
       <c r="W267" s="1"/>
     </row>
     <row r="268" spans="1:23">
       <c r="A268" s="3">
         <v>266</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="C268" s="3" t="s">
         <v>630</v>
       </c>
       <c r="D268" s="3" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="G268" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H268" s="4" t="s">
         <v>630</v>
       </c>
       <c r="I268" s="4"/>
       <c r="J268" s="1"/>
       <c r="K268" s="1"/>
       <c r="L268" s="1"/>
       <c r="M268" s="1"/>
       <c r="N268" s="1"/>
       <c r="O268" s="1"/>
       <c r="P268" s="1"/>
       <c r="Q268" s="1"/>
       <c r="R268" s="1"/>
       <c r="S268" s="1"/>
       <c r="T268" s="1"/>
       <c r="U268" s="1"/>
       <c r="V268" s="1"/>
       <c r="W268" s="1"/>
     </row>
     <row r="269" spans="1:23">
       <c r="A269" s="3">
         <v>267</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="C269" s="3" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="D269" s="3" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="E269" s="3" t="s">
         <v>639</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="G269" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H269" s="4" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="I269" s="4"/>
       <c r="J269" s="1"/>
       <c r="K269" s="1"/>
       <c r="L269" s="1"/>
       <c r="M269" s="1"/>
       <c r="N269" s="1"/>
       <c r="O269" s="1"/>
       <c r="P269" s="1"/>
       <c r="Q269" s="1"/>
       <c r="R269" s="1"/>
       <c r="S269" s="1"/>
       <c r="T269" s="1"/>
       <c r="U269" s="1"/>
       <c r="V269" s="1"/>
       <c r="W269" s="1"/>
     </row>
     <row r="270" spans="1:23">
       <c r="A270" s="3">
         <v>268</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="C270" s="3" t="s">
         <v>605</v>
       </c>
       <c r="D270" s="3" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="F270" s="3"/>
       <c r="G270" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H270" s="4" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="I270" s="4" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="J270" s="1"/>
       <c r="K270" s="1"/>
       <c r="L270" s="1"/>
       <c r="M270" s="1"/>
       <c r="N270" s="1"/>
       <c r="O270" s="1"/>
       <c r="P270" s="1"/>
       <c r="Q270" s="1"/>
       <c r="R270" s="1"/>
       <c r="S270" s="1"/>
       <c r="T270" s="1"/>
       <c r="U270" s="1"/>
       <c r="V270" s="1"/>
       <c r="W270" s="1"/>
     </row>
     <row r="271" spans="1:23">
       <c r="A271" s="3">
         <v>269</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="C271" s="3" t="s">
         <v>571</v>
       </c>
       <c r="D271" s="3" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="G271" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H271" s="4" t="s">
         <v>571</v>
       </c>
       <c r="I271" s="4"/>
       <c r="J271" s="1"/>
       <c r="K271" s="1"/>
       <c r="L271" s="1"/>
       <c r="M271" s="1"/>
       <c r="N271" s="1"/>
       <c r="O271" s="1"/>
       <c r="P271" s="1"/>
       <c r="Q271" s="1"/>
       <c r="R271" s="1"/>
       <c r="S271" s="1"/>
       <c r="T271" s="1"/>
       <c r="U271" s="1"/>
       <c r="V271" s="1"/>
       <c r="W271" s="1"/>
     </row>
     <row r="272" spans="1:23">
       <c r="A272" s="3">
         <v>270</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="C272" s="3" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="D272" s="3" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="E272" s="3" t="s">
+        <v>885</v>
+      </c>
+      <c r="F272" s="3" t="s">
+        <v>886</v>
+      </c>
+      <c r="G272" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H272" s="4" t="s">
         <v>883</v>
-      </c>
-[...7 lines deleted...]
-        <v>881</v>
       </c>
       <c r="I272" s="4"/>
       <c r="J272" s="1"/>
       <c r="K272" s="1"/>
       <c r="L272" s="1"/>
       <c r="M272" s="1"/>
       <c r="N272" s="1"/>
       <c r="O272" s="1"/>
       <c r="P272" s="1"/>
       <c r="Q272" s="1"/>
       <c r="R272" s="1"/>
       <c r="S272" s="1"/>
       <c r="T272" s="1"/>
       <c r="U272" s="1"/>
       <c r="V272" s="1"/>
       <c r="W272" s="1"/>
     </row>
     <row r="273" spans="1:23">
       <c r="A273" s="3">
         <v>271</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="C273" s="3" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="D273" s="3" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="E273" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F273" s="3" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="G273" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H273" s="4" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="I273" s="4"/>
       <c r="J273" s="1"/>
       <c r="K273" s="1"/>
       <c r="L273" s="1"/>
       <c r="M273" s="1"/>
       <c r="N273" s="1"/>
       <c r="O273" s="1"/>
       <c r="P273" s="1"/>
       <c r="Q273" s="1"/>
       <c r="R273" s="1"/>
       <c r="S273" s="1"/>
       <c r="T273" s="1"/>
       <c r="U273" s="1"/>
       <c r="V273" s="1"/>
       <c r="W273" s="1"/>
     </row>
     <row r="274" spans="1:23">
       <c r="A274" s="3">
         <v>272</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="C274" s="3" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="D274" s="3" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="F274" s="3" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="G274" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H274" s="4" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="I274" s="4"/>
       <c r="J274" s="1"/>
       <c r="K274" s="1"/>
       <c r="L274" s="1"/>
       <c r="M274" s="1"/>
       <c r="N274" s="1"/>
       <c r="O274" s="1"/>
       <c r="P274" s="1"/>
       <c r="Q274" s="1"/>
       <c r="R274" s="1"/>
       <c r="S274" s="1"/>
       <c r="T274" s="1"/>
       <c r="U274" s="1"/>
       <c r="V274" s="1"/>
       <c r="W274" s="1"/>
     </row>
     <row r="275" spans="1:23">
       <c r="A275" s="3">
         <v>273</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="C275" s="3" t="s">
         <v>616</v>
       </c>
       <c r="D275" s="3" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="F275" s="3" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="G275" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H275" s="4" t="s">
         <v>616</v>
       </c>
       <c r="I275" s="4"/>
       <c r="J275" s="1"/>
       <c r="K275" s="1"/>
       <c r="L275" s="1"/>
       <c r="M275" s="1"/>
       <c r="N275" s="1"/>
       <c r="O275" s="1"/>
       <c r="P275" s="1"/>
       <c r="Q275" s="1"/>
       <c r="R275" s="1"/>
       <c r="S275" s="1"/>
       <c r="T275" s="1"/>
       <c r="U275" s="1"/>
       <c r="V275" s="1"/>
       <c r="W275" s="1"/>
     </row>
     <row r="276" spans="1:23">
       <c r="A276" s="3">
         <v>274</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="C276" s="3" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="D276" s="3" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="F276" s="3"/>
       <c r="G276" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H276" s="4" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="I276" s="4" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="J276" s="1"/>
       <c r="K276" s="1"/>
       <c r="L276" s="1"/>
       <c r="M276" s="1"/>
       <c r="N276" s="1"/>
       <c r="O276" s="1"/>
       <c r="P276" s="1"/>
       <c r="Q276" s="1"/>
       <c r="R276" s="1"/>
       <c r="S276" s="1"/>
       <c r="T276" s="1"/>
       <c r="U276" s="1"/>
       <c r="V276" s="1"/>
       <c r="W276" s="1"/>
     </row>
     <row r="277" spans="1:23">
       <c r="A277" s="3">
         <v>275</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="C277" s="3" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="D277" s="3" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="E277" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F277" s="3" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="G277" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H277" s="4" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="I277" s="4"/>
       <c r="J277" s="1"/>
       <c r="K277" s="1"/>
       <c r="L277" s="1"/>
       <c r="M277" s="1"/>
       <c r="N277" s="1"/>
       <c r="O277" s="1"/>
       <c r="P277" s="1"/>
       <c r="Q277" s="1"/>
       <c r="R277" s="1"/>
       <c r="S277" s="1"/>
       <c r="T277" s="1"/>
       <c r="U277" s="1"/>
       <c r="V277" s="1"/>
       <c r="W277" s="1"/>
     </row>
     <row r="278" spans="1:23">
       <c r="A278" s="3">
         <v>276</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="C278" s="3" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="D278" s="3" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="E278" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F278" s="3"/>
       <c r="G278" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H278" s="4" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="I278" s="4" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="J278" s="1"/>
       <c r="K278" s="1"/>
       <c r="L278" s="1"/>
       <c r="M278" s="1"/>
       <c r="N278" s="1"/>
       <c r="O278" s="1"/>
       <c r="P278" s="1"/>
       <c r="Q278" s="1"/>
       <c r="R278" s="1"/>
       <c r="S278" s="1"/>
       <c r="T278" s="1"/>
       <c r="U278" s="1"/>
       <c r="V278" s="1"/>
       <c r="W278" s="1"/>
     </row>
     <row r="279" spans="1:23">
       <c r="A279" s="3">
         <v>277</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="C279" s="3" t="s">
         <v>438</v>
       </c>
       <c r="D279" s="3" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="F279" s="3" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="G279" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H279" s="4" t="s">
         <v>616</v>
       </c>
       <c r="I279" s="4"/>
       <c r="J279" s="1"/>
       <c r="K279" s="1"/>
       <c r="L279" s="1"/>
       <c r="M279" s="1"/>
       <c r="N279" s="1"/>
       <c r="O279" s="1"/>
       <c r="P279" s="1"/>
       <c r="Q279" s="1"/>
       <c r="R279" s="1"/>
       <c r="S279" s="1"/>
       <c r="T279" s="1"/>
       <c r="U279" s="1"/>
       <c r="V279" s="1"/>
       <c r="W279" s="1"/>
     </row>
     <row r="280" spans="1:23">
       <c r="A280" s="3">
         <v>278</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="C280" s="3" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="D280" s="3" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="E280" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F280" s="3" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="G280" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H280" s="4" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="I280" s="4"/>
       <c r="J280" s="1"/>
       <c r="K280" s="1"/>
       <c r="L280" s="1"/>
       <c r="M280" s="1"/>
       <c r="N280" s="1"/>
       <c r="O280" s="1"/>
       <c r="P280" s="1"/>
       <c r="Q280" s="1"/>
       <c r="R280" s="1"/>
       <c r="S280" s="1"/>
       <c r="T280" s="1"/>
       <c r="U280" s="1"/>
       <c r="V280" s="1"/>
       <c r="W280" s="1"/>
     </row>
     <row r="281" spans="1:23">
       <c r="A281" s="3">
         <v>279</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="C281" s="3" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="D281" s="3" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="E281" s="3"/>
       <c r="F281" s="3" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="G281" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H281" s="4" t="s">
         <v>438</v>
       </c>
       <c r="I281" s="4"/>
       <c r="J281" s="1"/>
       <c r="K281" s="1"/>
       <c r="L281" s="1"/>
       <c r="M281" s="1"/>
       <c r="N281" s="1"/>
       <c r="O281" s="1"/>
       <c r="P281" s="1"/>
       <c r="Q281" s="1"/>
       <c r="R281" s="1"/>
       <c r="S281" s="1"/>
       <c r="T281" s="1"/>
       <c r="U281" s="1"/>
       <c r="V281" s="1"/>
       <c r="W281" s="1"/>
     </row>
     <row r="282" spans="1:23">
       <c r="A282" s="3">
         <v>280</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="C282" s="3" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="D282" s="3" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="E282" s="3" t="s">
         <v>105</v>
       </c>
       <c r="F282" s="3" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="G282" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H282" s="4" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="I282" s="4"/>
       <c r="J282" s="1"/>
       <c r="K282" s="1"/>
       <c r="L282" s="1"/>
       <c r="M282" s="1"/>
       <c r="N282" s="1"/>
       <c r="O282" s="1"/>
       <c r="P282" s="1"/>
       <c r="Q282" s="1"/>
       <c r="R282" s="1"/>
       <c r="S282" s="1"/>
       <c r="T282" s="1"/>
       <c r="U282" s="1"/>
       <c r="V282" s="1"/>
       <c r="W282" s="1"/>
     </row>
     <row r="283" spans="1:23">
       <c r="A283" s="3">
         <v>281</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="C283" s="3" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="D283" s="3" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>625</v>
       </c>
       <c r="F283" s="3" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="G283" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H283" s="4" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="I283" s="4"/>
       <c r="J283" s="1"/>
       <c r="K283" s="1"/>
       <c r="L283" s="1"/>
       <c r="M283" s="1"/>
       <c r="N283" s="1"/>
       <c r="O283" s="1"/>
       <c r="P283" s="1"/>
       <c r="Q283" s="1"/>
       <c r="R283" s="1"/>
       <c r="S283" s="1"/>
       <c r="T283" s="1"/>
       <c r="U283" s="1"/>
       <c r="V283" s="1"/>
       <c r="W283" s="1"/>
     </row>
     <row r="284" spans="1:23">
       <c r="A284" s="3">
         <v>282</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="C284" s="3" t="s">
         <v>592</v>
       </c>
       <c r="D284" s="3" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="E284" s="3" t="s">
         <v>55</v>
       </c>
       <c r="F284" s="3"/>
       <c r="G284" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H284" s="4" t="s">
         <v>594</v>
       </c>
       <c r="I284" s="4" t="s">
         <v>382</v>
       </c>
       <c r="J284" s="1"/>
       <c r="K284" s="1"/>
       <c r="L284" s="1"/>
       <c r="M284" s="1"/>
       <c r="N284" s="1"/>
       <c r="O284" s="1"/>
       <c r="P284" s="1"/>
       <c r="Q284" s="1"/>
       <c r="R284" s="1"/>
       <c r="S284" s="1"/>
       <c r="T284" s="1"/>
       <c r="U284" s="1"/>
       <c r="V284" s="1"/>
       <c r="W284" s="1"/>
     </row>
     <row r="285" spans="1:23">
       <c r="A285" s="3">
         <v>283</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="C285" s="3" t="s">
         <v>638</v>
       </c>
       <c r="D285" s="3" t="s">
         <v>633</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="F285" s="3"/>
       <c r="G285" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H285" s="4" t="s">
         <v>638</v>
       </c>
       <c r="I285" s="4" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="J285" s="1"/>
       <c r="K285" s="1"/>
       <c r="L285" s="1"/>
       <c r="M285" s="1"/>
       <c r="N285" s="1"/>
       <c r="O285" s="1"/>
       <c r="P285" s="1"/>
       <c r="Q285" s="1"/>
       <c r="R285" s="1"/>
       <c r="S285" s="1"/>
       <c r="T285" s="1"/>
       <c r="U285" s="1"/>
       <c r="V285" s="1"/>
       <c r="W285" s="1"/>
     </row>
     <row r="286" spans="1:23">
       <c r="A286" s="3">
         <v>284</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="C286" s="3" t="s">
         <v>571</v>
       </c>
       <c r="D286" s="3" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="E286" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F286" s="3" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="G286" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H286" s="4" t="s">
         <v>571</v>
       </c>
       <c r="I286" s="4"/>
       <c r="J286" s="1"/>
       <c r="K286" s="1"/>
       <c r="L286" s="1"/>
       <c r="M286" s="1"/>
       <c r="N286" s="1"/>
       <c r="O286" s="1"/>
       <c r="P286" s="1"/>
       <c r="Q286" s="1"/>
       <c r="R286" s="1"/>
       <c r="S286" s="1"/>
       <c r="T286" s="1"/>
       <c r="U286" s="1"/>
       <c r="V286" s="1"/>
       <c r="W286" s="1"/>
     </row>
     <row r="287" spans="1:23">
       <c r="A287" s="3">
         <v>285</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="C287" s="3" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="D287" s="3" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="E287" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F287" s="3"/>
       <c r="G287" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H287" s="4" t="s">
         <v>657</v>
       </c>
       <c r="I287" s="4" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="J287" s="1"/>
       <c r="K287" s="1"/>
       <c r="L287" s="1"/>
       <c r="M287" s="1"/>
       <c r="N287" s="1"/>
       <c r="O287" s="1"/>
       <c r="P287" s="1"/>
       <c r="Q287" s="1"/>
       <c r="R287" s="1"/>
       <c r="S287" s="1"/>
       <c r="T287" s="1"/>
       <c r="U287" s="1"/>
       <c r="V287" s="1"/>
       <c r="W287" s="1"/>
     </row>
     <row r="288" spans="1:23">
       <c r="A288" s="3">
         <v>286</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="C288" s="3" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="D288" s="3" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="E288" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F288" s="3"/>
       <c r="G288" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H288" s="4" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="I288" s="4" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="J288" s="1"/>
       <c r="K288" s="1"/>
       <c r="L288" s="1"/>
       <c r="M288" s="1"/>
       <c r="N288" s="1"/>
       <c r="O288" s="1"/>
       <c r="P288" s="1"/>
       <c r="Q288" s="1"/>
       <c r="R288" s="1"/>
       <c r="S288" s="1"/>
       <c r="T288" s="1"/>
       <c r="U288" s="1"/>
       <c r="V288" s="1"/>
       <c r="W288" s="1"/>
     </row>
     <row r="289" spans="1:23">
       <c r="A289" s="3">
         <v>287</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="C289" s="3" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="D289" s="3" t="s">
         <v>662</v>
       </c>
       <c r="E289" s="3" t="s">
         <v>105</v>
       </c>
       <c r="F289" s="3"/>
       <c r="G289" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H289" s="4" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="I289" s="4" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="J289" s="1"/>
       <c r="K289" s="1"/>
       <c r="L289" s="1"/>
       <c r="M289" s="1"/>
       <c r="N289" s="1"/>
       <c r="O289" s="1"/>
       <c r="P289" s="1"/>
       <c r="Q289" s="1"/>
       <c r="R289" s="1"/>
       <c r="S289" s="1"/>
       <c r="T289" s="1"/>
       <c r="U289" s="1"/>
       <c r="V289" s="1"/>
       <c r="W289" s="1"/>
     </row>
     <row r="290" spans="1:23">
       <c r="A290" s="3">
         <v>288</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="C290" s="3" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="D290" s="3" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="E290" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F290" s="3" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="G290" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H290" s="4" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="I290" s="4"/>
       <c r="J290" s="1"/>
       <c r="K290" s="1"/>
       <c r="L290" s="1"/>
       <c r="M290" s="1"/>
       <c r="N290" s="1"/>
       <c r="O290" s="1"/>
       <c r="P290" s="1"/>
       <c r="Q290" s="1"/>
       <c r="R290" s="1"/>
       <c r="S290" s="1"/>
       <c r="T290" s="1"/>
       <c r="U290" s="1"/>
       <c r="V290" s="1"/>
       <c r="W290" s="1"/>
     </row>
     <row r="291" spans="1:23">
       <c r="A291" s="3">
         <v>289</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="C291" s="3" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="D291" s="3" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="F291" s="3"/>
       <c r="G291" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H291" s="4" t="s">
         <v>571</v>
       </c>
       <c r="I291" s="4" t="s">
         <v>636</v>
       </c>
       <c r="J291" s="1"/>
       <c r="K291" s="1"/>
       <c r="L291" s="1"/>
       <c r="M291" s="1"/>
       <c r="N291" s="1"/>
       <c r="O291" s="1"/>
       <c r="P291" s="1"/>
       <c r="Q291" s="1"/>
       <c r="R291" s="1"/>
       <c r="S291" s="1"/>
       <c r="T291" s="1"/>
       <c r="U291" s="1"/>
       <c r="V291" s="1"/>
       <c r="W291" s="1"/>
     </row>
     <row r="292" spans="1:23">
       <c r="A292" s="3">
         <v>290</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="C292" s="3" t="s">
         <v>571</v>
       </c>
       <c r="D292" s="3" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F292" s="3" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="G292" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H292" s="4" t="s">
         <v>571</v>
       </c>
       <c r="I292" s="4"/>
       <c r="J292" s="1"/>
       <c r="K292" s="1"/>
       <c r="L292" s="1"/>
       <c r="M292" s="1"/>
       <c r="N292" s="1"/>
       <c r="O292" s="1"/>
       <c r="P292" s="1"/>
       <c r="Q292" s="1"/>
       <c r="R292" s="1"/>
       <c r="S292" s="1"/>
       <c r="T292" s="1"/>
       <c r="U292" s="1"/>
       <c r="V292" s="1"/>
       <c r="W292" s="1"/>
     </row>
     <row r="293" spans="1:23">
       <c r="A293" s="3">
         <v>291</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="C293" s="3" t="s">
         <v>630</v>
       </c>
       <c r="D293" s="3" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="E293" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F293" s="3" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="G293" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H293" s="4" t="s">
         <v>630</v>
       </c>
       <c r="I293" s="4"/>
       <c r="J293" s="1"/>
       <c r="K293" s="1"/>
       <c r="L293" s="1"/>
       <c r="M293" s="1"/>
       <c r="N293" s="1"/>
       <c r="O293" s="1"/>
       <c r="P293" s="1"/>
       <c r="Q293" s="1"/>
       <c r="R293" s="1"/>
       <c r="S293" s="1"/>
       <c r="T293" s="1"/>
       <c r="U293" s="1"/>
       <c r="V293" s="1"/>
       <c r="W293" s="1"/>
     </row>
     <row r="294" spans="1:23">
       <c r="A294" s="3">
         <v>292</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="C294" s="3" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="D294" s="3" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="E294" s="3" t="s">
         <v>574</v>
       </c>
       <c r="F294" s="3" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="G294" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H294" s="4" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="I294" s="4"/>
       <c r="J294" s="1"/>
       <c r="K294" s="1"/>
       <c r="L294" s="1"/>
       <c r="M294" s="1"/>
       <c r="N294" s="1"/>
       <c r="O294" s="1"/>
       <c r="P294" s="1"/>
       <c r="Q294" s="1"/>
       <c r="R294" s="1"/>
       <c r="S294" s="1"/>
       <c r="T294" s="1"/>
       <c r="U294" s="1"/>
       <c r="V294" s="1"/>
       <c r="W294" s="1"/>
     </row>
     <row r="295" spans="1:23">
       <c r="A295" s="3">
         <v>293</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="C295" s="3" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="D295" s="3" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="E295" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F295" s="3" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="G295" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H295" s="4" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="I295" s="4"/>
       <c r="J295" s="1"/>
       <c r="K295" s="1"/>
       <c r="L295" s="1"/>
       <c r="M295" s="1"/>
       <c r="N295" s="1"/>
       <c r="O295" s="1"/>
       <c r="P295" s="1"/>
       <c r="Q295" s="1"/>
       <c r="R295" s="1"/>
       <c r="S295" s="1"/>
       <c r="T295" s="1"/>
       <c r="U295" s="1"/>
       <c r="V295" s="1"/>
       <c r="W295" s="1"/>
     </row>
     <row r="296" spans="1:23">
       <c r="A296" s="3">
         <v>294</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="C296" s="3" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="D296" s="3" t="s">
         <v>499</v>
       </c>
       <c r="E296" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F296" s="3"/>
       <c r="G296" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H296" s="4" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="I296" s="4" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="J296" s="1"/>
       <c r="K296" s="1"/>
       <c r="L296" s="1"/>
       <c r="M296" s="1"/>
       <c r="N296" s="1"/>
       <c r="O296" s="1"/>
       <c r="P296" s="1"/>
       <c r="Q296" s="1"/>
       <c r="R296" s="1"/>
       <c r="S296" s="1"/>
       <c r="T296" s="1"/>
       <c r="U296" s="1"/>
       <c r="V296" s="1"/>
       <c r="W296" s="1"/>
     </row>
     <row r="297" spans="1:23">
       <c r="A297" s="3">
         <v>295</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="C297" s="3" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="D297" s="3" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="E297" s="3" t="s">
         <v>625</v>
       </c>
       <c r="F297" s="3" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="G297" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H297" s="4" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="I297" s="4"/>
       <c r="J297" s="1"/>
       <c r="K297" s="1"/>
       <c r="L297" s="1"/>
       <c r="M297" s="1"/>
       <c r="N297" s="1"/>
       <c r="O297" s="1"/>
       <c r="P297" s="1"/>
       <c r="Q297" s="1"/>
       <c r="R297" s="1"/>
       <c r="S297" s="1"/>
       <c r="T297" s="1"/>
       <c r="U297" s="1"/>
       <c r="V297" s="1"/>
       <c r="W297" s="1"/>
     </row>
     <row r="298" spans="1:23">
       <c r="A298" s="3">
         <v>296</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="C298" s="3" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="D298" s="3" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="E298" s="3" t="s">
         <v>625</v>
       </c>
       <c r="F298" s="3" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="G298" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H298" s="4" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="I298" s="4"/>
       <c r="J298" s="1"/>
       <c r="K298" s="1"/>
       <c r="L298" s="1"/>
       <c r="M298" s="1"/>
       <c r="N298" s="1"/>
       <c r="O298" s="1"/>
       <c r="P298" s="1"/>
       <c r="Q298" s="1"/>
       <c r="R298" s="1"/>
       <c r="S298" s="1"/>
       <c r="T298" s="1"/>
       <c r="U298" s="1"/>
       <c r="V298" s="1"/>
       <c r="W298" s="1"/>
     </row>
     <row r="299" spans="1:23">
       <c r="A299" s="3">
         <v>297</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="C299" s="3" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="D299" s="3" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="E299" s="3" t="s">
+        <v>968</v>
+      </c>
+      <c r="F299" s="3" t="s">
+        <v>969</v>
+      </c>
+      <c r="G299" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H299" s="4" t="s">
         <v>966</v>
-      </c>
-[...7 lines deleted...]
-        <v>964</v>
       </c>
       <c r="I299" s="4"/>
       <c r="J299" s="1"/>
       <c r="K299" s="1"/>
       <c r="L299" s="1"/>
       <c r="M299" s="1"/>
       <c r="N299" s="1"/>
       <c r="O299" s="1"/>
       <c r="P299" s="1"/>
       <c r="Q299" s="1"/>
       <c r="R299" s="1"/>
       <c r="S299" s="1"/>
       <c r="T299" s="1"/>
       <c r="U299" s="1"/>
       <c r="V299" s="1"/>
       <c r="W299" s="1"/>
     </row>
     <row r="300" spans="1:23">
       <c r="A300" s="3">
         <v>298</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="C300" s="3" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="D300" s="3" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="E300" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F300" s="3"/>
       <c r="G300" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H300" s="4" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="I300" s="4"/>
       <c r="J300" s="1"/>
       <c r="K300" s="1"/>
       <c r="L300" s="1"/>
       <c r="M300" s="1"/>
       <c r="N300" s="1"/>
       <c r="O300" s="1"/>
       <c r="P300" s="1"/>
       <c r="Q300" s="1"/>
       <c r="R300" s="1"/>
       <c r="S300" s="1"/>
       <c r="T300" s="1"/>
       <c r="U300" s="1"/>
       <c r="V300" s="1"/>
       <c r="W300" s="1"/>
     </row>
     <row r="301" spans="1:23">
       <c r="A301" s="3">
         <v>299</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="C301" s="3" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="D301" s="3" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="E301" s="3" t="s">
+        <v>976</v>
+      </c>
+      <c r="F301" s="3" t="s">
+        <v>977</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H301" s="4" t="s">
         <v>974</v>
-      </c>
-[...7 lines deleted...]
-        <v>972</v>
       </c>
       <c r="I301" s="4"/>
       <c r="J301" s="1"/>
       <c r="K301" s="1"/>
       <c r="L301" s="1"/>
       <c r="M301" s="1"/>
       <c r="N301" s="1"/>
       <c r="O301" s="1"/>
       <c r="P301" s="1"/>
       <c r="Q301" s="1"/>
       <c r="R301" s="1"/>
       <c r="S301" s="1"/>
       <c r="T301" s="1"/>
       <c r="U301" s="1"/>
       <c r="V301" s="1"/>
       <c r="W301" s="1"/>
     </row>
     <row r="302" spans="1:23">
       <c r="A302" s="3">
         <v>300</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="C302" s="3" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="D302" s="3" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="F302" s="3"/>
       <c r="G302" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H302" s="4" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="I302" s="4" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="J302" s="1"/>
       <c r="K302" s="1"/>
       <c r="L302" s="1"/>
       <c r="M302" s="1"/>
       <c r="N302" s="1"/>
       <c r="O302" s="1"/>
       <c r="P302" s="1"/>
       <c r="Q302" s="1"/>
       <c r="R302" s="1"/>
       <c r="S302" s="1"/>
       <c r="T302" s="1"/>
       <c r="U302" s="1"/>
       <c r="V302" s="1"/>
       <c r="W302" s="1"/>
     </row>
     <row r="303" spans="1:23">
       <c r="A303" s="3">
         <v>301</v>
       </c>
       <c r="B303" s="3" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="C303" s="3" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="D303" s="3" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="E303" s="3" t="s">
         <v>625</v>
       </c>
       <c r="F303" s="3" t="s">
+        <v>985</v>
+      </c>
+      <c r="G303" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H303" s="4" t="s">
         <v>983</v>
-      </c>
-[...4 lines deleted...]
-        <v>981</v>
       </c>
       <c r="I303" s="4"/>
       <c r="J303" s="1"/>
       <c r="K303" s="1"/>
       <c r="L303" s="1"/>
       <c r="M303" s="1"/>
       <c r="N303" s="1"/>
       <c r="O303" s="1"/>
       <c r="P303" s="1"/>
       <c r="Q303" s="1"/>
       <c r="R303" s="1"/>
       <c r="S303" s="1"/>
       <c r="T303" s="1"/>
       <c r="U303" s="1"/>
       <c r="V303" s="1"/>
       <c r="W303" s="1"/>
     </row>
     <row r="304" spans="1:23">
       <c r="A304" s="3">
         <v>302</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="C304" s="3" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="D304" s="3" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="F304" s="3"/>
       <c r="G304" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H304" s="4" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="I304" s="4"/>
       <c r="J304" s="1"/>
       <c r="K304" s="1"/>
       <c r="L304" s="1"/>
       <c r="M304" s="1"/>
       <c r="N304" s="1"/>
       <c r="O304" s="1"/>
       <c r="P304" s="1"/>
       <c r="Q304" s="1"/>
       <c r="R304" s="1"/>
       <c r="S304" s="1"/>
       <c r="T304" s="1"/>
       <c r="U304" s="1"/>
       <c r="V304" s="1"/>
       <c r="W304" s="1"/>
     </row>
     <row r="305" spans="1:23">
       <c r="A305" s="3">
         <v>303</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="C305" s="3" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="D305" s="3" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="E305" s="3" t="s">
+        <v>992</v>
+      </c>
+      <c r="F305" s="3" t="s">
+        <v>993</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H305" s="4" t="s">
         <v>990</v>
-      </c>
-[...7 lines deleted...]
-        <v>988</v>
       </c>
       <c r="I305" s="4"/>
       <c r="J305" s="1"/>
       <c r="K305" s="1"/>
       <c r="L305" s="1"/>
       <c r="M305" s="1"/>
       <c r="N305" s="1"/>
       <c r="O305" s="1"/>
       <c r="P305" s="1"/>
       <c r="Q305" s="1"/>
       <c r="R305" s="1"/>
       <c r="S305" s="1"/>
       <c r="T305" s="1"/>
       <c r="U305" s="1"/>
       <c r="V305" s="1"/>
       <c r="W305" s="1"/>
     </row>
     <row r="306" spans="1:23">
       <c r="A306" s="3">
         <v>304</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="C306" s="3" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="D306" s="3" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="E306" s="3" t="s">
         <v>625</v>
       </c>
       <c r="F306" s="3" t="s">
+        <v>997</v>
+      </c>
+      <c r="G306" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H306" s="4" t="s">
         <v>995</v>
-      </c>
-[...4 lines deleted...]
-        <v>993</v>
       </c>
       <c r="I306" s="4"/>
       <c r="J306" s="1"/>
       <c r="K306" s="1"/>
       <c r="L306" s="1"/>
       <c r="M306" s="1"/>
       <c r="N306" s="1"/>
       <c r="O306" s="1"/>
       <c r="P306" s="1"/>
       <c r="Q306" s="1"/>
       <c r="R306" s="1"/>
       <c r="S306" s="1"/>
       <c r="T306" s="1"/>
       <c r="U306" s="1"/>
       <c r="V306" s="1"/>
       <c r="W306" s="1"/>
     </row>
     <row r="307" spans="1:23">
       <c r="A307" s="3">
         <v>305</v>
       </c>
       <c r="B307" s="3" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="C307" s="3" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="D307" s="3" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="E307" s="3" t="s">
         <v>367</v>
       </c>
       <c r="F307" s="3" t="s">
+        <v>1001</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H307" s="4" t="s">
         <v>999</v>
-      </c>
-[...4 lines deleted...]
-        <v>997</v>
       </c>
       <c r="I307" s="4"/>
       <c r="J307" s="1"/>
       <c r="K307" s="1"/>
       <c r="L307" s="1"/>
       <c r="M307" s="1"/>
       <c r="N307" s="1"/>
       <c r="O307" s="1"/>
       <c r="P307" s="1"/>
       <c r="Q307" s="1"/>
       <c r="R307" s="1"/>
       <c r="S307" s="1"/>
       <c r="T307" s="1"/>
       <c r="U307" s="1"/>
       <c r="V307" s="1"/>
       <c r="W307" s="1"/>
     </row>
     <row r="308" spans="1:23">
       <c r="A308" s="3">
         <v>306</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="C308" s="3" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="D308" s="3" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="F308" s="3" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="G308" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H308" s="4" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="I308" s="4"/>
       <c r="J308" s="1"/>
       <c r="K308" s="1"/>
       <c r="L308" s="1"/>
       <c r="M308" s="1"/>
       <c r="N308" s="1"/>
       <c r="O308" s="1"/>
       <c r="P308" s="1"/>
       <c r="Q308" s="1"/>
       <c r="R308" s="1"/>
       <c r="S308" s="1"/>
       <c r="T308" s="1"/>
       <c r="U308" s="1"/>
       <c r="V308" s="1"/>
       <c r="W308" s="1"/>
     </row>
     <row r="309" spans="1:23">
       <c r="A309" s="3">
         <v>307</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="C309" s="3" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="D309" s="3" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="F309" s="3"/>
       <c r="G309" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H309" s="4" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="I309" s="4"/>
       <c r="J309" s="1"/>
       <c r="K309" s="1"/>
       <c r="L309" s="1"/>
       <c r="M309" s="1"/>
       <c r="N309" s="1"/>
       <c r="O309" s="1"/>
       <c r="P309" s="1"/>
       <c r="Q309" s="1"/>
       <c r="R309" s="1"/>
       <c r="S309" s="1"/>
       <c r="T309" s="1"/>
       <c r="U309" s="1"/>
       <c r="V309" s="1"/>
       <c r="W309" s="1"/>
     </row>
     <row r="310" spans="1:23">
       <c r="A310" s="3">
         <v>308</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="C310" s="3" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="D310" s="3" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="F310" s="3"/>
       <c r="G310" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H310" s="4" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="I310" s="4" t="s">
         <v>636</v>
       </c>
       <c r="J310" s="1"/>
       <c r="K310" s="1"/>
       <c r="L310" s="1"/>
       <c r="M310" s="1"/>
       <c r="N310" s="1"/>
       <c r="O310" s="1"/>
       <c r="P310" s="1"/>
       <c r="Q310" s="1"/>
       <c r="R310" s="1"/>
       <c r="S310" s="1"/>
       <c r="T310" s="1"/>
       <c r="U310" s="1"/>
       <c r="V310" s="1"/>
       <c r="W310" s="1"/>
     </row>
     <row r="311" spans="1:23">
       <c r="A311" s="3">
         <v>309</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="C311" s="3" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="D311" s="3" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="F311" s="3"/>
       <c r="G311" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H311" s="4" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="I311" s="4"/>
       <c r="J311" s="1"/>
       <c r="K311" s="1"/>
       <c r="L311" s="1"/>
       <c r="M311" s="1"/>
       <c r="N311" s="1"/>
       <c r="O311" s="1"/>
       <c r="P311" s="1"/>
       <c r="Q311" s="1"/>
       <c r="R311" s="1"/>
       <c r="S311" s="1"/>
       <c r="T311" s="1"/>
       <c r="U311" s="1"/>
       <c r="V311" s="1"/>
       <c r="W311" s="1"/>
     </row>
     <row r="312" spans="1:23">
       <c r="A312" s="3">
         <v>310</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="C312" s="3" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="D312" s="3" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="E312" s="3" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F312" s="3" t="s">
+        <v>1025</v>
+      </c>
+      <c r="G312" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H312" s="4" t="s">
         <v>1022</v>
-      </c>
-[...7 lines deleted...]
-        <v>1020</v>
       </c>
       <c r="I312" s="4"/>
       <c r="J312" s="1"/>
       <c r="K312" s="1"/>
       <c r="L312" s="1"/>
       <c r="M312" s="1"/>
       <c r="N312" s="1"/>
       <c r="O312" s="1"/>
       <c r="P312" s="1"/>
       <c r="Q312" s="1"/>
       <c r="R312" s="1"/>
       <c r="S312" s="1"/>
       <c r="T312" s="1"/>
       <c r="U312" s="1"/>
       <c r="V312" s="1"/>
       <c r="W312" s="1"/>
     </row>
     <row r="313" spans="1:23">
       <c r="A313" s="3">
         <v>311</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="C313" s="3" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="D313" s="3" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="F313" s="3" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="G313" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H313" s="4" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="I313" s="4"/>
       <c r="J313" s="1"/>
       <c r="K313" s="1"/>
       <c r="L313" s="1"/>
       <c r="M313" s="1"/>
       <c r="N313" s="1"/>
       <c r="O313" s="1"/>
       <c r="P313" s="1"/>
       <c r="Q313" s="1"/>
       <c r="R313" s="1"/>
       <c r="S313" s="1"/>
       <c r="T313" s="1"/>
       <c r="U313" s="1"/>
       <c r="V313" s="1"/>
       <c r="W313" s="1"/>
     </row>
     <row r="314" spans="1:23">
       <c r="A314" s="3">
         <v>312</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="C314" s="3" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="D314" s="3" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="F314" s="3"/>
       <c r="G314" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H314" s="4" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="I314" s="4"/>
       <c r="J314" s="1"/>
       <c r="K314" s="1"/>
       <c r="L314" s="1"/>
       <c r="M314" s="1"/>
       <c r="N314" s="1"/>
       <c r="O314" s="1"/>
       <c r="P314" s="1"/>
       <c r="Q314" s="1"/>
       <c r="R314" s="1"/>
       <c r="S314" s="1"/>
       <c r="T314" s="1"/>
       <c r="U314" s="1"/>
       <c r="V314" s="1"/>
       <c r="W314" s="1"/>
     </row>
     <row r="315" spans="1:23">
       <c r="A315" s="3">
         <v>313</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="C315" s="3" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="D315" s="3" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="E315" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F315" s="3" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="G315" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H315" s="4" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="I315" s="4"/>
       <c r="J315" s="1"/>
       <c r="K315" s="1"/>
       <c r="L315" s="1"/>
       <c r="M315" s="1"/>
       <c r="N315" s="1"/>
       <c r="O315" s="1"/>
       <c r="P315" s="1"/>
       <c r="Q315" s="1"/>
       <c r="R315" s="1"/>
       <c r="S315" s="1"/>
       <c r="T315" s="1"/>
       <c r="U315" s="1"/>
       <c r="V315" s="1"/>
       <c r="W315" s="1"/>
     </row>
     <row r="316" spans="1:23">
       <c r="A316" s="3">
         <v>314</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="C316" s="3" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="D316" s="3" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="E316" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F316" s="3" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="G316" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H316" s="4" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="I316" s="4"/>
       <c r="J316" s="1"/>
       <c r="K316" s="1"/>
       <c r="L316" s="1"/>
       <c r="M316" s="1"/>
       <c r="N316" s="1"/>
       <c r="O316" s="1"/>
       <c r="P316" s="1"/>
       <c r="Q316" s="1"/>
       <c r="R316" s="1"/>
       <c r="S316" s="1"/>
       <c r="T316" s="1"/>
       <c r="U316" s="1"/>
       <c r="V316" s="1"/>
       <c r="W316" s="1"/>
     </row>
     <row r="317" spans="1:23">
       <c r="A317" s="3">
         <v>315</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="C317" s="3" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="D317" s="3" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="E317" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F317" s="3" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="G317" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H317" s="4" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="I317" s="4"/>
       <c r="J317" s="1"/>
       <c r="K317" s="1"/>
       <c r="L317" s="1"/>
       <c r="M317" s="1"/>
       <c r="N317" s="1"/>
       <c r="O317" s="1"/>
       <c r="P317" s="1"/>
       <c r="Q317" s="1"/>
       <c r="R317" s="1"/>
       <c r="S317" s="1"/>
       <c r="T317" s="1"/>
       <c r="U317" s="1"/>
       <c r="V317" s="1"/>
       <c r="W317" s="1"/>
     </row>
     <row r="318" spans="1:23">
       <c r="A318" s="3">
         <v>316</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="C318" s="3" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="D318" s="3" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="F318" s="3" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="G318" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H318" s="4" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="I318" s="4"/>
       <c r="J318" s="1"/>
       <c r="K318" s="1"/>
       <c r="L318" s="1"/>
       <c r="M318" s="1"/>
       <c r="N318" s="1"/>
       <c r="O318" s="1"/>
       <c r="P318" s="1"/>
       <c r="Q318" s="1"/>
       <c r="R318" s="1"/>
       <c r="S318" s="1"/>
       <c r="T318" s="1"/>
       <c r="U318" s="1"/>
       <c r="V318" s="1"/>
       <c r="W318" s="1"/>
     </row>
     <row r="319" spans="1:23">
       <c r="A319" s="3">
         <v>317</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="C319" s="3" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="D319" s="3" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="E319" s="3" t="s">
         <v>625</v>
       </c>
       <c r="F319" s="3" t="s">
+        <v>1054</v>
+      </c>
+      <c r="G319" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H319" s="4" t="s">
         <v>1052</v>
-      </c>
-[...4 lines deleted...]
-        <v>1050</v>
       </c>
       <c r="I319" s="4"/>
       <c r="J319" s="1"/>
       <c r="K319" s="1"/>
       <c r="L319" s="1"/>
       <c r="M319" s="1"/>
       <c r="N319" s="1"/>
       <c r="O319" s="1"/>
       <c r="P319" s="1"/>
       <c r="Q319" s="1"/>
       <c r="R319" s="1"/>
       <c r="S319" s="1"/>
       <c r="T319" s="1"/>
       <c r="U319" s="1"/>
       <c r="V319" s="1"/>
       <c r="W319" s="1"/>
     </row>
     <row r="320" spans="1:23">
       <c r="A320" s="3">
         <v>318</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="C320" s="3" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="D320" s="3" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="F320" s="3" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="G320" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H320" s="4" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="I320" s="4"/>
       <c r="J320" s="1"/>
       <c r="K320" s="1"/>
       <c r="L320" s="1"/>
       <c r="M320" s="1"/>
       <c r="N320" s="1"/>
       <c r="O320" s="1"/>
       <c r="P320" s="1"/>
       <c r="Q320" s="1"/>
       <c r="R320" s="1"/>
       <c r="S320" s="1"/>
       <c r="T320" s="1"/>
       <c r="U320" s="1"/>
       <c r="V320" s="1"/>
       <c r="W320" s="1"/>
     </row>
     <row r="321" spans="1:23">
       <c r="A321" s="3">
         <v>319</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="C321" s="3" t="s">
         <v>614</v>
       </c>
       <c r="D321" s="3" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="E321" s="3" t="s">
         <v>367</v>
       </c>
       <c r="F321" s="3" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="G321" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H321" s="4" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="I321" s="4"/>
       <c r="J321" s="1"/>
       <c r="K321" s="1"/>
       <c r="L321" s="1"/>
       <c r="M321" s="1"/>
       <c r="N321" s="1"/>
       <c r="O321" s="1"/>
       <c r="P321" s="1"/>
       <c r="Q321" s="1"/>
       <c r="R321" s="1"/>
       <c r="S321" s="1"/>
       <c r="T321" s="1"/>
       <c r="U321" s="1"/>
       <c r="V321" s="1"/>
       <c r="W321" s="1"/>
     </row>
     <row r="322" spans="1:23">
       <c r="A322" s="3">
         <v>320</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="C322" s="3" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="D322" s="3" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="E322" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F322" s="3" t="s">
+        <v>1068</v>
+      </c>
+      <c r="G322" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H322" s="4" t="s">
         <v>1066</v>
-      </c>
-[...4 lines deleted...]
-        <v>1064</v>
       </c>
       <c r="I322" s="4"/>
       <c r="J322" s="1"/>
       <c r="K322" s="1"/>
       <c r="L322" s="1"/>
       <c r="M322" s="1"/>
       <c r="N322" s="1"/>
       <c r="O322" s="1"/>
       <c r="P322" s="1"/>
       <c r="Q322" s="1"/>
       <c r="R322" s="1"/>
       <c r="S322" s="1"/>
       <c r="T322" s="1"/>
       <c r="U322" s="1"/>
       <c r="V322" s="1"/>
       <c r="W322" s="1"/>
     </row>
     <row r="323" spans="1:23">
       <c r="A323" s="3">
         <v>321</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="C323" s="3" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="D323" s="3" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="E323" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F323" s="3" t="s">
+        <v>1072</v>
+      </c>
+      <c r="G323" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H323" s="4" t="s">
         <v>1070</v>
-      </c>
-[...4 lines deleted...]
-        <v>1068</v>
       </c>
       <c r="I323" s="4"/>
       <c r="J323" s="1"/>
       <c r="K323" s="1"/>
       <c r="L323" s="1"/>
       <c r="M323" s="1"/>
       <c r="N323" s="1"/>
       <c r="O323" s="1"/>
       <c r="P323" s="1"/>
       <c r="Q323" s="1"/>
       <c r="R323" s="1"/>
       <c r="S323" s="1"/>
       <c r="T323" s="1"/>
       <c r="U323" s="1"/>
       <c r="V323" s="1"/>
       <c r="W323" s="1"/>
     </row>
     <row r="324" spans="1:23">
       <c r="A324" s="3">
         <v>322</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="C324" s="3" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="D324" s="3" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="E324" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F324" s="3"/>
       <c r="G324" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H324" s="4" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="I324" s="4"/>
       <c r="J324" s="1"/>
       <c r="K324" s="1"/>
       <c r="L324" s="1"/>
       <c r="M324" s="1"/>
       <c r="N324" s="1"/>
       <c r="O324" s="1"/>
       <c r="P324" s="1"/>
       <c r="Q324" s="1"/>
       <c r="R324" s="1"/>
       <c r="S324" s="1"/>
       <c r="T324" s="1"/>
       <c r="U324" s="1"/>
       <c r="V324" s="1"/>
       <c r="W324" s="1"/>
     </row>
     <row r="325" spans="1:23">
       <c r="A325" s="3">
         <v>323</v>
       </c>
       <c r="B325" s="3" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="C325" s="3" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="D325" s="3" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="F325" s="3"/>
       <c r="G325" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H325" s="4" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="I325" s="4"/>
       <c r="J325" s="1"/>
       <c r="K325" s="1"/>
       <c r="L325" s="1"/>
       <c r="M325" s="1"/>
       <c r="N325" s="1"/>
       <c r="O325" s="1"/>
       <c r="P325" s="1"/>
       <c r="Q325" s="1"/>
       <c r="R325" s="1"/>
       <c r="S325" s="1"/>
       <c r="T325" s="1"/>
       <c r="U325" s="1"/>
       <c r="V325" s="1"/>
       <c r="W325" s="1"/>
     </row>
     <row r="326" spans="1:23">
       <c r="A326" s="3">
         <v>324</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="C326" s="3" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="D326" s="3" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="E326" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F326" s="3" t="s">
+        <v>1083</v>
+      </c>
+      <c r="G326" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H326" s="4" t="s">
         <v>1081</v>
-      </c>
-[...4 lines deleted...]
-        <v>1079</v>
       </c>
       <c r="I326" s="4"/>
       <c r="J326" s="1"/>
       <c r="K326" s="1"/>
       <c r="L326" s="1"/>
       <c r="M326" s="1"/>
       <c r="N326" s="1"/>
       <c r="O326" s="1"/>
       <c r="P326" s="1"/>
       <c r="Q326" s="1"/>
       <c r="R326" s="1"/>
       <c r="S326" s="1"/>
       <c r="T326" s="1"/>
       <c r="U326" s="1"/>
       <c r="V326" s="1"/>
       <c r="W326" s="1"/>
     </row>
     <row r="327" spans="1:23">
       <c r="A327" s="3">
         <v>325</v>
       </c>
       <c r="B327" s="3" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="C327" s="3" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="D327" s="3" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="E327" s="3" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F327" s="3" t="s">
+        <v>1088</v>
+      </c>
+      <c r="G327" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H327" s="4" t="s">
         <v>1085</v>
-      </c>
-[...7 lines deleted...]
-        <v>1083</v>
       </c>
       <c r="I327" s="4"/>
       <c r="J327" s="1"/>
       <c r="K327" s="1"/>
       <c r="L327" s="1"/>
       <c r="M327" s="1"/>
       <c r="N327" s="1"/>
       <c r="O327" s="1"/>
       <c r="P327" s="1"/>
       <c r="Q327" s="1"/>
       <c r="R327" s="1"/>
       <c r="S327" s="1"/>
       <c r="T327" s="1"/>
       <c r="U327" s="1"/>
       <c r="V327" s="1"/>
       <c r="W327" s="1"/>
     </row>
     <row r="328" spans="1:23">
       <c r="A328" s="3">
         <v>326</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="C328" s="3" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="D328" s="3" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="E328" s="3" t="s">
         <v>105</v>
       </c>
       <c r="F328" s="3"/>
       <c r="G328" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H328" s="4" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I328" s="4" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="J328" s="1"/>
       <c r="K328" s="1"/>
       <c r="L328" s="1"/>
       <c r="M328" s="1"/>
       <c r="N328" s="1"/>
       <c r="O328" s="1"/>
       <c r="P328" s="1"/>
       <c r="Q328" s="1"/>
       <c r="R328" s="1"/>
       <c r="S328" s="1"/>
       <c r="T328" s="1"/>
       <c r="U328" s="1"/>
       <c r="V328" s="1"/>
       <c r="W328" s="1"/>
     </row>
     <row r="329" spans="1:23">
       <c r="A329" s="3">
         <v>327</v>
       </c>
       <c r="B329" s="3" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
       <c r="C329" s="3" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="D329" s="3" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="E329" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F329" s="3" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="G329" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H329" s="4" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="I329" s="4"/>
       <c r="J329" s="1"/>
       <c r="K329" s="1"/>
       <c r="L329" s="1"/>
       <c r="M329" s="1"/>
       <c r="N329" s="1"/>
       <c r="O329" s="1"/>
       <c r="P329" s="1"/>
       <c r="Q329" s="1"/>
       <c r="R329" s="1"/>
       <c r="S329" s="1"/>
       <c r="T329" s="1"/>
       <c r="U329" s="1"/>
       <c r="V329" s="1"/>
       <c r="W329" s="1"/>
     </row>
     <row r="330" spans="1:23">
       <c r="A330" s="3">
         <v>328</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="C330" s="3" t="s">
         <v>674</v>
       </c>
       <c r="D330" s="3" t="s">
         <v>672</v>
       </c>
       <c r="E330" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F330" s="3" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="G330" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H330" s="4" t="s">
         <v>674</v>
       </c>
       <c r="I330" s="4"/>
       <c r="J330" s="1"/>
       <c r="K330" s="1"/>
       <c r="L330" s="1"/>
       <c r="M330" s="1"/>
       <c r="N330" s="1"/>
       <c r="O330" s="1"/>
       <c r="P330" s="1"/>
       <c r="Q330" s="1"/>
       <c r="R330" s="1"/>
       <c r="S330" s="1"/>
       <c r="T330" s="1"/>
       <c r="U330" s="1"/>
       <c r="V330" s="1"/>
       <c r="W330" s="1"/>
     </row>
     <row r="331" spans="1:23">
       <c r="A331" s="3">
         <v>329</v>
       </c>
       <c r="B331" s="3" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="C331" s="3" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="D331" s="3" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="E331" s="3" t="s">
         <v>625</v>
       </c>
       <c r="F331" s="3" t="s">
+        <v>1100</v>
+      </c>
+      <c r="G331" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H331" s="4" t="s">
         <v>1098</v>
-      </c>
-[...4 lines deleted...]
-        <v>1096</v>
       </c>
       <c r="I331" s="4"/>
       <c r="J331" s="1"/>
       <c r="K331" s="1"/>
       <c r="L331" s="1"/>
       <c r="M331" s="1"/>
       <c r="N331" s="1"/>
       <c r="O331" s="1"/>
       <c r="P331" s="1"/>
       <c r="Q331" s="1"/>
       <c r="R331" s="1"/>
       <c r="S331" s="1"/>
       <c r="T331" s="1"/>
       <c r="U331" s="1"/>
       <c r="V331" s="1"/>
       <c r="W331" s="1"/>
     </row>
     <row r="332" spans="1:23">
       <c r="A332" s="3">
         <v>330</v>
       </c>
       <c r="B332" s="3" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="C332" s="3" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="D332" s="3" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="F332" s="3" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
       <c r="G332" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H332" s="4" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I332" s="4"/>
       <c r="J332" s="1"/>
       <c r="K332" s="1"/>
       <c r="L332" s="1"/>
       <c r="M332" s="1"/>
       <c r="N332" s="1"/>
       <c r="O332" s="1"/>
       <c r="P332" s="1"/>
       <c r="Q332" s="1"/>
       <c r="R332" s="1"/>
       <c r="S332" s="1"/>
       <c r="T332" s="1"/>
       <c r="U332" s="1"/>
       <c r="V332" s="1"/>
       <c r="W332" s="1"/>
     </row>
     <row r="333" spans="1:23">
       <c r="A333" s="3">
         <v>331</v>
       </c>
       <c r="B333" s="3" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="C333" s="3" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="D333" s="3" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="E333" s="3" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F333" s="3" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G333" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H333" s="4" t="s">
         <v>1085</v>
-      </c>
-[...7 lines deleted...]
-        <v>1083</v>
       </c>
       <c r="I333" s="4"/>
       <c r="J333" s="1"/>
       <c r="K333" s="1"/>
       <c r="L333" s="1"/>
       <c r="M333" s="1"/>
       <c r="N333" s="1"/>
       <c r="O333" s="1"/>
       <c r="P333" s="1"/>
       <c r="Q333" s="1"/>
       <c r="R333" s="1"/>
       <c r="S333" s="1"/>
       <c r="T333" s="1"/>
       <c r="U333" s="1"/>
       <c r="V333" s="1"/>
       <c r="W333" s="1"/>
     </row>
     <row r="334" spans="1:23">
       <c r="A334" s="3">
         <v>332</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="C334" s="3" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="D334" s="3" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="F334" s="3" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="G334" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H334" s="4" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="I334" s="4"/>
       <c r="J334" s="1"/>
       <c r="K334" s="1"/>
       <c r="L334" s="1"/>
       <c r="M334" s="1"/>
       <c r="N334" s="1"/>
       <c r="O334" s="1"/>
       <c r="P334" s="1"/>
       <c r="Q334" s="1"/>
       <c r="R334" s="1"/>
       <c r="S334" s="1"/>
       <c r="T334" s="1"/>
       <c r="U334" s="1"/>
       <c r="V334" s="1"/>
       <c r="W334" s="1"/>
     </row>
     <row r="335" spans="1:23">
       <c r="A335" s="3">
         <v>333</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="C335" s="3" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="D335" s="3" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="E335" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F335" s="3" t="s">
+        <v>1114</v>
+      </c>
+      <c r="G335" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H335" s="4" t="s">
         <v>1112</v>
-      </c>
-[...4 lines deleted...]
-        <v>1110</v>
       </c>
       <c r="I335" s="4"/>
       <c r="J335" s="1"/>
       <c r="K335" s="1"/>
       <c r="L335" s="1"/>
       <c r="M335" s="1"/>
       <c r="N335" s="1"/>
       <c r="O335" s="1"/>
       <c r="P335" s="1"/>
       <c r="Q335" s="1"/>
       <c r="R335" s="1"/>
       <c r="S335" s="1"/>
       <c r="T335" s="1"/>
       <c r="U335" s="1"/>
       <c r="V335" s="1"/>
       <c r="W335" s="1"/>
     </row>
     <row r="336" spans="1:23">
       <c r="A336" s="3">
         <v>334</v>
       </c>
       <c r="B336" s="3" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="C336" s="3" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="D336" s="3" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="E336" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F336" s="3" t="s">
+        <v>1118</v>
+      </c>
+      <c r="G336" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H336" s="4" t="s">
         <v>1116</v>
-      </c>
-[...4 lines deleted...]
-        <v>1114</v>
       </c>
       <c r="I336" s="4"/>
       <c r="J336" s="1"/>
       <c r="K336" s="1"/>
       <c r="L336" s="1"/>
       <c r="M336" s="1"/>
       <c r="N336" s="1"/>
       <c r="O336" s="1"/>
       <c r="P336" s="1"/>
       <c r="Q336" s="1"/>
       <c r="R336" s="1"/>
       <c r="S336" s="1"/>
       <c r="T336" s="1"/>
       <c r="U336" s="1"/>
       <c r="V336" s="1"/>
       <c r="W336" s="1"/>
     </row>
     <row r="337" spans="1:23">
       <c r="A337" s="3">
         <v>335</v>
       </c>
       <c r="B337" s="3" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="C337" s="3" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="D337" s="3" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="F337" s="3" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="G337" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H337" s="4" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="I337" s="4"/>
       <c r="J337" s="1"/>
       <c r="K337" s="1"/>
       <c r="L337" s="1"/>
       <c r="M337" s="1"/>
       <c r="N337" s="1"/>
       <c r="O337" s="1"/>
       <c r="P337" s="1"/>
       <c r="Q337" s="1"/>
       <c r="R337" s="1"/>
       <c r="S337" s="1"/>
       <c r="T337" s="1"/>
       <c r="U337" s="1"/>
       <c r="V337" s="1"/>
       <c r="W337" s="1"/>
     </row>
     <row r="338" spans="1:23">
       <c r="A338" s="3">
         <v>336</v>
       </c>
       <c r="B338" s="3" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="C338" s="3" t="s">
         <v>614</v>
       </c>
       <c r="D338" s="3" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="F338" s="3"/>
       <c r="G338" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H338" s="4" t="s">
         <v>614</v>
       </c>
       <c r="I338" s="4"/>
       <c r="J338" s="1"/>
       <c r="K338" s="1"/>
       <c r="L338" s="1"/>
       <c r="M338" s="1"/>
       <c r="N338" s="1"/>
       <c r="O338" s="1"/>
       <c r="P338" s="1"/>
       <c r="Q338" s="1"/>
       <c r="R338" s="1"/>
       <c r="S338" s="1"/>
       <c r="T338" s="1"/>
       <c r="U338" s="1"/>
       <c r="V338" s="1"/>
       <c r="W338" s="1"/>
     </row>
     <row r="339" spans="1:23">
       <c r="A339" s="3">
         <v>337</v>
       </c>
       <c r="B339" s="3" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="C339" s="3" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="D339" s="3" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="F339" s="3"/>
       <c r="G339" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H339" s="4" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="I339" s="4"/>
       <c r="J339" s="1"/>
       <c r="K339" s="1"/>
       <c r="L339" s="1"/>
       <c r="M339" s="1"/>
       <c r="N339" s="1"/>
       <c r="O339" s="1"/>
       <c r="P339" s="1"/>
       <c r="Q339" s="1"/>
       <c r="R339" s="1"/>
       <c r="S339" s="1"/>
       <c r="T339" s="1"/>
       <c r="U339" s="1"/>
       <c r="V339" s="1"/>
       <c r="W339" s="1"/>
     </row>
     <row r="340" spans="1:23">
       <c r="A340" s="3">
         <v>338</v>
       </c>
       <c r="B340" s="3" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="C340" s="3" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="D340" s="3" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="F340" s="3" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="G340" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H340" s="4" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="I340" s="4"/>
       <c r="J340" s="1"/>
       <c r="K340" s="1"/>
       <c r="L340" s="1"/>
       <c r="M340" s="1"/>
       <c r="N340" s="1"/>
       <c r="O340" s="1"/>
       <c r="P340" s="1"/>
       <c r="Q340" s="1"/>
       <c r="R340" s="1"/>
       <c r="S340" s="1"/>
       <c r="T340" s="1"/>
       <c r="U340" s="1"/>
       <c r="V340" s="1"/>
       <c r="W340" s="1"/>
     </row>
     <row r="341" spans="1:23">
       <c r="A341" s="3">
         <v>339</v>
       </c>
       <c r="B341" s="3" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="C341" s="3" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="D341" s="3" t="s">
         <v>499</v>
       </c>
       <c r="E341" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F341" s="3"/>
       <c r="G341" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H341" s="4" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="I341" s="4" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="J341" s="1"/>
       <c r="K341" s="1"/>
       <c r="L341" s="1"/>
       <c r="M341" s="1"/>
       <c r="N341" s="1"/>
       <c r="O341" s="1"/>
       <c r="P341" s="1"/>
       <c r="Q341" s="1"/>
       <c r="R341" s="1"/>
       <c r="S341" s="1"/>
       <c r="T341" s="1"/>
       <c r="U341" s="1"/>
       <c r="V341" s="1"/>
       <c r="W341" s="1"/>
     </row>
     <row r="342" spans="1:23">
       <c r="A342" s="3">
         <v>340</v>
       </c>
       <c r="B342" s="3" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="C342" s="3" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="D342" s="3" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="E342" s="3" t="s">
         <v>367</v>
       </c>
       <c r="F342" s="3" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="G342" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H342" s="4" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="I342" s="4"/>
       <c r="J342" s="1"/>
       <c r="K342" s="1"/>
       <c r="L342" s="1"/>
       <c r="M342" s="1"/>
       <c r="N342" s="1"/>
       <c r="O342" s="1"/>
       <c r="P342" s="1"/>
       <c r="Q342" s="1"/>
       <c r="R342" s="1"/>
       <c r="S342" s="1"/>
       <c r="T342" s="1"/>
       <c r="U342" s="1"/>
       <c r="V342" s="1"/>
       <c r="W342" s="1"/>
     </row>
     <row r="343" spans="1:23">
       <c r="A343" s="3">
         <v>341</v>
       </c>
       <c r="B343" s="3" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="C343" s="3" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="D343" s="3" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="E343" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F343" s="3" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="G343" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H343" s="4" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="I343" s="4"/>
       <c r="J343" s="1"/>
       <c r="K343" s="1"/>
       <c r="L343" s="1"/>
       <c r="M343" s="1"/>
       <c r="N343" s="1"/>
       <c r="O343" s="1"/>
       <c r="P343" s="1"/>
       <c r="Q343" s="1"/>
       <c r="R343" s="1"/>
       <c r="S343" s="1"/>
       <c r="T343" s="1"/>
       <c r="U343" s="1"/>
       <c r="V343" s="1"/>
       <c r="W343" s="1"/>
     </row>
     <row r="344" spans="1:23">
       <c r="A344" s="3">
         <v>342</v>
       </c>
       <c r="B344" s="3" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="C344" s="3" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="D344" s="3" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="E344" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F344" s="3" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="G344" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H344" s="4" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="I344" s="4"/>
       <c r="J344" s="1"/>
       <c r="K344" s="1"/>
       <c r="L344" s="1"/>
       <c r="M344" s="1"/>
       <c r="N344" s="1"/>
       <c r="O344" s="1"/>
       <c r="P344" s="1"/>
       <c r="Q344" s="1"/>
       <c r="R344" s="1"/>
       <c r="S344" s="1"/>
       <c r="T344" s="1"/>
       <c r="U344" s="1"/>
       <c r="V344" s="1"/>
       <c r="W344" s="1"/>
     </row>
     <row r="345" spans="1:23">
       <c r="A345" s="3">
         <v>343</v>
       </c>
       <c r="B345" s="3" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="C345" s="3" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D345" s="3" t="s">
         <v>1014</v>
-      </c>
-[...1 lines deleted...]
-        <v>1012</v>
       </c>
       <c r="E345" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F345" s="3" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="G345" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H345" s="4" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="I345" s="4"/>
       <c r="J345" s="1"/>
       <c r="K345" s="1"/>
       <c r="L345" s="1"/>
       <c r="M345" s="1"/>
       <c r="N345" s="1"/>
       <c r="O345" s="1"/>
       <c r="P345" s="1"/>
       <c r="Q345" s="1"/>
       <c r="R345" s="1"/>
       <c r="S345" s="1"/>
       <c r="T345" s="1"/>
       <c r="U345" s="1"/>
       <c r="V345" s="1"/>
       <c r="W345" s="1"/>
     </row>
     <row r="346" spans="1:23">
       <c r="A346" s="3">
         <v>344</v>
       </c>
       <c r="B346" s="3" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="C346" s="3" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="D346" s="3" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="E346" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F346" s="3" t="s">
+        <v>1152</v>
+      </c>
+      <c r="G346" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H346" s="4" t="s">
         <v>1150</v>
-      </c>
-[...4 lines deleted...]
-        <v>1148</v>
       </c>
       <c r="I346" s="4"/>
       <c r="J346" s="1"/>
       <c r="K346" s="1"/>
       <c r="L346" s="1"/>
       <c r="M346" s="1"/>
       <c r="N346" s="1"/>
       <c r="O346" s="1"/>
       <c r="P346" s="1"/>
       <c r="Q346" s="1"/>
       <c r="R346" s="1"/>
       <c r="S346" s="1"/>
       <c r="T346" s="1"/>
       <c r="U346" s="1"/>
       <c r="V346" s="1"/>
       <c r="W346" s="1"/>
     </row>
     <row r="347" spans="1:23">
       <c r="A347" s="3">
         <v>345</v>
       </c>
       <c r="B347" s="3" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="C347" s="3" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="D347" s="3" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="F347" s="3"/>
       <c r="G347" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H347" s="4" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="I347" s="4" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="J347" s="1"/>
       <c r="K347" s="1"/>
       <c r="L347" s="1"/>
       <c r="M347" s="1"/>
       <c r="N347" s="1"/>
       <c r="O347" s="1"/>
       <c r="P347" s="1"/>
       <c r="Q347" s="1"/>
       <c r="R347" s="1"/>
       <c r="S347" s="1"/>
       <c r="T347" s="1"/>
       <c r="U347" s="1"/>
       <c r="V347" s="1"/>
       <c r="W347" s="1"/>
     </row>
     <row r="348" spans="1:23">
       <c r="A348" s="3">
         <v>346</v>
       </c>
       <c r="B348" s="3" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="C348" s="3" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="D348" s="3" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="E348" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F348" s="3"/>
       <c r="G348" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H348" s="4" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="I348" s="4"/>
       <c r="J348" s="1"/>
       <c r="K348" s="1"/>
       <c r="L348" s="1"/>
       <c r="M348" s="1"/>
       <c r="N348" s="1"/>
       <c r="O348" s="1"/>
       <c r="P348" s="1"/>
       <c r="Q348" s="1"/>
       <c r="R348" s="1"/>
       <c r="S348" s="1"/>
       <c r="T348" s="1"/>
       <c r="U348" s="1"/>
       <c r="V348" s="1"/>
       <c r="W348" s="1"/>
     </row>
     <row r="349" spans="1:23">
       <c r="A349" s="3">
         <v>347</v>
       </c>
       <c r="B349" s="3" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C349" s="3" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="D349" s="3" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="F349" s="3"/>
       <c r="G349" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H349" s="4" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="I349" s="4"/>
       <c r="J349" s="1"/>
       <c r="K349" s="1"/>
       <c r="L349" s="1"/>
       <c r="M349" s="1"/>
       <c r="N349" s="1"/>
       <c r="O349" s="1"/>
       <c r="P349" s="1"/>
       <c r="Q349" s="1"/>
       <c r="R349" s="1"/>
       <c r="S349" s="1"/>
       <c r="T349" s="1"/>
       <c r="U349" s="1"/>
       <c r="V349" s="1"/>
       <c r="W349" s="1"/>
     </row>
     <row r="350" spans="1:23">
       <c r="A350" s="3">
         <v>348</v>
       </c>
       <c r="B350" s="3" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="C350" s="3" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="D350" s="3" t="s">
         <v>499</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="F350" s="3"/>
       <c r="G350" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H350" s="4" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="I350" s="4"/>
       <c r="J350" s="1"/>
       <c r="K350" s="1"/>
       <c r="L350" s="1"/>
       <c r="M350" s="1"/>
       <c r="N350" s="1"/>
       <c r="O350" s="1"/>
       <c r="P350" s="1"/>
       <c r="Q350" s="1"/>
       <c r="R350" s="1"/>
       <c r="S350" s="1"/>
       <c r="T350" s="1"/>
       <c r="U350" s="1"/>
       <c r="V350" s="1"/>
       <c r="W350" s="1"/>
     </row>
     <row r="351" spans="1:23">
       <c r="A351" s="3">
         <v>349</v>
       </c>
       <c r="B351" s="3" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="C351" s="3" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="D351" s="3" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="E351" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F351" s="3" t="s">
+        <v>1167</v>
+      </c>
+      <c r="G351" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H351" s="4" t="s">
         <v>1165</v>
-      </c>
-[...4 lines deleted...]
-        <v>1163</v>
       </c>
       <c r="I351" s="4"/>
       <c r="J351" s="1"/>
       <c r="K351" s="1"/>
       <c r="L351" s="1"/>
       <c r="M351" s="1"/>
       <c r="N351" s="1"/>
       <c r="O351" s="1"/>
       <c r="P351" s="1"/>
       <c r="Q351" s="1"/>
       <c r="R351" s="1"/>
       <c r="S351" s="1"/>
       <c r="T351" s="1"/>
       <c r="U351" s="1"/>
       <c r="V351" s="1"/>
       <c r="W351" s="1"/>
     </row>
     <row r="352" spans="1:23">
       <c r="A352" s="3">
         <v>350</v>
       </c>
       <c r="B352" s="3" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="C352" s="3" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="D352" s="3" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="F352" s="3"/>
       <c r="G352" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H352" s="4" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="I352" s="4"/>
       <c r="J352" s="1"/>
       <c r="K352" s="1"/>
       <c r="L352" s="1"/>
       <c r="M352" s="1"/>
       <c r="N352" s="1"/>
       <c r="O352" s="1"/>
       <c r="P352" s="1"/>
       <c r="Q352" s="1"/>
       <c r="R352" s="1"/>
       <c r="S352" s="1"/>
       <c r="T352" s="1"/>
       <c r="U352" s="1"/>
       <c r="V352" s="1"/>
       <c r="W352" s="1"/>
     </row>
     <row r="353" spans="1:23">
       <c r="A353" s="3">
         <v>351</v>
       </c>
       <c r="B353" s="3" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="C353" s="3" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="D353" s="3" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="E353" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F353" s="3" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="G353" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H353" s="4" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="I353" s="4"/>
       <c r="J353" s="1"/>
       <c r="K353" s="1"/>
       <c r="L353" s="1"/>
       <c r="M353" s="1"/>
       <c r="N353" s="1"/>
       <c r="O353" s="1"/>
       <c r="P353" s="1"/>
       <c r="Q353" s="1"/>
       <c r="R353" s="1"/>
       <c r="S353" s="1"/>
       <c r="T353" s="1"/>
       <c r="U353" s="1"/>
       <c r="V353" s="1"/>
       <c r="W353" s="1"/>
     </row>
     <row r="354" spans="1:23">
       <c r="A354" s="3">
         <v>352</v>
       </c>
       <c r="B354" s="3" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="C354" s="3" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="D354" s="3" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="E354" s="3" t="s">
         <v>346</v>
       </c>
       <c r="F354" s="3" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="G354" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H354" s="4" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="I354" s="4"/>
       <c r="J354" s="1"/>
       <c r="K354" s="1"/>
       <c r="L354" s="1"/>
       <c r="M354" s="1"/>
       <c r="N354" s="1"/>
       <c r="O354" s="1"/>
       <c r="P354" s="1"/>
       <c r="Q354" s="1"/>
       <c r="R354" s="1"/>
       <c r="S354" s="1"/>
       <c r="T354" s="1"/>
       <c r="U354" s="1"/>
       <c r="V354" s="1"/>
       <c r="W354" s="1"/>
     </row>
     <row r="355" spans="1:23">
       <c r="A355" s="3">
         <v>353</v>
       </c>
       <c r="B355" s="3" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="C355" s="3" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="D355" s="3" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="E355" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F355" s="3" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="G355" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H355" s="4" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="I355" s="4"/>
       <c r="J355" s="1"/>
       <c r="K355" s="1"/>
       <c r="L355" s="1"/>
       <c r="M355" s="1"/>
       <c r="N355" s="1"/>
       <c r="O355" s="1"/>
       <c r="P355" s="1"/>
       <c r="Q355" s="1"/>
       <c r="R355" s="1"/>
       <c r="S355" s="1"/>
       <c r="T355" s="1"/>
       <c r="U355" s="1"/>
       <c r="V355" s="1"/>
       <c r="W355" s="1"/>
     </row>
     <row r="356" spans="1:23">
       <c r="A356" s="3">
         <v>354</v>
       </c>
       <c r="B356" s="3" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="C356" s="3" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="D356" s="3" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="E356" s="3" t="s">
         <v>625</v>
       </c>
       <c r="F356" s="3" t="s">
+        <v>1186</v>
+      </c>
+      <c r="G356" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H356" s="4" t="s">
         <v>1184</v>
-      </c>
-[...4 lines deleted...]
-        <v>1182</v>
       </c>
       <c r="I356" s="4"/>
       <c r="J356" s="1"/>
       <c r="K356" s="1"/>
       <c r="L356" s="1"/>
       <c r="M356" s="1"/>
       <c r="N356" s="1"/>
       <c r="O356" s="1"/>
       <c r="P356" s="1"/>
       <c r="Q356" s="1"/>
       <c r="R356" s="1"/>
       <c r="S356" s="1"/>
       <c r="T356" s="1"/>
       <c r="U356" s="1"/>
       <c r="V356" s="1"/>
       <c r="W356" s="1"/>
     </row>
     <row r="357" spans="1:23">
       <c r="A357" s="3">
         <v>355</v>
       </c>
       <c r="B357" s="3" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="C357" s="3" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="D357" s="3" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="F357" s="3"/>
       <c r="G357" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H357" s="4" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="I357" s="4"/>
       <c r="J357" s="1"/>
       <c r="K357" s="1"/>
       <c r="L357" s="1"/>
       <c r="M357" s="1"/>
       <c r="N357" s="1"/>
       <c r="O357" s="1"/>
       <c r="P357" s="1"/>
       <c r="Q357" s="1"/>
       <c r="R357" s="1"/>
       <c r="S357" s="1"/>
       <c r="T357" s="1"/>
       <c r="U357" s="1"/>
       <c r="V357" s="1"/>
       <c r="W357" s="1"/>
     </row>
     <row r="358" spans="1:23">
       <c r="A358" s="3">
         <v>356</v>
       </c>
       <c r="B358" s="3" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="C358" s="3" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="D358" s="3" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="F358" s="3" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="G358" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H358" s="4" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="I358" s="4"/>
       <c r="J358" s="1"/>
       <c r="K358" s="1"/>
       <c r="L358" s="1"/>
       <c r="M358" s="1"/>
       <c r="N358" s="1"/>
       <c r="O358" s="1"/>
       <c r="P358" s="1"/>
       <c r="Q358" s="1"/>
       <c r="R358" s="1"/>
       <c r="S358" s="1"/>
       <c r="T358" s="1"/>
       <c r="U358" s="1"/>
       <c r="V358" s="1"/>
       <c r="W358" s="1"/>
     </row>
     <row r="359" spans="1:23">
       <c r="A359" s="3">
         <v>357</v>
       </c>
       <c r="B359" s="3" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="C359" s="3" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="D359" s="3" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="E359" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F359" s="3" t="s">
+        <v>1198</v>
+      </c>
+      <c r="G359" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H359" s="4" t="s">
         <v>1196</v>
-      </c>
-[...4 lines deleted...]
-        <v>1194</v>
       </c>
       <c r="I359" s="4"/>
       <c r="J359" s="1"/>
       <c r="K359" s="1"/>
       <c r="L359" s="1"/>
       <c r="M359" s="1"/>
       <c r="N359" s="1"/>
       <c r="O359" s="1"/>
       <c r="P359" s="1"/>
       <c r="Q359" s="1"/>
       <c r="R359" s="1"/>
       <c r="S359" s="1"/>
       <c r="T359" s="1"/>
       <c r="U359" s="1"/>
       <c r="V359" s="1"/>
       <c r="W359" s="1"/>
     </row>
     <row r="360" spans="1:23">
       <c r="A360" s="3">
         <v>358</v>
       </c>
       <c r="B360" s="3" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="C360" s="3" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="D360" s="3" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="E360" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F360" s="3"/>
       <c r="G360" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H360" s="4" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="I360" s="4"/>
       <c r="J360" s="1"/>
       <c r="K360" s="1"/>
       <c r="L360" s="1"/>
       <c r="M360" s="1"/>
       <c r="N360" s="1"/>
       <c r="O360" s="1"/>
       <c r="P360" s="1"/>
       <c r="Q360" s="1"/>
       <c r="R360" s="1"/>
       <c r="S360" s="1"/>
       <c r="T360" s="1"/>
       <c r="U360" s="1"/>
       <c r="V360" s="1"/>
       <c r="W360" s="1"/>
     </row>
     <row r="361" spans="1:23">
       <c r="A361" s="3">
         <v>359</v>
       </c>
       <c r="B361" s="3" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="C361" s="3" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="D361" s="3" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="E361" s="3" t="s">
+        <v>1205</v>
+      </c>
+      <c r="F361" s="3" t="s">
+        <v>1206</v>
+      </c>
+      <c r="G361" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H361" s="4" t="s">
         <v>1203</v>
-      </c>
-[...7 lines deleted...]
-        <v>1201</v>
       </c>
       <c r="I361" s="4"/>
       <c r="J361" s="1"/>
       <c r="K361" s="1"/>
       <c r="L361" s="1"/>
       <c r="M361" s="1"/>
       <c r="N361" s="1"/>
       <c r="O361" s="1"/>
       <c r="P361" s="1"/>
       <c r="Q361" s="1"/>
       <c r="R361" s="1"/>
       <c r="S361" s="1"/>
       <c r="T361" s="1"/>
       <c r="U361" s="1"/>
       <c r="V361" s="1"/>
       <c r="W361" s="1"/>
+    </row>
+    <row r="362" spans="1:23">
+      <c r="A362" s="3">
+        <v>360</v>
+      </c>
+      <c r="B362" s="3" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C362" s="3" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D362" s="3" t="s">
+        <v>543</v>
+      </c>
+      <c r="E362" s="3" t="s">
+        <v>1209</v>
+      </c>
+      <c r="F362" s="3" t="s">
+        <v>1210</v>
+      </c>
+      <c r="G362" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H362" s="4" t="s">
+        <v>1208</v>
+      </c>
+      <c r="I362" s="4"/>
+      <c r="J362" s="1"/>
+      <c r="K362" s="1"/>
+      <c r="L362" s="1"/>
+      <c r="M362" s="1"/>
+      <c r="N362" s="1"/>
+      <c r="O362" s="1"/>
+      <c r="P362" s="1"/>
+      <c r="Q362" s="1"/>
+      <c r="R362" s="1"/>
+      <c r="S362" s="1"/>
+      <c r="T362" s="1"/>
+      <c r="U362" s="1"/>
+      <c r="V362" s="1"/>
+      <c r="W362" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>