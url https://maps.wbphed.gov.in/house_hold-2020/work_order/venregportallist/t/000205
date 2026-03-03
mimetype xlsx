--- v1 (2026-02-07)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1211">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1213">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -2451,50 +2451,56 @@
     <t>REQ/2023/9967</t>
   </si>
   <si>
     <t>VMR/2023/003506</t>
   </si>
   <si>
     <t>REQ/2023/11224</t>
   </si>
   <si>
     <t>2023-12-30</t>
   </si>
   <si>
     <t>VMR/2023/004022</t>
   </si>
   <si>
     <t>Supply of Cement</t>
   </si>
   <si>
     <t>REQ/2024/1401</t>
   </si>
   <si>
     <t>2024-04-23</t>
   </si>
   <si>
     <t>VMR/2024/000717</t>
+  </si>
+  <si>
+    <t>0000000618</t>
+  </si>
+  <si>
+    <t>2026-02-23</t>
   </si>
   <si>
     <t>REQ/2023/10492</t>
   </si>
   <si>
     <t>PAN Mismatch</t>
   </si>
   <si>
     <t>REQ/2023/10535</t>
   </si>
   <si>
     <t>VMR/2023/003711</t>
   </si>
   <si>
     <t>No data available in beneficiary list</t>
   </si>
   <si>
     <t>REQ/2024/460</t>
   </si>
   <si>
     <t>VMR/2024/000281</t>
   </si>
   <si>
     <t>WRONG PAN NO</t>
   </si>
@@ -14152,4614 +14158,4616 @@
       <c r="P249" s="1"/>
       <c r="Q249" s="1"/>
       <c r="R249" s="1"/>
       <c r="S249" s="1"/>
       <c r="T249" s="1"/>
       <c r="U249" s="1"/>
       <c r="V249" s="1"/>
       <c r="W249" s="1"/>
     </row>
     <row r="250" spans="1:23">
       <c r="A250" s="3">
         <v>248</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>810</v>
       </c>
       <c r="C250" s="3" t="s">
         <v>811</v>
       </c>
       <c r="D250" s="3" t="s">
         <v>812</v>
       </c>
       <c r="E250" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="F250" s="3"/>
+      <c r="F250" s="3" t="s">
+        <v>813</v>
+      </c>
       <c r="G250" s="3" t="s">
-        <v>608</v>
+        <v>15</v>
       </c>
       <c r="H250" s="4" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="I250" s="4"/>
       <c r="J250" s="1"/>
       <c r="K250" s="1"/>
       <c r="L250" s="1"/>
       <c r="M250" s="1"/>
       <c r="N250" s="1"/>
       <c r="O250" s="1"/>
       <c r="P250" s="1"/>
       <c r="Q250" s="1"/>
       <c r="R250" s="1"/>
       <c r="S250" s="1"/>
       <c r="T250" s="1"/>
       <c r="U250" s="1"/>
       <c r="V250" s="1"/>
       <c r="W250" s="1"/>
     </row>
     <row r="251" spans="1:23">
       <c r="A251" s="3">
         <v>249</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="C251" s="3" t="s">
         <v>620</v>
       </c>
       <c r="D251" s="3" t="s">
         <v>146</v>
       </c>
       <c r="E251" s="3" t="s">
         <v>105</v>
       </c>
       <c r="F251" s="3"/>
       <c r="G251" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H251" s="4" t="s">
         <v>620</v>
       </c>
       <c r="I251" s="4" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="J251" s="1"/>
       <c r="K251" s="1"/>
       <c r="L251" s="1"/>
       <c r="M251" s="1"/>
       <c r="N251" s="1"/>
       <c r="O251" s="1"/>
       <c r="P251" s="1"/>
       <c r="Q251" s="1"/>
       <c r="R251" s="1"/>
       <c r="S251" s="1"/>
       <c r="T251" s="1"/>
       <c r="U251" s="1"/>
       <c r="V251" s="1"/>
       <c r="W251" s="1"/>
     </row>
     <row r="252" spans="1:23">
       <c r="A252" s="3">
         <v>250</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="C252" s="3" t="s">
         <v>592</v>
       </c>
       <c r="D252" s="3" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="E252" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F252" s="3"/>
       <c r="G252" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H252" s="4" t="s">
         <v>594</v>
       </c>
       <c r="I252" s="4" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="J252" s="1"/>
       <c r="K252" s="1"/>
       <c r="L252" s="1"/>
       <c r="M252" s="1"/>
       <c r="N252" s="1"/>
       <c r="O252" s="1"/>
       <c r="P252" s="1"/>
       <c r="Q252" s="1"/>
       <c r="R252" s="1"/>
       <c r="S252" s="1"/>
       <c r="T252" s="1"/>
       <c r="U252" s="1"/>
       <c r="V252" s="1"/>
       <c r="W252" s="1"/>
     </row>
     <row r="253" spans="1:23">
       <c r="A253" s="3">
         <v>251</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="C253" s="3" t="s">
         <v>571</v>
       </c>
       <c r="D253" s="3" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="E253" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F253" s="3"/>
       <c r="G253" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H253" s="4" t="s">
         <v>571</v>
       </c>
       <c r="I253" s="4" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="J253" s="1"/>
       <c r="K253" s="1"/>
       <c r="L253" s="1"/>
       <c r="M253" s="1"/>
       <c r="N253" s="1"/>
       <c r="O253" s="1"/>
       <c r="P253" s="1"/>
       <c r="Q253" s="1"/>
       <c r="R253" s="1"/>
       <c r="S253" s="1"/>
       <c r="T253" s="1"/>
       <c r="U253" s="1"/>
       <c r="V253" s="1"/>
       <c r="W253" s="1"/>
     </row>
     <row r="254" spans="1:23">
       <c r="A254" s="3">
         <v>252</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="C254" s="3" t="s">
         <v>616</v>
       </c>
       <c r="D254" s="3" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="F254" s="3" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="G254" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H254" s="4" t="s">
         <v>620</v>
       </c>
       <c r="I254" s="4"/>
       <c r="J254" s="1"/>
       <c r="K254" s="1"/>
       <c r="L254" s="1"/>
       <c r="M254" s="1"/>
       <c r="N254" s="1"/>
       <c r="O254" s="1"/>
       <c r="P254" s="1"/>
       <c r="Q254" s="1"/>
       <c r="R254" s="1"/>
       <c r="S254" s="1"/>
       <c r="T254" s="1"/>
       <c r="U254" s="1"/>
       <c r="V254" s="1"/>
       <c r="W254" s="1"/>
     </row>
     <row r="255" spans="1:23">
       <c r="A255" s="3">
         <v>253</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="C255" s="3" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="D255" s="3" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="E255" s="3" t="s">
         <v>574</v>
       </c>
       <c r="F255" s="3" t="s">
+        <v>830</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H255" s="4" t="s">
         <v>828</v>
-      </c>
-[...4 lines deleted...]
-        <v>826</v>
       </c>
       <c r="I255" s="4"/>
       <c r="J255" s="1"/>
       <c r="K255" s="1"/>
       <c r="L255" s="1"/>
       <c r="M255" s="1"/>
       <c r="N255" s="1"/>
       <c r="O255" s="1"/>
       <c r="P255" s="1"/>
       <c r="Q255" s="1"/>
       <c r="R255" s="1"/>
       <c r="S255" s="1"/>
       <c r="T255" s="1"/>
       <c r="U255" s="1"/>
       <c r="V255" s="1"/>
       <c r="W255" s="1"/>
     </row>
     <row r="256" spans="1:23">
       <c r="A256" s="3">
         <v>254</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="C256" s="3" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="D256" s="3" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="F256" s="3"/>
       <c r="G256" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H256" s="4" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="I256" s="4" t="s">
         <v>28</v>
       </c>
       <c r="J256" s="1"/>
       <c r="K256" s="1"/>
       <c r="L256" s="1"/>
       <c r="M256" s="1"/>
       <c r="N256" s="1"/>
       <c r="O256" s="1"/>
       <c r="P256" s="1"/>
       <c r="Q256" s="1"/>
       <c r="R256" s="1"/>
       <c r="S256" s="1"/>
       <c r="T256" s="1"/>
       <c r="U256" s="1"/>
       <c r="V256" s="1"/>
       <c r="W256" s="1"/>
     </row>
     <row r="257" spans="1:23">
       <c r="A257" s="3">
         <v>255</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="C257" s="3" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="D257" s="3" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="E257" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F257" s="3" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="G257" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H257" s="4" t="s">
         <v>599</v>
       </c>
       <c r="I257" s="4"/>
       <c r="J257" s="1"/>
       <c r="K257" s="1"/>
       <c r="L257" s="1"/>
       <c r="M257" s="1"/>
       <c r="N257" s="1"/>
       <c r="O257" s="1"/>
       <c r="P257" s="1"/>
       <c r="Q257" s="1"/>
       <c r="R257" s="1"/>
       <c r="S257" s="1"/>
       <c r="T257" s="1"/>
       <c r="U257" s="1"/>
       <c r="V257" s="1"/>
       <c r="W257" s="1"/>
     </row>
     <row r="258" spans="1:23">
       <c r="A258" s="3">
         <v>256</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="C258" s="3" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="D258" s="3" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F258" s="3" t="s">
+        <v>843</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H258" s="4" t="s">
         <v>841</v>
-      </c>
-[...4 lines deleted...]
-        <v>839</v>
       </c>
       <c r="I258" s="4"/>
       <c r="J258" s="1"/>
       <c r="K258" s="1"/>
       <c r="L258" s="1"/>
       <c r="M258" s="1"/>
       <c r="N258" s="1"/>
       <c r="O258" s="1"/>
       <c r="P258" s="1"/>
       <c r="Q258" s="1"/>
       <c r="R258" s="1"/>
       <c r="S258" s="1"/>
       <c r="T258" s="1"/>
       <c r="U258" s="1"/>
       <c r="V258" s="1"/>
       <c r="W258" s="1"/>
     </row>
     <row r="259" spans="1:23">
       <c r="A259" s="3">
         <v>257</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="C259" s="3" t="s">
         <v>811</v>
       </c>
       <c r="D259" s="3" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="E259" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F259" s="3" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="G259" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H259" s="4" t="s">
         <v>590</v>
       </c>
       <c r="I259" s="4"/>
       <c r="J259" s="1"/>
       <c r="K259" s="1"/>
       <c r="L259" s="1"/>
       <c r="M259" s="1"/>
       <c r="N259" s="1"/>
       <c r="O259" s="1"/>
       <c r="P259" s="1"/>
       <c r="Q259" s="1"/>
       <c r="R259" s="1"/>
       <c r="S259" s="1"/>
       <c r="T259" s="1"/>
       <c r="U259" s="1"/>
       <c r="V259" s="1"/>
       <c r="W259" s="1"/>
     </row>
     <row r="260" spans="1:23">
       <c r="A260" s="3">
         <v>258</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="C260" s="3" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="D260" s="3" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F260" s="3" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="G260" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H260" s="4" t="s">
         <v>614</v>
       </c>
       <c r="I260" s="4"/>
       <c r="J260" s="1"/>
       <c r="K260" s="1"/>
       <c r="L260" s="1"/>
       <c r="M260" s="1"/>
       <c r="N260" s="1"/>
       <c r="O260" s="1"/>
       <c r="P260" s="1"/>
       <c r="Q260" s="1"/>
       <c r="R260" s="1"/>
       <c r="S260" s="1"/>
       <c r="T260" s="1"/>
       <c r="U260" s="1"/>
       <c r="V260" s="1"/>
       <c r="W260" s="1"/>
     </row>
     <row r="261" spans="1:23">
       <c r="A261" s="3">
         <v>259</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="C261" s="3" t="s">
         <v>571</v>
       </c>
       <c r="D261" s="3" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="E261" s="3" t="s">
         <v>574</v>
       </c>
       <c r="F261" s="3" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="G261" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H261" s="4" t="s">
         <v>571</v>
       </c>
       <c r="I261" s="4"/>
       <c r="J261" s="1"/>
       <c r="K261" s="1"/>
       <c r="L261" s="1"/>
       <c r="M261" s="1"/>
       <c r="N261" s="1"/>
       <c r="O261" s="1"/>
       <c r="P261" s="1"/>
       <c r="Q261" s="1"/>
       <c r="R261" s="1"/>
       <c r="S261" s="1"/>
       <c r="T261" s="1"/>
       <c r="U261" s="1"/>
       <c r="V261" s="1"/>
       <c r="W261" s="1"/>
     </row>
     <row r="262" spans="1:23">
       <c r="A262" s="3">
         <v>260</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="C262" s="3" t="s">
         <v>811</v>
       </c>
       <c r="D262" s="3" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F262" s="3"/>
       <c r="G262" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H262" s="4" t="s">
         <v>811</v>
       </c>
       <c r="I262" s="4"/>
       <c r="J262" s="1"/>
       <c r="K262" s="1"/>
       <c r="L262" s="1"/>
       <c r="M262" s="1"/>
       <c r="N262" s="1"/>
       <c r="O262" s="1"/>
       <c r="P262" s="1"/>
       <c r="Q262" s="1"/>
       <c r="R262" s="1"/>
       <c r="S262" s="1"/>
       <c r="T262" s="1"/>
       <c r="U262" s="1"/>
       <c r="V262" s="1"/>
       <c r="W262" s="1"/>
     </row>
     <row r="263" spans="1:23">
       <c r="A263" s="3">
         <v>261</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C263" s="3" t="s">
         <v>763</v>
       </c>
       <c r="D263" s="3" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="G263" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H263" s="4" t="s">
         <v>590</v>
       </c>
       <c r="I263" s="4"/>
       <c r="J263" s="1"/>
       <c r="K263" s="1"/>
       <c r="L263" s="1"/>
       <c r="M263" s="1"/>
       <c r="N263" s="1"/>
       <c r="O263" s="1"/>
       <c r="P263" s="1"/>
       <c r="Q263" s="1"/>
       <c r="R263" s="1"/>
       <c r="S263" s="1"/>
       <c r="T263" s="1"/>
       <c r="U263" s="1"/>
       <c r="V263" s="1"/>
       <c r="W263" s="1"/>
     </row>
     <row r="264" spans="1:23">
       <c r="A264" s="3">
         <v>262</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="C264" s="3" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="D264" s="3" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F264" s="3" t="s">
+        <v>863</v>
+      </c>
+      <c r="G264" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H264" s="4" t="s">
         <v>861</v>
-      </c>
-[...4 lines deleted...]
-        <v>859</v>
       </c>
       <c r="I264" s="4"/>
       <c r="J264" s="1"/>
       <c r="K264" s="1"/>
       <c r="L264" s="1"/>
       <c r="M264" s="1"/>
       <c r="N264" s="1"/>
       <c r="O264" s="1"/>
       <c r="P264" s="1"/>
       <c r="Q264" s="1"/>
       <c r="R264" s="1"/>
       <c r="S264" s="1"/>
       <c r="T264" s="1"/>
       <c r="U264" s="1"/>
       <c r="V264" s="1"/>
       <c r="W264" s="1"/>
     </row>
     <row r="265" spans="1:23">
       <c r="A265" s="3">
         <v>263</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="C265" s="3" t="s">
         <v>778</v>
       </c>
       <c r="D265" s="3" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G265" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H265" s="4" t="s">
         <v>778</v>
       </c>
       <c r="I265" s="4"/>
       <c r="J265" s="1"/>
       <c r="K265" s="1"/>
       <c r="L265" s="1"/>
       <c r="M265" s="1"/>
       <c r="N265" s="1"/>
       <c r="O265" s="1"/>
       <c r="P265" s="1"/>
       <c r="Q265" s="1"/>
       <c r="R265" s="1"/>
       <c r="S265" s="1"/>
       <c r="T265" s="1"/>
       <c r="U265" s="1"/>
       <c r="V265" s="1"/>
       <c r="W265" s="1"/>
     </row>
     <row r="266" spans="1:23">
       <c r="A266" s="3">
         <v>264</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="C266" s="3" t="s">
         <v>630</v>
       </c>
       <c r="D266" s="3" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="E266" s="3" t="s">
         <v>358</v>
       </c>
       <c r="F266" s="3"/>
       <c r="G266" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H266" s="4" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="I266" s="4" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="J266" s="1"/>
       <c r="K266" s="1"/>
       <c r="L266" s="1"/>
       <c r="M266" s="1"/>
       <c r="N266" s="1"/>
       <c r="O266" s="1"/>
       <c r="P266" s="1"/>
       <c r="Q266" s="1"/>
       <c r="R266" s="1"/>
       <c r="S266" s="1"/>
       <c r="T266" s="1"/>
       <c r="U266" s="1"/>
       <c r="V266" s="1"/>
       <c r="W266" s="1"/>
     </row>
     <row r="267" spans="1:23">
       <c r="A267" s="3">
         <v>265</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="C267" s="3" t="s">
         <v>630</v>
       </c>
       <c r="D267" s="3" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="F267" s="3"/>
       <c r="G267" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H267" s="4" t="s">
         <v>630</v>
       </c>
       <c r="I267" s="4" t="s">
         <v>782</v>
       </c>
       <c r="J267" s="1"/>
       <c r="K267" s="1"/>
       <c r="L267" s="1"/>
       <c r="M267" s="1"/>
       <c r="N267" s="1"/>
       <c r="O267" s="1"/>
       <c r="P267" s="1"/>
       <c r="Q267" s="1"/>
       <c r="R267" s="1"/>
       <c r="S267" s="1"/>
       <c r="T267" s="1"/>
       <c r="U267" s="1"/>
       <c r="V267" s="1"/>
       <c r="W267" s="1"/>
     </row>
     <row r="268" spans="1:23">
       <c r="A268" s="3">
         <v>266</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="C268" s="3" t="s">
         <v>630</v>
       </c>
       <c r="D268" s="3" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="G268" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H268" s="4" t="s">
         <v>630</v>
       </c>
       <c r="I268" s="4"/>
       <c r="J268" s="1"/>
       <c r="K268" s="1"/>
       <c r="L268" s="1"/>
       <c r="M268" s="1"/>
       <c r="N268" s="1"/>
       <c r="O268" s="1"/>
       <c r="P268" s="1"/>
       <c r="Q268" s="1"/>
       <c r="R268" s="1"/>
       <c r="S268" s="1"/>
       <c r="T268" s="1"/>
       <c r="U268" s="1"/>
       <c r="V268" s="1"/>
       <c r="W268" s="1"/>
     </row>
     <row r="269" spans="1:23">
       <c r="A269" s="3">
         <v>267</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="C269" s="3" t="s">
         <v>776</v>
       </c>
       <c r="D269" s="3" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="E269" s="3" t="s">
         <v>639</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="G269" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H269" s="4" t="s">
         <v>776</v>
       </c>
       <c r="I269" s="4"/>
       <c r="J269" s="1"/>
       <c r="K269" s="1"/>
       <c r="L269" s="1"/>
       <c r="M269" s="1"/>
       <c r="N269" s="1"/>
       <c r="O269" s="1"/>
       <c r="P269" s="1"/>
       <c r="Q269" s="1"/>
       <c r="R269" s="1"/>
       <c r="S269" s="1"/>
       <c r="T269" s="1"/>
       <c r="U269" s="1"/>
       <c r="V269" s="1"/>
       <c r="W269" s="1"/>
     </row>
     <row r="270" spans="1:23">
       <c r="A270" s="3">
         <v>268</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="C270" s="3" t="s">
         <v>605</v>
       </c>
       <c r="D270" s="3" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="F270" s="3"/>
       <c r="G270" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H270" s="4" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="I270" s="4" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="J270" s="1"/>
       <c r="K270" s="1"/>
       <c r="L270" s="1"/>
       <c r="M270" s="1"/>
       <c r="N270" s="1"/>
       <c r="O270" s="1"/>
       <c r="P270" s="1"/>
       <c r="Q270" s="1"/>
       <c r="R270" s="1"/>
       <c r="S270" s="1"/>
       <c r="T270" s="1"/>
       <c r="U270" s="1"/>
       <c r="V270" s="1"/>
       <c r="W270" s="1"/>
     </row>
     <row r="271" spans="1:23">
       <c r="A271" s="3">
         <v>269</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="C271" s="3" t="s">
         <v>571</v>
       </c>
       <c r="D271" s="3" t="s">
         <v>781</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="G271" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H271" s="4" t="s">
         <v>571</v>
       </c>
       <c r="I271" s="4"/>
       <c r="J271" s="1"/>
       <c r="K271" s="1"/>
       <c r="L271" s="1"/>
       <c r="M271" s="1"/>
       <c r="N271" s="1"/>
       <c r="O271" s="1"/>
       <c r="P271" s="1"/>
       <c r="Q271" s="1"/>
       <c r="R271" s="1"/>
       <c r="S271" s="1"/>
       <c r="T271" s="1"/>
       <c r="U271" s="1"/>
       <c r="V271" s="1"/>
       <c r="W271" s="1"/>
     </row>
     <row r="272" spans="1:23">
       <c r="A272" s="3">
         <v>270</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="C272" s="3" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="D272" s="3" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="E272" s="3" t="s">
+        <v>887</v>
+      </c>
+      <c r="F272" s="3" t="s">
+        <v>888</v>
+      </c>
+      <c r="G272" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H272" s="4" t="s">
         <v>885</v>
-      </c>
-[...7 lines deleted...]
-        <v>883</v>
       </c>
       <c r="I272" s="4"/>
       <c r="J272" s="1"/>
       <c r="K272" s="1"/>
       <c r="L272" s="1"/>
       <c r="M272" s="1"/>
       <c r="N272" s="1"/>
       <c r="O272" s="1"/>
       <c r="P272" s="1"/>
       <c r="Q272" s="1"/>
       <c r="R272" s="1"/>
       <c r="S272" s="1"/>
       <c r="T272" s="1"/>
       <c r="U272" s="1"/>
       <c r="V272" s="1"/>
       <c r="W272" s="1"/>
     </row>
     <row r="273" spans="1:23">
       <c r="A273" s="3">
         <v>271</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="C273" s="3" t="s">
         <v>755</v>
       </c>
       <c r="D273" s="3" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="E273" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F273" s="3" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="G273" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H273" s="4" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="I273" s="4"/>
       <c r="J273" s="1"/>
       <c r="K273" s="1"/>
       <c r="L273" s="1"/>
       <c r="M273" s="1"/>
       <c r="N273" s="1"/>
       <c r="O273" s="1"/>
       <c r="P273" s="1"/>
       <c r="Q273" s="1"/>
       <c r="R273" s="1"/>
       <c r="S273" s="1"/>
       <c r="T273" s="1"/>
       <c r="U273" s="1"/>
       <c r="V273" s="1"/>
       <c r="W273" s="1"/>
     </row>
     <row r="274" spans="1:23">
       <c r="A274" s="3">
         <v>272</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="C274" s="3" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="D274" s="3" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="F274" s="3" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="G274" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H274" s="4" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="I274" s="4"/>
       <c r="J274" s="1"/>
       <c r="K274" s="1"/>
       <c r="L274" s="1"/>
       <c r="M274" s="1"/>
       <c r="N274" s="1"/>
       <c r="O274" s="1"/>
       <c r="P274" s="1"/>
       <c r="Q274" s="1"/>
       <c r="R274" s="1"/>
       <c r="S274" s="1"/>
       <c r="T274" s="1"/>
       <c r="U274" s="1"/>
       <c r="V274" s="1"/>
       <c r="W274" s="1"/>
     </row>
     <row r="275" spans="1:23">
       <c r="A275" s="3">
         <v>273</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="C275" s="3" t="s">
         <v>616</v>
       </c>
       <c r="D275" s="3" t="s">
         <v>805</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="F275" s="3" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="G275" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H275" s="4" t="s">
         <v>616</v>
       </c>
       <c r="I275" s="4"/>
       <c r="J275" s="1"/>
       <c r="K275" s="1"/>
       <c r="L275" s="1"/>
       <c r="M275" s="1"/>
       <c r="N275" s="1"/>
       <c r="O275" s="1"/>
       <c r="P275" s="1"/>
       <c r="Q275" s="1"/>
       <c r="R275" s="1"/>
       <c r="S275" s="1"/>
       <c r="T275" s="1"/>
       <c r="U275" s="1"/>
       <c r="V275" s="1"/>
       <c r="W275" s="1"/>
     </row>
     <row r="276" spans="1:23">
       <c r="A276" s="3">
         <v>274</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="C276" s="3" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="D276" s="3" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="F276" s="3"/>
       <c r="G276" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H276" s="4" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="I276" s="4" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="J276" s="1"/>
       <c r="K276" s="1"/>
       <c r="L276" s="1"/>
       <c r="M276" s="1"/>
       <c r="N276" s="1"/>
       <c r="O276" s="1"/>
       <c r="P276" s="1"/>
       <c r="Q276" s="1"/>
       <c r="R276" s="1"/>
       <c r="S276" s="1"/>
       <c r="T276" s="1"/>
       <c r="U276" s="1"/>
       <c r="V276" s="1"/>
       <c r="W276" s="1"/>
     </row>
     <row r="277" spans="1:23">
       <c r="A277" s="3">
         <v>275</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="C277" s="3" t="s">
         <v>778</v>
       </c>
       <c r="D277" s="3" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="E277" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F277" s="3" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="G277" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H277" s="4" t="s">
         <v>778</v>
       </c>
       <c r="I277" s="4"/>
       <c r="J277" s="1"/>
       <c r="K277" s="1"/>
       <c r="L277" s="1"/>
       <c r="M277" s="1"/>
       <c r="N277" s="1"/>
       <c r="O277" s="1"/>
       <c r="P277" s="1"/>
       <c r="Q277" s="1"/>
       <c r="R277" s="1"/>
       <c r="S277" s="1"/>
       <c r="T277" s="1"/>
       <c r="U277" s="1"/>
       <c r="V277" s="1"/>
       <c r="W277" s="1"/>
     </row>
     <row r="278" spans="1:23">
       <c r="A278" s="3">
         <v>276</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="C278" s="3" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="D278" s="3" t="s">
         <v>727</v>
       </c>
       <c r="E278" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F278" s="3"/>
       <c r="G278" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H278" s="4" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="I278" s="4" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="J278" s="1"/>
       <c r="K278" s="1"/>
       <c r="L278" s="1"/>
       <c r="M278" s="1"/>
       <c r="N278" s="1"/>
       <c r="O278" s="1"/>
       <c r="P278" s="1"/>
       <c r="Q278" s="1"/>
       <c r="R278" s="1"/>
       <c r="S278" s="1"/>
       <c r="T278" s="1"/>
       <c r="U278" s="1"/>
       <c r="V278" s="1"/>
       <c r="W278" s="1"/>
     </row>
     <row r="279" spans="1:23">
       <c r="A279" s="3">
         <v>277</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="C279" s="3" t="s">
         <v>438</v>
       </c>
       <c r="D279" s="3" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="F279" s="3" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="G279" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H279" s="4" t="s">
         <v>616</v>
       </c>
       <c r="I279" s="4"/>
       <c r="J279" s="1"/>
       <c r="K279" s="1"/>
       <c r="L279" s="1"/>
       <c r="M279" s="1"/>
       <c r="N279" s="1"/>
       <c r="O279" s="1"/>
       <c r="P279" s="1"/>
       <c r="Q279" s="1"/>
       <c r="R279" s="1"/>
       <c r="S279" s="1"/>
       <c r="T279" s="1"/>
       <c r="U279" s="1"/>
       <c r="V279" s="1"/>
       <c r="W279" s="1"/>
     </row>
     <row r="280" spans="1:23">
       <c r="A280" s="3">
         <v>278</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="C280" s="3" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="D280" s="3" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="E280" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F280" s="3" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="G280" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H280" s="4" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="I280" s="4"/>
       <c r="J280" s="1"/>
       <c r="K280" s="1"/>
       <c r="L280" s="1"/>
       <c r="M280" s="1"/>
       <c r="N280" s="1"/>
       <c r="O280" s="1"/>
       <c r="P280" s="1"/>
       <c r="Q280" s="1"/>
       <c r="R280" s="1"/>
       <c r="S280" s="1"/>
       <c r="T280" s="1"/>
       <c r="U280" s="1"/>
       <c r="V280" s="1"/>
       <c r="W280" s="1"/>
     </row>
     <row r="281" spans="1:23">
       <c r="A281" s="3">
         <v>279</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="C281" s="3" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="D281" s="3" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="E281" s="3"/>
       <c r="F281" s="3" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="G281" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H281" s="4" t="s">
         <v>438</v>
       </c>
       <c r="I281" s="4"/>
       <c r="J281" s="1"/>
       <c r="K281" s="1"/>
       <c r="L281" s="1"/>
       <c r="M281" s="1"/>
       <c r="N281" s="1"/>
       <c r="O281" s="1"/>
       <c r="P281" s="1"/>
       <c r="Q281" s="1"/>
       <c r="R281" s="1"/>
       <c r="S281" s="1"/>
       <c r="T281" s="1"/>
       <c r="U281" s="1"/>
       <c r="V281" s="1"/>
       <c r="W281" s="1"/>
     </row>
     <row r="282" spans="1:23">
       <c r="A282" s="3">
         <v>280</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="C282" s="3" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="D282" s="3" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="E282" s="3" t="s">
         <v>105</v>
       </c>
       <c r="F282" s="3" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="G282" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H282" s="4" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="I282" s="4"/>
       <c r="J282" s="1"/>
       <c r="K282" s="1"/>
       <c r="L282" s="1"/>
       <c r="M282" s="1"/>
       <c r="N282" s="1"/>
       <c r="O282" s="1"/>
       <c r="P282" s="1"/>
       <c r="Q282" s="1"/>
       <c r="R282" s="1"/>
       <c r="S282" s="1"/>
       <c r="T282" s="1"/>
       <c r="U282" s="1"/>
       <c r="V282" s="1"/>
       <c r="W282" s="1"/>
     </row>
     <row r="283" spans="1:23">
       <c r="A283" s="3">
         <v>281</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="C283" s="3" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="D283" s="3" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>625</v>
       </c>
       <c r="F283" s="3" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="G283" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H283" s="4" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="I283" s="4"/>
       <c r="J283" s="1"/>
       <c r="K283" s="1"/>
       <c r="L283" s="1"/>
       <c r="M283" s="1"/>
       <c r="N283" s="1"/>
       <c r="O283" s="1"/>
       <c r="P283" s="1"/>
       <c r="Q283" s="1"/>
       <c r="R283" s="1"/>
       <c r="S283" s="1"/>
       <c r="T283" s="1"/>
       <c r="U283" s="1"/>
       <c r="V283" s="1"/>
       <c r="W283" s="1"/>
     </row>
     <row r="284" spans="1:23">
       <c r="A284" s="3">
         <v>282</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="C284" s="3" t="s">
         <v>592</v>
       </c>
       <c r="D284" s="3" t="s">
         <v>743</v>
       </c>
       <c r="E284" s="3" t="s">
         <v>55</v>
       </c>
       <c r="F284" s="3"/>
       <c r="G284" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H284" s="4" t="s">
         <v>594</v>
       </c>
       <c r="I284" s="4" t="s">
         <v>382</v>
       </c>
       <c r="J284" s="1"/>
       <c r="K284" s="1"/>
       <c r="L284" s="1"/>
       <c r="M284" s="1"/>
       <c r="N284" s="1"/>
       <c r="O284" s="1"/>
       <c r="P284" s="1"/>
       <c r="Q284" s="1"/>
       <c r="R284" s="1"/>
       <c r="S284" s="1"/>
       <c r="T284" s="1"/>
       <c r="U284" s="1"/>
       <c r="V284" s="1"/>
       <c r="W284" s="1"/>
     </row>
     <row r="285" spans="1:23">
       <c r="A285" s="3">
         <v>283</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="C285" s="3" t="s">
         <v>638</v>
       </c>
       <c r="D285" s="3" t="s">
         <v>633</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="F285" s="3"/>
       <c r="G285" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H285" s="4" t="s">
         <v>638</v>
       </c>
       <c r="I285" s="4" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="J285" s="1"/>
       <c r="K285" s="1"/>
       <c r="L285" s="1"/>
       <c r="M285" s="1"/>
       <c r="N285" s="1"/>
       <c r="O285" s="1"/>
       <c r="P285" s="1"/>
       <c r="Q285" s="1"/>
       <c r="R285" s="1"/>
       <c r="S285" s="1"/>
       <c r="T285" s="1"/>
       <c r="U285" s="1"/>
       <c r="V285" s="1"/>
       <c r="W285" s="1"/>
     </row>
     <row r="286" spans="1:23">
       <c r="A286" s="3">
         <v>284</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="C286" s="3" t="s">
         <v>571</v>
       </c>
       <c r="D286" s="3" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="E286" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F286" s="3" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="G286" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H286" s="4" t="s">
         <v>571</v>
       </c>
       <c r="I286" s="4"/>
       <c r="J286" s="1"/>
       <c r="K286" s="1"/>
       <c r="L286" s="1"/>
       <c r="M286" s="1"/>
       <c r="N286" s="1"/>
       <c r="O286" s="1"/>
       <c r="P286" s="1"/>
       <c r="Q286" s="1"/>
       <c r="R286" s="1"/>
       <c r="S286" s="1"/>
       <c r="T286" s="1"/>
       <c r="U286" s="1"/>
       <c r="V286" s="1"/>
       <c r="W286" s="1"/>
     </row>
     <row r="287" spans="1:23">
       <c r="A287" s="3">
         <v>285</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="C287" s="3" t="s">
         <v>776</v>
       </c>
       <c r="D287" s="3" t="s">
         <v>738</v>
       </c>
       <c r="E287" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F287" s="3"/>
       <c r="G287" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H287" s="4" t="s">
         <v>657</v>
       </c>
       <c r="I287" s="4" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="J287" s="1"/>
       <c r="K287" s="1"/>
       <c r="L287" s="1"/>
       <c r="M287" s="1"/>
       <c r="N287" s="1"/>
       <c r="O287" s="1"/>
       <c r="P287" s="1"/>
       <c r="Q287" s="1"/>
       <c r="R287" s="1"/>
       <c r="S287" s="1"/>
       <c r="T287" s="1"/>
       <c r="U287" s="1"/>
       <c r="V287" s="1"/>
       <c r="W287" s="1"/>
     </row>
     <row r="288" spans="1:23">
       <c r="A288" s="3">
         <v>286</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="C288" s="3" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="D288" s="3" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="E288" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F288" s="3"/>
       <c r="G288" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H288" s="4" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="I288" s="4" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="J288" s="1"/>
       <c r="K288" s="1"/>
       <c r="L288" s="1"/>
       <c r="M288" s="1"/>
       <c r="N288" s="1"/>
       <c r="O288" s="1"/>
       <c r="P288" s="1"/>
       <c r="Q288" s="1"/>
       <c r="R288" s="1"/>
       <c r="S288" s="1"/>
       <c r="T288" s="1"/>
       <c r="U288" s="1"/>
       <c r="V288" s="1"/>
       <c r="W288" s="1"/>
     </row>
     <row r="289" spans="1:23">
       <c r="A289" s="3">
         <v>287</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="C289" s="3" t="s">
         <v>755</v>
       </c>
       <c r="D289" s="3" t="s">
         <v>662</v>
       </c>
       <c r="E289" s="3" t="s">
         <v>105</v>
       </c>
       <c r="F289" s="3"/>
       <c r="G289" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H289" s="4" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="I289" s="4" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="J289" s="1"/>
       <c r="K289" s="1"/>
       <c r="L289" s="1"/>
       <c r="M289" s="1"/>
       <c r="N289" s="1"/>
       <c r="O289" s="1"/>
       <c r="P289" s="1"/>
       <c r="Q289" s="1"/>
       <c r="R289" s="1"/>
       <c r="S289" s="1"/>
       <c r="T289" s="1"/>
       <c r="U289" s="1"/>
       <c r="V289" s="1"/>
       <c r="W289" s="1"/>
     </row>
     <row r="290" spans="1:23">
       <c r="A290" s="3">
         <v>288</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="C290" s="3" t="s">
         <v>755</v>
       </c>
       <c r="D290" s="3" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="E290" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F290" s="3" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="G290" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H290" s="4" t="s">
         <v>755</v>
       </c>
       <c r="I290" s="4"/>
       <c r="J290" s="1"/>
       <c r="K290" s="1"/>
       <c r="L290" s="1"/>
       <c r="M290" s="1"/>
       <c r="N290" s="1"/>
       <c r="O290" s="1"/>
       <c r="P290" s="1"/>
       <c r="Q290" s="1"/>
       <c r="R290" s="1"/>
       <c r="S290" s="1"/>
       <c r="T290" s="1"/>
       <c r="U290" s="1"/>
       <c r="V290" s="1"/>
       <c r="W290" s="1"/>
     </row>
     <row r="291" spans="1:23">
       <c r="A291" s="3">
         <v>289</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="C291" s="3" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="D291" s="3" t="s">
         <v>781</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="F291" s="3"/>
       <c r="G291" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H291" s="4" t="s">
         <v>571</v>
       </c>
       <c r="I291" s="4" t="s">
         <v>636</v>
       </c>
       <c r="J291" s="1"/>
       <c r="K291" s="1"/>
       <c r="L291" s="1"/>
       <c r="M291" s="1"/>
       <c r="N291" s="1"/>
       <c r="O291" s="1"/>
       <c r="P291" s="1"/>
       <c r="Q291" s="1"/>
       <c r="R291" s="1"/>
       <c r="S291" s="1"/>
       <c r="T291" s="1"/>
       <c r="U291" s="1"/>
       <c r="V291" s="1"/>
       <c r="W291" s="1"/>
     </row>
     <row r="292" spans="1:23">
       <c r="A292" s="3">
         <v>290</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="C292" s="3" t="s">
         <v>571</v>
       </c>
       <c r="D292" s="3" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F292" s="3" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="G292" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H292" s="4" t="s">
         <v>571</v>
       </c>
       <c r="I292" s="4"/>
       <c r="J292" s="1"/>
       <c r="K292" s="1"/>
       <c r="L292" s="1"/>
       <c r="M292" s="1"/>
       <c r="N292" s="1"/>
       <c r="O292" s="1"/>
       <c r="P292" s="1"/>
       <c r="Q292" s="1"/>
       <c r="R292" s="1"/>
       <c r="S292" s="1"/>
       <c r="T292" s="1"/>
       <c r="U292" s="1"/>
       <c r="V292" s="1"/>
       <c r="W292" s="1"/>
     </row>
     <row r="293" spans="1:23">
       <c r="A293" s="3">
         <v>291</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="C293" s="3" t="s">
         <v>630</v>
       </c>
       <c r="D293" s="3" t="s">
         <v>798</v>
       </c>
       <c r="E293" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F293" s="3" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="G293" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H293" s="4" t="s">
         <v>630</v>
       </c>
       <c r="I293" s="4"/>
       <c r="J293" s="1"/>
       <c r="K293" s="1"/>
       <c r="L293" s="1"/>
       <c r="M293" s="1"/>
       <c r="N293" s="1"/>
       <c r="O293" s="1"/>
       <c r="P293" s="1"/>
       <c r="Q293" s="1"/>
       <c r="R293" s="1"/>
       <c r="S293" s="1"/>
       <c r="T293" s="1"/>
       <c r="U293" s="1"/>
       <c r="V293" s="1"/>
       <c r="W293" s="1"/>
     </row>
     <row r="294" spans="1:23">
       <c r="A294" s="3">
         <v>292</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="C294" s="3" t="s">
         <v>776</v>
       </c>
       <c r="D294" s="3" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="E294" s="3" t="s">
         <v>574</v>
       </c>
       <c r="F294" s="3" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="G294" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H294" s="4" t="s">
         <v>776</v>
       </c>
       <c r="I294" s="4"/>
       <c r="J294" s="1"/>
       <c r="K294" s="1"/>
       <c r="L294" s="1"/>
       <c r="M294" s="1"/>
       <c r="N294" s="1"/>
       <c r="O294" s="1"/>
       <c r="P294" s="1"/>
       <c r="Q294" s="1"/>
       <c r="R294" s="1"/>
       <c r="S294" s="1"/>
       <c r="T294" s="1"/>
       <c r="U294" s="1"/>
       <c r="V294" s="1"/>
       <c r="W294" s="1"/>
     </row>
     <row r="295" spans="1:23">
       <c r="A295" s="3">
         <v>293</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="C295" s="3" t="s">
         <v>776</v>
       </c>
       <c r="D295" s="3" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="E295" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F295" s="3" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="G295" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H295" s="4" t="s">
         <v>776</v>
       </c>
       <c r="I295" s="4"/>
       <c r="J295" s="1"/>
       <c r="K295" s="1"/>
       <c r="L295" s="1"/>
       <c r="M295" s="1"/>
       <c r="N295" s="1"/>
       <c r="O295" s="1"/>
       <c r="P295" s="1"/>
       <c r="Q295" s="1"/>
       <c r="R295" s="1"/>
       <c r="S295" s="1"/>
       <c r="T295" s="1"/>
       <c r="U295" s="1"/>
       <c r="V295" s="1"/>
       <c r="W295" s="1"/>
     </row>
     <row r="296" spans="1:23">
       <c r="A296" s="3">
         <v>294</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="C296" s="3" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="D296" s="3" t="s">
         <v>499</v>
       </c>
       <c r="E296" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F296" s="3"/>
       <c r="G296" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H296" s="4" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="I296" s="4" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="J296" s="1"/>
       <c r="K296" s="1"/>
       <c r="L296" s="1"/>
       <c r="M296" s="1"/>
       <c r="N296" s="1"/>
       <c r="O296" s="1"/>
       <c r="P296" s="1"/>
       <c r="Q296" s="1"/>
       <c r="R296" s="1"/>
       <c r="S296" s="1"/>
       <c r="T296" s="1"/>
       <c r="U296" s="1"/>
       <c r="V296" s="1"/>
       <c r="W296" s="1"/>
     </row>
     <row r="297" spans="1:23">
       <c r="A297" s="3">
         <v>295</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="C297" s="3" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="D297" s="3" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="E297" s="3" t="s">
         <v>625</v>
       </c>
       <c r="F297" s="3" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="G297" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H297" s="4" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="I297" s="4"/>
       <c r="J297" s="1"/>
       <c r="K297" s="1"/>
       <c r="L297" s="1"/>
       <c r="M297" s="1"/>
       <c r="N297" s="1"/>
       <c r="O297" s="1"/>
       <c r="P297" s="1"/>
       <c r="Q297" s="1"/>
       <c r="R297" s="1"/>
       <c r="S297" s="1"/>
       <c r="T297" s="1"/>
       <c r="U297" s="1"/>
       <c r="V297" s="1"/>
       <c r="W297" s="1"/>
     </row>
     <row r="298" spans="1:23">
       <c r="A298" s="3">
         <v>296</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="C298" s="3" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="D298" s="3" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="E298" s="3" t="s">
         <v>625</v>
       </c>
       <c r="F298" s="3" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="G298" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H298" s="4" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="I298" s="4"/>
       <c r="J298" s="1"/>
       <c r="K298" s="1"/>
       <c r="L298" s="1"/>
       <c r="M298" s="1"/>
       <c r="N298" s="1"/>
       <c r="O298" s="1"/>
       <c r="P298" s="1"/>
       <c r="Q298" s="1"/>
       <c r="R298" s="1"/>
       <c r="S298" s="1"/>
       <c r="T298" s="1"/>
       <c r="U298" s="1"/>
       <c r="V298" s="1"/>
       <c r="W298" s="1"/>
     </row>
     <row r="299" spans="1:23">
       <c r="A299" s="3">
         <v>297</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="C299" s="3" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="D299" s="3" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="E299" s="3" t="s">
+        <v>970</v>
+      </c>
+      <c r="F299" s="3" t="s">
+        <v>971</v>
+      </c>
+      <c r="G299" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H299" s="4" t="s">
         <v>968</v>
-      </c>
-[...7 lines deleted...]
-        <v>966</v>
       </c>
       <c r="I299" s="4"/>
       <c r="J299" s="1"/>
       <c r="K299" s="1"/>
       <c r="L299" s="1"/>
       <c r="M299" s="1"/>
       <c r="N299" s="1"/>
       <c r="O299" s="1"/>
       <c r="P299" s="1"/>
       <c r="Q299" s="1"/>
       <c r="R299" s="1"/>
       <c r="S299" s="1"/>
       <c r="T299" s="1"/>
       <c r="U299" s="1"/>
       <c r="V299" s="1"/>
       <c r="W299" s="1"/>
     </row>
     <row r="300" spans="1:23">
       <c r="A300" s="3">
         <v>298</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="C300" s="3" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D300" s="3" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="E300" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F300" s="3"/>
       <c r="G300" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H300" s="4" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="I300" s="4"/>
       <c r="J300" s="1"/>
       <c r="K300" s="1"/>
       <c r="L300" s="1"/>
       <c r="M300" s="1"/>
       <c r="N300" s="1"/>
       <c r="O300" s="1"/>
       <c r="P300" s="1"/>
       <c r="Q300" s="1"/>
       <c r="R300" s="1"/>
       <c r="S300" s="1"/>
       <c r="T300" s="1"/>
       <c r="U300" s="1"/>
       <c r="V300" s="1"/>
       <c r="W300" s="1"/>
     </row>
     <row r="301" spans="1:23">
       <c r="A301" s="3">
         <v>299</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="C301" s="3" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="D301" s="3" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="E301" s="3" t="s">
+        <v>978</v>
+      </c>
+      <c r="F301" s="3" t="s">
+        <v>979</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H301" s="4" t="s">
         <v>976</v>
-      </c>
-[...7 lines deleted...]
-        <v>974</v>
       </c>
       <c r="I301" s="4"/>
       <c r="J301" s="1"/>
       <c r="K301" s="1"/>
       <c r="L301" s="1"/>
       <c r="M301" s="1"/>
       <c r="N301" s="1"/>
       <c r="O301" s="1"/>
       <c r="P301" s="1"/>
       <c r="Q301" s="1"/>
       <c r="R301" s="1"/>
       <c r="S301" s="1"/>
       <c r="T301" s="1"/>
       <c r="U301" s="1"/>
       <c r="V301" s="1"/>
       <c r="W301" s="1"/>
     </row>
     <row r="302" spans="1:23">
       <c r="A302" s="3">
         <v>300</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="C302" s="3" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="D302" s="3" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="F302" s="3"/>
       <c r="G302" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H302" s="4" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="I302" s="4" t="s">
         <v>740</v>
       </c>
       <c r="J302" s="1"/>
       <c r="K302" s="1"/>
       <c r="L302" s="1"/>
       <c r="M302" s="1"/>
       <c r="N302" s="1"/>
       <c r="O302" s="1"/>
       <c r="P302" s="1"/>
       <c r="Q302" s="1"/>
       <c r="R302" s="1"/>
       <c r="S302" s="1"/>
       <c r="T302" s="1"/>
       <c r="U302" s="1"/>
       <c r="V302" s="1"/>
       <c r="W302" s="1"/>
     </row>
     <row r="303" spans="1:23">
       <c r="A303" s="3">
         <v>301</v>
       </c>
       <c r="B303" s="3" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="C303" s="3" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="D303" s="3" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="E303" s="3" t="s">
         <v>625</v>
       </c>
       <c r="F303" s="3" t="s">
+        <v>987</v>
+      </c>
+      <c r="G303" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H303" s="4" t="s">
         <v>985</v>
-      </c>
-[...4 lines deleted...]
-        <v>983</v>
       </c>
       <c r="I303" s="4"/>
       <c r="J303" s="1"/>
       <c r="K303" s="1"/>
       <c r="L303" s="1"/>
       <c r="M303" s="1"/>
       <c r="N303" s="1"/>
       <c r="O303" s="1"/>
       <c r="P303" s="1"/>
       <c r="Q303" s="1"/>
       <c r="R303" s="1"/>
       <c r="S303" s="1"/>
       <c r="T303" s="1"/>
       <c r="U303" s="1"/>
       <c r="V303" s="1"/>
       <c r="W303" s="1"/>
     </row>
     <row r="304" spans="1:23">
       <c r="A304" s="3">
         <v>302</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="C304" s="3" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="D304" s="3" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="F304" s="3"/>
       <c r="G304" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H304" s="4" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="I304" s="4"/>
       <c r="J304" s="1"/>
       <c r="K304" s="1"/>
       <c r="L304" s="1"/>
       <c r="M304" s="1"/>
       <c r="N304" s="1"/>
       <c r="O304" s="1"/>
       <c r="P304" s="1"/>
       <c r="Q304" s="1"/>
       <c r="R304" s="1"/>
       <c r="S304" s="1"/>
       <c r="T304" s="1"/>
       <c r="U304" s="1"/>
       <c r="V304" s="1"/>
       <c r="W304" s="1"/>
     </row>
     <row r="305" spans="1:23">
       <c r="A305" s="3">
         <v>303</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="C305" s="3" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="D305" s="3" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="E305" s="3" t="s">
+        <v>994</v>
+      </c>
+      <c r="F305" s="3" t="s">
+        <v>995</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H305" s="4" t="s">
         <v>992</v>
-      </c>
-[...7 lines deleted...]
-        <v>990</v>
       </c>
       <c r="I305" s="4"/>
       <c r="J305" s="1"/>
       <c r="K305" s="1"/>
       <c r="L305" s="1"/>
       <c r="M305" s="1"/>
       <c r="N305" s="1"/>
       <c r="O305" s="1"/>
       <c r="P305" s="1"/>
       <c r="Q305" s="1"/>
       <c r="R305" s="1"/>
       <c r="S305" s="1"/>
       <c r="T305" s="1"/>
       <c r="U305" s="1"/>
       <c r="V305" s="1"/>
       <c r="W305" s="1"/>
     </row>
     <row r="306" spans="1:23">
       <c r="A306" s="3">
         <v>304</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="C306" s="3" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="D306" s="3" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="E306" s="3" t="s">
         <v>625</v>
       </c>
       <c r="F306" s="3" t="s">
+        <v>999</v>
+      </c>
+      <c r="G306" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H306" s="4" t="s">
         <v>997</v>
-      </c>
-[...4 lines deleted...]
-        <v>995</v>
       </c>
       <c r="I306" s="4"/>
       <c r="J306" s="1"/>
       <c r="K306" s="1"/>
       <c r="L306" s="1"/>
       <c r="M306" s="1"/>
       <c r="N306" s="1"/>
       <c r="O306" s="1"/>
       <c r="P306" s="1"/>
       <c r="Q306" s="1"/>
       <c r="R306" s="1"/>
       <c r="S306" s="1"/>
       <c r="T306" s="1"/>
       <c r="U306" s="1"/>
       <c r="V306" s="1"/>
       <c r="W306" s="1"/>
     </row>
     <row r="307" spans="1:23">
       <c r="A307" s="3">
         <v>305</v>
       </c>
       <c r="B307" s="3" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="C307" s="3" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="D307" s="3" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="E307" s="3" t="s">
         <v>367</v>
       </c>
       <c r="F307" s="3" t="s">
+        <v>1003</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H307" s="4" t="s">
         <v>1001</v>
-      </c>
-[...4 lines deleted...]
-        <v>999</v>
       </c>
       <c r="I307" s="4"/>
       <c r="J307" s="1"/>
       <c r="K307" s="1"/>
       <c r="L307" s="1"/>
       <c r="M307" s="1"/>
       <c r="N307" s="1"/>
       <c r="O307" s="1"/>
       <c r="P307" s="1"/>
       <c r="Q307" s="1"/>
       <c r="R307" s="1"/>
       <c r="S307" s="1"/>
       <c r="T307" s="1"/>
       <c r="U307" s="1"/>
       <c r="V307" s="1"/>
       <c r="W307" s="1"/>
     </row>
     <row r="308" spans="1:23">
       <c r="A308" s="3">
         <v>306</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="C308" s="3" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="D308" s="3" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="F308" s="3" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="G308" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H308" s="4" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="I308" s="4"/>
       <c r="J308" s="1"/>
       <c r="K308" s="1"/>
       <c r="L308" s="1"/>
       <c r="M308" s="1"/>
       <c r="N308" s="1"/>
       <c r="O308" s="1"/>
       <c r="P308" s="1"/>
       <c r="Q308" s="1"/>
       <c r="R308" s="1"/>
       <c r="S308" s="1"/>
       <c r="T308" s="1"/>
       <c r="U308" s="1"/>
       <c r="V308" s="1"/>
       <c r="W308" s="1"/>
     </row>
     <row r="309" spans="1:23">
       <c r="A309" s="3">
         <v>307</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="C309" s="3" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="D309" s="3" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="F309" s="3"/>
       <c r="G309" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H309" s="4" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="I309" s="4"/>
       <c r="J309" s="1"/>
       <c r="K309" s="1"/>
       <c r="L309" s="1"/>
       <c r="M309" s="1"/>
       <c r="N309" s="1"/>
       <c r="O309" s="1"/>
       <c r="P309" s="1"/>
       <c r="Q309" s="1"/>
       <c r="R309" s="1"/>
       <c r="S309" s="1"/>
       <c r="T309" s="1"/>
       <c r="U309" s="1"/>
       <c r="V309" s="1"/>
       <c r="W309" s="1"/>
     </row>
     <row r="310" spans="1:23">
       <c r="A310" s="3">
         <v>308</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="C310" s="3" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="D310" s="3" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="F310" s="3"/>
       <c r="G310" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H310" s="4" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="I310" s="4" t="s">
         <v>636</v>
       </c>
       <c r="J310" s="1"/>
       <c r="K310" s="1"/>
       <c r="L310" s="1"/>
       <c r="M310" s="1"/>
       <c r="N310" s="1"/>
       <c r="O310" s="1"/>
       <c r="P310" s="1"/>
       <c r="Q310" s="1"/>
       <c r="R310" s="1"/>
       <c r="S310" s="1"/>
       <c r="T310" s="1"/>
       <c r="U310" s="1"/>
       <c r="V310" s="1"/>
       <c r="W310" s="1"/>
     </row>
     <row r="311" spans="1:23">
       <c r="A311" s="3">
         <v>309</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="C311" s="3" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="D311" s="3" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="F311" s="3"/>
       <c r="G311" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H311" s="4" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="I311" s="4"/>
       <c r="J311" s="1"/>
       <c r="K311" s="1"/>
       <c r="L311" s="1"/>
       <c r="M311" s="1"/>
       <c r="N311" s="1"/>
       <c r="O311" s="1"/>
       <c r="P311" s="1"/>
       <c r="Q311" s="1"/>
       <c r="R311" s="1"/>
       <c r="S311" s="1"/>
       <c r="T311" s="1"/>
       <c r="U311" s="1"/>
       <c r="V311" s="1"/>
       <c r="W311" s="1"/>
     </row>
     <row r="312" spans="1:23">
       <c r="A312" s="3">
         <v>310</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="C312" s="3" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="D312" s="3" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="E312" s="3" t="s">
+        <v>1026</v>
+      </c>
+      <c r="F312" s="3" t="s">
+        <v>1027</v>
+      </c>
+      <c r="G312" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H312" s="4" t="s">
         <v>1024</v>
-      </c>
-[...7 lines deleted...]
-        <v>1022</v>
       </c>
       <c r="I312" s="4"/>
       <c r="J312" s="1"/>
       <c r="K312" s="1"/>
       <c r="L312" s="1"/>
       <c r="M312" s="1"/>
       <c r="N312" s="1"/>
       <c r="O312" s="1"/>
       <c r="P312" s="1"/>
       <c r="Q312" s="1"/>
       <c r="R312" s="1"/>
       <c r="S312" s="1"/>
       <c r="T312" s="1"/>
       <c r="U312" s="1"/>
       <c r="V312" s="1"/>
       <c r="W312" s="1"/>
     </row>
     <row r="313" spans="1:23">
       <c r="A313" s="3">
         <v>311</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="C313" s="3" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="D313" s="3" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="F313" s="3" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="G313" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H313" s="4" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="I313" s="4"/>
       <c r="J313" s="1"/>
       <c r="K313" s="1"/>
       <c r="L313" s="1"/>
       <c r="M313" s="1"/>
       <c r="N313" s="1"/>
       <c r="O313" s="1"/>
       <c r="P313" s="1"/>
       <c r="Q313" s="1"/>
       <c r="R313" s="1"/>
       <c r="S313" s="1"/>
       <c r="T313" s="1"/>
       <c r="U313" s="1"/>
       <c r="V313" s="1"/>
       <c r="W313" s="1"/>
     </row>
     <row r="314" spans="1:23">
       <c r="A314" s="3">
         <v>312</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="C314" s="3" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="D314" s="3" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="F314" s="3"/>
       <c r="G314" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H314" s="4" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="I314" s="4"/>
       <c r="J314" s="1"/>
       <c r="K314" s="1"/>
       <c r="L314" s="1"/>
       <c r="M314" s="1"/>
       <c r="N314" s="1"/>
       <c r="O314" s="1"/>
       <c r="P314" s="1"/>
       <c r="Q314" s="1"/>
       <c r="R314" s="1"/>
       <c r="S314" s="1"/>
       <c r="T314" s="1"/>
       <c r="U314" s="1"/>
       <c r="V314" s="1"/>
       <c r="W314" s="1"/>
     </row>
     <row r="315" spans="1:23">
       <c r="A315" s="3">
         <v>313</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="C315" s="3" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="D315" s="3" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="E315" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F315" s="3" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="G315" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H315" s="4" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="I315" s="4"/>
       <c r="J315" s="1"/>
       <c r="K315" s="1"/>
       <c r="L315" s="1"/>
       <c r="M315" s="1"/>
       <c r="N315" s="1"/>
       <c r="O315" s="1"/>
       <c r="P315" s="1"/>
       <c r="Q315" s="1"/>
       <c r="R315" s="1"/>
       <c r="S315" s="1"/>
       <c r="T315" s="1"/>
       <c r="U315" s="1"/>
       <c r="V315" s="1"/>
       <c r="W315" s="1"/>
     </row>
     <row r="316" spans="1:23">
       <c r="A316" s="3">
         <v>314</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="C316" s="3" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="D316" s="3" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="E316" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F316" s="3" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="G316" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H316" s="4" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="I316" s="4"/>
       <c r="J316" s="1"/>
       <c r="K316" s="1"/>
       <c r="L316" s="1"/>
       <c r="M316" s="1"/>
       <c r="N316" s="1"/>
       <c r="O316" s="1"/>
       <c r="P316" s="1"/>
       <c r="Q316" s="1"/>
       <c r="R316" s="1"/>
       <c r="S316" s="1"/>
       <c r="T316" s="1"/>
       <c r="U316" s="1"/>
       <c r="V316" s="1"/>
       <c r="W316" s="1"/>
     </row>
     <row r="317" spans="1:23">
       <c r="A317" s="3">
         <v>315</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="C317" s="3" t="s">
         <v>767</v>
       </c>
       <c r="D317" s="3" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="E317" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F317" s="3" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="G317" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H317" s="4" t="s">
         <v>767</v>
       </c>
       <c r="I317" s="4"/>
       <c r="J317" s="1"/>
       <c r="K317" s="1"/>
       <c r="L317" s="1"/>
       <c r="M317" s="1"/>
       <c r="N317" s="1"/>
       <c r="O317" s="1"/>
       <c r="P317" s="1"/>
       <c r="Q317" s="1"/>
       <c r="R317" s="1"/>
       <c r="S317" s="1"/>
       <c r="T317" s="1"/>
       <c r="U317" s="1"/>
       <c r="V317" s="1"/>
       <c r="W317" s="1"/>
     </row>
     <row r="318" spans="1:23">
       <c r="A318" s="3">
         <v>316</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="C318" s="3" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="D318" s="3" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="F318" s="3" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="G318" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H318" s="4" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="I318" s="4"/>
       <c r="J318" s="1"/>
       <c r="K318" s="1"/>
       <c r="L318" s="1"/>
       <c r="M318" s="1"/>
       <c r="N318" s="1"/>
       <c r="O318" s="1"/>
       <c r="P318" s="1"/>
       <c r="Q318" s="1"/>
       <c r="R318" s="1"/>
       <c r="S318" s="1"/>
       <c r="T318" s="1"/>
       <c r="U318" s="1"/>
       <c r="V318" s="1"/>
       <c r="W318" s="1"/>
     </row>
     <row r="319" spans="1:23">
       <c r="A319" s="3">
         <v>317</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="C319" s="3" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="D319" s="3" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="E319" s="3" t="s">
         <v>625</v>
       </c>
       <c r="F319" s="3" t="s">
+        <v>1056</v>
+      </c>
+      <c r="G319" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H319" s="4" t="s">
         <v>1054</v>
-      </c>
-[...4 lines deleted...]
-        <v>1052</v>
       </c>
       <c r="I319" s="4"/>
       <c r="J319" s="1"/>
       <c r="K319" s="1"/>
       <c r="L319" s="1"/>
       <c r="M319" s="1"/>
       <c r="N319" s="1"/>
       <c r="O319" s="1"/>
       <c r="P319" s="1"/>
       <c r="Q319" s="1"/>
       <c r="R319" s="1"/>
       <c r="S319" s="1"/>
       <c r="T319" s="1"/>
       <c r="U319" s="1"/>
       <c r="V319" s="1"/>
       <c r="W319" s="1"/>
     </row>
     <row r="320" spans="1:23">
       <c r="A320" s="3">
         <v>318</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="C320" s="3" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="D320" s="3" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="F320" s="3" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="G320" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H320" s="4" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="I320" s="4"/>
       <c r="J320" s="1"/>
       <c r="K320" s="1"/>
       <c r="L320" s="1"/>
       <c r="M320" s="1"/>
       <c r="N320" s="1"/>
       <c r="O320" s="1"/>
       <c r="P320" s="1"/>
       <c r="Q320" s="1"/>
       <c r="R320" s="1"/>
       <c r="S320" s="1"/>
       <c r="T320" s="1"/>
       <c r="U320" s="1"/>
       <c r="V320" s="1"/>
       <c r="W320" s="1"/>
     </row>
     <row r="321" spans="1:23">
       <c r="A321" s="3">
         <v>319</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="C321" s="3" t="s">
         <v>614</v>
       </c>
       <c r="D321" s="3" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="E321" s="3" t="s">
         <v>367</v>
       </c>
       <c r="F321" s="3" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="G321" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H321" s="4" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="I321" s="4"/>
       <c r="J321" s="1"/>
       <c r="K321" s="1"/>
       <c r="L321" s="1"/>
       <c r="M321" s="1"/>
       <c r="N321" s="1"/>
       <c r="O321" s="1"/>
       <c r="P321" s="1"/>
       <c r="Q321" s="1"/>
       <c r="R321" s="1"/>
       <c r="S321" s="1"/>
       <c r="T321" s="1"/>
       <c r="U321" s="1"/>
       <c r="V321" s="1"/>
       <c r="W321" s="1"/>
     </row>
     <row r="322" spans="1:23">
       <c r="A322" s="3">
         <v>320</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="C322" s="3" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="D322" s="3" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="E322" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F322" s="3" t="s">
+        <v>1070</v>
+      </c>
+      <c r="G322" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H322" s="4" t="s">
         <v>1068</v>
-      </c>
-[...4 lines deleted...]
-        <v>1066</v>
       </c>
       <c r="I322" s="4"/>
       <c r="J322" s="1"/>
       <c r="K322" s="1"/>
       <c r="L322" s="1"/>
       <c r="M322" s="1"/>
       <c r="N322" s="1"/>
       <c r="O322" s="1"/>
       <c r="P322" s="1"/>
       <c r="Q322" s="1"/>
       <c r="R322" s="1"/>
       <c r="S322" s="1"/>
       <c r="T322" s="1"/>
       <c r="U322" s="1"/>
       <c r="V322" s="1"/>
       <c r="W322" s="1"/>
     </row>
     <row r="323" spans="1:23">
       <c r="A323" s="3">
         <v>321</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="C323" s="3" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="D323" s="3" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="E323" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F323" s="3" t="s">
+        <v>1074</v>
+      </c>
+      <c r="G323" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H323" s="4" t="s">
         <v>1072</v>
-      </c>
-[...4 lines deleted...]
-        <v>1070</v>
       </c>
       <c r="I323" s="4"/>
       <c r="J323" s="1"/>
       <c r="K323" s="1"/>
       <c r="L323" s="1"/>
       <c r="M323" s="1"/>
       <c r="N323" s="1"/>
       <c r="O323" s="1"/>
       <c r="P323" s="1"/>
       <c r="Q323" s="1"/>
       <c r="R323" s="1"/>
       <c r="S323" s="1"/>
       <c r="T323" s="1"/>
       <c r="U323" s="1"/>
       <c r="V323" s="1"/>
       <c r="W323" s="1"/>
     </row>
     <row r="324" spans="1:23">
       <c r="A324" s="3">
         <v>322</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="C324" s="3" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="D324" s="3" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="E324" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F324" s="3"/>
       <c r="G324" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H324" s="4" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="I324" s="4"/>
       <c r="J324" s="1"/>
       <c r="K324" s="1"/>
       <c r="L324" s="1"/>
       <c r="M324" s="1"/>
       <c r="N324" s="1"/>
       <c r="O324" s="1"/>
       <c r="P324" s="1"/>
       <c r="Q324" s="1"/>
       <c r="R324" s="1"/>
       <c r="S324" s="1"/>
       <c r="T324" s="1"/>
       <c r="U324" s="1"/>
       <c r="V324" s="1"/>
       <c r="W324" s="1"/>
     </row>
     <row r="325" spans="1:23">
       <c r="A325" s="3">
         <v>323</v>
       </c>
       <c r="B325" s="3" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="C325" s="3" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="D325" s="3" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="F325" s="3"/>
       <c r="G325" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H325" s="4" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="I325" s="4"/>
       <c r="J325" s="1"/>
       <c r="K325" s="1"/>
       <c r="L325" s="1"/>
       <c r="M325" s="1"/>
       <c r="N325" s="1"/>
       <c r="O325" s="1"/>
       <c r="P325" s="1"/>
       <c r="Q325" s="1"/>
       <c r="R325" s="1"/>
       <c r="S325" s="1"/>
       <c r="T325" s="1"/>
       <c r="U325" s="1"/>
       <c r="V325" s="1"/>
       <c r="W325" s="1"/>
     </row>
     <row r="326" spans="1:23">
       <c r="A326" s="3">
         <v>324</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="C326" s="3" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="D326" s="3" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="E326" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F326" s="3" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G326" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H326" s="4" t="s">
         <v>1083</v>
-      </c>
-[...4 lines deleted...]
-        <v>1081</v>
       </c>
       <c r="I326" s="4"/>
       <c r="J326" s="1"/>
       <c r="K326" s="1"/>
       <c r="L326" s="1"/>
       <c r="M326" s="1"/>
       <c r="N326" s="1"/>
       <c r="O326" s="1"/>
       <c r="P326" s="1"/>
       <c r="Q326" s="1"/>
       <c r="R326" s="1"/>
       <c r="S326" s="1"/>
       <c r="T326" s="1"/>
       <c r="U326" s="1"/>
       <c r="V326" s="1"/>
       <c r="W326" s="1"/>
     </row>
     <row r="327" spans="1:23">
       <c r="A327" s="3">
         <v>325</v>
       </c>
       <c r="B327" s="3" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="C327" s="3" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="D327" s="3" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="E327" s="3" t="s">
+        <v>1089</v>
+      </c>
+      <c r="F327" s="3" t="s">
+        <v>1090</v>
+      </c>
+      <c r="G327" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H327" s="4" t="s">
         <v>1087</v>
-      </c>
-[...7 lines deleted...]
-        <v>1085</v>
       </c>
       <c r="I327" s="4"/>
       <c r="J327" s="1"/>
       <c r="K327" s="1"/>
       <c r="L327" s="1"/>
       <c r="M327" s="1"/>
       <c r="N327" s="1"/>
       <c r="O327" s="1"/>
       <c r="P327" s="1"/>
       <c r="Q327" s="1"/>
       <c r="R327" s="1"/>
       <c r="S327" s="1"/>
       <c r="T327" s="1"/>
       <c r="U327" s="1"/>
       <c r="V327" s="1"/>
       <c r="W327" s="1"/>
     </row>
     <row r="328" spans="1:23">
       <c r="A328" s="3">
         <v>326</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="C328" s="3" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="D328" s="3" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
       <c r="E328" s="3" t="s">
         <v>105</v>
       </c>
       <c r="F328" s="3"/>
       <c r="G328" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H328" s="4" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="I328" s="4" t="s">
         <v>782</v>
       </c>
       <c r="J328" s="1"/>
       <c r="K328" s="1"/>
       <c r="L328" s="1"/>
       <c r="M328" s="1"/>
       <c r="N328" s="1"/>
       <c r="O328" s="1"/>
       <c r="P328" s="1"/>
       <c r="Q328" s="1"/>
       <c r="R328" s="1"/>
       <c r="S328" s="1"/>
       <c r="T328" s="1"/>
       <c r="U328" s="1"/>
       <c r="V328" s="1"/>
       <c r="W328" s="1"/>
     </row>
     <row r="329" spans="1:23">
       <c r="A329" s="3">
         <v>327</v>
       </c>
       <c r="B329" s="3" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="C329" s="3" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="D329" s="3" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="E329" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F329" s="3" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="G329" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H329" s="4" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="I329" s="4"/>
       <c r="J329" s="1"/>
       <c r="K329" s="1"/>
       <c r="L329" s="1"/>
       <c r="M329" s="1"/>
       <c r="N329" s="1"/>
       <c r="O329" s="1"/>
       <c r="P329" s="1"/>
       <c r="Q329" s="1"/>
       <c r="R329" s="1"/>
       <c r="S329" s="1"/>
       <c r="T329" s="1"/>
       <c r="U329" s="1"/>
       <c r="V329" s="1"/>
       <c r="W329" s="1"/>
     </row>
     <row r="330" spans="1:23">
       <c r="A330" s="3">
         <v>328</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="C330" s="3" t="s">
         <v>674</v>
       </c>
       <c r="D330" s="3" t="s">
         <v>672</v>
       </c>
       <c r="E330" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F330" s="3" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="G330" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H330" s="4" t="s">
         <v>674</v>
       </c>
       <c r="I330" s="4"/>
       <c r="J330" s="1"/>
       <c r="K330" s="1"/>
       <c r="L330" s="1"/>
       <c r="M330" s="1"/>
       <c r="N330" s="1"/>
       <c r="O330" s="1"/>
       <c r="P330" s="1"/>
       <c r="Q330" s="1"/>
       <c r="R330" s="1"/>
       <c r="S330" s="1"/>
       <c r="T330" s="1"/>
       <c r="U330" s="1"/>
       <c r="V330" s="1"/>
       <c r="W330" s="1"/>
     </row>
     <row r="331" spans="1:23">
       <c r="A331" s="3">
         <v>329</v>
       </c>
       <c r="B331" s="3" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="C331" s="3" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
       <c r="D331" s="3" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="E331" s="3" t="s">
         <v>625</v>
       </c>
       <c r="F331" s="3" t="s">
+        <v>1102</v>
+      </c>
+      <c r="G331" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H331" s="4" t="s">
         <v>1100</v>
-      </c>
-[...4 lines deleted...]
-        <v>1098</v>
       </c>
       <c r="I331" s="4"/>
       <c r="J331" s="1"/>
       <c r="K331" s="1"/>
       <c r="L331" s="1"/>
       <c r="M331" s="1"/>
       <c r="N331" s="1"/>
       <c r="O331" s="1"/>
       <c r="P331" s="1"/>
       <c r="Q331" s="1"/>
       <c r="R331" s="1"/>
       <c r="S331" s="1"/>
       <c r="T331" s="1"/>
       <c r="U331" s="1"/>
       <c r="V331" s="1"/>
       <c r="W331" s="1"/>
     </row>
     <row r="332" spans="1:23">
       <c r="A332" s="3">
         <v>330</v>
       </c>
       <c r="B332" s="3" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="C332" s="3" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="D332" s="3" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="F332" s="3" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="G332" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H332" s="4" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="I332" s="4"/>
       <c r="J332" s="1"/>
       <c r="K332" s="1"/>
       <c r="L332" s="1"/>
       <c r="M332" s="1"/>
       <c r="N332" s="1"/>
       <c r="O332" s="1"/>
       <c r="P332" s="1"/>
       <c r="Q332" s="1"/>
       <c r="R332" s="1"/>
       <c r="S332" s="1"/>
       <c r="T332" s="1"/>
       <c r="U332" s="1"/>
       <c r="V332" s="1"/>
       <c r="W332" s="1"/>
     </row>
     <row r="333" spans="1:23">
       <c r="A333" s="3">
         <v>331</v>
       </c>
       <c r="B333" s="3" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="C333" s="3" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="D333" s="3" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="E333" s="3" t="s">
+        <v>1089</v>
+      </c>
+      <c r="F333" s="3" t="s">
+        <v>1107</v>
+      </c>
+      <c r="G333" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H333" s="4" t="s">
         <v>1087</v>
-      </c>
-[...7 lines deleted...]
-        <v>1085</v>
       </c>
       <c r="I333" s="4"/>
       <c r="J333" s="1"/>
       <c r="K333" s="1"/>
       <c r="L333" s="1"/>
       <c r="M333" s="1"/>
       <c r="N333" s="1"/>
       <c r="O333" s="1"/>
       <c r="P333" s="1"/>
       <c r="Q333" s="1"/>
       <c r="R333" s="1"/>
       <c r="S333" s="1"/>
       <c r="T333" s="1"/>
       <c r="U333" s="1"/>
       <c r="V333" s="1"/>
       <c r="W333" s="1"/>
     </row>
     <row r="334" spans="1:23">
       <c r="A334" s="3">
         <v>332</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="C334" s="3" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="D334" s="3" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="F334" s="3" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="G334" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H334" s="4" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="I334" s="4"/>
       <c r="J334" s="1"/>
       <c r="K334" s="1"/>
       <c r="L334" s="1"/>
       <c r="M334" s="1"/>
       <c r="N334" s="1"/>
       <c r="O334" s="1"/>
       <c r="P334" s="1"/>
       <c r="Q334" s="1"/>
       <c r="R334" s="1"/>
       <c r="S334" s="1"/>
       <c r="T334" s="1"/>
       <c r="U334" s="1"/>
       <c r="V334" s="1"/>
       <c r="W334" s="1"/>
     </row>
     <row r="335" spans="1:23">
       <c r="A335" s="3">
         <v>333</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="C335" s="3" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="D335" s="3" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="E335" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F335" s="3" t="s">
+        <v>1116</v>
+      </c>
+      <c r="G335" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H335" s="4" t="s">
         <v>1114</v>
-      </c>
-[...4 lines deleted...]
-        <v>1112</v>
       </c>
       <c r="I335" s="4"/>
       <c r="J335" s="1"/>
       <c r="K335" s="1"/>
       <c r="L335" s="1"/>
       <c r="M335" s="1"/>
       <c r="N335" s="1"/>
       <c r="O335" s="1"/>
       <c r="P335" s="1"/>
       <c r="Q335" s="1"/>
       <c r="R335" s="1"/>
       <c r="S335" s="1"/>
       <c r="T335" s="1"/>
       <c r="U335" s="1"/>
       <c r="V335" s="1"/>
       <c r="W335" s="1"/>
     </row>
     <row r="336" spans="1:23">
       <c r="A336" s="3">
         <v>334</v>
       </c>
       <c r="B336" s="3" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="C336" s="3" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="D336" s="3" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="E336" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F336" s="3" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G336" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H336" s="4" t="s">
         <v>1118</v>
-      </c>
-[...4 lines deleted...]
-        <v>1116</v>
       </c>
       <c r="I336" s="4"/>
       <c r="J336" s="1"/>
       <c r="K336" s="1"/>
       <c r="L336" s="1"/>
       <c r="M336" s="1"/>
       <c r="N336" s="1"/>
       <c r="O336" s="1"/>
       <c r="P336" s="1"/>
       <c r="Q336" s="1"/>
       <c r="R336" s="1"/>
       <c r="S336" s="1"/>
       <c r="T336" s="1"/>
       <c r="U336" s="1"/>
       <c r="V336" s="1"/>
       <c r="W336" s="1"/>
     </row>
     <row r="337" spans="1:23">
       <c r="A337" s="3">
         <v>335</v>
       </c>
       <c r="B337" s="3" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="C337" s="3" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="D337" s="3" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="F337" s="3" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="G337" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H337" s="4" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="I337" s="4"/>
       <c r="J337" s="1"/>
       <c r="K337" s="1"/>
       <c r="L337" s="1"/>
       <c r="M337" s="1"/>
       <c r="N337" s="1"/>
       <c r="O337" s="1"/>
       <c r="P337" s="1"/>
       <c r="Q337" s="1"/>
       <c r="R337" s="1"/>
       <c r="S337" s="1"/>
       <c r="T337" s="1"/>
       <c r="U337" s="1"/>
       <c r="V337" s="1"/>
       <c r="W337" s="1"/>
     </row>
     <row r="338" spans="1:23">
       <c r="A338" s="3">
         <v>336</v>
       </c>
       <c r="B338" s="3" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="C338" s="3" t="s">
         <v>614</v>
       </c>
       <c r="D338" s="3" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="F338" s="3"/>
       <c r="G338" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H338" s="4" t="s">
         <v>614</v>
       </c>
       <c r="I338" s="4"/>
       <c r="J338" s="1"/>
       <c r="K338" s="1"/>
       <c r="L338" s="1"/>
       <c r="M338" s="1"/>
       <c r="N338" s="1"/>
       <c r="O338" s="1"/>
       <c r="P338" s="1"/>
       <c r="Q338" s="1"/>
       <c r="R338" s="1"/>
       <c r="S338" s="1"/>
       <c r="T338" s="1"/>
       <c r="U338" s="1"/>
       <c r="V338" s="1"/>
       <c r="W338" s="1"/>
     </row>
     <row r="339" spans="1:23">
       <c r="A339" s="3">
         <v>337</v>
       </c>
       <c r="B339" s="3" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="C339" s="3" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="D339" s="3" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="F339" s="3"/>
       <c r="G339" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H339" s="4" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="I339" s="4"/>
       <c r="J339" s="1"/>
       <c r="K339" s="1"/>
       <c r="L339" s="1"/>
       <c r="M339" s="1"/>
       <c r="N339" s="1"/>
       <c r="O339" s="1"/>
       <c r="P339" s="1"/>
       <c r="Q339" s="1"/>
       <c r="R339" s="1"/>
       <c r="S339" s="1"/>
       <c r="T339" s="1"/>
       <c r="U339" s="1"/>
       <c r="V339" s="1"/>
       <c r="W339" s="1"/>
     </row>
     <row r="340" spans="1:23">
       <c r="A340" s="3">
         <v>338</v>
       </c>
       <c r="B340" s="3" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="C340" s="3" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="D340" s="3" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="E340" s="3" t="s">
         <v>721</v>
       </c>
       <c r="F340" s="3" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="G340" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H340" s="4" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="I340" s="4"/>
       <c r="J340" s="1"/>
       <c r="K340" s="1"/>
       <c r="L340" s="1"/>
       <c r="M340" s="1"/>
       <c r="N340" s="1"/>
       <c r="O340" s="1"/>
       <c r="P340" s="1"/>
       <c r="Q340" s="1"/>
       <c r="R340" s="1"/>
       <c r="S340" s="1"/>
       <c r="T340" s="1"/>
       <c r="U340" s="1"/>
       <c r="V340" s="1"/>
       <c r="W340" s="1"/>
     </row>
     <row r="341" spans="1:23">
       <c r="A341" s="3">
         <v>339</v>
       </c>
       <c r="B341" s="3" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="C341" s="3" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="D341" s="3" t="s">
         <v>499</v>
       </c>
       <c r="E341" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F341" s="3"/>
       <c r="G341" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H341" s="4" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="I341" s="4" t="s">
         <v>740</v>
       </c>
       <c r="J341" s="1"/>
       <c r="K341" s="1"/>
       <c r="L341" s="1"/>
       <c r="M341" s="1"/>
       <c r="N341" s="1"/>
       <c r="O341" s="1"/>
       <c r="P341" s="1"/>
       <c r="Q341" s="1"/>
       <c r="R341" s="1"/>
       <c r="S341" s="1"/>
       <c r="T341" s="1"/>
       <c r="U341" s="1"/>
       <c r="V341" s="1"/>
       <c r="W341" s="1"/>
     </row>
     <row r="342" spans="1:23">
       <c r="A342" s="3">
         <v>340</v>
       </c>
       <c r="B342" s="3" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="C342" s="3" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="D342" s="3" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="E342" s="3" t="s">
         <v>367</v>
       </c>
       <c r="F342" s="3" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="G342" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H342" s="4" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="I342" s="4"/>
       <c r="J342" s="1"/>
       <c r="K342" s="1"/>
       <c r="L342" s="1"/>
       <c r="M342" s="1"/>
       <c r="N342" s="1"/>
       <c r="O342" s="1"/>
       <c r="P342" s="1"/>
       <c r="Q342" s="1"/>
       <c r="R342" s="1"/>
       <c r="S342" s="1"/>
       <c r="T342" s="1"/>
       <c r="U342" s="1"/>
       <c r="V342" s="1"/>
       <c r="W342" s="1"/>
     </row>
     <row r="343" spans="1:23">
       <c r="A343" s="3">
         <v>341</v>
       </c>
       <c r="B343" s="3" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="C343" s="3" t="s">
         <v>739</v>
       </c>
       <c r="D343" s="3" t="s">
         <v>738</v>
       </c>
       <c r="E343" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F343" s="3" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="G343" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H343" s="4" t="s">
         <v>739</v>
       </c>
       <c r="I343" s="4"/>
       <c r="J343" s="1"/>
       <c r="K343" s="1"/>
       <c r="L343" s="1"/>
       <c r="M343" s="1"/>
       <c r="N343" s="1"/>
       <c r="O343" s="1"/>
       <c r="P343" s="1"/>
       <c r="Q343" s="1"/>
       <c r="R343" s="1"/>
       <c r="S343" s="1"/>
       <c r="T343" s="1"/>
       <c r="U343" s="1"/>
       <c r="V343" s="1"/>
       <c r="W343" s="1"/>
     </row>
     <row r="344" spans="1:23">
       <c r="A344" s="3">
         <v>342</v>
       </c>
       <c r="B344" s="3" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="C344" s="3" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="D344" s="3" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="E344" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F344" s="3" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="G344" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H344" s="4" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="I344" s="4"/>
       <c r="J344" s="1"/>
       <c r="K344" s="1"/>
       <c r="L344" s="1"/>
       <c r="M344" s="1"/>
       <c r="N344" s="1"/>
       <c r="O344" s="1"/>
       <c r="P344" s="1"/>
       <c r="Q344" s="1"/>
       <c r="R344" s="1"/>
       <c r="S344" s="1"/>
       <c r="T344" s="1"/>
       <c r="U344" s="1"/>
       <c r="V344" s="1"/>
       <c r="W344" s="1"/>
     </row>
     <row r="345" spans="1:23">
       <c r="A345" s="3">
         <v>343</v>
       </c>
       <c r="B345" s="3" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C345" s="3" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D345" s="3" t="s">
         <v>1016</v>
-      </c>
-[...1 lines deleted...]
-        <v>1014</v>
       </c>
       <c r="E345" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F345" s="3" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="G345" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H345" s="4" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="I345" s="4"/>
       <c r="J345" s="1"/>
       <c r="K345" s="1"/>
       <c r="L345" s="1"/>
       <c r="M345" s="1"/>
       <c r="N345" s="1"/>
       <c r="O345" s="1"/>
       <c r="P345" s="1"/>
       <c r="Q345" s="1"/>
       <c r="R345" s="1"/>
       <c r="S345" s="1"/>
       <c r="T345" s="1"/>
       <c r="U345" s="1"/>
       <c r="V345" s="1"/>
       <c r="W345" s="1"/>
     </row>
     <row r="346" spans="1:23">
       <c r="A346" s="3">
         <v>344</v>
       </c>
       <c r="B346" s="3" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="C346" s="3" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="D346" s="3" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="E346" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F346" s="3" t="s">
+        <v>1154</v>
+      </c>
+      <c r="G346" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H346" s="4" t="s">
         <v>1152</v>
-      </c>
-[...4 lines deleted...]
-        <v>1150</v>
       </c>
       <c r="I346" s="4"/>
       <c r="J346" s="1"/>
       <c r="K346" s="1"/>
       <c r="L346" s="1"/>
       <c r="M346" s="1"/>
       <c r="N346" s="1"/>
       <c r="O346" s="1"/>
       <c r="P346" s="1"/>
       <c r="Q346" s="1"/>
       <c r="R346" s="1"/>
       <c r="S346" s="1"/>
       <c r="T346" s="1"/>
       <c r="U346" s="1"/>
       <c r="V346" s="1"/>
       <c r="W346" s="1"/>
     </row>
     <row r="347" spans="1:23">
       <c r="A347" s="3">
         <v>345</v>
       </c>
       <c r="B347" s="3" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="C347" s="3" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="D347" s="3" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="F347" s="3"/>
       <c r="G347" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H347" s="4" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="I347" s="4" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="J347" s="1"/>
       <c r="K347" s="1"/>
       <c r="L347" s="1"/>
       <c r="M347" s="1"/>
       <c r="N347" s="1"/>
       <c r="O347" s="1"/>
       <c r="P347" s="1"/>
       <c r="Q347" s="1"/>
       <c r="R347" s="1"/>
       <c r="S347" s="1"/>
       <c r="T347" s="1"/>
       <c r="U347" s="1"/>
       <c r="V347" s="1"/>
       <c r="W347" s="1"/>
     </row>
     <row r="348" spans="1:23">
       <c r="A348" s="3">
         <v>346</v>
       </c>
       <c r="B348" s="3" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C348" s="3" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="D348" s="3" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="E348" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F348" s="3"/>
       <c r="G348" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H348" s="4" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="I348" s="4"/>
       <c r="J348" s="1"/>
       <c r="K348" s="1"/>
       <c r="L348" s="1"/>
       <c r="M348" s="1"/>
       <c r="N348" s="1"/>
       <c r="O348" s="1"/>
       <c r="P348" s="1"/>
       <c r="Q348" s="1"/>
       <c r="R348" s="1"/>
       <c r="S348" s="1"/>
       <c r="T348" s="1"/>
       <c r="U348" s="1"/>
       <c r="V348" s="1"/>
       <c r="W348" s="1"/>
     </row>
     <row r="349" spans="1:23">
       <c r="A349" s="3">
         <v>347</v>
       </c>
       <c r="B349" s="3" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="C349" s="3" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="D349" s="3" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="F349" s="3"/>
       <c r="G349" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H349" s="4" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="I349" s="4"/>
       <c r="J349" s="1"/>
       <c r="K349" s="1"/>
       <c r="L349" s="1"/>
       <c r="M349" s="1"/>
       <c r="N349" s="1"/>
       <c r="O349" s="1"/>
       <c r="P349" s="1"/>
       <c r="Q349" s="1"/>
       <c r="R349" s="1"/>
       <c r="S349" s="1"/>
       <c r="T349" s="1"/>
       <c r="U349" s="1"/>
       <c r="V349" s="1"/>
       <c r="W349" s="1"/>
     </row>
     <row r="350" spans="1:23">
       <c r="A350" s="3">
         <v>348</v>
       </c>
       <c r="B350" s="3" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="C350" s="3" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="D350" s="3" t="s">
         <v>499</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="F350" s="3"/>
       <c r="G350" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H350" s="4" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="I350" s="4"/>
       <c r="J350" s="1"/>
       <c r="K350" s="1"/>
       <c r="L350" s="1"/>
       <c r="M350" s="1"/>
       <c r="N350" s="1"/>
       <c r="O350" s="1"/>
       <c r="P350" s="1"/>
       <c r="Q350" s="1"/>
       <c r="R350" s="1"/>
       <c r="S350" s="1"/>
       <c r="T350" s="1"/>
       <c r="U350" s="1"/>
       <c r="V350" s="1"/>
       <c r="W350" s="1"/>
     </row>
     <row r="351" spans="1:23">
       <c r="A351" s="3">
         <v>349</v>
       </c>
       <c r="B351" s="3" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="C351" s="3" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="D351" s="3" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="E351" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F351" s="3" t="s">
+        <v>1169</v>
+      </c>
+      <c r="G351" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H351" s="4" t="s">
         <v>1167</v>
-      </c>
-[...4 lines deleted...]
-        <v>1165</v>
       </c>
       <c r="I351" s="4"/>
       <c r="J351" s="1"/>
       <c r="K351" s="1"/>
       <c r="L351" s="1"/>
       <c r="M351" s="1"/>
       <c r="N351" s="1"/>
       <c r="O351" s="1"/>
       <c r="P351" s="1"/>
       <c r="Q351" s="1"/>
       <c r="R351" s="1"/>
       <c r="S351" s="1"/>
       <c r="T351" s="1"/>
       <c r="U351" s="1"/>
       <c r="V351" s="1"/>
       <c r="W351" s="1"/>
     </row>
     <row r="352" spans="1:23">
       <c r="A352" s="3">
         <v>350</v>
       </c>
       <c r="B352" s="3" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="C352" s="3" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="D352" s="3" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="F352" s="3"/>
       <c r="G352" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H352" s="4" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="I352" s="4"/>
       <c r="J352" s="1"/>
       <c r="K352" s="1"/>
       <c r="L352" s="1"/>
       <c r="M352" s="1"/>
       <c r="N352" s="1"/>
       <c r="O352" s="1"/>
       <c r="P352" s="1"/>
       <c r="Q352" s="1"/>
       <c r="R352" s="1"/>
       <c r="S352" s="1"/>
       <c r="T352" s="1"/>
       <c r="U352" s="1"/>
       <c r="V352" s="1"/>
       <c r="W352" s="1"/>
     </row>
     <row r="353" spans="1:23">
       <c r="A353" s="3">
         <v>351</v>
       </c>
       <c r="B353" s="3" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="C353" s="3" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="D353" s="3" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="E353" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F353" s="3" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="G353" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H353" s="4" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="I353" s="4"/>
       <c r="J353" s="1"/>
       <c r="K353" s="1"/>
       <c r="L353" s="1"/>
       <c r="M353" s="1"/>
       <c r="N353" s="1"/>
       <c r="O353" s="1"/>
       <c r="P353" s="1"/>
       <c r="Q353" s="1"/>
       <c r="R353" s="1"/>
       <c r="S353" s="1"/>
       <c r="T353" s="1"/>
       <c r="U353" s="1"/>
       <c r="V353" s="1"/>
       <c r="W353" s="1"/>
     </row>
     <row r="354" spans="1:23">
       <c r="A354" s="3">
         <v>352</v>
       </c>
       <c r="B354" s="3" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="C354" s="3" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="D354" s="3" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="E354" s="3" t="s">
         <v>346</v>
       </c>
       <c r="F354" s="3" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="G354" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H354" s="4" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="I354" s="4"/>
       <c r="J354" s="1"/>
       <c r="K354" s="1"/>
       <c r="L354" s="1"/>
       <c r="M354" s="1"/>
       <c r="N354" s="1"/>
       <c r="O354" s="1"/>
       <c r="P354" s="1"/>
       <c r="Q354" s="1"/>
       <c r="R354" s="1"/>
       <c r="S354" s="1"/>
       <c r="T354" s="1"/>
       <c r="U354" s="1"/>
       <c r="V354" s="1"/>
       <c r="W354" s="1"/>
     </row>
     <row r="355" spans="1:23">
       <c r="A355" s="3">
         <v>353</v>
       </c>
       <c r="B355" s="3" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="C355" s="3" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="D355" s="3" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="E355" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F355" s="3" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="G355" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H355" s="4" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="I355" s="4"/>
       <c r="J355" s="1"/>
       <c r="K355" s="1"/>
       <c r="L355" s="1"/>
       <c r="M355" s="1"/>
       <c r="N355" s="1"/>
       <c r="O355" s="1"/>
       <c r="P355" s="1"/>
       <c r="Q355" s="1"/>
       <c r="R355" s="1"/>
       <c r="S355" s="1"/>
       <c r="T355" s="1"/>
       <c r="U355" s="1"/>
       <c r="V355" s="1"/>
       <c r="W355" s="1"/>
     </row>
     <row r="356" spans="1:23">
       <c r="A356" s="3">
         <v>354</v>
       </c>
       <c r="B356" s="3" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="C356" s="3" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="D356" s="3" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="E356" s="3" t="s">
         <v>625</v>
       </c>
       <c r="F356" s="3" t="s">
+        <v>1188</v>
+      </c>
+      <c r="G356" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H356" s="4" t="s">
         <v>1186</v>
-      </c>
-[...4 lines deleted...]
-        <v>1184</v>
       </c>
       <c r="I356" s="4"/>
       <c r="J356" s="1"/>
       <c r="K356" s="1"/>
       <c r="L356" s="1"/>
       <c r="M356" s="1"/>
       <c r="N356" s="1"/>
       <c r="O356" s="1"/>
       <c r="P356" s="1"/>
       <c r="Q356" s="1"/>
       <c r="R356" s="1"/>
       <c r="S356" s="1"/>
       <c r="T356" s="1"/>
       <c r="U356" s="1"/>
       <c r="V356" s="1"/>
       <c r="W356" s="1"/>
     </row>
     <row r="357" spans="1:23">
       <c r="A357" s="3">
         <v>355</v>
       </c>
       <c r="B357" s="3" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="C357" s="3" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="D357" s="3" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="F357" s="3"/>
       <c r="G357" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H357" s="4" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="I357" s="4"/>
       <c r="J357" s="1"/>
       <c r="K357" s="1"/>
       <c r="L357" s="1"/>
       <c r="M357" s="1"/>
       <c r="N357" s="1"/>
       <c r="O357" s="1"/>
       <c r="P357" s="1"/>
       <c r="Q357" s="1"/>
       <c r="R357" s="1"/>
       <c r="S357" s="1"/>
       <c r="T357" s="1"/>
       <c r="U357" s="1"/>
       <c r="V357" s="1"/>
       <c r="W357" s="1"/>
     </row>
     <row r="358" spans="1:23">
       <c r="A358" s="3">
         <v>356</v>
       </c>
       <c r="B358" s="3" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="C358" s="3" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="D358" s="3" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="F358" s="3" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="G358" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H358" s="4" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="I358" s="4"/>
       <c r="J358" s="1"/>
       <c r="K358" s="1"/>
       <c r="L358" s="1"/>
       <c r="M358" s="1"/>
       <c r="N358" s="1"/>
       <c r="O358" s="1"/>
       <c r="P358" s="1"/>
       <c r="Q358" s="1"/>
       <c r="R358" s="1"/>
       <c r="S358" s="1"/>
       <c r="T358" s="1"/>
       <c r="U358" s="1"/>
       <c r="V358" s="1"/>
       <c r="W358" s="1"/>
     </row>
     <row r="359" spans="1:23">
       <c r="A359" s="3">
         <v>357</v>
       </c>
       <c r="B359" s="3" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="C359" s="3" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="D359" s="3" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="E359" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F359" s="3" t="s">
+        <v>1200</v>
+      </c>
+      <c r="G359" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H359" s="4" t="s">
         <v>1198</v>
-      </c>
-[...4 lines deleted...]
-        <v>1196</v>
       </c>
       <c r="I359" s="4"/>
       <c r="J359" s="1"/>
       <c r="K359" s="1"/>
       <c r="L359" s="1"/>
       <c r="M359" s="1"/>
       <c r="N359" s="1"/>
       <c r="O359" s="1"/>
       <c r="P359" s="1"/>
       <c r="Q359" s="1"/>
       <c r="R359" s="1"/>
       <c r="S359" s="1"/>
       <c r="T359" s="1"/>
       <c r="U359" s="1"/>
       <c r="V359" s="1"/>
       <c r="W359" s="1"/>
     </row>
     <row r="360" spans="1:23">
       <c r="A360" s="3">
         <v>358</v>
       </c>
       <c r="B360" s="3" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="C360" s="3" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="D360" s="3" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="E360" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F360" s="3"/>
       <c r="G360" s="3" t="s">
         <v>608</v>
       </c>
       <c r="H360" s="4" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="I360" s="4"/>
       <c r="J360" s="1"/>
       <c r="K360" s="1"/>
       <c r="L360" s="1"/>
       <c r="M360" s="1"/>
       <c r="N360" s="1"/>
       <c r="O360" s="1"/>
       <c r="P360" s="1"/>
       <c r="Q360" s="1"/>
       <c r="R360" s="1"/>
       <c r="S360" s="1"/>
       <c r="T360" s="1"/>
       <c r="U360" s="1"/>
       <c r="V360" s="1"/>
       <c r="W360" s="1"/>
     </row>
     <row r="361" spans="1:23">
       <c r="A361" s="3">
         <v>359</v>
       </c>
       <c r="B361" s="3" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="C361" s="3" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="D361" s="3" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="E361" s="3" t="s">
+        <v>1207</v>
+      </c>
+      <c r="F361" s="3" t="s">
+        <v>1208</v>
+      </c>
+      <c r="G361" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H361" s="4" t="s">
         <v>1205</v>
-      </c>
-[...7 lines deleted...]
-        <v>1203</v>
       </c>
       <c r="I361" s="4"/>
       <c r="J361" s="1"/>
       <c r="K361" s="1"/>
       <c r="L361" s="1"/>
       <c r="M361" s="1"/>
       <c r="N361" s="1"/>
       <c r="O361" s="1"/>
       <c r="P361" s="1"/>
       <c r="Q361" s="1"/>
       <c r="R361" s="1"/>
       <c r="S361" s="1"/>
       <c r="T361" s="1"/>
       <c r="U361" s="1"/>
       <c r="V361" s="1"/>
       <c r="W361" s="1"/>
     </row>
     <row r="362" spans="1:23">
       <c r="A362" s="3">
         <v>360</v>
       </c>
       <c r="B362" s="3" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="C362" s="3" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="D362" s="3" t="s">
         <v>543</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="F362" s="3" t="s">
+        <v>1212</v>
+      </c>
+      <c r="G362" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H362" s="4" t="s">
         <v>1210</v>
-      </c>
-[...4 lines deleted...]
-        <v>1208</v>
       </c>
       <c r="I362" s="4"/>
       <c r="J362" s="1"/>
       <c r="K362" s="1"/>
       <c r="L362" s="1"/>
       <c r="M362" s="1"/>
       <c r="N362" s="1"/>
       <c r="O362" s="1"/>
       <c r="P362" s="1"/>
       <c r="Q362" s="1"/>
       <c r="R362" s="1"/>
       <c r="S362" s="1"/>
       <c r="T362" s="1"/>
       <c r="U362" s="1"/>
       <c r="V362" s="1"/>
       <c r="W362" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>