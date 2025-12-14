--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2368">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2370">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -6918,50 +6918,56 @@
     <t>0000000951</t>
   </si>
   <si>
     <t>2025-08-04</t>
   </si>
   <si>
     <t>REQ/2024/4583</t>
   </si>
   <si>
     <t>VMR/2024/2207</t>
   </si>
   <si>
     <t>0000000980</t>
   </si>
   <si>
     <t>REQ/2024/4683</t>
   </si>
   <si>
     <t>2024-09-23</t>
   </si>
   <si>
     <t>VMR/2023/001998</t>
   </si>
   <si>
     <t>Requesting for Vendor Code</t>
+  </si>
+  <si>
+    <t>0000000811</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
   </si>
   <si>
     <t>REQ/2024/3344</t>
   </si>
   <si>
     <t>0000000959</t>
   </si>
   <si>
     <t>REQ/2024/4275</t>
   </si>
   <si>
     <t>2024-08-27</t>
   </si>
   <si>
     <t>VMR/2023/002579</t>
   </si>
   <si>
     <t>0000000974</t>
   </si>
   <si>
     <t>REQ/2024/3182</t>
   </si>
   <si>
     <t>2024-07-01</t>
   </si>
@@ -34549,784 +34555,786 @@
       <c r="P677" s="1"/>
       <c r="Q677" s="1"/>
       <c r="R677" s="1"/>
       <c r="S677" s="1"/>
       <c r="T677" s="1"/>
       <c r="U677" s="1"/>
       <c r="V677" s="1"/>
       <c r="W677" s="1"/>
     </row>
     <row r="678" spans="1:23">
       <c r="A678" s="3">
         <v>676</v>
       </c>
       <c r="B678" s="3" t="s">
         <v>2298</v>
       </c>
       <c r="C678" s="3" t="s">
         <v>2299</v>
       </c>
       <c r="D678" s="3" t="s">
         <v>2300</v>
       </c>
       <c r="E678" s="3" t="s">
         <v>2301</v>
       </c>
-      <c r="F678" s="3"/>
+      <c r="F678" s="3" t="s">
+        <v>2302</v>
+      </c>
       <c r="G678" s="3" t="s">
-        <v>1217</v>
+        <v>14</v>
       </c>
       <c r="H678" s="4" t="s">
-        <v>2299</v>
+        <v>2303</v>
       </c>
       <c r="I678" s="4"/>
       <c r="J678" s="1"/>
       <c r="K678" s="1"/>
       <c r="L678" s="1"/>
       <c r="M678" s="1"/>
       <c r="N678" s="1"/>
       <c r="O678" s="1"/>
       <c r="P678" s="1"/>
       <c r="Q678" s="1"/>
       <c r="R678" s="1"/>
       <c r="S678" s="1"/>
       <c r="T678" s="1"/>
       <c r="U678" s="1"/>
       <c r="V678" s="1"/>
       <c r="W678" s="1"/>
     </row>
     <row r="679" spans="1:23">
       <c r="A679" s="3">
         <v>677</v>
       </c>
       <c r="B679" s="3" t="s">
-        <v>2302</v>
+        <v>2304</v>
       </c>
       <c r="C679" s="3" t="s">
         <v>2164</v>
       </c>
       <c r="D679" s="3" t="s">
         <v>2162</v>
       </c>
       <c r="E679" s="3" t="s">
         <v>2163</v>
       </c>
       <c r="F679" s="3" t="s">
-        <v>2303</v>
+        <v>2305</v>
       </c>
       <c r="G679" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H679" s="4" t="s">
         <v>2164</v>
       </c>
       <c r="I679" s="4"/>
       <c r="J679" s="1"/>
       <c r="K679" s="1"/>
       <c r="L679" s="1"/>
       <c r="M679" s="1"/>
       <c r="N679" s="1"/>
       <c r="O679" s="1"/>
       <c r="P679" s="1"/>
       <c r="Q679" s="1"/>
       <c r="R679" s="1"/>
       <c r="S679" s="1"/>
       <c r="T679" s="1"/>
       <c r="U679" s="1"/>
       <c r="V679" s="1"/>
       <c r="W679" s="1"/>
     </row>
     <row r="680" spans="1:23">
       <c r="A680" s="3">
         <v>678</v>
       </c>
       <c r="B680" s="3" t="s">
-        <v>2304</v>
+        <v>2306</v>
       </c>
       <c r="C680" s="3" t="s">
-        <v>2305</v>
+        <v>2307</v>
       </c>
       <c r="D680" s="3" t="s">
-        <v>2306</v>
+        <v>2308</v>
       </c>
       <c r="E680" s="3" t="s">
         <v>212</v>
       </c>
       <c r="F680" s="3" t="s">
+        <v>2309</v>
+      </c>
+      <c r="G680" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H680" s="4" t="s">
         <v>2307</v>
-      </c>
-[...4 lines deleted...]
-        <v>2305</v>
       </c>
       <c r="I680" s="4"/>
       <c r="J680" s="1"/>
       <c r="K680" s="1"/>
       <c r="L680" s="1"/>
       <c r="M680" s="1"/>
       <c r="N680" s="1"/>
       <c r="O680" s="1"/>
       <c r="P680" s="1"/>
       <c r="Q680" s="1"/>
       <c r="R680" s="1"/>
       <c r="S680" s="1"/>
       <c r="T680" s="1"/>
       <c r="U680" s="1"/>
       <c r="V680" s="1"/>
       <c r="W680" s="1"/>
     </row>
     <row r="681" spans="1:23">
       <c r="A681" s="3">
         <v>679</v>
       </c>
       <c r="B681" s="3" t="s">
-        <v>2308</v>
+        <v>2310</v>
       </c>
       <c r="C681" s="3" t="s">
-        <v>2309</v>
+        <v>2311</v>
       </c>
       <c r="D681" s="3" t="s">
-        <v>2310</v>
+        <v>2312</v>
       </c>
       <c r="E681" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F681" s="3" t="s">
+        <v>2313</v>
+      </c>
+      <c r="G681" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H681" s="4" t="s">
         <v>2311</v>
-      </c>
-[...4 lines deleted...]
-        <v>2309</v>
       </c>
       <c r="I681" s="4"/>
       <c r="J681" s="1"/>
       <c r="K681" s="1"/>
       <c r="L681" s="1"/>
       <c r="M681" s="1"/>
       <c r="N681" s="1"/>
       <c r="O681" s="1"/>
       <c r="P681" s="1"/>
       <c r="Q681" s="1"/>
       <c r="R681" s="1"/>
       <c r="S681" s="1"/>
       <c r="T681" s="1"/>
       <c r="U681" s="1"/>
       <c r="V681" s="1"/>
       <c r="W681" s="1"/>
     </row>
     <row r="682" spans="1:23">
       <c r="A682" s="3">
         <v>680</v>
       </c>
       <c r="B682" s="3" t="s">
-        <v>2312</v>
+        <v>2314</v>
       </c>
       <c r="C682" s="3" t="s">
         <v>2154</v>
       </c>
       <c r="D682" s="3" t="s">
-        <v>2313</v>
+        <v>2315</v>
       </c>
       <c r="E682" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F682" s="3" t="s">
-        <v>2314</v>
+        <v>2316</v>
       </c>
       <c r="G682" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H682" s="4" t="s">
         <v>2154</v>
       </c>
       <c r="I682" s="4"/>
       <c r="J682" s="1"/>
       <c r="K682" s="1"/>
       <c r="L682" s="1"/>
       <c r="M682" s="1"/>
       <c r="N682" s="1"/>
       <c r="O682" s="1"/>
       <c r="P682" s="1"/>
       <c r="Q682" s="1"/>
       <c r="R682" s="1"/>
       <c r="S682" s="1"/>
       <c r="T682" s="1"/>
       <c r="U682" s="1"/>
       <c r="V682" s="1"/>
       <c r="W682" s="1"/>
     </row>
     <row r="683" spans="1:23">
       <c r="A683" s="3">
         <v>681</v>
       </c>
       <c r="B683" s="3" t="s">
-        <v>2315</v>
+        <v>2317</v>
       </c>
       <c r="C683" s="3" t="s">
-        <v>2316</v>
+        <v>2318</v>
       </c>
       <c r="D683" s="3" t="s">
-        <v>2317</v>
+        <v>2319</v>
       </c>
       <c r="E683" s="3" t="s">
-        <v>2318</v>
+        <v>2320</v>
       </c>
       <c r="F683" s="3"/>
       <c r="G683" s="3" t="s">
         <v>1217</v>
       </c>
       <c r="H683" s="4" t="s">
-        <v>2316</v>
+        <v>2318</v>
       </c>
       <c r="I683" s="4"/>
       <c r="J683" s="1"/>
       <c r="K683" s="1"/>
       <c r="L683" s="1"/>
       <c r="M683" s="1"/>
       <c r="N683" s="1"/>
       <c r="O683" s="1"/>
       <c r="P683" s="1"/>
       <c r="Q683" s="1"/>
       <c r="R683" s="1"/>
       <c r="S683" s="1"/>
       <c r="T683" s="1"/>
       <c r="U683" s="1"/>
       <c r="V683" s="1"/>
       <c r="W683" s="1"/>
     </row>
     <row r="684" spans="1:23">
       <c r="A684" s="3">
         <v>682</v>
       </c>
       <c r="B684" s="3" t="s">
-        <v>2319</v>
+        <v>2321</v>
       </c>
       <c r="C684" s="3" t="s">
-        <v>2320</v>
+        <v>2322</v>
       </c>
       <c r="D684" s="3" t="s">
-        <v>2321</v>
+        <v>2323</v>
       </c>
       <c r="E684" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F684" s="3" t="s">
+        <v>2324</v>
+      </c>
+      <c r="G684" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H684" s="4" t="s">
         <v>2322</v>
-      </c>
-[...4 lines deleted...]
-        <v>2320</v>
       </c>
       <c r="I684" s="4"/>
       <c r="J684" s="1"/>
       <c r="K684" s="1"/>
       <c r="L684" s="1"/>
       <c r="M684" s="1"/>
       <c r="N684" s="1"/>
       <c r="O684" s="1"/>
       <c r="P684" s="1"/>
       <c r="Q684" s="1"/>
       <c r="R684" s="1"/>
       <c r="S684" s="1"/>
       <c r="T684" s="1"/>
       <c r="U684" s="1"/>
       <c r="V684" s="1"/>
       <c r="W684" s="1"/>
     </row>
     <row r="685" spans="1:23">
       <c r="A685" s="3">
         <v>683</v>
       </c>
       <c r="B685" s="3" t="s">
-        <v>2323</v>
+        <v>2325</v>
       </c>
       <c r="C685" s="3" t="s">
-        <v>2324</v>
+        <v>2326</v>
       </c>
       <c r="D685" s="3" t="s">
-        <v>2325</v>
+        <v>2327</v>
       </c>
       <c r="E685" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F685" s="3" t="s">
+        <v>2328</v>
+      </c>
+      <c r="G685" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H685" s="4" t="s">
         <v>2326</v>
-      </c>
-[...4 lines deleted...]
-        <v>2324</v>
       </c>
       <c r="I685" s="4"/>
       <c r="J685" s="1"/>
       <c r="K685" s="1"/>
       <c r="L685" s="1"/>
       <c r="M685" s="1"/>
       <c r="N685" s="1"/>
       <c r="O685" s="1"/>
       <c r="P685" s="1"/>
       <c r="Q685" s="1"/>
       <c r="R685" s="1"/>
       <c r="S685" s="1"/>
       <c r="T685" s="1"/>
       <c r="U685" s="1"/>
       <c r="V685" s="1"/>
       <c r="W685" s="1"/>
     </row>
     <row r="686" spans="1:23">
       <c r="A686" s="3">
         <v>684</v>
       </c>
       <c r="B686" s="3" t="s">
-        <v>2327</v>
+        <v>2329</v>
       </c>
       <c r="C686" s="3" t="s">
-        <v>2328</v>
+        <v>2330</v>
       </c>
       <c r="D686" s="3" t="s">
-        <v>2329</v>
+        <v>2331</v>
       </c>
       <c r="E686" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F686" s="3" t="s">
+        <v>2332</v>
+      </c>
+      <c r="G686" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H686" s="4" t="s">
         <v>2330</v>
-      </c>
-[...4 lines deleted...]
-        <v>2328</v>
       </c>
       <c r="I686" s="4"/>
       <c r="J686" s="1"/>
       <c r="K686" s="1"/>
       <c r="L686" s="1"/>
       <c r="M686" s="1"/>
       <c r="N686" s="1"/>
       <c r="O686" s="1"/>
       <c r="P686" s="1"/>
       <c r="Q686" s="1"/>
       <c r="R686" s="1"/>
       <c r="S686" s="1"/>
       <c r="T686" s="1"/>
       <c r="U686" s="1"/>
       <c r="V686" s="1"/>
       <c r="W686" s="1"/>
     </row>
     <row r="687" spans="1:23">
       <c r="A687" s="3">
         <v>685</v>
       </c>
       <c r="B687" s="3" t="s">
-        <v>2331</v>
+        <v>2333</v>
       </c>
       <c r="C687" s="3" t="s">
         <v>2057</v>
       </c>
       <c r="D687" s="3" t="s">
-        <v>2332</v>
+        <v>2334</v>
       </c>
       <c r="E687" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F687" s="3" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="G687" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H687" s="4" t="s">
         <v>2057</v>
       </c>
       <c r="I687" s="4"/>
       <c r="J687" s="1"/>
       <c r="K687" s="1"/>
       <c r="L687" s="1"/>
       <c r="M687" s="1"/>
       <c r="N687" s="1"/>
       <c r="O687" s="1"/>
       <c r="P687" s="1"/>
       <c r="Q687" s="1"/>
       <c r="R687" s="1"/>
       <c r="S687" s="1"/>
       <c r="T687" s="1"/>
       <c r="U687" s="1"/>
       <c r="V687" s="1"/>
       <c r="W687" s="1"/>
     </row>
     <row r="688" spans="1:23">
       <c r="A688" s="3">
         <v>686</v>
       </c>
       <c r="B688" s="3" t="s">
-        <v>2334</v>
+        <v>2336</v>
       </c>
       <c r="C688" s="3" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
       <c r="D688" s="3" t="s">
-        <v>2336</v>
+        <v>2338</v>
       </c>
       <c r="E688" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F688" s="3" t="s">
+        <v>2339</v>
+      </c>
+      <c r="G688" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H688" s="4" t="s">
         <v>2337</v>
-      </c>
-[...4 lines deleted...]
-        <v>2335</v>
       </c>
       <c r="I688" s="4"/>
       <c r="J688" s="1"/>
       <c r="K688" s="1"/>
       <c r="L688" s="1"/>
       <c r="M688" s="1"/>
       <c r="N688" s="1"/>
       <c r="O688" s="1"/>
       <c r="P688" s="1"/>
       <c r="Q688" s="1"/>
       <c r="R688" s="1"/>
       <c r="S688" s="1"/>
       <c r="T688" s="1"/>
       <c r="U688" s="1"/>
       <c r="V688" s="1"/>
       <c r="W688" s="1"/>
     </row>
     <row r="689" spans="1:23">
       <c r="A689" s="3">
         <v>687</v>
       </c>
       <c r="B689" s="3" t="s">
-        <v>2338</v>
+        <v>2340</v>
       </c>
       <c r="C689" s="3" t="s">
-        <v>2339</v>
+        <v>2341</v>
       </c>
       <c r="D689" s="3" t="s">
-        <v>2340</v>
+        <v>2342</v>
       </c>
       <c r="E689" s="3" t="s">
-        <v>2341</v>
+        <v>2343</v>
       </c>
       <c r="F689" s="3"/>
       <c r="G689" s="3" t="s">
         <v>1217</v>
       </c>
       <c r="H689" s="4" t="s">
-        <v>2339</v>
+        <v>2341</v>
       </c>
       <c r="I689" s="4"/>
       <c r="J689" s="1"/>
       <c r="K689" s="1"/>
       <c r="L689" s="1"/>
       <c r="M689" s="1"/>
       <c r="N689" s="1"/>
       <c r="O689" s="1"/>
       <c r="P689" s="1"/>
       <c r="Q689" s="1"/>
       <c r="R689" s="1"/>
       <c r="S689" s="1"/>
       <c r="T689" s="1"/>
       <c r="U689" s="1"/>
       <c r="V689" s="1"/>
       <c r="W689" s="1"/>
     </row>
     <row r="690" spans="1:23">
       <c r="A690" s="3">
         <v>688</v>
       </c>
       <c r="B690" s="3" t="s">
-        <v>2342</v>
+        <v>2344</v>
       </c>
       <c r="C690" s="3" t="s">
         <v>2025</v>
       </c>
       <c r="D690" s="3" t="s">
-        <v>2343</v>
+        <v>2345</v>
       </c>
       <c r="E690" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F690" s="3" t="s">
-        <v>2344</v>
+        <v>2346</v>
       </c>
       <c r="G690" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H690" s="4" t="s">
         <v>2025</v>
       </c>
       <c r="I690" s="4"/>
       <c r="J690" s="1"/>
       <c r="K690" s="1"/>
       <c r="L690" s="1"/>
       <c r="M690" s="1"/>
       <c r="N690" s="1"/>
       <c r="O690" s="1"/>
       <c r="P690" s="1"/>
       <c r="Q690" s="1"/>
       <c r="R690" s="1"/>
       <c r="S690" s="1"/>
       <c r="T690" s="1"/>
       <c r="U690" s="1"/>
       <c r="V690" s="1"/>
       <c r="W690" s="1"/>
     </row>
     <row r="691" spans="1:23">
       <c r="A691" s="3">
         <v>689</v>
       </c>
       <c r="B691" s="3" t="s">
-        <v>2345</v>
+        <v>2347</v>
       </c>
       <c r="C691" s="3" t="s">
-        <v>2346</v>
+        <v>2348</v>
       </c>
       <c r="D691" s="3" t="s">
-        <v>2347</v>
+        <v>2349</v>
       </c>
       <c r="E691" s="3" t="s">
-        <v>2348</v>
+        <v>2350</v>
       </c>
       <c r="F691" s="3" t="s">
-        <v>2349</v>
+        <v>2351</v>
       </c>
       <c r="G691" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H691" s="4" t="s">
-        <v>2328</v>
+        <v>2330</v>
       </c>
       <c r="I691" s="4"/>
       <c r="J691" s="1"/>
       <c r="K691" s="1"/>
       <c r="L691" s="1"/>
       <c r="M691" s="1"/>
       <c r="N691" s="1"/>
       <c r="O691" s="1"/>
       <c r="P691" s="1"/>
       <c r="Q691" s="1"/>
       <c r="R691" s="1"/>
       <c r="S691" s="1"/>
       <c r="T691" s="1"/>
       <c r="U691" s="1"/>
       <c r="V691" s="1"/>
       <c r="W691" s="1"/>
     </row>
     <row r="692" spans="1:23">
       <c r="A692" s="3">
         <v>690</v>
       </c>
       <c r="B692" s="3" t="s">
-        <v>2350</v>
+        <v>2352</v>
       </c>
       <c r="C692" s="3" t="s">
-        <v>2351</v>
+        <v>2353</v>
       </c>
       <c r="D692" s="3" t="s">
-        <v>2321</v>
+        <v>2323</v>
       </c>
       <c r="E692" s="3" t="s">
-        <v>2352</v>
+        <v>2354</v>
       </c>
       <c r="F692" s="3"/>
       <c r="G692" s="3" t="s">
         <v>27</v>
       </c>
       <c r="H692" s="4" t="s">
-        <v>2320</v>
+        <v>2322</v>
       </c>
       <c r="I692" s="4" t="s">
         <v>1538</v>
       </c>
       <c r="J692" s="1"/>
       <c r="K692" s="1"/>
       <c r="L692" s="1"/>
       <c r="M692" s="1"/>
       <c r="N692" s="1"/>
       <c r="O692" s="1"/>
       <c r="P692" s="1"/>
       <c r="Q692" s="1"/>
       <c r="R692" s="1"/>
       <c r="S692" s="1"/>
       <c r="T692" s="1"/>
       <c r="U692" s="1"/>
       <c r="V692" s="1"/>
       <c r="W692" s="1"/>
     </row>
     <row r="693" spans="1:23">
       <c r="A693" s="3">
         <v>691</v>
       </c>
       <c r="B693" s="3" t="s">
-        <v>2353</v>
+        <v>2355</v>
       </c>
       <c r="C693" s="3" t="s">
         <v>2221</v>
       </c>
       <c r="D693" s="3" t="s">
-        <v>2354</v>
+        <v>2356</v>
       </c>
       <c r="E693" s="3" t="s">
-        <v>2355</v>
+        <v>2357</v>
       </c>
       <c r="F693" s="3" t="s">
-        <v>2356</v>
+        <v>2358</v>
       </c>
       <c r="G693" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H693" s="4" t="s">
-        <v>2357</v>
+        <v>2359</v>
       </c>
       <c r="I693" s="4"/>
       <c r="J693" s="1"/>
       <c r="K693" s="1"/>
       <c r="L693" s="1"/>
       <c r="M693" s="1"/>
       <c r="N693" s="1"/>
       <c r="O693" s="1"/>
       <c r="P693" s="1"/>
       <c r="Q693" s="1"/>
       <c r="R693" s="1"/>
       <c r="S693" s="1"/>
       <c r="T693" s="1"/>
       <c r="U693" s="1"/>
       <c r="V693" s="1"/>
       <c r="W693" s="1"/>
     </row>
     <row r="694" spans="1:23">
       <c r="A694" s="3">
         <v>692</v>
       </c>
       <c r="B694" s="3" t="s">
-        <v>2358</v>
+        <v>2360</v>
       </c>
       <c r="C694" s="3" t="s">
-        <v>2359</v>
+        <v>2361</v>
       </c>
       <c r="D694" s="3" t="s">
-        <v>2360</v>
+        <v>2362</v>
       </c>
       <c r="E694" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F694" s="3" t="s">
+        <v>2363</v>
+      </c>
+      <c r="G694" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H694" s="4" t="s">
         <v>2361</v>
-      </c>
-[...4 lines deleted...]
-        <v>2359</v>
       </c>
       <c r="I694" s="4"/>
       <c r="J694" s="1"/>
       <c r="K694" s="1"/>
       <c r="L694" s="1"/>
       <c r="M694" s="1"/>
       <c r="N694" s="1"/>
       <c r="O694" s="1"/>
       <c r="P694" s="1"/>
       <c r="Q694" s="1"/>
       <c r="R694" s="1"/>
       <c r="S694" s="1"/>
       <c r="T694" s="1"/>
       <c r="U694" s="1"/>
       <c r="V694" s="1"/>
       <c r="W694" s="1"/>
     </row>
     <row r="695" spans="1:23">
       <c r="A695" s="3">
         <v>693</v>
       </c>
       <c r="B695" s="3" t="s">
-        <v>2362</v>
+        <v>2364</v>
       </c>
       <c r="C695" s="3" t="s">
         <v>2204</v>
       </c>
       <c r="D695" s="3" t="s">
-        <v>2363</v>
+        <v>2365</v>
       </c>
       <c r="E695" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F695" s="3" t="s">
-        <v>2364</v>
+        <v>2366</v>
       </c>
       <c r="G695" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H695" s="4" t="s">
         <v>2204</v>
       </c>
       <c r="I695" s="4"/>
       <c r="J695" s="1"/>
       <c r="K695" s="1"/>
       <c r="L695" s="1"/>
       <c r="M695" s="1"/>
       <c r="N695" s="1"/>
       <c r="O695" s="1"/>
       <c r="P695" s="1"/>
       <c r="Q695" s="1"/>
       <c r="R695" s="1"/>
       <c r="S695" s="1"/>
       <c r="T695" s="1"/>
       <c r="U695" s="1"/>
       <c r="V695" s="1"/>
       <c r="W695" s="1"/>
     </row>
     <row r="696" spans="1:23">
       <c r="A696" s="3">
         <v>694</v>
       </c>
       <c r="B696" s="3" t="s">
-        <v>2365</v>
+        <v>2367</v>
       </c>
       <c r="C696" s="3" t="s">
         <v>2146</v>
       </c>
       <c r="D696" s="3" t="s">
-        <v>2366</v>
+        <v>2368</v>
       </c>
       <c r="E696" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F696" s="3" t="s">
-        <v>2367</v>
+        <v>2369</v>
       </c>
       <c r="G696" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H696" s="4" t="s">
         <v>2146</v>
       </c>
       <c r="I696" s="4"/>
       <c r="J696" s="1"/>
       <c r="K696" s="1"/>
       <c r="L696" s="1"/>
       <c r="M696" s="1"/>
       <c r="N696" s="1"/>
       <c r="O696" s="1"/>
       <c r="P696" s="1"/>
       <c r="Q696" s="1"/>
       <c r="R696" s="1"/>
       <c r="S696" s="1"/>
       <c r="T696" s="1"/>
       <c r="U696" s="1"/>
       <c r="V696" s="1"/>
       <c r="W696" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>