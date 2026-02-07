--- v1 (2025-12-14)
+++ v2 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2370">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2379">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -7122,50 +7122,77 @@
     <t>2024-09-24</t>
   </si>
   <si>
     <t>VMR/2024/2297</t>
   </si>
   <si>
     <t>0000000514</t>
   </si>
   <si>
     <t>REQ/2024/4992</t>
   </si>
   <si>
     <t>VMR/2024/2413</t>
   </si>
   <si>
     <t>0000000997</t>
   </si>
   <si>
     <t>REQ/2024/4955</t>
   </si>
   <si>
     <t>VMR/2024/2396</t>
   </si>
   <si>
     <t>0000000994</t>
+  </si>
+  <si>
+    <t>REQ/001334/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>VMR/2023/001980</t>
+  </si>
+  <si>
+    <t>Billing</t>
+  </si>
+  <si>
+    <t>REQ/001325/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>VMR/2024/001494</t>
+  </si>
+  <si>
+    <t>for vendor code</t>
+  </si>
+  <si>
+    <t>0000000427</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -7521,51 +7548,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W696"/>
+  <dimension ref="A1:W698"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="232.229004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="65.983887" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -35313,50 +35340,130 @@
       </c>
       <c r="F696" s="3" t="s">
         <v>2369</v>
       </c>
       <c r="G696" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H696" s="4" t="s">
         <v>2146</v>
       </c>
       <c r="I696" s="4"/>
       <c r="J696" s="1"/>
       <c r="K696" s="1"/>
       <c r="L696" s="1"/>
       <c r="M696" s="1"/>
       <c r="N696" s="1"/>
       <c r="O696" s="1"/>
       <c r="P696" s="1"/>
       <c r="Q696" s="1"/>
       <c r="R696" s="1"/>
       <c r="S696" s="1"/>
       <c r="T696" s="1"/>
       <c r="U696" s="1"/>
       <c r="V696" s="1"/>
       <c r="W696" s="1"/>
+    </row>
+    <row r="697" spans="1:23">
+      <c r="A697" s="3">
+        <v>695</v>
+      </c>
+      <c r="B697" s="3" t="s">
+        <v>2370</v>
+      </c>
+      <c r="C697" s="3" t="s">
+        <v>2371</v>
+      </c>
+      <c r="D697" s="3" t="s">
+        <v>2372</v>
+      </c>
+      <c r="E697" s="3" t="s">
+        <v>2373</v>
+      </c>
+      <c r="F697" s="3"/>
+      <c r="G697" s="3" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H697" s="4" t="s">
+        <v>2371</v>
+      </c>
+      <c r="I697" s="4"/>
+      <c r="J697" s="1"/>
+      <c r="K697" s="1"/>
+      <c r="L697" s="1"/>
+      <c r="M697" s="1"/>
+      <c r="N697" s="1"/>
+      <c r="O697" s="1"/>
+      <c r="P697" s="1"/>
+      <c r="Q697" s="1"/>
+      <c r="R697" s="1"/>
+      <c r="S697" s="1"/>
+      <c r="T697" s="1"/>
+      <c r="U697" s="1"/>
+      <c r="V697" s="1"/>
+      <c r="W697" s="1"/>
+    </row>
+    <row r="698" spans="1:23">
+      <c r="A698" s="3">
+        <v>696</v>
+      </c>
+      <c r="B698" s="3" t="s">
+        <v>2374</v>
+      </c>
+      <c r="C698" s="3" t="s">
+        <v>2375</v>
+      </c>
+      <c r="D698" s="3" t="s">
+        <v>2376</v>
+      </c>
+      <c r="E698" s="3" t="s">
+        <v>2377</v>
+      </c>
+      <c r="F698" s="3" t="s">
+        <v>2378</v>
+      </c>
+      <c r="G698" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H698" s="4" t="s">
+        <v>2375</v>
+      </c>
+      <c r="I698" s="4"/>
+      <c r="J698" s="1"/>
+      <c r="K698" s="1"/>
+      <c r="L698" s="1"/>
+      <c r="M698" s="1"/>
+      <c r="N698" s="1"/>
+      <c r="O698" s="1"/>
+      <c r="P698" s="1"/>
+      <c r="Q698" s="1"/>
+      <c r="R698" s="1"/>
+      <c r="S698" s="1"/>
+      <c r="T698" s="1"/>
+      <c r="U698" s="1"/>
+      <c r="V698" s="1"/>
+      <c r="W698" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>