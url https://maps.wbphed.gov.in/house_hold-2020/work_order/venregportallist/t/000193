--- v2 (2026-02-07)
+++ v3 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2379">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2381">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -5427,50 +5427,56 @@
     <t>0000000924</t>
   </si>
   <si>
     <t>REQ/2024/1283</t>
   </si>
   <si>
     <t>2024-04-21</t>
   </si>
   <si>
     <t>VMR/2023/001128</t>
   </si>
   <si>
     <t>for vendor registration</t>
   </si>
   <si>
     <t>0000000033</t>
   </si>
   <si>
     <t>REQ/2024/1910</t>
   </si>
   <si>
     <t>VMR/2024/000978</t>
   </si>
   <si>
     <t>kindly Accept my Vendor code Request so that i can access and track the bills.</t>
+  </si>
+  <si>
+    <t>0000001051</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
   </si>
   <si>
     <t>REQ/2023/10105</t>
   </si>
   <si>
     <t>Vendor name corrected</t>
   </si>
   <si>
     <t>0000000746</t>
   </si>
   <si>
     <t>REQ/2023/10994</t>
   </si>
   <si>
     <t>2023-12-12</t>
   </si>
   <si>
     <t>VMR/2023/003923</t>
   </si>
   <si>
     <t>We are manufacturer of HDPE pipes ranging from 50mm to 200mm</t>
   </si>
   <si>
     <t>REQ/2023/11185</t>
   </si>
@@ -29281,6173 +29287,6175 @@
       <c r="P546" s="1"/>
       <c r="Q546" s="1"/>
       <c r="R546" s="1"/>
       <c r="S546" s="1"/>
       <c r="T546" s="1"/>
       <c r="U546" s="1"/>
       <c r="V546" s="1"/>
       <c r="W546" s="1"/>
     </row>
     <row r="547" spans="1:23">
       <c r="A547" s="3">
         <v>545</v>
       </c>
       <c r="B547" s="3" t="s">
         <v>1802</v>
       </c>
       <c r="C547" s="3" t="s">
         <v>1268</v>
       </c>
       <c r="D547" s="3" t="s">
         <v>1803</v>
       </c>
       <c r="E547" s="3" t="s">
         <v>1804</v>
       </c>
-      <c r="F547" s="3"/>
+      <c r="F547" s="3" t="s">
+        <v>1805</v>
+      </c>
       <c r="G547" s="3" t="s">
-        <v>1217</v>
+        <v>14</v>
       </c>
       <c r="H547" s="4" t="s">
-        <v>1268</v>
+        <v>1806</v>
       </c>
       <c r="I547" s="4"/>
       <c r="J547" s="1"/>
       <c r="K547" s="1"/>
       <c r="L547" s="1"/>
       <c r="M547" s="1"/>
       <c r="N547" s="1"/>
       <c r="O547" s="1"/>
       <c r="P547" s="1"/>
       <c r="Q547" s="1"/>
       <c r="R547" s="1"/>
       <c r="S547" s="1"/>
       <c r="T547" s="1"/>
       <c r="U547" s="1"/>
       <c r="V547" s="1"/>
       <c r="W547" s="1"/>
     </row>
     <row r="548" spans="1:23">
       <c r="A548" s="3">
         <v>546</v>
       </c>
       <c r="B548" s="3" t="s">
-        <v>1805</v>
+        <v>1807</v>
       </c>
       <c r="C548" s="3" t="s">
         <v>789</v>
       </c>
       <c r="D548" s="3" t="s">
         <v>630</v>
       </c>
       <c r="E548" s="3" t="s">
-        <v>1806</v>
+        <v>1808</v>
       </c>
       <c r="F548" s="3" t="s">
-        <v>1807</v>
+        <v>1809</v>
       </c>
       <c r="G548" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H548" s="4" t="s">
         <v>789</v>
       </c>
       <c r="I548" s="4"/>
       <c r="J548" s="1"/>
       <c r="K548" s="1"/>
       <c r="L548" s="1"/>
       <c r="M548" s="1"/>
       <c r="N548" s="1"/>
       <c r="O548" s="1"/>
       <c r="P548" s="1"/>
       <c r="Q548" s="1"/>
       <c r="R548" s="1"/>
       <c r="S548" s="1"/>
       <c r="T548" s="1"/>
       <c r="U548" s="1"/>
       <c r="V548" s="1"/>
       <c r="W548" s="1"/>
     </row>
     <row r="549" spans="1:23">
       <c r="A549" s="3">
         <v>547</v>
       </c>
       <c r="B549" s="3" t="s">
-        <v>1808</v>
+        <v>1810</v>
       </c>
       <c r="C549" s="3" t="s">
-        <v>1809</v>
+        <v>1811</v>
       </c>
       <c r="D549" s="3" t="s">
-        <v>1810</v>
+        <v>1812</v>
       </c>
       <c r="E549" s="3" t="s">
-        <v>1811</v>
+        <v>1813</v>
       </c>
       <c r="F549" s="3"/>
       <c r="G549" s="3" t="s">
         <v>27</v>
       </c>
       <c r="H549" s="4" t="s">
         <v>1299</v>
       </c>
       <c r="I549" s="4" t="s">
         <v>1538</v>
       </c>
       <c r="J549" s="1"/>
       <c r="K549" s="1"/>
       <c r="L549" s="1"/>
       <c r="M549" s="1"/>
       <c r="N549" s="1"/>
       <c r="O549" s="1"/>
       <c r="P549" s="1"/>
       <c r="Q549" s="1"/>
       <c r="R549" s="1"/>
       <c r="S549" s="1"/>
       <c r="T549" s="1"/>
       <c r="U549" s="1"/>
       <c r="V549" s="1"/>
       <c r="W549" s="1"/>
     </row>
     <row r="550" spans="1:23">
       <c r="A550" s="3">
         <v>548</v>
       </c>
       <c r="B550" s="3" t="s">
-        <v>1812</v>
+        <v>1814</v>
       </c>
       <c r="C550" s="3" t="s">
-        <v>1813</v>
+        <v>1815</v>
       </c>
       <c r="D550" s="3" t="s">
-        <v>1814</v>
+        <v>1816</v>
       </c>
       <c r="E550" s="3" t="s">
-        <v>1815</v>
+        <v>1817</v>
       </c>
       <c r="F550" s="3" t="s">
-        <v>1816</v>
+        <v>1818</v>
       </c>
       <c r="G550" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H550" s="4" t="s">
-        <v>1817</v>
+        <v>1819</v>
       </c>
       <c r="I550" s="4"/>
       <c r="J550" s="1"/>
       <c r="K550" s="1"/>
       <c r="L550" s="1"/>
       <c r="M550" s="1"/>
       <c r="N550" s="1"/>
       <c r="O550" s="1"/>
       <c r="P550" s="1"/>
       <c r="Q550" s="1"/>
       <c r="R550" s="1"/>
       <c r="S550" s="1"/>
       <c r="T550" s="1"/>
       <c r="U550" s="1"/>
       <c r="V550" s="1"/>
       <c r="W550" s="1"/>
     </row>
     <row r="551" spans="1:23">
       <c r="A551" s="3">
         <v>549</v>
       </c>
       <c r="B551" s="3" t="s">
-        <v>1818</v>
+        <v>1820</v>
       </c>
       <c r="C551" s="3" t="s">
         <v>779</v>
       </c>
       <c r="D551" s="3" t="s">
-        <v>1819</v>
+        <v>1821</v>
       </c>
       <c r="E551" s="3"/>
       <c r="F551" s="3" t="s">
-        <v>1820</v>
+        <v>1822</v>
       </c>
       <c r="G551" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H551" s="4" t="s">
         <v>779</v>
       </c>
       <c r="I551" s="4"/>
       <c r="J551" s="1"/>
       <c r="K551" s="1"/>
       <c r="L551" s="1"/>
       <c r="M551" s="1"/>
       <c r="N551" s="1"/>
       <c r="O551" s="1"/>
       <c r="P551" s="1"/>
       <c r="Q551" s="1"/>
       <c r="R551" s="1"/>
       <c r="S551" s="1"/>
       <c r="T551" s="1"/>
       <c r="U551" s="1"/>
       <c r="V551" s="1"/>
       <c r="W551" s="1"/>
     </row>
     <row r="552" spans="1:23">
       <c r="A552" s="3">
         <v>550</v>
       </c>
       <c r="B552" s="3" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
       <c r="C552" s="3" t="s">
         <v>779</v>
       </c>
       <c r="D552" s="3" t="s">
-        <v>1822</v>
+        <v>1824</v>
       </c>
       <c r="E552" s="3"/>
       <c r="F552" s="3" t="s">
-        <v>1823</v>
+        <v>1825</v>
       </c>
       <c r="G552" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H552" s="4" t="s">
         <v>779</v>
       </c>
       <c r="I552" s="4"/>
       <c r="J552" s="1"/>
       <c r="K552" s="1"/>
       <c r="L552" s="1"/>
       <c r="M552" s="1"/>
       <c r="N552" s="1"/>
       <c r="O552" s="1"/>
       <c r="P552" s="1"/>
       <c r="Q552" s="1"/>
       <c r="R552" s="1"/>
       <c r="S552" s="1"/>
       <c r="T552" s="1"/>
       <c r="U552" s="1"/>
       <c r="V552" s="1"/>
       <c r="W552" s="1"/>
     </row>
     <row r="553" spans="1:23">
       <c r="A553" s="3">
         <v>551</v>
       </c>
       <c r="B553" s="3" t="s">
-        <v>1824</v>
+        <v>1826</v>
       </c>
       <c r="C553" s="3" t="s">
         <v>789</v>
       </c>
       <c r="D553" s="3" t="s">
-        <v>1825</v>
+        <v>1827</v>
       </c>
       <c r="E553" s="3"/>
       <c r="F553" s="3" t="s">
-        <v>1826</v>
+        <v>1828</v>
       </c>
       <c r="G553" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H553" s="4" t="s">
         <v>789</v>
       </c>
       <c r="I553" s="4"/>
       <c r="J553" s="1"/>
       <c r="K553" s="1"/>
       <c r="L553" s="1"/>
       <c r="M553" s="1"/>
       <c r="N553" s="1"/>
       <c r="O553" s="1"/>
       <c r="P553" s="1"/>
       <c r="Q553" s="1"/>
       <c r="R553" s="1"/>
       <c r="S553" s="1"/>
       <c r="T553" s="1"/>
       <c r="U553" s="1"/>
       <c r="V553" s="1"/>
       <c r="W553" s="1"/>
     </row>
     <row r="554" spans="1:23">
       <c r="A554" s="3">
         <v>552</v>
       </c>
       <c r="B554" s="3" t="s">
-        <v>1827</v>
+        <v>1829</v>
       </c>
       <c r="C554" s="3" t="s">
         <v>789</v>
       </c>
       <c r="D554" s="3" t="s">
-        <v>1828</v>
+        <v>1830</v>
       </c>
       <c r="E554" s="3"/>
       <c r="F554" s="3" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="G554" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H554" s="4" t="s">
         <v>789</v>
       </c>
       <c r="I554" s="4"/>
       <c r="J554" s="1"/>
       <c r="K554" s="1"/>
       <c r="L554" s="1"/>
       <c r="M554" s="1"/>
       <c r="N554" s="1"/>
       <c r="O554" s="1"/>
       <c r="P554" s="1"/>
       <c r="Q554" s="1"/>
       <c r="R554" s="1"/>
       <c r="S554" s="1"/>
       <c r="T554" s="1"/>
       <c r="U554" s="1"/>
       <c r="V554" s="1"/>
       <c r="W554" s="1"/>
     </row>
     <row r="555" spans="1:23">
       <c r="A555" s="3">
         <v>553</v>
       </c>
       <c r="B555" s="3" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="C555" s="3" t="s">
         <v>789</v>
       </c>
       <c r="D555" s="3" t="s">
-        <v>1831</v>
+        <v>1833</v>
       </c>
       <c r="E555" s="3"/>
       <c r="F555" s="3" t="s">
-        <v>1832</v>
+        <v>1834</v>
       </c>
       <c r="G555" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H555" s="4" t="s">
         <v>789</v>
       </c>
       <c r="I555" s="4"/>
       <c r="J555" s="1"/>
       <c r="K555" s="1"/>
       <c r="L555" s="1"/>
       <c r="M555" s="1"/>
       <c r="N555" s="1"/>
       <c r="O555" s="1"/>
       <c r="P555" s="1"/>
       <c r="Q555" s="1"/>
       <c r="R555" s="1"/>
       <c r="S555" s="1"/>
       <c r="T555" s="1"/>
       <c r="U555" s="1"/>
       <c r="V555" s="1"/>
       <c r="W555" s="1"/>
     </row>
     <row r="556" spans="1:23">
       <c r="A556" s="3">
         <v>554</v>
       </c>
       <c r="B556" s="3" t="s">
-        <v>1833</v>
+        <v>1835</v>
       </c>
       <c r="C556" s="3" t="s">
         <v>789</v>
       </c>
       <c r="D556" s="3" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="E556" s="3"/>
       <c r="F556" s="3" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
       <c r="G556" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H556" s="4" t="s">
         <v>789</v>
       </c>
       <c r="I556" s="4"/>
       <c r="J556" s="1"/>
       <c r="K556" s="1"/>
       <c r="L556" s="1"/>
       <c r="M556" s="1"/>
       <c r="N556" s="1"/>
       <c r="O556" s="1"/>
       <c r="P556" s="1"/>
       <c r="Q556" s="1"/>
       <c r="R556" s="1"/>
       <c r="S556" s="1"/>
       <c r="T556" s="1"/>
       <c r="U556" s="1"/>
       <c r="V556" s="1"/>
       <c r="W556" s="1"/>
     </row>
     <row r="557" spans="1:23">
       <c r="A557" s="3">
         <v>555</v>
       </c>
       <c r="B557" s="3" t="s">
-        <v>1836</v>
+        <v>1838</v>
       </c>
       <c r="C557" s="3" t="s">
         <v>1205</v>
       </c>
       <c r="D557" s="3" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
       <c r="E557" s="3"/>
       <c r="F557" s="3" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="G557" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H557" s="4" t="s">
         <v>1205</v>
       </c>
       <c r="I557" s="4"/>
       <c r="J557" s="1"/>
       <c r="K557" s="1"/>
       <c r="L557" s="1"/>
       <c r="M557" s="1"/>
       <c r="N557" s="1"/>
       <c r="O557" s="1"/>
       <c r="P557" s="1"/>
       <c r="Q557" s="1"/>
       <c r="R557" s="1"/>
       <c r="S557" s="1"/>
       <c r="T557" s="1"/>
       <c r="U557" s="1"/>
       <c r="V557" s="1"/>
       <c r="W557" s="1"/>
     </row>
     <row r="558" spans="1:23">
       <c r="A558" s="3">
         <v>556</v>
       </c>
       <c r="B558" s="3" t="s">
-        <v>1839</v>
+        <v>1841</v>
       </c>
       <c r="C558" s="3" t="s">
         <v>1208</v>
       </c>
       <c r="D558" s="3" t="s">
-        <v>1840</v>
+        <v>1842</v>
       </c>
       <c r="E558" s="3" t="s">
-        <v>1841</v>
+        <v>1843</v>
       </c>
       <c r="F558" s="3" t="s">
-        <v>1842</v>
+        <v>1844</v>
       </c>
       <c r="G558" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H558" s="4" t="s">
         <v>1208</v>
       </c>
       <c r="I558" s="4"/>
       <c r="J558" s="1"/>
       <c r="K558" s="1"/>
       <c r="L558" s="1"/>
       <c r="M558" s="1"/>
       <c r="N558" s="1"/>
       <c r="O558" s="1"/>
       <c r="P558" s="1"/>
       <c r="Q558" s="1"/>
       <c r="R558" s="1"/>
       <c r="S558" s="1"/>
       <c r="T558" s="1"/>
       <c r="U558" s="1"/>
       <c r="V558" s="1"/>
       <c r="W558" s="1"/>
     </row>
     <row r="559" spans="1:23">
       <c r="A559" s="3">
         <v>557</v>
       </c>
       <c r="B559" s="3" t="s">
-        <v>1843</v>
+        <v>1845</v>
       </c>
       <c r="C559" s="3" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
       <c r="D559" s="3" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
       <c r="E559" s="3" t="s">
         <v>339</v>
       </c>
       <c r="F559" s="3" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="G559" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H559" s="4" t="s">
         <v>1228</v>
       </c>
       <c r="I559" s="4"/>
       <c r="J559" s="1"/>
       <c r="K559" s="1"/>
       <c r="L559" s="1"/>
       <c r="M559" s="1"/>
       <c r="N559" s="1"/>
       <c r="O559" s="1"/>
       <c r="P559" s="1"/>
       <c r="Q559" s="1"/>
       <c r="R559" s="1"/>
       <c r="S559" s="1"/>
       <c r="T559" s="1"/>
       <c r="U559" s="1"/>
       <c r="V559" s="1"/>
       <c r="W559" s="1"/>
     </row>
     <row r="560" spans="1:23">
       <c r="A560" s="3">
         <v>558</v>
       </c>
       <c r="B560" s="3" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="C560" s="3" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="D560" s="3" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="E560" s="3" t="s">
+        <v>1852</v>
+      </c>
+      <c r="F560" s="3" t="s">
+        <v>1853</v>
+      </c>
+      <c r="G560" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H560" s="4" t="s">
         <v>1850</v>
-      </c>
-[...7 lines deleted...]
-        <v>1848</v>
       </c>
       <c r="I560" s="4"/>
       <c r="J560" s="1"/>
       <c r="K560" s="1"/>
       <c r="L560" s="1"/>
       <c r="M560" s="1"/>
       <c r="N560" s="1"/>
       <c r="O560" s="1"/>
       <c r="P560" s="1"/>
       <c r="Q560" s="1"/>
       <c r="R560" s="1"/>
       <c r="S560" s="1"/>
       <c r="T560" s="1"/>
       <c r="U560" s="1"/>
       <c r="V560" s="1"/>
       <c r="W560" s="1"/>
     </row>
     <row r="561" spans="1:23">
       <c r="A561" s="3">
         <v>559</v>
       </c>
       <c r="B561" s="3" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="C561" s="3" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="D561" s="3" t="s">
-        <v>1854</v>
+        <v>1856</v>
       </c>
       <c r="E561" s="3"/>
       <c r="F561" s="3" t="s">
-        <v>1855</v>
+        <v>1857</v>
       </c>
       <c r="G561" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H561" s="4" t="s">
         <v>1208</v>
       </c>
       <c r="I561" s="4"/>
       <c r="J561" s="1"/>
       <c r="K561" s="1"/>
       <c r="L561" s="1"/>
       <c r="M561" s="1"/>
       <c r="N561" s="1"/>
       <c r="O561" s="1"/>
       <c r="P561" s="1"/>
       <c r="Q561" s="1"/>
       <c r="R561" s="1"/>
       <c r="S561" s="1"/>
       <c r="T561" s="1"/>
       <c r="U561" s="1"/>
       <c r="V561" s="1"/>
       <c r="W561" s="1"/>
     </row>
     <row r="562" spans="1:23">
       <c r="A562" s="3">
         <v>560</v>
       </c>
       <c r="B562" s="3" t="s">
-        <v>1856</v>
+        <v>1858</v>
       </c>
       <c r="C562" s="3" t="s">
         <v>1205</v>
       </c>
       <c r="D562" s="3" t="s">
         <v>1791</v>
       </c>
       <c r="E562" s="3"/>
       <c r="F562" s="3"/>
       <c r="G562" s="3" t="s">
         <v>27</v>
       </c>
       <c r="H562" s="4" t="s">
         <v>1205</v>
       </c>
       <c r="I562" s="4" t="s">
         <v>114</v>
       </c>
       <c r="J562" s="1"/>
       <c r="K562" s="1"/>
       <c r="L562" s="1"/>
       <c r="M562" s="1"/>
       <c r="N562" s="1"/>
       <c r="O562" s="1"/>
       <c r="P562" s="1"/>
       <c r="Q562" s="1"/>
       <c r="R562" s="1"/>
       <c r="S562" s="1"/>
       <c r="T562" s="1"/>
       <c r="U562" s="1"/>
       <c r="V562" s="1"/>
       <c r="W562" s="1"/>
     </row>
     <row r="563" spans="1:23">
       <c r="A563" s="3">
         <v>561</v>
       </c>
       <c r="B563" s="3" t="s">
-        <v>1857</v>
+        <v>1859</v>
       </c>
       <c r="C563" s="3" t="s">
         <v>1205</v>
       </c>
       <c r="D563" s="3" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="E563" s="3"/>
       <c r="F563" s="3" t="s">
-        <v>1859</v>
+        <v>1861</v>
       </c>
       <c r="G563" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H563" s="4" t="s">
         <v>1205</v>
       </c>
       <c r="I563" s="4"/>
       <c r="J563" s="1"/>
       <c r="K563" s="1"/>
       <c r="L563" s="1"/>
       <c r="M563" s="1"/>
       <c r="N563" s="1"/>
       <c r="O563" s="1"/>
       <c r="P563" s="1"/>
       <c r="Q563" s="1"/>
       <c r="R563" s="1"/>
       <c r="S563" s="1"/>
       <c r="T563" s="1"/>
       <c r="U563" s="1"/>
       <c r="V563" s="1"/>
       <c r="W563" s="1"/>
     </row>
     <row r="564" spans="1:23">
       <c r="A564" s="3">
         <v>562</v>
       </c>
       <c r="B564" s="3" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
       <c r="C564" s="3" t="s">
         <v>1205</v>
       </c>
       <c r="D564" s="3" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
       <c r="E564" s="3"/>
       <c r="F564" s="3" t="s">
-        <v>1862</v>
+        <v>1864</v>
       </c>
       <c r="G564" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H564" s="4" t="s">
         <v>1205</v>
       </c>
       <c r="I564" s="4"/>
       <c r="J564" s="1"/>
       <c r="K564" s="1"/>
       <c r="L564" s="1"/>
       <c r="M564" s="1"/>
       <c r="N564" s="1"/>
       <c r="O564" s="1"/>
       <c r="P564" s="1"/>
       <c r="Q564" s="1"/>
       <c r="R564" s="1"/>
       <c r="S564" s="1"/>
       <c r="T564" s="1"/>
       <c r="U564" s="1"/>
       <c r="V564" s="1"/>
       <c r="W564" s="1"/>
     </row>
     <row r="565" spans="1:23">
       <c r="A565" s="3">
         <v>563</v>
       </c>
       <c r="B565" s="3" t="s">
-        <v>1863</v>
+        <v>1865</v>
       </c>
       <c r="C565" s="3" t="s">
         <v>1258</v>
       </c>
       <c r="D565" s="3" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
       <c r="E565" s="3" t="s">
         <v>1659</v>
       </c>
       <c r="F565" s="3" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
       <c r="G565" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H565" s="4" t="s">
         <v>1258</v>
       </c>
       <c r="I565" s="4"/>
       <c r="J565" s="1"/>
       <c r="K565" s="1"/>
       <c r="L565" s="1"/>
       <c r="M565" s="1"/>
       <c r="N565" s="1"/>
       <c r="O565" s="1"/>
       <c r="P565" s="1"/>
       <c r="Q565" s="1"/>
       <c r="R565" s="1"/>
       <c r="S565" s="1"/>
       <c r="T565" s="1"/>
       <c r="U565" s="1"/>
       <c r="V565" s="1"/>
       <c r="W565" s="1"/>
     </row>
     <row r="566" spans="1:23">
       <c r="A566" s="3">
         <v>564</v>
       </c>
       <c r="B566" s="3" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
       <c r="C566" s="3" t="s">
         <v>1584</v>
       </c>
       <c r="D566" s="3" t="s">
-        <v>1867</v>
+        <v>1869</v>
       </c>
       <c r="E566" s="3" t="s">
         <v>1298</v>
       </c>
       <c r="F566" s="3" t="s">
-        <v>1868</v>
+        <v>1870</v>
       </c>
       <c r="G566" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H566" s="4" t="s">
         <v>1228</v>
       </c>
       <c r="I566" s="4"/>
       <c r="J566" s="1"/>
       <c r="K566" s="1"/>
       <c r="L566" s="1"/>
       <c r="M566" s="1"/>
       <c r="N566" s="1"/>
       <c r="O566" s="1"/>
       <c r="P566" s="1"/>
       <c r="Q566" s="1"/>
       <c r="R566" s="1"/>
       <c r="S566" s="1"/>
       <c r="T566" s="1"/>
       <c r="U566" s="1"/>
       <c r="V566" s="1"/>
       <c r="W566" s="1"/>
     </row>
     <row r="567" spans="1:23">
       <c r="A567" s="3">
         <v>565</v>
       </c>
       <c r="B567" s="3" t="s">
-        <v>1869</v>
+        <v>1871</v>
       </c>
       <c r="C567" s="3" t="s">
-        <v>1870</v>
+        <v>1872</v>
       </c>
       <c r="D567" s="3" t="s">
-        <v>1871</v>
+        <v>1873</v>
       </c>
       <c r="E567" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F567" s="3" t="s">
+        <v>1874</v>
+      </c>
+      <c r="G567" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H567" s="4" t="s">
         <v>1872</v>
-      </c>
-[...4 lines deleted...]
-        <v>1870</v>
       </c>
       <c r="I567" s="4"/>
       <c r="J567" s="1"/>
       <c r="K567" s="1"/>
       <c r="L567" s="1"/>
       <c r="M567" s="1"/>
       <c r="N567" s="1"/>
       <c r="O567" s="1"/>
       <c r="P567" s="1"/>
       <c r="Q567" s="1"/>
       <c r="R567" s="1"/>
       <c r="S567" s="1"/>
       <c r="T567" s="1"/>
       <c r="U567" s="1"/>
       <c r="V567" s="1"/>
       <c r="W567" s="1"/>
     </row>
     <row r="568" spans="1:23">
       <c r="A568" s="3">
         <v>566</v>
       </c>
       <c r="B568" s="3" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="C568" s="3" t="s">
-        <v>1874</v>
+        <v>1876</v>
       </c>
       <c r="D568" s="3" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="E568" s="3" t="s">
+        <v>1878</v>
+      </c>
+      <c r="F568" s="3" t="s">
+        <v>1879</v>
+      </c>
+      <c r="G568" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H568" s="4" t="s">
         <v>1876</v>
-      </c>
-[...7 lines deleted...]
-        <v>1874</v>
       </c>
       <c r="I568" s="4"/>
       <c r="J568" s="1"/>
       <c r="K568" s="1"/>
       <c r="L568" s="1"/>
       <c r="M568" s="1"/>
       <c r="N568" s="1"/>
       <c r="O568" s="1"/>
       <c r="P568" s="1"/>
       <c r="Q568" s="1"/>
       <c r="R568" s="1"/>
       <c r="S568" s="1"/>
       <c r="T568" s="1"/>
       <c r="U568" s="1"/>
       <c r="V568" s="1"/>
       <c r="W568" s="1"/>
     </row>
     <row r="569" spans="1:23">
       <c r="A569" s="3">
         <v>567</v>
       </c>
       <c r="B569" s="3" t="s">
-        <v>1878</v>
+        <v>1880</v>
       </c>
       <c r="C569" s="3" t="s">
-        <v>1879</v>
+        <v>1881</v>
       </c>
       <c r="D569" s="3" t="s">
-        <v>1880</v>
+        <v>1882</v>
       </c>
       <c r="E569" s="3" t="s">
+        <v>1883</v>
+      </c>
+      <c r="F569" s="3" t="s">
+        <v>1884</v>
+      </c>
+      <c r="G569" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H569" s="4" t="s">
         <v>1881</v>
-      </c>
-[...7 lines deleted...]
-        <v>1879</v>
       </c>
       <c r="I569" s="4"/>
       <c r="J569" s="1"/>
       <c r="K569" s="1"/>
       <c r="L569" s="1"/>
       <c r="M569" s="1"/>
       <c r="N569" s="1"/>
       <c r="O569" s="1"/>
       <c r="P569" s="1"/>
       <c r="Q569" s="1"/>
       <c r="R569" s="1"/>
       <c r="S569" s="1"/>
       <c r="T569" s="1"/>
       <c r="U569" s="1"/>
       <c r="V569" s="1"/>
       <c r="W569" s="1"/>
     </row>
     <row r="570" spans="1:23">
       <c r="A570" s="3">
         <v>568</v>
       </c>
       <c r="B570" s="3" t="s">
-        <v>1883</v>
+        <v>1885</v>
       </c>
       <c r="C570" s="3" t="s">
-        <v>1884</v>
+        <v>1886</v>
       </c>
       <c r="D570" s="3" t="s">
-        <v>1885</v>
+        <v>1887</v>
       </c>
       <c r="E570" s="3" t="s">
-        <v>1886</v>
+        <v>1888</v>
       </c>
       <c r="F570" s="3"/>
       <c r="G570" s="3" t="s">
         <v>1217</v>
       </c>
       <c r="H570" s="4" t="s">
-        <v>1884</v>
+        <v>1886</v>
       </c>
       <c r="I570" s="4"/>
       <c r="J570" s="1"/>
       <c r="K570" s="1"/>
       <c r="L570" s="1"/>
       <c r="M570" s="1"/>
       <c r="N570" s="1"/>
       <c r="O570" s="1"/>
       <c r="P570" s="1"/>
       <c r="Q570" s="1"/>
       <c r="R570" s="1"/>
       <c r="S570" s="1"/>
       <c r="T570" s="1"/>
       <c r="U570" s="1"/>
       <c r="V570" s="1"/>
       <c r="W570" s="1"/>
     </row>
     <row r="571" spans="1:23">
       <c r="A571" s="3">
         <v>569</v>
       </c>
       <c r="B571" s="3" t="s">
-        <v>1887</v>
+        <v>1889</v>
       </c>
       <c r="C571" s="3" t="s">
-        <v>1888</v>
+        <v>1890</v>
       </c>
       <c r="D571" s="3" t="s">
-        <v>1889</v>
+        <v>1891</v>
       </c>
       <c r="E571" s="3" t="s">
-        <v>1890</v>
+        <v>1892</v>
       </c>
       <c r="F571" s="3"/>
       <c r="G571" s="3" t="s">
         <v>1217</v>
       </c>
       <c r="H571" s="4" t="s">
-        <v>1888</v>
+        <v>1890</v>
       </c>
       <c r="I571" s="4"/>
       <c r="J571" s="1"/>
       <c r="K571" s="1"/>
       <c r="L571" s="1"/>
       <c r="M571" s="1"/>
       <c r="N571" s="1"/>
       <c r="O571" s="1"/>
       <c r="P571" s="1"/>
       <c r="Q571" s="1"/>
       <c r="R571" s="1"/>
       <c r="S571" s="1"/>
       <c r="T571" s="1"/>
       <c r="U571" s="1"/>
       <c r="V571" s="1"/>
       <c r="W571" s="1"/>
     </row>
     <row r="572" spans="1:23">
       <c r="A572" s="3">
         <v>570</v>
       </c>
       <c r="B572" s="3" t="s">
-        <v>1891</v>
+        <v>1893</v>
       </c>
       <c r="C572" s="3" t="s">
         <v>1717</v>
       </c>
       <c r="D572" s="3" t="s">
         <v>1665</v>
       </c>
       <c r="E572" s="3"/>
       <c r="F572" s="3"/>
       <c r="G572" s="3" t="s">
         <v>27</v>
       </c>
       <c r="H572" s="4" t="s">
         <v>1208</v>
       </c>
       <c r="I572" s="4" t="s">
         <v>114</v>
       </c>
       <c r="J572" s="1"/>
       <c r="K572" s="1"/>
       <c r="L572" s="1"/>
       <c r="M572" s="1"/>
       <c r="N572" s="1"/>
       <c r="O572" s="1"/>
       <c r="P572" s="1"/>
       <c r="Q572" s="1"/>
       <c r="R572" s="1"/>
       <c r="S572" s="1"/>
       <c r="T572" s="1"/>
       <c r="U572" s="1"/>
       <c r="V572" s="1"/>
       <c r="W572" s="1"/>
     </row>
     <row r="573" spans="1:23">
       <c r="A573" s="3">
         <v>571</v>
       </c>
       <c r="B573" s="3" t="s">
-        <v>1892</v>
+        <v>1894</v>
       </c>
       <c r="C573" s="3" t="s">
         <v>1694</v>
       </c>
       <c r="D573" s="3" t="s">
-        <v>1893</v>
+        <v>1895</v>
       </c>
       <c r="E573" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F573" s="3" t="s">
-        <v>1894</v>
+        <v>1896</v>
       </c>
       <c r="G573" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H573" s="4" t="s">
         <v>1694</v>
       </c>
       <c r="I573" s="4"/>
       <c r="J573" s="1"/>
       <c r="K573" s="1"/>
       <c r="L573" s="1"/>
       <c r="M573" s="1"/>
       <c r="N573" s="1"/>
       <c r="O573" s="1"/>
       <c r="P573" s="1"/>
       <c r="Q573" s="1"/>
       <c r="R573" s="1"/>
       <c r="S573" s="1"/>
       <c r="T573" s="1"/>
       <c r="U573" s="1"/>
       <c r="V573" s="1"/>
       <c r="W573" s="1"/>
     </row>
     <row r="574" spans="1:23">
       <c r="A574" s="3">
         <v>572</v>
       </c>
       <c r="B574" s="3" t="s">
-        <v>1895</v>
+        <v>1897</v>
       </c>
       <c r="C574" s="3" t="s">
         <v>1208</v>
       </c>
       <c r="D574" s="3" t="s">
-        <v>1896</v>
+        <v>1898</v>
       </c>
       <c r="E574" s="3" t="s">
         <v>1317</v>
       </c>
       <c r="F574" s="3" t="s">
-        <v>1897</v>
+        <v>1899</v>
       </c>
       <c r="G574" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H574" s="4" t="s">
         <v>1208</v>
       </c>
       <c r="I574" s="4"/>
       <c r="J574" s="1"/>
       <c r="K574" s="1"/>
       <c r="L574" s="1"/>
       <c r="M574" s="1"/>
       <c r="N574" s="1"/>
       <c r="O574" s="1"/>
       <c r="P574" s="1"/>
       <c r="Q574" s="1"/>
       <c r="R574" s="1"/>
       <c r="S574" s="1"/>
       <c r="T574" s="1"/>
       <c r="U574" s="1"/>
       <c r="V574" s="1"/>
       <c r="W574" s="1"/>
     </row>
     <row r="575" spans="1:23">
       <c r="A575" s="3">
         <v>573</v>
       </c>
       <c r="B575" s="3" t="s">
-        <v>1898</v>
+        <v>1900</v>
       </c>
       <c r="C575" s="3" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
       <c r="D575" s="3" t="s">
-        <v>1900</v>
+        <v>1902</v>
       </c>
       <c r="E575" s="3" t="s">
-        <v>1901</v>
+        <v>1903</v>
       </c>
       <c r="F575" s="3" t="s">
-        <v>1902</v>
+        <v>1904</v>
       </c>
       <c r="G575" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H575" s="4" t="s">
-        <v>1903</v>
+        <v>1905</v>
       </c>
       <c r="I575" s="4"/>
       <c r="J575" s="1"/>
       <c r="K575" s="1"/>
       <c r="L575" s="1"/>
       <c r="M575" s="1"/>
       <c r="N575" s="1"/>
       <c r="O575" s="1"/>
       <c r="P575" s="1"/>
       <c r="Q575" s="1"/>
       <c r="R575" s="1"/>
       <c r="S575" s="1"/>
       <c r="T575" s="1"/>
       <c r="U575" s="1"/>
       <c r="V575" s="1"/>
       <c r="W575" s="1"/>
     </row>
     <row r="576" spans="1:23">
       <c r="A576" s="3">
         <v>574</v>
       </c>
       <c r="B576" s="3" t="s">
-        <v>1904</v>
+        <v>1906</v>
       </c>
       <c r="C576" s="3" t="s">
         <v>1694</v>
       </c>
       <c r="D576" s="3" t="s">
-        <v>1905</v>
+        <v>1907</v>
       </c>
       <c r="E576" s="3" t="s">
-        <v>1906</v>
+        <v>1908</v>
       </c>
       <c r="F576" s="3" t="s">
-        <v>1907</v>
+        <v>1909</v>
       </c>
       <c r="G576" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H576" s="4" t="s">
-        <v>1908</v>
+        <v>1910</v>
       </c>
       <c r="I576" s="4"/>
       <c r="J576" s="1"/>
       <c r="K576" s="1"/>
       <c r="L576" s="1"/>
       <c r="M576" s="1"/>
       <c r="N576" s="1"/>
       <c r="O576" s="1"/>
       <c r="P576" s="1"/>
       <c r="Q576" s="1"/>
       <c r="R576" s="1"/>
       <c r="S576" s="1"/>
       <c r="T576" s="1"/>
       <c r="U576" s="1"/>
       <c r="V576" s="1"/>
       <c r="W576" s="1"/>
     </row>
     <row r="577" spans="1:23">
       <c r="A577" s="3">
         <v>575</v>
       </c>
       <c r="B577" s="3" t="s">
-        <v>1909</v>
+        <v>1911</v>
       </c>
       <c r="C577" s="3" t="s">
         <v>1694</v>
       </c>
       <c r="D577" s="3" t="s">
+        <v>1912</v>
+      </c>
+      <c r="E577" s="3" t="s">
+        <v>1908</v>
+      </c>
+      <c r="F577" s="3" t="s">
+        <v>1913</v>
+      </c>
+      <c r="G577" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H577" s="4" t="s">
         <v>1910</v>
-      </c>
-[...10 lines deleted...]
-        <v>1908</v>
       </c>
       <c r="I577" s="4"/>
       <c r="J577" s="1"/>
       <c r="K577" s="1"/>
       <c r="L577" s="1"/>
       <c r="M577" s="1"/>
       <c r="N577" s="1"/>
       <c r="O577" s="1"/>
       <c r="P577" s="1"/>
       <c r="Q577" s="1"/>
       <c r="R577" s="1"/>
       <c r="S577" s="1"/>
       <c r="T577" s="1"/>
       <c r="U577" s="1"/>
       <c r="V577" s="1"/>
       <c r="W577" s="1"/>
     </row>
     <row r="578" spans="1:23">
       <c r="A578" s="3">
         <v>576</v>
       </c>
       <c r="B578" s="3" t="s">
-        <v>1912</v>
+        <v>1914</v>
       </c>
       <c r="C578" s="3" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
       <c r="D578" s="3" t="s">
-        <v>1913</v>
+        <v>1915</v>
       </c>
       <c r="E578" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F578" s="3" t="s">
-        <v>1914</v>
+        <v>1916</v>
       </c>
       <c r="G578" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H578" s="4" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
       <c r="I578" s="4"/>
       <c r="J578" s="1"/>
       <c r="K578" s="1"/>
       <c r="L578" s="1"/>
       <c r="M578" s="1"/>
       <c r="N578" s="1"/>
       <c r="O578" s="1"/>
       <c r="P578" s="1"/>
       <c r="Q578" s="1"/>
       <c r="R578" s="1"/>
       <c r="S578" s="1"/>
       <c r="T578" s="1"/>
       <c r="U578" s="1"/>
       <c r="V578" s="1"/>
       <c r="W578" s="1"/>
     </row>
     <row r="579" spans="1:23">
       <c r="A579" s="3">
         <v>577</v>
       </c>
       <c r="B579" s="3" t="s">
-        <v>1915</v>
+        <v>1917</v>
       </c>
       <c r="C579" s="3" t="s">
-        <v>1916</v>
+        <v>1918</v>
       </c>
       <c r="D579" s="3" t="s">
-        <v>1917</v>
+        <v>1919</v>
       </c>
       <c r="E579" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F579" s="3" t="s">
+        <v>1920</v>
+      </c>
+      <c r="G579" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H579" s="4" t="s">
         <v>1918</v>
-      </c>
-[...4 lines deleted...]
-        <v>1916</v>
       </c>
       <c r="I579" s="4"/>
       <c r="J579" s="1"/>
       <c r="K579" s="1"/>
       <c r="L579" s="1"/>
       <c r="M579" s="1"/>
       <c r="N579" s="1"/>
       <c r="O579" s="1"/>
       <c r="P579" s="1"/>
       <c r="Q579" s="1"/>
       <c r="R579" s="1"/>
       <c r="S579" s="1"/>
       <c r="T579" s="1"/>
       <c r="U579" s="1"/>
       <c r="V579" s="1"/>
       <c r="W579" s="1"/>
     </row>
     <row r="580" spans="1:23">
       <c r="A580" s="3">
         <v>578</v>
       </c>
       <c r="B580" s="3" t="s">
-        <v>1919</v>
+        <v>1921</v>
       </c>
       <c r="C580" s="3" t="s">
         <v>1208</v>
       </c>
       <c r="D580" s="3" t="s">
-        <v>1920</v>
+        <v>1922</v>
       </c>
       <c r="E580" s="3" t="s">
-        <v>1921</v>
+        <v>1923</v>
       </c>
       <c r="F580" s="3" t="s">
-        <v>1922</v>
+        <v>1924</v>
       </c>
       <c r="G580" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H580" s="4" t="s">
         <v>1208</v>
       </c>
       <c r="I580" s="4"/>
       <c r="J580" s="1"/>
       <c r="K580" s="1"/>
       <c r="L580" s="1"/>
       <c r="M580" s="1"/>
       <c r="N580" s="1"/>
       <c r="O580" s="1"/>
       <c r="P580" s="1"/>
       <c r="Q580" s="1"/>
       <c r="R580" s="1"/>
       <c r="S580" s="1"/>
       <c r="T580" s="1"/>
       <c r="U580" s="1"/>
       <c r="V580" s="1"/>
       <c r="W580" s="1"/>
     </row>
     <row r="581" spans="1:23">
       <c r="A581" s="3">
         <v>579</v>
       </c>
       <c r="B581" s="3" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
       <c r="C581" s="3" t="s">
         <v>1320</v>
       </c>
       <c r="D581" s="3" t="s">
-        <v>1924</v>
+        <v>1926</v>
       </c>
       <c r="E581" s="3" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
       <c r="F581" s="3" t="s">
-        <v>1926</v>
+        <v>1928</v>
       </c>
       <c r="G581" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H581" s="4" t="s">
         <v>1320</v>
       </c>
       <c r="I581" s="4"/>
       <c r="J581" s="1"/>
       <c r="K581" s="1"/>
       <c r="L581" s="1"/>
       <c r="M581" s="1"/>
       <c r="N581" s="1"/>
       <c r="O581" s="1"/>
       <c r="P581" s="1"/>
       <c r="Q581" s="1"/>
       <c r="R581" s="1"/>
       <c r="S581" s="1"/>
       <c r="T581" s="1"/>
       <c r="U581" s="1"/>
       <c r="V581" s="1"/>
       <c r="W581" s="1"/>
     </row>
     <row r="582" spans="1:23">
       <c r="A582" s="3">
         <v>580</v>
       </c>
       <c r="B582" s="3" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="C582" s="3" t="s">
-        <v>1928</v>
+        <v>1930</v>
       </c>
       <c r="D582" s="3" t="s">
-        <v>1929</v>
+        <v>1931</v>
       </c>
       <c r="E582" s="3" t="s">
+        <v>1932</v>
+      </c>
+      <c r="F582" s="3" t="s">
+        <v>1933</v>
+      </c>
+      <c r="G582" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H582" s="4" t="s">
         <v>1930</v>
-      </c>
-[...7 lines deleted...]
-        <v>1928</v>
       </c>
       <c r="I582" s="4"/>
       <c r="J582" s="1"/>
       <c r="K582" s="1"/>
       <c r="L582" s="1"/>
       <c r="M582" s="1"/>
       <c r="N582" s="1"/>
       <c r="O582" s="1"/>
       <c r="P582" s="1"/>
       <c r="Q582" s="1"/>
       <c r="R582" s="1"/>
       <c r="S582" s="1"/>
       <c r="T582" s="1"/>
       <c r="U582" s="1"/>
       <c r="V582" s="1"/>
       <c r="W582" s="1"/>
     </row>
     <row r="583" spans="1:23">
       <c r="A583" s="3">
         <v>581</v>
       </c>
       <c r="B583" s="3" t="s">
-        <v>1932</v>
+        <v>1934</v>
       </c>
       <c r="C583" s="3" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
       <c r="D583" s="3" t="s">
-        <v>1933</v>
+        <v>1935</v>
       </c>
       <c r="E583" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F583" s="3" t="s">
-        <v>1934</v>
+        <v>1936</v>
       </c>
       <c r="G583" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H583" s="4" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
       <c r="I583" s="4"/>
       <c r="J583" s="1"/>
       <c r="K583" s="1"/>
       <c r="L583" s="1"/>
       <c r="M583" s="1"/>
       <c r="N583" s="1"/>
       <c r="O583" s="1"/>
       <c r="P583" s="1"/>
       <c r="Q583" s="1"/>
       <c r="R583" s="1"/>
       <c r="S583" s="1"/>
       <c r="T583" s="1"/>
       <c r="U583" s="1"/>
       <c r="V583" s="1"/>
       <c r="W583" s="1"/>
     </row>
     <row r="584" spans="1:23">
       <c r="A584" s="3">
         <v>582</v>
       </c>
       <c r="B584" s="3" t="s">
-        <v>1935</v>
+        <v>1937</v>
       </c>
       <c r="C584" s="3" t="s">
         <v>1205</v>
       </c>
       <c r="D584" s="3" t="s">
-        <v>1936</v>
+        <v>1938</v>
       </c>
       <c r="E584" s="3"/>
       <c r="F584" s="3" t="s">
-        <v>1937</v>
+        <v>1939</v>
       </c>
       <c r="G584" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H584" s="4" t="s">
         <v>1205</v>
       </c>
       <c r="I584" s="4"/>
       <c r="J584" s="1"/>
       <c r="K584" s="1"/>
       <c r="L584" s="1"/>
       <c r="M584" s="1"/>
       <c r="N584" s="1"/>
       <c r="O584" s="1"/>
       <c r="P584" s="1"/>
       <c r="Q584" s="1"/>
       <c r="R584" s="1"/>
       <c r="S584" s="1"/>
       <c r="T584" s="1"/>
       <c r="U584" s="1"/>
       <c r="V584" s="1"/>
       <c r="W584" s="1"/>
     </row>
     <row r="585" spans="1:23">
       <c r="A585" s="3">
         <v>583</v>
       </c>
       <c r="B585" s="3" t="s">
-        <v>1938</v>
+        <v>1940</v>
       </c>
       <c r="C585" s="3" t="s">
-        <v>1939</v>
+        <v>1941</v>
       </c>
       <c r="D585" s="3" t="s">
-        <v>1940</v>
+        <v>1942</v>
       </c>
       <c r="E585" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F585" s="3" t="s">
+        <v>1943</v>
+      </c>
+      <c r="G585" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H585" s="4" t="s">
         <v>1941</v>
-      </c>
-[...4 lines deleted...]
-        <v>1939</v>
       </c>
       <c r="I585" s="4"/>
       <c r="J585" s="1"/>
       <c r="K585" s="1"/>
       <c r="L585" s="1"/>
       <c r="M585" s="1"/>
       <c r="N585" s="1"/>
       <c r="O585" s="1"/>
       <c r="P585" s="1"/>
       <c r="Q585" s="1"/>
       <c r="R585" s="1"/>
       <c r="S585" s="1"/>
       <c r="T585" s="1"/>
       <c r="U585" s="1"/>
       <c r="V585" s="1"/>
       <c r="W585" s="1"/>
     </row>
     <row r="586" spans="1:23">
       <c r="A586" s="3">
         <v>584</v>
       </c>
       <c r="B586" s="3" t="s">
-        <v>1942</v>
+        <v>1944</v>
       </c>
       <c r="C586" s="3" t="s">
         <v>789</v>
       </c>
       <c r="D586" s="3" t="s">
-        <v>1943</v>
+        <v>1945</v>
       </c>
       <c r="E586" s="3"/>
       <c r="F586" s="3" t="s">
-        <v>1944</v>
+        <v>1946</v>
       </c>
       <c r="G586" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H586" s="4" t="s">
         <v>789</v>
       </c>
       <c r="I586" s="4"/>
       <c r="J586" s="1"/>
       <c r="K586" s="1"/>
       <c r="L586" s="1"/>
       <c r="M586" s="1"/>
       <c r="N586" s="1"/>
       <c r="O586" s="1"/>
       <c r="P586" s="1"/>
       <c r="Q586" s="1"/>
       <c r="R586" s="1"/>
       <c r="S586" s="1"/>
       <c r="T586" s="1"/>
       <c r="U586" s="1"/>
       <c r="V586" s="1"/>
       <c r="W586" s="1"/>
     </row>
     <row r="587" spans="1:23">
       <c r="A587" s="3">
         <v>585</v>
       </c>
       <c r="B587" s="3" t="s">
-        <v>1945</v>
+        <v>1947</v>
       </c>
       <c r="C587" s="3" t="s">
         <v>789</v>
       </c>
       <c r="D587" s="3" t="s">
-        <v>1946</v>
+        <v>1948</v>
       </c>
       <c r="E587" s="3"/>
       <c r="F587" s="3" t="s">
-        <v>1947</v>
+        <v>1949</v>
       </c>
       <c r="G587" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H587" s="4" t="s">
         <v>789</v>
       </c>
       <c r="I587" s="4"/>
       <c r="J587" s="1"/>
       <c r="K587" s="1"/>
       <c r="L587" s="1"/>
       <c r="M587" s="1"/>
       <c r="N587" s="1"/>
       <c r="O587" s="1"/>
       <c r="P587" s="1"/>
       <c r="Q587" s="1"/>
       <c r="R587" s="1"/>
       <c r="S587" s="1"/>
       <c r="T587" s="1"/>
       <c r="U587" s="1"/>
       <c r="V587" s="1"/>
       <c r="W587" s="1"/>
     </row>
     <row r="588" spans="1:23">
       <c r="A588" s="3">
         <v>586</v>
       </c>
       <c r="B588" s="3" t="s">
-        <v>1948</v>
+        <v>1950</v>
       </c>
       <c r="C588" s="3" t="s">
         <v>789</v>
       </c>
       <c r="D588" s="3" t="s">
-        <v>1949</v>
+        <v>1951</v>
       </c>
       <c r="E588" s="3"/>
       <c r="F588" s="3" t="s">
-        <v>1950</v>
+        <v>1952</v>
       </c>
       <c r="G588" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H588" s="4" t="s">
         <v>789</v>
       </c>
       <c r="I588" s="4"/>
       <c r="J588" s="1"/>
       <c r="K588" s="1"/>
       <c r="L588" s="1"/>
       <c r="M588" s="1"/>
       <c r="N588" s="1"/>
       <c r="O588" s="1"/>
       <c r="P588" s="1"/>
       <c r="Q588" s="1"/>
       <c r="R588" s="1"/>
       <c r="S588" s="1"/>
       <c r="T588" s="1"/>
       <c r="U588" s="1"/>
       <c r="V588" s="1"/>
       <c r="W588" s="1"/>
     </row>
     <row r="589" spans="1:23">
       <c r="A589" s="3">
         <v>587</v>
       </c>
       <c r="B589" s="3" t="s">
-        <v>1951</v>
+        <v>1953</v>
       </c>
       <c r="C589" s="3" t="s">
         <v>1205</v>
       </c>
       <c r="D589" s="3" t="s">
-        <v>1952</v>
+        <v>1954</v>
       </c>
       <c r="E589" s="3"/>
       <c r="F589" s="3" t="s">
-        <v>1953</v>
+        <v>1955</v>
       </c>
       <c r="G589" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H589" s="4" t="s">
         <v>1205</v>
       </c>
       <c r="I589" s="4"/>
       <c r="J589" s="1"/>
       <c r="K589" s="1"/>
       <c r="L589" s="1"/>
       <c r="M589" s="1"/>
       <c r="N589" s="1"/>
       <c r="O589" s="1"/>
       <c r="P589" s="1"/>
       <c r="Q589" s="1"/>
       <c r="R589" s="1"/>
       <c r="S589" s="1"/>
       <c r="T589" s="1"/>
       <c r="U589" s="1"/>
       <c r="V589" s="1"/>
       <c r="W589" s="1"/>
     </row>
     <row r="590" spans="1:23">
       <c r="A590" s="3">
         <v>588</v>
       </c>
       <c r="B590" s="3" t="s">
-        <v>1954</v>
+        <v>1956</v>
       </c>
       <c r="C590" s="3" t="s">
         <v>1205</v>
       </c>
       <c r="D590" s="3" t="s">
-        <v>1955</v>
+        <v>1957</v>
       </c>
       <c r="E590" s="3"/>
       <c r="F590" s="3" t="s">
-        <v>1956</v>
+        <v>1958</v>
       </c>
       <c r="G590" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H590" s="4" t="s">
         <v>1205</v>
       </c>
       <c r="I590" s="4"/>
       <c r="J590" s="1"/>
       <c r="K590" s="1"/>
       <c r="L590" s="1"/>
       <c r="M590" s="1"/>
       <c r="N590" s="1"/>
       <c r="O590" s="1"/>
       <c r="P590" s="1"/>
       <c r="Q590" s="1"/>
       <c r="R590" s="1"/>
       <c r="S590" s="1"/>
       <c r="T590" s="1"/>
       <c r="U590" s="1"/>
       <c r="V590" s="1"/>
       <c r="W590" s="1"/>
     </row>
     <row r="591" spans="1:23">
       <c r="A591" s="3">
         <v>589</v>
       </c>
       <c r="B591" s="3" t="s">
-        <v>1957</v>
+        <v>1959</v>
       </c>
       <c r="C591" s="3" t="s">
         <v>1320</v>
       </c>
       <c r="D591" s="3" t="s">
-        <v>1958</v>
+        <v>1960</v>
       </c>
       <c r="E591" s="3" t="s">
         <v>1322</v>
       </c>
       <c r="F591" s="3" t="s">
-        <v>1959</v>
+        <v>1961</v>
       </c>
       <c r="G591" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H591" s="4" t="s">
         <v>1320</v>
       </c>
       <c r="I591" s="4"/>
       <c r="J591" s="1"/>
       <c r="K591" s="1"/>
       <c r="L591" s="1"/>
       <c r="M591" s="1"/>
       <c r="N591" s="1"/>
       <c r="O591" s="1"/>
       <c r="P591" s="1"/>
       <c r="Q591" s="1"/>
       <c r="R591" s="1"/>
       <c r="S591" s="1"/>
       <c r="T591" s="1"/>
       <c r="U591" s="1"/>
       <c r="V591" s="1"/>
       <c r="W591" s="1"/>
     </row>
     <row r="592" spans="1:23">
       <c r="A592" s="3">
         <v>590</v>
       </c>
       <c r="B592" s="3" t="s">
-        <v>1960</v>
+        <v>1962</v>
       </c>
       <c r="C592" s="3" t="s">
-        <v>1961</v>
+        <v>1963</v>
       </c>
       <c r="D592" s="3" t="s">
-        <v>1962</v>
+        <v>1964</v>
       </c>
       <c r="E592" s="3" t="s">
         <v>1481</v>
       </c>
       <c r="F592" s="3" t="s">
+        <v>1965</v>
+      </c>
+      <c r="G592" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H592" s="4" t="s">
         <v>1963</v>
-      </c>
-[...4 lines deleted...]
-        <v>1961</v>
       </c>
       <c r="I592" s="4"/>
       <c r="J592" s="1"/>
       <c r="K592" s="1"/>
       <c r="L592" s="1"/>
       <c r="M592" s="1"/>
       <c r="N592" s="1"/>
       <c r="O592" s="1"/>
       <c r="P592" s="1"/>
       <c r="Q592" s="1"/>
       <c r="R592" s="1"/>
       <c r="S592" s="1"/>
       <c r="T592" s="1"/>
       <c r="U592" s="1"/>
       <c r="V592" s="1"/>
       <c r="W592" s="1"/>
     </row>
     <row r="593" spans="1:23">
       <c r="A593" s="3">
         <v>591</v>
       </c>
       <c r="B593" s="3" t="s">
-        <v>1964</v>
+        <v>1966</v>
       </c>
       <c r="C593" s="3" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
       <c r="D593" s="3" t="s">
-        <v>1965</v>
+        <v>1967</v>
       </c>
       <c r="E593" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F593" s="3" t="s">
-        <v>1966</v>
+        <v>1968</v>
       </c>
       <c r="G593" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H593" s="4" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
       <c r="I593" s="4"/>
       <c r="J593" s="1"/>
       <c r="K593" s="1"/>
       <c r="L593" s="1"/>
       <c r="M593" s="1"/>
       <c r="N593" s="1"/>
       <c r="O593" s="1"/>
       <c r="P593" s="1"/>
       <c r="Q593" s="1"/>
       <c r="R593" s="1"/>
       <c r="S593" s="1"/>
       <c r="T593" s="1"/>
       <c r="U593" s="1"/>
       <c r="V593" s="1"/>
       <c r="W593" s="1"/>
     </row>
     <row r="594" spans="1:23">
       <c r="A594" s="3">
         <v>592</v>
       </c>
       <c r="B594" s="3" t="s">
-        <v>1967</v>
+        <v>1969</v>
       </c>
       <c r="C594" s="3" t="s">
         <v>789</v>
       </c>
       <c r="D594" s="3" t="s">
-        <v>1968</v>
+        <v>1970</v>
       </c>
       <c r="E594" s="3"/>
       <c r="F594" s="3" t="s">
-        <v>1969</v>
+        <v>1971</v>
       </c>
       <c r="G594" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H594" s="4" t="s">
         <v>789</v>
       </c>
       <c r="I594" s="4"/>
       <c r="J594" s="1"/>
       <c r="K594" s="1"/>
       <c r="L594" s="1"/>
       <c r="M594" s="1"/>
       <c r="N594" s="1"/>
       <c r="O594" s="1"/>
       <c r="P594" s="1"/>
       <c r="Q594" s="1"/>
       <c r="R594" s="1"/>
       <c r="S594" s="1"/>
       <c r="T594" s="1"/>
       <c r="U594" s="1"/>
       <c r="V594" s="1"/>
       <c r="W594" s="1"/>
     </row>
     <row r="595" spans="1:23">
       <c r="A595" s="3">
         <v>593</v>
       </c>
       <c r="B595" s="3" t="s">
-        <v>1970</v>
+        <v>1972</v>
       </c>
       <c r="C595" s="3" t="s">
         <v>1205</v>
       </c>
       <c r="D595" s="3" t="s">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E595" s="3"/>
       <c r="F595" s="3" t="s">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="G595" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H595" s="4" t="s">
         <v>1205</v>
       </c>
       <c r="I595" s="4"/>
       <c r="J595" s="1"/>
       <c r="K595" s="1"/>
       <c r="L595" s="1"/>
       <c r="M595" s="1"/>
       <c r="N595" s="1"/>
       <c r="O595" s="1"/>
       <c r="P595" s="1"/>
       <c r="Q595" s="1"/>
       <c r="R595" s="1"/>
       <c r="S595" s="1"/>
       <c r="T595" s="1"/>
       <c r="U595" s="1"/>
       <c r="V595" s="1"/>
       <c r="W595" s="1"/>
     </row>
     <row r="596" spans="1:23">
       <c r="A596" s="3">
         <v>594</v>
       </c>
       <c r="B596" s="3" t="s">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="C596" s="3" t="s">
         <v>1320</v>
       </c>
       <c r="D596" s="3" t="s">
-        <v>1974</v>
+        <v>1976</v>
       </c>
       <c r="E596" s="3" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
       <c r="F596" s="3" t="s">
-        <v>1975</v>
+        <v>1977</v>
       </c>
       <c r="G596" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H596" s="4" t="s">
         <v>1320</v>
       </c>
       <c r="I596" s="4"/>
       <c r="J596" s="1"/>
       <c r="K596" s="1"/>
       <c r="L596" s="1"/>
       <c r="M596" s="1"/>
       <c r="N596" s="1"/>
       <c r="O596" s="1"/>
       <c r="P596" s="1"/>
       <c r="Q596" s="1"/>
       <c r="R596" s="1"/>
       <c r="S596" s="1"/>
       <c r="T596" s="1"/>
       <c r="U596" s="1"/>
       <c r="V596" s="1"/>
       <c r="W596" s="1"/>
     </row>
     <row r="597" spans="1:23">
       <c r="A597" s="3">
         <v>595</v>
       </c>
       <c r="B597" s="3" t="s">
-        <v>1976</v>
+        <v>1978</v>
       </c>
       <c r="C597" s="3" t="s">
         <v>1320</v>
       </c>
       <c r="D597" s="3" t="s">
-        <v>1977</v>
+        <v>1979</v>
       </c>
       <c r="E597" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F597" s="3" t="s">
-        <v>1978</v>
+        <v>1980</v>
       </c>
       <c r="G597" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H597" s="4" t="s">
         <v>1320</v>
       </c>
       <c r="I597" s="4"/>
       <c r="J597" s="1"/>
       <c r="K597" s="1"/>
       <c r="L597" s="1"/>
       <c r="M597" s="1"/>
       <c r="N597" s="1"/>
       <c r="O597" s="1"/>
       <c r="P597" s="1"/>
       <c r="Q597" s="1"/>
       <c r="R597" s="1"/>
       <c r="S597" s="1"/>
       <c r="T597" s="1"/>
       <c r="U597" s="1"/>
       <c r="V597" s="1"/>
       <c r="W597" s="1"/>
     </row>
     <row r="598" spans="1:23">
       <c r="A598" s="3">
         <v>596</v>
       </c>
       <c r="B598" s="3" t="s">
-        <v>1979</v>
+        <v>1981</v>
       </c>
       <c r="C598" s="3" t="s">
-        <v>1980</v>
+        <v>1982</v>
       </c>
       <c r="D598" s="3" t="s">
-        <v>1981</v>
+        <v>1983</v>
       </c>
       <c r="E598" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F598" s="3" t="s">
+        <v>1984</v>
+      </c>
+      <c r="G598" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H598" s="4" t="s">
         <v>1982</v>
-      </c>
-[...4 lines deleted...]
-        <v>1980</v>
       </c>
       <c r="I598" s="4"/>
       <c r="J598" s="1"/>
       <c r="K598" s="1"/>
       <c r="L598" s="1"/>
       <c r="M598" s="1"/>
       <c r="N598" s="1"/>
       <c r="O598" s="1"/>
       <c r="P598" s="1"/>
       <c r="Q598" s="1"/>
       <c r="R598" s="1"/>
       <c r="S598" s="1"/>
       <c r="T598" s="1"/>
       <c r="U598" s="1"/>
       <c r="V598" s="1"/>
       <c r="W598" s="1"/>
     </row>
     <row r="599" spans="1:23">
       <c r="A599" s="3">
         <v>597</v>
       </c>
       <c r="B599" s="3" t="s">
-        <v>1983</v>
+        <v>1985</v>
       </c>
       <c r="C599" s="3" t="s">
         <v>1578</v>
       </c>
       <c r="D599" s="3" t="s">
-        <v>1984</v>
+        <v>1986</v>
       </c>
       <c r="E599" s="3" t="s">
         <v>1317</v>
       </c>
       <c r="F599" s="3" t="s">
-        <v>1985</v>
+        <v>1987</v>
       </c>
       <c r="G599" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H599" s="4" t="s">
         <v>1578</v>
       </c>
       <c r="I599" s="4"/>
       <c r="J599" s="1"/>
       <c r="K599" s="1"/>
       <c r="L599" s="1"/>
       <c r="M599" s="1"/>
       <c r="N599" s="1"/>
       <c r="O599" s="1"/>
       <c r="P599" s="1"/>
       <c r="Q599" s="1"/>
       <c r="R599" s="1"/>
       <c r="S599" s="1"/>
       <c r="T599" s="1"/>
       <c r="U599" s="1"/>
       <c r="V599" s="1"/>
       <c r="W599" s="1"/>
     </row>
     <row r="600" spans="1:23">
       <c r="A600" s="3">
         <v>598</v>
       </c>
       <c r="B600" s="3" t="s">
-        <v>1986</v>
+        <v>1988</v>
       </c>
       <c r="C600" s="3" t="s">
         <v>1225</v>
       </c>
       <c r="D600" s="3" t="s">
-        <v>1987</v>
+        <v>1989</v>
       </c>
       <c r="E600" s="3" t="s">
-        <v>1988</v>
+        <v>1990</v>
       </c>
       <c r="F600" s="3"/>
       <c r="G600" s="3" t="s">
         <v>1217</v>
       </c>
       <c r="H600" s="4" t="s">
         <v>1225</v>
       </c>
       <c r="I600" s="4"/>
       <c r="J600" s="1"/>
       <c r="K600" s="1"/>
       <c r="L600" s="1"/>
       <c r="M600" s="1"/>
       <c r="N600" s="1"/>
       <c r="O600" s="1"/>
       <c r="P600" s="1"/>
       <c r="Q600" s="1"/>
       <c r="R600" s="1"/>
       <c r="S600" s="1"/>
       <c r="T600" s="1"/>
       <c r="U600" s="1"/>
       <c r="V600" s="1"/>
       <c r="W600" s="1"/>
     </row>
     <row r="601" spans="1:23">
       <c r="A601" s="3">
         <v>599</v>
       </c>
       <c r="B601" s="3" t="s">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="C601" s="3" t="s">
         <v>1241</v>
       </c>
       <c r="D601" s="3" t="s">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="E601" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F601" s="3" t="s">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="G601" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H601" s="4" t="s">
         <v>1241</v>
       </c>
       <c r="I601" s="4"/>
       <c r="J601" s="1"/>
       <c r="K601" s="1"/>
       <c r="L601" s="1"/>
       <c r="M601" s="1"/>
       <c r="N601" s="1"/>
       <c r="O601" s="1"/>
       <c r="P601" s="1"/>
       <c r="Q601" s="1"/>
       <c r="R601" s="1"/>
       <c r="S601" s="1"/>
       <c r="T601" s="1"/>
       <c r="U601" s="1"/>
       <c r="V601" s="1"/>
       <c r="W601" s="1"/>
     </row>
     <row r="602" spans="1:23">
       <c r="A602" s="3">
         <v>600</v>
       </c>
       <c r="B602" s="3" t="s">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="C602" s="3" t="s">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="D602" s="3" t="s">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="E602" s="3" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="F602" s="3" t="s">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="G602" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H602" s="4" t="s">
         <v>1329</v>
       </c>
       <c r="I602" s="4"/>
       <c r="J602" s="1"/>
       <c r="K602" s="1"/>
       <c r="L602" s="1"/>
       <c r="M602" s="1"/>
       <c r="N602" s="1"/>
       <c r="O602" s="1"/>
       <c r="P602" s="1"/>
       <c r="Q602" s="1"/>
       <c r="R602" s="1"/>
       <c r="S602" s="1"/>
       <c r="T602" s="1"/>
       <c r="U602" s="1"/>
       <c r="V602" s="1"/>
       <c r="W602" s="1"/>
     </row>
     <row r="603" spans="1:23">
       <c r="A603" s="3">
         <v>601</v>
       </c>
       <c r="B603" s="3" t="s">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="C603" s="3" t="s">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="D603" s="3" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="E603" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F603" s="3" t="s">
+        <v>2002</v>
+      </c>
+      <c r="G603" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H603" s="4" t="s">
         <v>2000</v>
-      </c>
-[...4 lines deleted...]
-        <v>1998</v>
       </c>
       <c r="I603" s="4"/>
       <c r="J603" s="1"/>
       <c r="K603" s="1"/>
       <c r="L603" s="1"/>
       <c r="M603" s="1"/>
       <c r="N603" s="1"/>
       <c r="O603" s="1"/>
       <c r="P603" s="1"/>
       <c r="Q603" s="1"/>
       <c r="R603" s="1"/>
       <c r="S603" s="1"/>
       <c r="T603" s="1"/>
       <c r="U603" s="1"/>
       <c r="V603" s="1"/>
       <c r="W603" s="1"/>
     </row>
     <row r="604" spans="1:23">
       <c r="A604" s="3">
         <v>602</v>
       </c>
       <c r="B604" s="3" t="s">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="C604" s="3" t="s">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="D604" s="3" t="s">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="E604" s="3" t="s">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="F604" s="3" t="s">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="G604" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H604" s="4" t="s">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="I604" s="4"/>
       <c r="J604" s="1"/>
       <c r="K604" s="1"/>
       <c r="L604" s="1"/>
       <c r="M604" s="1"/>
       <c r="N604" s="1"/>
       <c r="O604" s="1"/>
       <c r="P604" s="1"/>
       <c r="Q604" s="1"/>
       <c r="R604" s="1"/>
       <c r="S604" s="1"/>
       <c r="T604" s="1"/>
       <c r="U604" s="1"/>
       <c r="V604" s="1"/>
       <c r="W604" s="1"/>
     </row>
     <row r="605" spans="1:23">
       <c r="A605" s="3">
         <v>603</v>
       </c>
       <c r="B605" s="3" t="s">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="C605" s="3" t="s">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="D605" s="3" t="s">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="E605" s="3" t="s">
+        <v>2012</v>
+      </c>
+      <c r="F605" s="3" t="s">
+        <v>2013</v>
+      </c>
+      <c r="G605" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H605" s="4" t="s">
         <v>2010</v>
-      </c>
-[...7 lines deleted...]
-        <v>2008</v>
       </c>
       <c r="I605" s="4"/>
       <c r="J605" s="1"/>
       <c r="K605" s="1"/>
       <c r="L605" s="1"/>
       <c r="M605" s="1"/>
       <c r="N605" s="1"/>
       <c r="O605" s="1"/>
       <c r="P605" s="1"/>
       <c r="Q605" s="1"/>
       <c r="R605" s="1"/>
       <c r="S605" s="1"/>
       <c r="T605" s="1"/>
       <c r="U605" s="1"/>
       <c r="V605" s="1"/>
       <c r="W605" s="1"/>
     </row>
     <row r="606" spans="1:23">
       <c r="A606" s="3">
         <v>604</v>
       </c>
       <c r="B606" s="3" t="s">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="C606" s="3" t="s">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="D606" s="3" t="s">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="E606" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F606" s="3" t="s">
+        <v>2017</v>
+      </c>
+      <c r="G606" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H606" s="4" t="s">
         <v>2015</v>
-      </c>
-[...4 lines deleted...]
-        <v>2013</v>
       </c>
       <c r="I606" s="4"/>
       <c r="J606" s="1"/>
       <c r="K606" s="1"/>
       <c r="L606" s="1"/>
       <c r="M606" s="1"/>
       <c r="N606" s="1"/>
       <c r="O606" s="1"/>
       <c r="P606" s="1"/>
       <c r="Q606" s="1"/>
       <c r="R606" s="1"/>
       <c r="S606" s="1"/>
       <c r="T606" s="1"/>
       <c r="U606" s="1"/>
       <c r="V606" s="1"/>
       <c r="W606" s="1"/>
     </row>
     <row r="607" spans="1:23">
       <c r="A607" s="3">
         <v>605</v>
       </c>
       <c r="B607" s="3" t="s">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C607" s="3" t="s">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="D607" s="3" t="s">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="E607" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F607" s="3" t="s">
+        <v>2021</v>
+      </c>
+      <c r="G607" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H607" s="4" t="s">
         <v>2019</v>
-      </c>
-[...4 lines deleted...]
-        <v>2017</v>
       </c>
       <c r="I607" s="4"/>
       <c r="J607" s="1"/>
       <c r="K607" s="1"/>
       <c r="L607" s="1"/>
       <c r="M607" s="1"/>
       <c r="N607" s="1"/>
       <c r="O607" s="1"/>
       <c r="P607" s="1"/>
       <c r="Q607" s="1"/>
       <c r="R607" s="1"/>
       <c r="S607" s="1"/>
       <c r="T607" s="1"/>
       <c r="U607" s="1"/>
       <c r="V607" s="1"/>
       <c r="W607" s="1"/>
     </row>
     <row r="608" spans="1:23">
       <c r="A608" s="3">
         <v>606</v>
       </c>
       <c r="B608" s="3" t="s">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="C608" s="3" t="s">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="D608" s="3" t="s">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="E608" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F608" s="3" t="s">
+        <v>2025</v>
+      </c>
+      <c r="G608" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H608" s="4" t="s">
         <v>2023</v>
-      </c>
-[...4 lines deleted...]
-        <v>2021</v>
       </c>
       <c r="I608" s="4"/>
       <c r="J608" s="1"/>
       <c r="K608" s="1"/>
       <c r="L608" s="1"/>
       <c r="M608" s="1"/>
       <c r="N608" s="1"/>
       <c r="O608" s="1"/>
       <c r="P608" s="1"/>
       <c r="Q608" s="1"/>
       <c r="R608" s="1"/>
       <c r="S608" s="1"/>
       <c r="T608" s="1"/>
       <c r="U608" s="1"/>
       <c r="V608" s="1"/>
       <c r="W608" s="1"/>
     </row>
     <row r="609" spans="1:23">
       <c r="A609" s="3">
         <v>607</v>
       </c>
       <c r="B609" s="3" t="s">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="C609" s="3" t="s">
-        <v>2025</v>
+        <v>2027</v>
       </c>
       <c r="D609" s="3" t="s">
-        <v>2026</v>
+        <v>2028</v>
       </c>
       <c r="E609" s="3" t="s">
+        <v>2029</v>
+      </c>
+      <c r="F609" s="3" t="s">
+        <v>2030</v>
+      </c>
+      <c r="G609" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H609" s="4" t="s">
         <v>2027</v>
-      </c>
-[...7 lines deleted...]
-        <v>2025</v>
       </c>
       <c r="I609" s="4"/>
       <c r="J609" s="1"/>
       <c r="K609" s="1"/>
       <c r="L609" s="1"/>
       <c r="M609" s="1"/>
       <c r="N609" s="1"/>
       <c r="O609" s="1"/>
       <c r="P609" s="1"/>
       <c r="Q609" s="1"/>
       <c r="R609" s="1"/>
       <c r="S609" s="1"/>
       <c r="T609" s="1"/>
       <c r="U609" s="1"/>
       <c r="V609" s="1"/>
       <c r="W609" s="1"/>
     </row>
     <row r="610" spans="1:23">
       <c r="A610" s="3">
         <v>608</v>
       </c>
       <c r="B610" s="3" t="s">
-        <v>2029</v>
+        <v>2031</v>
       </c>
       <c r="C610" s="3" t="s">
-        <v>2025</v>
+        <v>2027</v>
       </c>
       <c r="D610" s="3" t="s">
-        <v>2030</v>
+        <v>2032</v>
       </c>
       <c r="E610" s="3" t="s">
-        <v>2031</v>
+        <v>2033</v>
       </c>
       <c r="F610" s="3"/>
       <c r="G610" s="3" t="s">
         <v>1217</v>
       </c>
       <c r="H610" s="4" t="s">
-        <v>2025</v>
+        <v>2027</v>
       </c>
       <c r="I610" s="4"/>
       <c r="J610" s="1"/>
       <c r="K610" s="1"/>
       <c r="L610" s="1"/>
       <c r="M610" s="1"/>
       <c r="N610" s="1"/>
       <c r="O610" s="1"/>
       <c r="P610" s="1"/>
       <c r="Q610" s="1"/>
       <c r="R610" s="1"/>
       <c r="S610" s="1"/>
       <c r="T610" s="1"/>
       <c r="U610" s="1"/>
       <c r="V610" s="1"/>
       <c r="W610" s="1"/>
     </row>
     <row r="611" spans="1:23">
       <c r="A611" s="3">
         <v>609</v>
       </c>
       <c r="B611" s="3" t="s">
-        <v>2032</v>
+        <v>2034</v>
       </c>
       <c r="C611" s="3" t="s">
-        <v>2033</v>
+        <v>2035</v>
       </c>
       <c r="D611" s="3" t="s">
-        <v>2034</v>
+        <v>2036</v>
       </c>
       <c r="E611" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F611" s="3" t="s">
+        <v>2037</v>
+      </c>
+      <c r="G611" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H611" s="4" t="s">
         <v>2035</v>
-      </c>
-[...4 lines deleted...]
-        <v>2033</v>
       </c>
       <c r="I611" s="4"/>
       <c r="J611" s="1"/>
       <c r="K611" s="1"/>
       <c r="L611" s="1"/>
       <c r="M611" s="1"/>
       <c r="N611" s="1"/>
       <c r="O611" s="1"/>
       <c r="P611" s="1"/>
       <c r="Q611" s="1"/>
       <c r="R611" s="1"/>
       <c r="S611" s="1"/>
       <c r="T611" s="1"/>
       <c r="U611" s="1"/>
       <c r="V611" s="1"/>
       <c r="W611" s="1"/>
     </row>
     <row r="612" spans="1:23">
       <c r="A612" s="3">
         <v>610</v>
       </c>
       <c r="B612" s="3" t="s">
-        <v>2036</v>
+        <v>2038</v>
       </c>
       <c r="C612" s="3" t="s">
-        <v>2037</v>
+        <v>2039</v>
       </c>
       <c r="D612" s="3" t="s">
-        <v>2038</v>
+        <v>2040</v>
       </c>
       <c r="E612" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F612" s="3" t="s">
+        <v>2041</v>
+      </c>
+      <c r="G612" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H612" s="4" t="s">
         <v>2039</v>
-      </c>
-[...4 lines deleted...]
-        <v>2037</v>
       </c>
       <c r="I612" s="4"/>
       <c r="J612" s="1"/>
       <c r="K612" s="1"/>
       <c r="L612" s="1"/>
       <c r="M612" s="1"/>
       <c r="N612" s="1"/>
       <c r="O612" s="1"/>
       <c r="P612" s="1"/>
       <c r="Q612" s="1"/>
       <c r="R612" s="1"/>
       <c r="S612" s="1"/>
       <c r="T612" s="1"/>
       <c r="U612" s="1"/>
       <c r="V612" s="1"/>
       <c r="W612" s="1"/>
     </row>
     <row r="613" spans="1:23">
       <c r="A613" s="3">
         <v>611</v>
       </c>
       <c r="B613" s="3" t="s">
-        <v>2040</v>
+        <v>2042</v>
       </c>
       <c r="C613" s="3" t="s">
-        <v>2041</v>
+        <v>2043</v>
       </c>
       <c r="D613" s="3" t="s">
-        <v>2042</v>
+        <v>2044</v>
       </c>
       <c r="E613" s="3" t="s">
         <v>1593</v>
       </c>
       <c r="F613" s="3" t="s">
+        <v>2045</v>
+      </c>
+      <c r="G613" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H613" s="4" t="s">
         <v>2043</v>
-      </c>
-[...4 lines deleted...]
-        <v>2041</v>
       </c>
       <c r="I613" s="4"/>
       <c r="J613" s="1"/>
       <c r="K613" s="1"/>
       <c r="L613" s="1"/>
       <c r="M613" s="1"/>
       <c r="N613" s="1"/>
       <c r="O613" s="1"/>
       <c r="P613" s="1"/>
       <c r="Q613" s="1"/>
       <c r="R613" s="1"/>
       <c r="S613" s="1"/>
       <c r="T613" s="1"/>
       <c r="U613" s="1"/>
       <c r="V613" s="1"/>
       <c r="W613" s="1"/>
     </row>
     <row r="614" spans="1:23">
       <c r="A614" s="3">
         <v>612</v>
       </c>
       <c r="B614" s="3" t="s">
-        <v>2044</v>
+        <v>2046</v>
       </c>
       <c r="C614" s="3" t="s">
-        <v>2045</v>
+        <v>2047</v>
       </c>
       <c r="D614" s="3" t="s">
-        <v>2046</v>
+        <v>2048</v>
       </c>
       <c r="E614" s="3"/>
       <c r="F614" s="3" t="s">
+        <v>2049</v>
+      </c>
+      <c r="G614" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H614" s="4" t="s">
         <v>2047</v>
-      </c>
-[...4 lines deleted...]
-        <v>2045</v>
       </c>
       <c r="I614" s="4"/>
       <c r="J614" s="1"/>
       <c r="K614" s="1"/>
       <c r="L614" s="1"/>
       <c r="M614" s="1"/>
       <c r="N614" s="1"/>
       <c r="O614" s="1"/>
       <c r="P614" s="1"/>
       <c r="Q614" s="1"/>
       <c r="R614" s="1"/>
       <c r="S614" s="1"/>
       <c r="T614" s="1"/>
       <c r="U614" s="1"/>
       <c r="V614" s="1"/>
       <c r="W614" s="1"/>
     </row>
     <row r="615" spans="1:23">
       <c r="A615" s="3">
         <v>613</v>
       </c>
       <c r="B615" s="3" t="s">
-        <v>2048</v>
+        <v>2050</v>
       </c>
       <c r="C615" s="3" t="s">
-        <v>2049</v>
+        <v>2051</v>
       </c>
       <c r="D615" s="3" t="s">
-        <v>2050</v>
+        <v>2052</v>
       </c>
       <c r="E615" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F615" s="3" t="s">
+        <v>2053</v>
+      </c>
+      <c r="G615" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H615" s="4" t="s">
         <v>2051</v>
-      </c>
-[...4 lines deleted...]
-        <v>2049</v>
       </c>
       <c r="I615" s="4"/>
       <c r="J615" s="1"/>
       <c r="K615" s="1"/>
       <c r="L615" s="1"/>
       <c r="M615" s="1"/>
       <c r="N615" s="1"/>
       <c r="O615" s="1"/>
       <c r="P615" s="1"/>
       <c r="Q615" s="1"/>
       <c r="R615" s="1"/>
       <c r="S615" s="1"/>
       <c r="T615" s="1"/>
       <c r="U615" s="1"/>
       <c r="V615" s="1"/>
       <c r="W615" s="1"/>
     </row>
     <row r="616" spans="1:23">
       <c r="A616" s="3">
         <v>614</v>
       </c>
       <c r="B616" s="3" t="s">
-        <v>2052</v>
+        <v>2054</v>
       </c>
       <c r="C616" s="3" t="s">
-        <v>2053</v>
+        <v>2055</v>
       </c>
       <c r="D616" s="3" t="s">
-        <v>2054</v>
+        <v>2056</v>
       </c>
       <c r="E616" s="3" t="s">
         <v>1593</v>
       </c>
       <c r="F616" s="3" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G616" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H616" s="4" t="s">
         <v>2055</v>
-      </c>
-[...4 lines deleted...]
-        <v>2053</v>
       </c>
       <c r="I616" s="4"/>
       <c r="J616" s="1"/>
       <c r="K616" s="1"/>
       <c r="L616" s="1"/>
       <c r="M616" s="1"/>
       <c r="N616" s="1"/>
       <c r="O616" s="1"/>
       <c r="P616" s="1"/>
       <c r="Q616" s="1"/>
       <c r="R616" s="1"/>
       <c r="S616" s="1"/>
       <c r="T616" s="1"/>
       <c r="U616" s="1"/>
       <c r="V616" s="1"/>
       <c r="W616" s="1"/>
     </row>
     <row r="617" spans="1:23">
       <c r="A617" s="3">
         <v>615</v>
       </c>
       <c r="B617" s="3" t="s">
-        <v>2056</v>
+        <v>2058</v>
       </c>
       <c r="C617" s="3" t="s">
-        <v>2057</v>
+        <v>2059</v>
       </c>
       <c r="D617" s="3" t="s">
-        <v>2058</v>
+        <v>2060</v>
       </c>
       <c r="E617" s="3" t="s">
+        <v>2061</v>
+      </c>
+      <c r="F617" s="3" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G617" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H617" s="4" t="s">
         <v>2059</v>
-      </c>
-[...7 lines deleted...]
-        <v>2057</v>
       </c>
       <c r="I617" s="4"/>
       <c r="J617" s="1"/>
       <c r="K617" s="1"/>
       <c r="L617" s="1"/>
       <c r="M617" s="1"/>
       <c r="N617" s="1"/>
       <c r="O617" s="1"/>
       <c r="P617" s="1"/>
       <c r="Q617" s="1"/>
       <c r="R617" s="1"/>
       <c r="S617" s="1"/>
       <c r="T617" s="1"/>
       <c r="U617" s="1"/>
       <c r="V617" s="1"/>
       <c r="W617" s="1"/>
     </row>
     <row r="618" spans="1:23">
       <c r="A618" s="3">
         <v>616</v>
       </c>
       <c r="B618" s="3" t="s">
-        <v>2061</v>
+        <v>2063</v>
       </c>
       <c r="C618" s="3" t="s">
-        <v>2062</v>
+        <v>2064</v>
       </c>
       <c r="D618" s="3" t="s">
-        <v>2063</v>
+        <v>2065</v>
       </c>
       <c r="E618" s="3"/>
       <c r="F618" s="3" t="s">
+        <v>2066</v>
+      </c>
+      <c r="G618" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H618" s="4" t="s">
         <v>2064</v>
-      </c>
-[...4 lines deleted...]
-        <v>2062</v>
       </c>
       <c r="I618" s="4"/>
       <c r="J618" s="1"/>
       <c r="K618" s="1"/>
       <c r="L618" s="1"/>
       <c r="M618" s="1"/>
       <c r="N618" s="1"/>
       <c r="O618" s="1"/>
       <c r="P618" s="1"/>
       <c r="Q618" s="1"/>
       <c r="R618" s="1"/>
       <c r="S618" s="1"/>
       <c r="T618" s="1"/>
       <c r="U618" s="1"/>
       <c r="V618" s="1"/>
       <c r="W618" s="1"/>
     </row>
     <row r="619" spans="1:23">
       <c r="A619" s="3">
         <v>617</v>
       </c>
       <c r="B619" s="3" t="s">
-        <v>2065</v>
+        <v>2067</v>
       </c>
       <c r="C619" s="3" t="s">
-        <v>2066</v>
+        <v>2068</v>
       </c>
       <c r="D619" s="3" t="s">
-        <v>2067</v>
+        <v>2069</v>
       </c>
       <c r="E619" s="3" t="s">
-        <v>2068</v>
+        <v>2070</v>
       </c>
       <c r="F619" s="3"/>
       <c r="G619" s="3" t="s">
         <v>1217</v>
       </c>
       <c r="H619" s="4" t="s">
-        <v>2066</v>
+        <v>2068</v>
       </c>
       <c r="I619" s="4"/>
       <c r="J619" s="1"/>
       <c r="K619" s="1"/>
       <c r="L619" s="1"/>
       <c r="M619" s="1"/>
       <c r="N619" s="1"/>
       <c r="O619" s="1"/>
       <c r="P619" s="1"/>
       <c r="Q619" s="1"/>
       <c r="R619" s="1"/>
       <c r="S619" s="1"/>
       <c r="T619" s="1"/>
       <c r="U619" s="1"/>
       <c r="V619" s="1"/>
       <c r="W619" s="1"/>
     </row>
     <row r="620" spans="1:23">
       <c r="A620" s="3">
         <v>618</v>
       </c>
       <c r="B620" s="3" t="s">
-        <v>2069</v>
+        <v>2071</v>
       </c>
       <c r="C620" s="3" t="s">
-        <v>2070</v>
+        <v>2072</v>
       </c>
       <c r="D620" s="3" t="s">
-        <v>2071</v>
+        <v>2073</v>
       </c>
       <c r="E620" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F620" s="3" t="s">
+        <v>2074</v>
+      </c>
+      <c r="G620" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H620" s="4" t="s">
         <v>2072</v>
-      </c>
-[...4 lines deleted...]
-        <v>2070</v>
       </c>
       <c r="I620" s="4"/>
       <c r="J620" s="1"/>
       <c r="K620" s="1"/>
       <c r="L620" s="1"/>
       <c r="M620" s="1"/>
       <c r="N620" s="1"/>
       <c r="O620" s="1"/>
       <c r="P620" s="1"/>
       <c r="Q620" s="1"/>
       <c r="R620" s="1"/>
       <c r="S620" s="1"/>
       <c r="T620" s="1"/>
       <c r="U620" s="1"/>
       <c r="V620" s="1"/>
       <c r="W620" s="1"/>
     </row>
     <row r="621" spans="1:23">
       <c r="A621" s="3">
         <v>619</v>
       </c>
       <c r="B621" s="3" t="s">
-        <v>2073</v>
+        <v>2075</v>
       </c>
       <c r="C621" s="3" t="s">
-        <v>2074</v>
+        <v>2076</v>
       </c>
       <c r="D621" s="3" t="s">
-        <v>2075</v>
+        <v>2077</v>
       </c>
       <c r="E621" s="3" t="s">
+        <v>2078</v>
+      </c>
+      <c r="F621" s="3" t="s">
+        <v>2079</v>
+      </c>
+      <c r="G621" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H621" s="4" t="s">
         <v>2076</v>
-      </c>
-[...7 lines deleted...]
-        <v>2074</v>
       </c>
       <c r="I621" s="4"/>
       <c r="J621" s="1"/>
       <c r="K621" s="1"/>
       <c r="L621" s="1"/>
       <c r="M621" s="1"/>
       <c r="N621" s="1"/>
       <c r="O621" s="1"/>
       <c r="P621" s="1"/>
       <c r="Q621" s="1"/>
       <c r="R621" s="1"/>
       <c r="S621" s="1"/>
       <c r="T621" s="1"/>
       <c r="U621" s="1"/>
       <c r="V621" s="1"/>
       <c r="W621" s="1"/>
     </row>
     <row r="622" spans="1:23">
       <c r="A622" s="3">
         <v>620</v>
       </c>
       <c r="B622" s="3" t="s">
-        <v>2078</v>
+        <v>2080</v>
       </c>
       <c r="C622" s="3" t="s">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="D622" s="3" t="s">
-        <v>2079</v>
+        <v>2081</v>
       </c>
       <c r="E622" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F622" s="3" t="s">
-        <v>2080</v>
+        <v>2082</v>
       </c>
       <c r="G622" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H622" s="4" t="s">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="I622" s="4"/>
       <c r="J622" s="1"/>
       <c r="K622" s="1"/>
       <c r="L622" s="1"/>
       <c r="M622" s="1"/>
       <c r="N622" s="1"/>
       <c r="O622" s="1"/>
       <c r="P622" s="1"/>
       <c r="Q622" s="1"/>
       <c r="R622" s="1"/>
       <c r="S622" s="1"/>
       <c r="T622" s="1"/>
       <c r="U622" s="1"/>
       <c r="V622" s="1"/>
       <c r="W622" s="1"/>
     </row>
     <row r="623" spans="1:23">
       <c r="A623" s="3">
         <v>621</v>
       </c>
       <c r="B623" s="3" t="s">
-        <v>2081</v>
+        <v>2083</v>
       </c>
       <c r="C623" s="3" t="s">
-        <v>2082</v>
+        <v>2084</v>
       </c>
       <c r="D623" s="3" t="s">
-        <v>2083</v>
+        <v>2085</v>
       </c>
       <c r="E623" s="3" t="s">
         <v>1593</v>
       </c>
       <c r="F623" s="3" t="s">
+        <v>2086</v>
+      </c>
+      <c r="G623" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H623" s="4" t="s">
         <v>2084</v>
-      </c>
-[...4 lines deleted...]
-        <v>2082</v>
       </c>
       <c r="I623" s="4"/>
       <c r="J623" s="1"/>
       <c r="K623" s="1"/>
       <c r="L623" s="1"/>
       <c r="M623" s="1"/>
       <c r="N623" s="1"/>
       <c r="O623" s="1"/>
       <c r="P623" s="1"/>
       <c r="Q623" s="1"/>
       <c r="R623" s="1"/>
       <c r="S623" s="1"/>
       <c r="T623" s="1"/>
       <c r="U623" s="1"/>
       <c r="V623" s="1"/>
       <c r="W623" s="1"/>
     </row>
     <row r="624" spans="1:23">
       <c r="A624" s="3">
         <v>622</v>
       </c>
       <c r="B624" s="3" t="s">
-        <v>2085</v>
+        <v>2087</v>
       </c>
       <c r="C624" s="3" t="s">
-        <v>2086</v>
+        <v>2088</v>
       </c>
       <c r="D624" s="3" t="s">
         <v>176</v>
       </c>
       <c r="E624" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F624" s="3" t="s">
-        <v>2087</v>
+        <v>2089</v>
       </c>
       <c r="G624" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H624" s="4" t="s">
-        <v>2086</v>
+        <v>2088</v>
       </c>
       <c r="I624" s="4"/>
       <c r="J624" s="1"/>
       <c r="K624" s="1"/>
       <c r="L624" s="1"/>
       <c r="M624" s="1"/>
       <c r="N624" s="1"/>
       <c r="O624" s="1"/>
       <c r="P624" s="1"/>
       <c r="Q624" s="1"/>
       <c r="R624" s="1"/>
       <c r="S624" s="1"/>
       <c r="T624" s="1"/>
       <c r="U624" s="1"/>
       <c r="V624" s="1"/>
       <c r="W624" s="1"/>
     </row>
     <row r="625" spans="1:23">
       <c r="A625" s="3">
         <v>623</v>
       </c>
       <c r="B625" s="3" t="s">
-        <v>2088</v>
+        <v>2090</v>
       </c>
       <c r="C625" s="3" t="s">
-        <v>2089</v>
+        <v>2091</v>
       </c>
       <c r="D625" s="3" t="s">
-        <v>2090</v>
+        <v>2092</v>
       </c>
       <c r="E625" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F625" s="3" t="s">
+        <v>2093</v>
+      </c>
+      <c r="G625" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H625" s="4" t="s">
         <v>2091</v>
-      </c>
-[...4 lines deleted...]
-        <v>2089</v>
       </c>
       <c r="I625" s="4"/>
       <c r="J625" s="1"/>
       <c r="K625" s="1"/>
       <c r="L625" s="1"/>
       <c r="M625" s="1"/>
       <c r="N625" s="1"/>
       <c r="O625" s="1"/>
       <c r="P625" s="1"/>
       <c r="Q625" s="1"/>
       <c r="R625" s="1"/>
       <c r="S625" s="1"/>
       <c r="T625" s="1"/>
       <c r="U625" s="1"/>
       <c r="V625" s="1"/>
       <c r="W625" s="1"/>
     </row>
     <row r="626" spans="1:23">
       <c r="A626" s="3">
         <v>624</v>
       </c>
       <c r="B626" s="3" t="s">
-        <v>2092</v>
+        <v>2094</v>
       </c>
       <c r="C626" s="3" t="s">
-        <v>2093</v>
+        <v>2095</v>
       </c>
       <c r="D626" s="3" t="s">
-        <v>2094</v>
+        <v>2096</v>
       </c>
       <c r="E626" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F626" s="3" t="s">
+        <v>2097</v>
+      </c>
+      <c r="G626" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H626" s="4" t="s">
         <v>2095</v>
-      </c>
-[...4 lines deleted...]
-        <v>2093</v>
       </c>
       <c r="I626" s="4"/>
       <c r="J626" s="1"/>
       <c r="K626" s="1"/>
       <c r="L626" s="1"/>
       <c r="M626" s="1"/>
       <c r="N626" s="1"/>
       <c r="O626" s="1"/>
       <c r="P626" s="1"/>
       <c r="Q626" s="1"/>
       <c r="R626" s="1"/>
       <c r="S626" s="1"/>
       <c r="T626" s="1"/>
       <c r="U626" s="1"/>
       <c r="V626" s="1"/>
       <c r="W626" s="1"/>
     </row>
     <row r="627" spans="1:23">
       <c r="A627" s="3">
         <v>625</v>
       </c>
       <c r="B627" s="3" t="s">
-        <v>2096</v>
+        <v>2098</v>
       </c>
       <c r="C627" s="3" t="s">
-        <v>2097</v>
+        <v>2099</v>
       </c>
       <c r="D627" s="3" t="s">
-        <v>2098</v>
+        <v>2100</v>
       </c>
       <c r="E627" s="3" t="s">
-        <v>2099</v>
+        <v>2101</v>
       </c>
       <c r="F627" s="3"/>
       <c r="G627" s="3" t="s">
         <v>1217</v>
       </c>
       <c r="H627" s="4" t="s">
-        <v>2097</v>
+        <v>2099</v>
       </c>
       <c r="I627" s="4"/>
       <c r="J627" s="1"/>
       <c r="K627" s="1"/>
       <c r="L627" s="1"/>
       <c r="M627" s="1"/>
       <c r="N627" s="1"/>
       <c r="O627" s="1"/>
       <c r="P627" s="1"/>
       <c r="Q627" s="1"/>
       <c r="R627" s="1"/>
       <c r="S627" s="1"/>
       <c r="T627" s="1"/>
       <c r="U627" s="1"/>
       <c r="V627" s="1"/>
       <c r="W627" s="1"/>
     </row>
     <row r="628" spans="1:23">
       <c r="A628" s="3">
         <v>626</v>
       </c>
       <c r="B628" s="3" t="s">
-        <v>2100</v>
+        <v>2102</v>
       </c>
       <c r="C628" s="3" t="s">
-        <v>2101</v>
+        <v>2103</v>
       </c>
       <c r="D628" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E628" s="3" t="s">
-        <v>2102</v>
+        <v>2104</v>
       </c>
       <c r="F628" s="3" t="s">
+        <v>2105</v>
+      </c>
+      <c r="G628" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H628" s="4" t="s">
         <v>2103</v>
-      </c>
-[...4 lines deleted...]
-        <v>2101</v>
       </c>
       <c r="I628" s="4"/>
       <c r="J628" s="1"/>
       <c r="K628" s="1"/>
       <c r="L628" s="1"/>
       <c r="M628" s="1"/>
       <c r="N628" s="1"/>
       <c r="O628" s="1"/>
       <c r="P628" s="1"/>
       <c r="Q628" s="1"/>
       <c r="R628" s="1"/>
       <c r="S628" s="1"/>
       <c r="T628" s="1"/>
       <c r="U628" s="1"/>
       <c r="V628" s="1"/>
       <c r="W628" s="1"/>
     </row>
     <row r="629" spans="1:23">
       <c r="A629" s="3">
         <v>627</v>
       </c>
       <c r="B629" s="3" t="s">
-        <v>2104</v>
+        <v>2106</v>
       </c>
       <c r="C629" s="3" t="s">
-        <v>2105</v>
+        <v>2107</v>
       </c>
       <c r="D629" s="3" t="s">
-        <v>2106</v>
+        <v>2108</v>
       </c>
       <c r="E629" s="3" t="s">
+        <v>2109</v>
+      </c>
+      <c r="F629" s="3" t="s">
+        <v>2110</v>
+      </c>
+      <c r="G629" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H629" s="4" t="s">
         <v>2107</v>
-      </c>
-[...7 lines deleted...]
-        <v>2105</v>
       </c>
       <c r="I629" s="4"/>
       <c r="J629" s="1"/>
       <c r="K629" s="1"/>
       <c r="L629" s="1"/>
       <c r="M629" s="1"/>
       <c r="N629" s="1"/>
       <c r="O629" s="1"/>
       <c r="P629" s="1"/>
       <c r="Q629" s="1"/>
       <c r="R629" s="1"/>
       <c r="S629" s="1"/>
       <c r="T629" s="1"/>
       <c r="U629" s="1"/>
       <c r="V629" s="1"/>
       <c r="W629" s="1"/>
     </row>
     <row r="630" spans="1:23">
       <c r="A630" s="3">
         <v>628</v>
       </c>
       <c r="B630" s="3" t="s">
-        <v>2109</v>
+        <v>2111</v>
       </c>
       <c r="C630" s="3" t="s">
-        <v>2110</v>
+        <v>2112</v>
       </c>
       <c r="D630" s="3" t="s">
-        <v>2111</v>
+        <v>2113</v>
       </c>
       <c r="E630" s="3"/>
       <c r="F630" s="3"/>
       <c r="G630" s="3" t="s">
         <v>1217</v>
       </c>
       <c r="H630" s="4" t="s">
-        <v>2110</v>
+        <v>2112</v>
       </c>
       <c r="I630" s="4"/>
       <c r="J630" s="1"/>
       <c r="K630" s="1"/>
       <c r="L630" s="1"/>
       <c r="M630" s="1"/>
       <c r="N630" s="1"/>
       <c r="O630" s="1"/>
       <c r="P630" s="1"/>
       <c r="Q630" s="1"/>
       <c r="R630" s="1"/>
       <c r="S630" s="1"/>
       <c r="T630" s="1"/>
       <c r="U630" s="1"/>
       <c r="V630" s="1"/>
       <c r="W630" s="1"/>
     </row>
     <row r="631" spans="1:23">
       <c r="A631" s="3">
         <v>629</v>
       </c>
       <c r="B631" s="3" t="s">
-        <v>2112</v>
+        <v>2114</v>
       </c>
       <c r="C631" s="3" t="s">
-        <v>2113</v>
+        <v>2115</v>
       </c>
       <c r="D631" s="3" t="s">
-        <v>2114</v>
+        <v>2116</v>
       </c>
       <c r="E631" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F631" s="3" t="s">
+        <v>2117</v>
+      </c>
+      <c r="G631" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H631" s="4" t="s">
         <v>2115</v>
-      </c>
-[...4 lines deleted...]
-        <v>2113</v>
       </c>
       <c r="I631" s="4"/>
       <c r="J631" s="1"/>
       <c r="K631" s="1"/>
       <c r="L631" s="1"/>
       <c r="M631" s="1"/>
       <c r="N631" s="1"/>
       <c r="O631" s="1"/>
       <c r="P631" s="1"/>
       <c r="Q631" s="1"/>
       <c r="R631" s="1"/>
       <c r="S631" s="1"/>
       <c r="T631" s="1"/>
       <c r="U631" s="1"/>
       <c r="V631" s="1"/>
       <c r="W631" s="1"/>
     </row>
     <row r="632" spans="1:23">
       <c r="A632" s="3">
         <v>630</v>
       </c>
       <c r="B632" s="3" t="s">
-        <v>2116</v>
+        <v>2118</v>
       </c>
       <c r="C632" s="3" t="s">
-        <v>2117</v>
+        <v>2119</v>
       </c>
       <c r="D632" s="3" t="s">
-        <v>2118</v>
+        <v>2120</v>
       </c>
       <c r="E632" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F632" s="3" t="s">
+        <v>2121</v>
+      </c>
+      <c r="G632" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H632" s="4" t="s">
         <v>2119</v>
-      </c>
-[...4 lines deleted...]
-        <v>2117</v>
       </c>
       <c r="I632" s="4"/>
       <c r="J632" s="1"/>
       <c r="K632" s="1"/>
       <c r="L632" s="1"/>
       <c r="M632" s="1"/>
       <c r="N632" s="1"/>
       <c r="O632" s="1"/>
       <c r="P632" s="1"/>
       <c r="Q632" s="1"/>
       <c r="R632" s="1"/>
       <c r="S632" s="1"/>
       <c r="T632" s="1"/>
       <c r="U632" s="1"/>
       <c r="V632" s="1"/>
       <c r="W632" s="1"/>
     </row>
     <row r="633" spans="1:23">
       <c r="A633" s="3">
         <v>631</v>
       </c>
       <c r="B633" s="3" t="s">
-        <v>2120</v>
+        <v>2122</v>
       </c>
       <c r="C633" s="3" t="s">
-        <v>2121</v>
+        <v>2123</v>
       </c>
       <c r="D633" s="3" t="s">
-        <v>2122</v>
+        <v>2124</v>
       </c>
       <c r="E633" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F633" s="3" t="s">
+        <v>2125</v>
+      </c>
+      <c r="G633" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H633" s="4" t="s">
         <v>2123</v>
-      </c>
-[...4 lines deleted...]
-        <v>2121</v>
       </c>
       <c r="I633" s="4"/>
       <c r="J633" s="1"/>
       <c r="K633" s="1"/>
       <c r="L633" s="1"/>
       <c r="M633" s="1"/>
       <c r="N633" s="1"/>
       <c r="O633" s="1"/>
       <c r="P633" s="1"/>
       <c r="Q633" s="1"/>
       <c r="R633" s="1"/>
       <c r="S633" s="1"/>
       <c r="T633" s="1"/>
       <c r="U633" s="1"/>
       <c r="V633" s="1"/>
       <c r="W633" s="1"/>
     </row>
     <row r="634" spans="1:23">
       <c r="A634" s="3">
         <v>632</v>
       </c>
       <c r="B634" s="3" t="s">
-        <v>2124</v>
+        <v>2126</v>
       </c>
       <c r="C634" s="3" t="s">
-        <v>2062</v>
+        <v>2064</v>
       </c>
       <c r="D634" s="3" t="s">
-        <v>2125</v>
+        <v>2127</v>
       </c>
       <c r="E634" s="3" t="s">
         <v>1593</v>
       </c>
       <c r="F634" s="3" t="s">
-        <v>2126</v>
+        <v>2128</v>
       </c>
       <c r="G634" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H634" s="4" t="s">
-        <v>2062</v>
+        <v>2064</v>
       </c>
       <c r="I634" s="4"/>
       <c r="J634" s="1"/>
       <c r="K634" s="1"/>
       <c r="L634" s="1"/>
       <c r="M634" s="1"/>
       <c r="N634" s="1"/>
       <c r="O634" s="1"/>
       <c r="P634" s="1"/>
       <c r="Q634" s="1"/>
       <c r="R634" s="1"/>
       <c r="S634" s="1"/>
       <c r="T634" s="1"/>
       <c r="U634" s="1"/>
       <c r="V634" s="1"/>
       <c r="W634" s="1"/>
     </row>
     <row r="635" spans="1:23">
       <c r="A635" s="3">
         <v>633</v>
       </c>
       <c r="B635" s="3" t="s">
-        <v>2127</v>
+        <v>2129</v>
       </c>
       <c r="C635" s="3" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="D635" s="3" t="s">
-        <v>2129</v>
+        <v>2131</v>
       </c>
       <c r="E635" s="3" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="F635" s="3" t="s">
+        <v>2132</v>
+      </c>
+      <c r="G635" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H635" s="4" t="s">
         <v>2130</v>
-      </c>
-[...4 lines deleted...]
-        <v>2128</v>
       </c>
       <c r="I635" s="4"/>
       <c r="J635" s="1"/>
       <c r="K635" s="1"/>
       <c r="L635" s="1"/>
       <c r="M635" s="1"/>
       <c r="N635" s="1"/>
       <c r="O635" s="1"/>
       <c r="P635" s="1"/>
       <c r="Q635" s="1"/>
       <c r="R635" s="1"/>
       <c r="S635" s="1"/>
       <c r="T635" s="1"/>
       <c r="U635" s="1"/>
       <c r="V635" s="1"/>
       <c r="W635" s="1"/>
     </row>
     <row r="636" spans="1:23">
       <c r="A636" s="3">
         <v>634</v>
       </c>
       <c r="B636" s="3" t="s">
-        <v>2131</v>
+        <v>2133</v>
       </c>
       <c r="C636" s="3" t="s">
-        <v>2132</v>
+        <v>2134</v>
       </c>
       <c r="D636" s="3" t="s">
-        <v>2133</v>
+        <v>2135</v>
       </c>
       <c r="E636" s="3" t="s">
-        <v>2134</v>
+        <v>2136</v>
       </c>
       <c r="F636" s="3" t="s">
-        <v>2135</v>
+        <v>2137</v>
       </c>
       <c r="G636" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H636" s="4" t="s">
-        <v>2025</v>
+        <v>2027</v>
       </c>
       <c r="I636" s="4"/>
       <c r="J636" s="1"/>
       <c r="K636" s="1"/>
       <c r="L636" s="1"/>
       <c r="M636" s="1"/>
       <c r="N636" s="1"/>
       <c r="O636" s="1"/>
       <c r="P636" s="1"/>
       <c r="Q636" s="1"/>
       <c r="R636" s="1"/>
       <c r="S636" s="1"/>
       <c r="T636" s="1"/>
       <c r="U636" s="1"/>
       <c r="V636" s="1"/>
       <c r="W636" s="1"/>
     </row>
     <row r="637" spans="1:23">
       <c r="A637" s="3">
         <v>635</v>
       </c>
       <c r="B637" s="3" t="s">
-        <v>2136</v>
+        <v>2138</v>
       </c>
       <c r="C637" s="3" t="s">
-        <v>2137</v>
+        <v>2139</v>
       </c>
       <c r="D637" s="3" t="s">
-        <v>2138</v>
+        <v>2140</v>
       </c>
       <c r="E637" s="3" t="s">
+        <v>2141</v>
+      </c>
+      <c r="F637" s="3" t="s">
+        <v>2142</v>
+      </c>
+      <c r="G637" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H637" s="4" t="s">
         <v>2139</v>
-      </c>
-[...7 lines deleted...]
-        <v>2137</v>
       </c>
       <c r="I637" s="4"/>
       <c r="J637" s="1"/>
       <c r="K637" s="1"/>
       <c r="L637" s="1"/>
       <c r="M637" s="1"/>
       <c r="N637" s="1"/>
       <c r="O637" s="1"/>
       <c r="P637" s="1"/>
       <c r="Q637" s="1"/>
       <c r="R637" s="1"/>
       <c r="S637" s="1"/>
       <c r="T637" s="1"/>
       <c r="U637" s="1"/>
       <c r="V637" s="1"/>
       <c r="W637" s="1"/>
     </row>
     <row r="638" spans="1:23">
       <c r="A638" s="3">
         <v>636</v>
       </c>
       <c r="B638" s="3" t="s">
-        <v>2141</v>
+        <v>2143</v>
       </c>
       <c r="C638" s="3" t="s">
-        <v>2057</v>
+        <v>2059</v>
       </c>
       <c r="D638" s="3" t="s">
-        <v>2142</v>
+        <v>2144</v>
       </c>
       <c r="E638" s="3" t="s">
-        <v>2143</v>
+        <v>2145</v>
       </c>
       <c r="F638" s="3" t="s">
-        <v>2144</v>
+        <v>2146</v>
       </c>
       <c r="G638" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H638" s="4" t="s">
-        <v>2093</v>
+        <v>2095</v>
       </c>
       <c r="I638" s="4"/>
       <c r="J638" s="1"/>
       <c r="K638" s="1"/>
       <c r="L638" s="1"/>
       <c r="M638" s="1"/>
       <c r="N638" s="1"/>
       <c r="O638" s="1"/>
       <c r="P638" s="1"/>
       <c r="Q638" s="1"/>
       <c r="R638" s="1"/>
       <c r="S638" s="1"/>
       <c r="T638" s="1"/>
       <c r="U638" s="1"/>
       <c r="V638" s="1"/>
       <c r="W638" s="1"/>
     </row>
     <row r="639" spans="1:23">
       <c r="A639" s="3">
         <v>637</v>
       </c>
       <c r="B639" s="3" t="s">
-        <v>2145</v>
+        <v>2147</v>
       </c>
       <c r="C639" s="3" t="s">
-        <v>2146</v>
+        <v>2148</v>
       </c>
       <c r="D639" s="3" t="s">
-        <v>2147</v>
+        <v>2149</v>
       </c>
       <c r="E639" s="3" t="s">
-        <v>2148</v>
+        <v>2150</v>
       </c>
       <c r="F639" s="3"/>
       <c r="G639" s="3" t="s">
         <v>1217</v>
       </c>
       <c r="H639" s="4" t="s">
-        <v>2146</v>
+        <v>2148</v>
       </c>
       <c r="I639" s="4"/>
       <c r="J639" s="1"/>
       <c r="K639" s="1"/>
       <c r="L639" s="1"/>
       <c r="M639" s="1"/>
       <c r="N639" s="1"/>
       <c r="O639" s="1"/>
       <c r="P639" s="1"/>
       <c r="Q639" s="1"/>
       <c r="R639" s="1"/>
       <c r="S639" s="1"/>
       <c r="T639" s="1"/>
       <c r="U639" s="1"/>
       <c r="V639" s="1"/>
       <c r="W639" s="1"/>
     </row>
     <row r="640" spans="1:23">
       <c r="A640" s="3">
         <v>638</v>
       </c>
       <c r="B640" s="3" t="s">
-        <v>2149</v>
+        <v>2151</v>
       </c>
       <c r="C640" s="3" t="s">
-        <v>2150</v>
+        <v>2152</v>
       </c>
       <c r="D640" s="3" t="s">
-        <v>2151</v>
+        <v>2153</v>
       </c>
       <c r="E640" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F640" s="3" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G640" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H640" s="4" t="s">
         <v>2152</v>
-      </c>
-[...4 lines deleted...]
-        <v>2150</v>
       </c>
       <c r="I640" s="4"/>
       <c r="J640" s="1"/>
       <c r="K640" s="1"/>
       <c r="L640" s="1"/>
       <c r="M640" s="1"/>
       <c r="N640" s="1"/>
       <c r="O640" s="1"/>
       <c r="P640" s="1"/>
       <c r="Q640" s="1"/>
       <c r="R640" s="1"/>
       <c r="S640" s="1"/>
       <c r="T640" s="1"/>
       <c r="U640" s="1"/>
       <c r="V640" s="1"/>
       <c r="W640" s="1"/>
     </row>
     <row r="641" spans="1:23">
       <c r="A641" s="3">
         <v>639</v>
       </c>
       <c r="B641" s="3" t="s">
-        <v>2153</v>
+        <v>2155</v>
       </c>
       <c r="C641" s="3" t="s">
-        <v>2154</v>
+        <v>2156</v>
       </c>
       <c r="D641" s="3" t="s">
-        <v>2155</v>
+        <v>2157</v>
       </c>
       <c r="E641" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F641" s="3" t="s">
+        <v>2158</v>
+      </c>
+      <c r="G641" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H641" s="4" t="s">
         <v>2156</v>
-      </c>
-[...4 lines deleted...]
-        <v>2154</v>
       </c>
       <c r="I641" s="4"/>
       <c r="J641" s="1"/>
       <c r="K641" s="1"/>
       <c r="L641" s="1"/>
       <c r="M641" s="1"/>
       <c r="N641" s="1"/>
       <c r="O641" s="1"/>
       <c r="P641" s="1"/>
       <c r="Q641" s="1"/>
       <c r="R641" s="1"/>
       <c r="S641" s="1"/>
       <c r="T641" s="1"/>
       <c r="U641" s="1"/>
       <c r="V641" s="1"/>
       <c r="W641" s="1"/>
     </row>
     <row r="642" spans="1:23">
       <c r="A642" s="3">
         <v>640</v>
       </c>
       <c r="B642" s="3" t="s">
-        <v>2157</v>
+        <v>2159</v>
       </c>
       <c r="C642" s="3" t="s">
-        <v>2057</v>
+        <v>2059</v>
       </c>
       <c r="D642" s="3" t="s">
-        <v>2158</v>
+        <v>2160</v>
       </c>
       <c r="E642" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F642" s="3" t="s">
-        <v>2159</v>
+        <v>2161</v>
       </c>
       <c r="G642" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H642" s="4" t="s">
-        <v>2057</v>
+        <v>2059</v>
       </c>
       <c r="I642" s="4"/>
       <c r="J642" s="1"/>
       <c r="K642" s="1"/>
       <c r="L642" s="1"/>
       <c r="M642" s="1"/>
       <c r="N642" s="1"/>
       <c r="O642" s="1"/>
       <c r="P642" s="1"/>
       <c r="Q642" s="1"/>
       <c r="R642" s="1"/>
       <c r="S642" s="1"/>
       <c r="T642" s="1"/>
       <c r="U642" s="1"/>
       <c r="V642" s="1"/>
       <c r="W642" s="1"/>
     </row>
     <row r="643" spans="1:23">
       <c r="A643" s="3">
         <v>641</v>
       </c>
       <c r="B643" s="3" t="s">
-        <v>2160</v>
+        <v>2162</v>
       </c>
       <c r="C643" s="3" t="s">
-        <v>2161</v>
+        <v>2163</v>
       </c>
       <c r="D643" s="3" t="s">
-        <v>2162</v>
+        <v>2164</v>
       </c>
       <c r="E643" s="3" t="s">
-        <v>2163</v>
+        <v>2165</v>
       </c>
       <c r="F643" s="3"/>
       <c r="G643" s="3" t="s">
         <v>27</v>
       </c>
       <c r="H643" s="4" t="s">
-        <v>2164</v>
+        <v>2166</v>
       </c>
       <c r="I643" s="4" t="s">
-        <v>2165</v>
+        <v>2167</v>
       </c>
       <c r="J643" s="1"/>
       <c r="K643" s="1"/>
       <c r="L643" s="1"/>
       <c r="M643" s="1"/>
       <c r="N643" s="1"/>
       <c r="O643" s="1"/>
       <c r="P643" s="1"/>
       <c r="Q643" s="1"/>
       <c r="R643" s="1"/>
       <c r="S643" s="1"/>
       <c r="T643" s="1"/>
       <c r="U643" s="1"/>
       <c r="V643" s="1"/>
       <c r="W643" s="1"/>
     </row>
     <row r="644" spans="1:23">
       <c r="A644" s="3">
         <v>642</v>
       </c>
       <c r="B644" s="3" t="s">
-        <v>2166</v>
+        <v>2168</v>
       </c>
       <c r="C644" s="3" t="s">
-        <v>2167</v>
+        <v>2169</v>
       </c>
       <c r="D644" s="3" t="s">
-        <v>2168</v>
+        <v>2170</v>
       </c>
       <c r="E644" s="3" t="s">
-        <v>2169</v>
+        <v>2171</v>
       </c>
       <c r="F644" s="3" t="s">
-        <v>2170</v>
+        <v>2172</v>
       </c>
       <c r="G644" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H644" s="4" t="s">
-        <v>2171</v>
+        <v>2173</v>
       </c>
       <c r="I644" s="4"/>
       <c r="J644" s="1"/>
       <c r="K644" s="1"/>
       <c r="L644" s="1"/>
       <c r="M644" s="1"/>
       <c r="N644" s="1"/>
       <c r="O644" s="1"/>
       <c r="P644" s="1"/>
       <c r="Q644" s="1"/>
       <c r="R644" s="1"/>
       <c r="S644" s="1"/>
       <c r="T644" s="1"/>
       <c r="U644" s="1"/>
       <c r="V644" s="1"/>
       <c r="W644" s="1"/>
     </row>
     <row r="645" spans="1:23">
       <c r="A645" s="3">
         <v>643</v>
       </c>
       <c r="B645" s="3" t="s">
-        <v>2172</v>
+        <v>2174</v>
       </c>
       <c r="C645" s="3" t="s">
-        <v>2074</v>
+        <v>2076</v>
       </c>
       <c r="D645" s="3" t="s">
-        <v>2173</v>
+        <v>2175</v>
       </c>
       <c r="E645" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F645" s="3" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="G645" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H645" s="4" t="s">
-        <v>2074</v>
+        <v>2076</v>
       </c>
       <c r="I645" s="4"/>
       <c r="J645" s="1"/>
       <c r="K645" s="1"/>
       <c r="L645" s="1"/>
       <c r="M645" s="1"/>
       <c r="N645" s="1"/>
       <c r="O645" s="1"/>
       <c r="P645" s="1"/>
       <c r="Q645" s="1"/>
       <c r="R645" s="1"/>
       <c r="S645" s="1"/>
       <c r="T645" s="1"/>
       <c r="U645" s="1"/>
       <c r="V645" s="1"/>
       <c r="W645" s="1"/>
     </row>
     <row r="646" spans="1:23">
       <c r="A646" s="3">
         <v>644</v>
       </c>
       <c r="B646" s="3" t="s">
-        <v>2175</v>
+        <v>2177</v>
       </c>
       <c r="C646" s="3" t="s">
-        <v>2121</v>
+        <v>2123</v>
       </c>
       <c r="D646" s="3" t="s">
-        <v>2176</v>
+        <v>2178</v>
       </c>
       <c r="E646" s="3" t="s">
         <v>1593</v>
       </c>
       <c r="F646" s="3" t="s">
-        <v>2177</v>
+        <v>2179</v>
       </c>
       <c r="G646" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H646" s="4" t="s">
-        <v>2121</v>
+        <v>2123</v>
       </c>
       <c r="I646" s="4"/>
       <c r="J646" s="1"/>
       <c r="K646" s="1"/>
       <c r="L646" s="1"/>
       <c r="M646" s="1"/>
       <c r="N646" s="1"/>
       <c r="O646" s="1"/>
       <c r="P646" s="1"/>
       <c r="Q646" s="1"/>
       <c r="R646" s="1"/>
       <c r="S646" s="1"/>
       <c r="T646" s="1"/>
       <c r="U646" s="1"/>
       <c r="V646" s="1"/>
       <c r="W646" s="1"/>
     </row>
     <row r="647" spans="1:23">
       <c r="A647" s="3">
         <v>645</v>
       </c>
       <c r="B647" s="3" t="s">
-        <v>2178</v>
+        <v>2180</v>
       </c>
       <c r="C647" s="3" t="s">
-        <v>2179</v>
+        <v>2181</v>
       </c>
       <c r="D647" s="3" t="s">
-        <v>2180</v>
+        <v>2182</v>
       </c>
       <c r="E647" s="3" t="s">
-        <v>2181</v>
+        <v>2183</v>
       </c>
       <c r="F647" s="3"/>
       <c r="G647" s="3" t="s">
         <v>1217</v>
       </c>
       <c r="H647" s="4" t="s">
-        <v>2179</v>
+        <v>2181</v>
       </c>
       <c r="I647" s="4"/>
       <c r="J647" s="1"/>
       <c r="K647" s="1"/>
       <c r="L647" s="1"/>
       <c r="M647" s="1"/>
       <c r="N647" s="1"/>
       <c r="O647" s="1"/>
       <c r="P647" s="1"/>
       <c r="Q647" s="1"/>
       <c r="R647" s="1"/>
       <c r="S647" s="1"/>
       <c r="T647" s="1"/>
       <c r="U647" s="1"/>
       <c r="V647" s="1"/>
       <c r="W647" s="1"/>
     </row>
     <row r="648" spans="1:23">
       <c r="A648" s="3">
         <v>646</v>
       </c>
       <c r="B648" s="3" t="s">
-        <v>2182</v>
+        <v>2184</v>
       </c>
       <c r="C648" s="3" t="s">
-        <v>2183</v>
+        <v>2185</v>
       </c>
       <c r="D648" s="3" t="s">
-        <v>2184</v>
+        <v>2186</v>
       </c>
       <c r="E648" s="3" t="s">
-        <v>2185</v>
+        <v>2187</v>
       </c>
       <c r="F648" s="3" t="s">
-        <v>2186</v>
+        <v>2188</v>
       </c>
       <c r="G648" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H648" s="4" t="s">
-        <v>2187</v>
+        <v>2189</v>
       </c>
       <c r="I648" s="4"/>
       <c r="J648" s="1"/>
       <c r="K648" s="1"/>
       <c r="L648" s="1"/>
       <c r="M648" s="1"/>
       <c r="N648" s="1"/>
       <c r="O648" s="1"/>
       <c r="P648" s="1"/>
       <c r="Q648" s="1"/>
       <c r="R648" s="1"/>
       <c r="S648" s="1"/>
       <c r="T648" s="1"/>
       <c r="U648" s="1"/>
       <c r="V648" s="1"/>
       <c r="W648" s="1"/>
     </row>
     <row r="649" spans="1:23">
       <c r="A649" s="3">
         <v>647</v>
       </c>
       <c r="B649" s="3" t="s">
-        <v>2188</v>
+        <v>2190</v>
       </c>
       <c r="C649" s="3" t="s">
-        <v>2189</v>
+        <v>2191</v>
       </c>
       <c r="D649" s="3" t="s">
-        <v>2190</v>
+        <v>2192</v>
       </c>
       <c r="E649" s="3" t="s">
+        <v>2193</v>
+      </c>
+      <c r="F649" s="3" t="s">
+        <v>2194</v>
+      </c>
+      <c r="G649" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H649" s="4" t="s">
         <v>2191</v>
-      </c>
-[...7 lines deleted...]
-        <v>2189</v>
       </c>
       <c r="I649" s="4"/>
       <c r="J649" s="1"/>
       <c r="K649" s="1"/>
       <c r="L649" s="1"/>
       <c r="M649" s="1"/>
       <c r="N649" s="1"/>
       <c r="O649" s="1"/>
       <c r="P649" s="1"/>
       <c r="Q649" s="1"/>
       <c r="R649" s="1"/>
       <c r="S649" s="1"/>
       <c r="T649" s="1"/>
       <c r="U649" s="1"/>
       <c r="V649" s="1"/>
       <c r="W649" s="1"/>
     </row>
     <row r="650" spans="1:23">
       <c r="A650" s="3">
         <v>648</v>
       </c>
       <c r="B650" s="3" t="s">
-        <v>2193</v>
+        <v>2195</v>
       </c>
       <c r="C650" s="3" t="s">
-        <v>2194</v>
+        <v>2196</v>
       </c>
       <c r="D650" s="3" t="s">
-        <v>2195</v>
+        <v>2197</v>
       </c>
       <c r="E650" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F650" s="3" t="s">
+        <v>2198</v>
+      </c>
+      <c r="G650" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H650" s="4" t="s">
         <v>2196</v>
-      </c>
-[...4 lines deleted...]
-        <v>2194</v>
       </c>
       <c r="I650" s="4"/>
       <c r="J650" s="1"/>
       <c r="K650" s="1"/>
       <c r="L650" s="1"/>
       <c r="M650" s="1"/>
       <c r="N650" s="1"/>
       <c r="O650" s="1"/>
       <c r="P650" s="1"/>
       <c r="Q650" s="1"/>
       <c r="R650" s="1"/>
       <c r="S650" s="1"/>
       <c r="T650" s="1"/>
       <c r="U650" s="1"/>
       <c r="V650" s="1"/>
       <c r="W650" s="1"/>
     </row>
     <row r="651" spans="1:23">
       <c r="A651" s="3">
         <v>649</v>
       </c>
       <c r="B651" s="3" t="s">
-        <v>2197</v>
+        <v>2199</v>
       </c>
       <c r="C651" s="3" t="s">
-        <v>2074</v>
+        <v>2076</v>
       </c>
       <c r="D651" s="3" t="s">
-        <v>2198</v>
+        <v>2200</v>
       </c>
       <c r="E651" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F651" s="3" t="s">
-        <v>2199</v>
+        <v>2201</v>
       </c>
       <c r="G651" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H651" s="4" t="s">
-        <v>2074</v>
+        <v>2076</v>
       </c>
       <c r="I651" s="4"/>
       <c r="J651" s="1"/>
       <c r="K651" s="1"/>
       <c r="L651" s="1"/>
       <c r="M651" s="1"/>
       <c r="N651" s="1"/>
       <c r="O651" s="1"/>
       <c r="P651" s="1"/>
       <c r="Q651" s="1"/>
       <c r="R651" s="1"/>
       <c r="S651" s="1"/>
       <c r="T651" s="1"/>
       <c r="U651" s="1"/>
       <c r="V651" s="1"/>
       <c r="W651" s="1"/>
     </row>
     <row r="652" spans="1:23">
       <c r="A652" s="3">
         <v>650</v>
       </c>
       <c r="B652" s="3" t="s">
-        <v>2200</v>
+        <v>2202</v>
       </c>
       <c r="C652" s="3" t="s">
-        <v>2074</v>
+        <v>2076</v>
       </c>
       <c r="D652" s="3" t="s">
-        <v>2201</v>
+        <v>2203</v>
       </c>
       <c r="E652" s="3" t="s">
         <v>1628</v>
       </c>
       <c r="F652" s="3" t="s">
-        <v>2202</v>
+        <v>2204</v>
       </c>
       <c r="G652" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H652" s="4" t="s">
-        <v>2074</v>
+        <v>2076</v>
       </c>
       <c r="I652" s="4"/>
       <c r="J652" s="1"/>
       <c r="K652" s="1"/>
       <c r="L652" s="1"/>
       <c r="M652" s="1"/>
       <c r="N652" s="1"/>
       <c r="O652" s="1"/>
       <c r="P652" s="1"/>
       <c r="Q652" s="1"/>
       <c r="R652" s="1"/>
       <c r="S652" s="1"/>
       <c r="T652" s="1"/>
       <c r="U652" s="1"/>
       <c r="V652" s="1"/>
       <c r="W652" s="1"/>
     </row>
     <row r="653" spans="1:23">
       <c r="A653" s="3">
         <v>651</v>
       </c>
       <c r="B653" s="3" t="s">
-        <v>2203</v>
+        <v>2205</v>
       </c>
       <c r="C653" s="3" t="s">
-        <v>2204</v>
+        <v>2206</v>
       </c>
       <c r="D653" s="3" t="s">
-        <v>2205</v>
+        <v>2207</v>
       </c>
       <c r="E653" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F653" s="3" t="s">
+        <v>2208</v>
+      </c>
+      <c r="G653" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H653" s="4" t="s">
         <v>2206</v>
-      </c>
-[...4 lines deleted...]
-        <v>2204</v>
       </c>
       <c r="I653" s="4"/>
       <c r="J653" s="1"/>
       <c r="K653" s="1"/>
       <c r="L653" s="1"/>
       <c r="M653" s="1"/>
       <c r="N653" s="1"/>
       <c r="O653" s="1"/>
       <c r="P653" s="1"/>
       <c r="Q653" s="1"/>
       <c r="R653" s="1"/>
       <c r="S653" s="1"/>
       <c r="T653" s="1"/>
       <c r="U653" s="1"/>
       <c r="V653" s="1"/>
       <c r="W653" s="1"/>
     </row>
     <row r="654" spans="1:23">
       <c r="A654" s="3">
         <v>652</v>
       </c>
       <c r="B654" s="3" t="s">
-        <v>2207</v>
+        <v>2209</v>
       </c>
       <c r="C654" s="3" t="s">
-        <v>2137</v>
+        <v>2139</v>
       </c>
       <c r="D654" s="3" t="s">
-        <v>2208</v>
+        <v>2210</v>
       </c>
       <c r="E654" s="3" t="s">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="F654" s="3"/>
       <c r="G654" s="3" t="s">
         <v>1217</v>
       </c>
       <c r="H654" s="4" t="s">
-        <v>2137</v>
+        <v>2139</v>
       </c>
       <c r="I654" s="4"/>
       <c r="J654" s="1"/>
       <c r="K654" s="1"/>
       <c r="L654" s="1"/>
       <c r="M654" s="1"/>
       <c r="N654" s="1"/>
       <c r="O654" s="1"/>
       <c r="P654" s="1"/>
       <c r="Q654" s="1"/>
       <c r="R654" s="1"/>
       <c r="S654" s="1"/>
       <c r="T654" s="1"/>
       <c r="U654" s="1"/>
       <c r="V654" s="1"/>
       <c r="W654" s="1"/>
     </row>
     <row r="655" spans="1:23">
       <c r="A655" s="3">
         <v>653</v>
       </c>
       <c r="B655" s="3" t="s">
-        <v>2209</v>
+        <v>2211</v>
       </c>
       <c r="C655" s="3" t="s">
-        <v>2210</v>
+        <v>2212</v>
       </c>
       <c r="D655" s="3" t="s">
-        <v>2211</v>
+        <v>2213</v>
       </c>
       <c r="E655" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F655" s="3" t="s">
+        <v>2214</v>
+      </c>
+      <c r="G655" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H655" s="4" t="s">
         <v>2212</v>
-      </c>
-[...4 lines deleted...]
-        <v>2210</v>
       </c>
       <c r="I655" s="4"/>
       <c r="J655" s="1"/>
       <c r="K655" s="1"/>
       <c r="L655" s="1"/>
       <c r="M655" s="1"/>
       <c r="N655" s="1"/>
       <c r="O655" s="1"/>
       <c r="P655" s="1"/>
       <c r="Q655" s="1"/>
       <c r="R655" s="1"/>
       <c r="S655" s="1"/>
       <c r="T655" s="1"/>
       <c r="U655" s="1"/>
       <c r="V655" s="1"/>
       <c r="W655" s="1"/>
     </row>
     <row r="656" spans="1:23">
       <c r="A656" s="3">
         <v>654</v>
       </c>
       <c r="B656" s="3" t="s">
-        <v>2213</v>
+        <v>2215</v>
       </c>
       <c r="C656" s="3" t="s">
-        <v>2053</v>
+        <v>2055</v>
       </c>
       <c r="D656" s="3" t="s">
-        <v>2214</v>
+        <v>2216</v>
       </c>
       <c r="E656" s="3" t="s">
         <v>1593</v>
       </c>
       <c r="F656" s="3" t="s">
-        <v>2215</v>
+        <v>2217</v>
       </c>
       <c r="G656" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H656" s="4" t="s">
-        <v>2053</v>
+        <v>2055</v>
       </c>
       <c r="I656" s="4"/>
       <c r="J656" s="1"/>
       <c r="K656" s="1"/>
       <c r="L656" s="1"/>
       <c r="M656" s="1"/>
       <c r="N656" s="1"/>
       <c r="O656" s="1"/>
       <c r="P656" s="1"/>
       <c r="Q656" s="1"/>
       <c r="R656" s="1"/>
       <c r="S656" s="1"/>
       <c r="T656" s="1"/>
       <c r="U656" s="1"/>
       <c r="V656" s="1"/>
       <c r="W656" s="1"/>
     </row>
     <row r="657" spans="1:23">
       <c r="A657" s="3">
         <v>655</v>
       </c>
       <c r="B657" s="3" t="s">
-        <v>2216</v>
+        <v>2218</v>
       </c>
       <c r="C657" s="3" t="s">
-        <v>2217</v>
+        <v>2219</v>
       </c>
       <c r="D657" s="3" t="s">
-        <v>2218</v>
+        <v>2220</v>
       </c>
       <c r="E657" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F657" s="3" t="s">
+        <v>2221</v>
+      </c>
+      <c r="G657" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H657" s="4" t="s">
         <v>2219</v>
-      </c>
-[...4 lines deleted...]
-        <v>2217</v>
       </c>
       <c r="I657" s="4"/>
       <c r="J657" s="1"/>
       <c r="K657" s="1"/>
       <c r="L657" s="1"/>
       <c r="M657" s="1"/>
       <c r="N657" s="1"/>
       <c r="O657" s="1"/>
       <c r="P657" s="1"/>
       <c r="Q657" s="1"/>
       <c r="R657" s="1"/>
       <c r="S657" s="1"/>
       <c r="T657" s="1"/>
       <c r="U657" s="1"/>
       <c r="V657" s="1"/>
       <c r="W657" s="1"/>
     </row>
     <row r="658" spans="1:23">
       <c r="A658" s="3">
         <v>656</v>
       </c>
       <c r="B658" s="3" t="s">
-        <v>2220</v>
+        <v>2222</v>
       </c>
       <c r="C658" s="3" t="s">
-        <v>2221</v>
+        <v>2223</v>
       </c>
       <c r="D658" s="3" t="s">
-        <v>2222</v>
+        <v>2224</v>
       </c>
       <c r="E658" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F658" s="3" t="s">
+        <v>2225</v>
+      </c>
+      <c r="G658" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H658" s="4" t="s">
         <v>2223</v>
-      </c>
-[...4 lines deleted...]
-        <v>2221</v>
       </c>
       <c r="I658" s="4"/>
       <c r="J658" s="1"/>
       <c r="K658" s="1"/>
       <c r="L658" s="1"/>
       <c r="M658" s="1"/>
       <c r="N658" s="1"/>
       <c r="O658" s="1"/>
       <c r="P658" s="1"/>
       <c r="Q658" s="1"/>
       <c r="R658" s="1"/>
       <c r="S658" s="1"/>
       <c r="T658" s="1"/>
       <c r="U658" s="1"/>
       <c r="V658" s="1"/>
       <c r="W658" s="1"/>
     </row>
     <row r="659" spans="1:23">
       <c r="A659" s="3">
         <v>657</v>
       </c>
       <c r="B659" s="3" t="s">
-        <v>2224</v>
+        <v>2226</v>
       </c>
       <c r="C659" s="3" t="s">
-        <v>2225</v>
+        <v>2227</v>
       </c>
       <c r="D659" s="3" t="s">
-        <v>2226</v>
+        <v>2228</v>
       </c>
       <c r="E659" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F659" s="3" t="s">
+        <v>2229</v>
+      </c>
+      <c r="G659" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H659" s="4" t="s">
         <v>2227</v>
-      </c>
-[...4 lines deleted...]
-        <v>2225</v>
       </c>
       <c r="I659" s="4"/>
       <c r="J659" s="1"/>
       <c r="K659" s="1"/>
       <c r="L659" s="1"/>
       <c r="M659" s="1"/>
       <c r="N659" s="1"/>
       <c r="O659" s="1"/>
       <c r="P659" s="1"/>
       <c r="Q659" s="1"/>
       <c r="R659" s="1"/>
       <c r="S659" s="1"/>
       <c r="T659" s="1"/>
       <c r="U659" s="1"/>
       <c r="V659" s="1"/>
       <c r="W659" s="1"/>
     </row>
     <row r="660" spans="1:23">
       <c r="A660" s="3">
         <v>658</v>
       </c>
       <c r="B660" s="3" t="s">
-        <v>2228</v>
+        <v>2230</v>
       </c>
       <c r="C660" s="3" t="s">
-        <v>2229</v>
+        <v>2231</v>
       </c>
       <c r="D660" s="3" t="s">
-        <v>2230</v>
+        <v>2232</v>
       </c>
       <c r="E660" s="3" t="s">
-        <v>2191</v>
+        <v>2193</v>
       </c>
       <c r="F660" s="3" t="s">
+        <v>2233</v>
+      </c>
+      <c r="G660" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H660" s="4" t="s">
         <v>2231</v>
-      </c>
-[...4 lines deleted...]
-        <v>2229</v>
       </c>
       <c r="I660" s="4"/>
       <c r="J660" s="1"/>
       <c r="K660" s="1"/>
       <c r="L660" s="1"/>
       <c r="M660" s="1"/>
       <c r="N660" s="1"/>
       <c r="O660" s="1"/>
       <c r="P660" s="1"/>
       <c r="Q660" s="1"/>
       <c r="R660" s="1"/>
       <c r="S660" s="1"/>
       <c r="T660" s="1"/>
       <c r="U660" s="1"/>
       <c r="V660" s="1"/>
       <c r="W660" s="1"/>
     </row>
     <row r="661" spans="1:23">
       <c r="A661" s="3">
         <v>659</v>
       </c>
       <c r="B661" s="3" t="s">
-        <v>2232</v>
+        <v>2234</v>
       </c>
       <c r="C661" s="3" t="s">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="D661" s="3" t="s">
-        <v>2233</v>
+        <v>2235</v>
       </c>
       <c r="E661" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F661" s="3" t="s">
-        <v>2234</v>
+        <v>2236</v>
       </c>
       <c r="G661" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H661" s="4" t="s">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="I661" s="4"/>
       <c r="J661" s="1"/>
       <c r="K661" s="1"/>
       <c r="L661" s="1"/>
       <c r="M661" s="1"/>
       <c r="N661" s="1"/>
       <c r="O661" s="1"/>
       <c r="P661" s="1"/>
       <c r="Q661" s="1"/>
       <c r="R661" s="1"/>
       <c r="S661" s="1"/>
       <c r="T661" s="1"/>
       <c r="U661" s="1"/>
       <c r="V661" s="1"/>
       <c r="W661" s="1"/>
     </row>
     <row r="662" spans="1:23">
       <c r="A662" s="3">
         <v>660</v>
       </c>
       <c r="B662" s="3" t="s">
-        <v>2235</v>
+        <v>2237</v>
       </c>
       <c r="C662" s="3" t="s">
-        <v>2113</v>
+        <v>2115</v>
       </c>
       <c r="D662" s="3" t="s">
-        <v>2236</v>
+        <v>2238</v>
       </c>
       <c r="E662" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F662" s="3" t="s">
-        <v>2237</v>
+        <v>2239</v>
       </c>
       <c r="G662" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H662" s="4" t="s">
-        <v>2113</v>
+        <v>2115</v>
       </c>
       <c r="I662" s="4"/>
       <c r="J662" s="1"/>
       <c r="K662" s="1"/>
       <c r="L662" s="1"/>
       <c r="M662" s="1"/>
       <c r="N662" s="1"/>
       <c r="O662" s="1"/>
       <c r="P662" s="1"/>
       <c r="Q662" s="1"/>
       <c r="R662" s="1"/>
       <c r="S662" s="1"/>
       <c r="T662" s="1"/>
       <c r="U662" s="1"/>
       <c r="V662" s="1"/>
       <c r="W662" s="1"/>
     </row>
     <row r="663" spans="1:23">
       <c r="A663" s="3">
         <v>661</v>
       </c>
       <c r="B663" s="3" t="s">
-        <v>2238</v>
+        <v>2240</v>
       </c>
       <c r="C663" s="3" t="s">
-        <v>2217</v>
+        <v>2219</v>
       </c>
       <c r="D663" s="3" t="s">
-        <v>2239</v>
+        <v>2241</v>
       </c>
       <c r="E663" s="3" t="s">
-        <v>2240</v>
+        <v>2242</v>
       </c>
       <c r="F663" s="3"/>
       <c r="G663" s="3" t="s">
         <v>1217</v>
       </c>
       <c r="H663" s="4" t="s">
-        <v>2217</v>
+        <v>2219</v>
       </c>
       <c r="I663" s="4"/>
       <c r="J663" s="1"/>
       <c r="K663" s="1"/>
       <c r="L663" s="1"/>
       <c r="M663" s="1"/>
       <c r="N663" s="1"/>
       <c r="O663" s="1"/>
       <c r="P663" s="1"/>
       <c r="Q663" s="1"/>
       <c r="R663" s="1"/>
       <c r="S663" s="1"/>
       <c r="T663" s="1"/>
       <c r="U663" s="1"/>
       <c r="V663" s="1"/>
       <c r="W663" s="1"/>
     </row>
     <row r="664" spans="1:23">
       <c r="A664" s="3">
         <v>662</v>
       </c>
       <c r="B664" s="3" t="s">
-        <v>2241</v>
+        <v>2243</v>
       </c>
       <c r="C664" s="3" t="s">
-        <v>2179</v>
+        <v>2181</v>
       </c>
       <c r="D664" s="3" t="s">
-        <v>2242</v>
+        <v>2244</v>
       </c>
       <c r="E664" s="3" t="s">
         <v>1298</v>
       </c>
       <c r="F664" s="3" t="s">
-        <v>2243</v>
+        <v>2245</v>
       </c>
       <c r="G664" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H664" s="4" t="s">
-        <v>2179</v>
+        <v>2181</v>
       </c>
       <c r="I664" s="4"/>
       <c r="J664" s="1"/>
       <c r="K664" s="1"/>
       <c r="L664" s="1"/>
       <c r="M664" s="1"/>
       <c r="N664" s="1"/>
       <c r="O664" s="1"/>
       <c r="P664" s="1"/>
       <c r="Q664" s="1"/>
       <c r="R664" s="1"/>
       <c r="S664" s="1"/>
       <c r="T664" s="1"/>
       <c r="U664" s="1"/>
       <c r="V664" s="1"/>
       <c r="W664" s="1"/>
     </row>
     <row r="665" spans="1:23">
       <c r="A665" s="3">
         <v>663</v>
       </c>
       <c r="B665" s="3" t="s">
-        <v>2244</v>
+        <v>2246</v>
       </c>
       <c r="C665" s="3" t="s">
-        <v>2245</v>
+        <v>2247</v>
       </c>
       <c r="D665" s="3" t="s">
-        <v>2246</v>
+        <v>2248</v>
       </c>
       <c r="E665" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F665" s="3" t="s">
+        <v>2249</v>
+      </c>
+      <c r="G665" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H665" s="4" t="s">
         <v>2247</v>
-      </c>
-[...4 lines deleted...]
-        <v>2245</v>
       </c>
       <c r="I665" s="4"/>
       <c r="J665" s="1"/>
       <c r="K665" s="1"/>
       <c r="L665" s="1"/>
       <c r="M665" s="1"/>
       <c r="N665" s="1"/>
       <c r="O665" s="1"/>
       <c r="P665" s="1"/>
       <c r="Q665" s="1"/>
       <c r="R665" s="1"/>
       <c r="S665" s="1"/>
       <c r="T665" s="1"/>
       <c r="U665" s="1"/>
       <c r="V665" s="1"/>
       <c r="W665" s="1"/>
     </row>
     <row r="666" spans="1:23">
       <c r="A666" s="3">
         <v>664</v>
       </c>
       <c r="B666" s="3" t="s">
-        <v>2248</v>
+        <v>2250</v>
       </c>
       <c r="C666" s="3" t="s">
-        <v>2249</v>
+        <v>2251</v>
       </c>
       <c r="D666" s="3" t="s">
-        <v>2250</v>
+        <v>2252</v>
       </c>
       <c r="E666" s="3" t="s">
-        <v>2251</v>
+        <v>2253</v>
       </c>
       <c r="F666" s="3" t="s">
-        <v>2252</v>
+        <v>2254</v>
       </c>
       <c r="G666" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H666" s="4" t="s">
-        <v>2253</v>
+        <v>2255</v>
       </c>
       <c r="I666" s="4"/>
       <c r="J666" s="1"/>
       <c r="K666" s="1"/>
       <c r="L666" s="1"/>
       <c r="M666" s="1"/>
       <c r="N666" s="1"/>
       <c r="O666" s="1"/>
       <c r="P666" s="1"/>
       <c r="Q666" s="1"/>
       <c r="R666" s="1"/>
       <c r="S666" s="1"/>
       <c r="T666" s="1"/>
       <c r="U666" s="1"/>
       <c r="V666" s="1"/>
       <c r="W666" s="1"/>
     </row>
     <row r="667" spans="1:23">
       <c r="A667" s="3">
         <v>665</v>
       </c>
       <c r="B667" s="3" t="s">
-        <v>2254</v>
+        <v>2256</v>
       </c>
       <c r="C667" s="3" t="s">
-        <v>2255</v>
+        <v>2257</v>
       </c>
       <c r="D667" s="3" t="s">
-        <v>2256</v>
+        <v>2258</v>
       </c>
       <c r="E667" s="3" t="s">
         <v>1298</v>
       </c>
       <c r="F667" s="3" t="s">
-        <v>2257</v>
+        <v>2259</v>
       </c>
       <c r="G667" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H667" s="4" t="s">
-        <v>2258</v>
+        <v>2260</v>
       </c>
       <c r="I667" s="4"/>
       <c r="J667" s="1"/>
       <c r="K667" s="1"/>
       <c r="L667" s="1"/>
       <c r="M667" s="1"/>
       <c r="N667" s="1"/>
       <c r="O667" s="1"/>
       <c r="P667" s="1"/>
       <c r="Q667" s="1"/>
       <c r="R667" s="1"/>
       <c r="S667" s="1"/>
       <c r="T667" s="1"/>
       <c r="U667" s="1"/>
       <c r="V667" s="1"/>
       <c r="W667" s="1"/>
     </row>
     <row r="668" spans="1:23">
       <c r="A668" s="3">
         <v>666</v>
       </c>
       <c r="B668" s="3" t="s">
-        <v>2259</v>
+        <v>2261</v>
       </c>
       <c r="C668" s="3" t="s">
-        <v>2260</v>
+        <v>2262</v>
       </c>
       <c r="D668" s="3" t="s">
-        <v>2261</v>
+        <v>2263</v>
       </c>
       <c r="E668" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F668" s="3" t="s">
+        <v>2264</v>
+      </c>
+      <c r="G668" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H668" s="4" t="s">
         <v>2262</v>
-      </c>
-[...4 lines deleted...]
-        <v>2260</v>
       </c>
       <c r="I668" s="4"/>
       <c r="J668" s="1"/>
       <c r="K668" s="1"/>
       <c r="L668" s="1"/>
       <c r="M668" s="1"/>
       <c r="N668" s="1"/>
       <c r="O668" s="1"/>
       <c r="P668" s="1"/>
       <c r="Q668" s="1"/>
       <c r="R668" s="1"/>
       <c r="S668" s="1"/>
       <c r="T668" s="1"/>
       <c r="U668" s="1"/>
       <c r="V668" s="1"/>
       <c r="W668" s="1"/>
     </row>
     <row r="669" spans="1:23">
       <c r="A669" s="3">
         <v>667</v>
       </c>
       <c r="B669" s="3" t="s">
-        <v>2263</v>
+        <v>2265</v>
       </c>
       <c r="C669" s="3" t="s">
-        <v>2164</v>
+        <v>2166</v>
       </c>
       <c r="D669" s="3" t="s">
-        <v>2264</v>
+        <v>2266</v>
       </c>
       <c r="E669" s="3" t="s">
-        <v>2265</v>
+        <v>2267</v>
       </c>
       <c r="F669" s="3" t="s">
-        <v>2266</v>
+        <v>2268</v>
       </c>
       <c r="G669" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H669" s="4" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="I669" s="4"/>
       <c r="J669" s="1"/>
       <c r="K669" s="1"/>
       <c r="L669" s="1"/>
       <c r="M669" s="1"/>
       <c r="N669" s="1"/>
       <c r="O669" s="1"/>
       <c r="P669" s="1"/>
       <c r="Q669" s="1"/>
       <c r="R669" s="1"/>
       <c r="S669" s="1"/>
       <c r="T669" s="1"/>
       <c r="U669" s="1"/>
       <c r="V669" s="1"/>
       <c r="W669" s="1"/>
     </row>
     <row r="670" spans="1:23">
       <c r="A670" s="3">
         <v>668</v>
       </c>
       <c r="B670" s="3" t="s">
-        <v>2267</v>
+        <v>2269</v>
       </c>
       <c r="C670" s="3" t="s">
-        <v>2268</v>
+        <v>2270</v>
       </c>
       <c r="D670" s="3" t="s">
-        <v>2269</v>
+        <v>2271</v>
       </c>
       <c r="E670" s="3" t="s">
-        <v>2270</v>
+        <v>2272</v>
       </c>
       <c r="F670" s="3"/>
       <c r="G670" s="3" t="s">
         <v>27</v>
       </c>
       <c r="H670" s="4" t="s">
-        <v>2268</v>
+        <v>2270</v>
       </c>
       <c r="I670" s="4" t="s">
-        <v>2271</v>
+        <v>2273</v>
       </c>
       <c r="J670" s="1"/>
       <c r="K670" s="1"/>
       <c r="L670" s="1"/>
       <c r="M670" s="1"/>
       <c r="N670" s="1"/>
       <c r="O670" s="1"/>
       <c r="P670" s="1"/>
       <c r="Q670" s="1"/>
       <c r="R670" s="1"/>
       <c r="S670" s="1"/>
       <c r="T670" s="1"/>
       <c r="U670" s="1"/>
       <c r="V670" s="1"/>
       <c r="W670" s="1"/>
     </row>
     <row r="671" spans="1:23">
       <c r="A671" s="3">
         <v>669</v>
       </c>
       <c r="B671" s="3" t="s">
-        <v>2272</v>
+        <v>2274</v>
       </c>
       <c r="C671" s="3" t="s">
-        <v>2268</v>
+        <v>2270</v>
       </c>
       <c r="D671" s="3" t="s">
-        <v>2269</v>
+        <v>2271</v>
       </c>
       <c r="E671" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F671" s="3" t="s">
-        <v>2273</v>
+        <v>2275</v>
       </c>
       <c r="G671" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H671" s="4" t="s">
-        <v>2268</v>
+        <v>2270</v>
       </c>
       <c r="I671" s="4"/>
       <c r="J671" s="1"/>
       <c r="K671" s="1"/>
       <c r="L671" s="1"/>
       <c r="M671" s="1"/>
       <c r="N671" s="1"/>
       <c r="O671" s="1"/>
       <c r="P671" s="1"/>
       <c r="Q671" s="1"/>
       <c r="R671" s="1"/>
       <c r="S671" s="1"/>
       <c r="T671" s="1"/>
       <c r="U671" s="1"/>
       <c r="V671" s="1"/>
       <c r="W671" s="1"/>
     </row>
     <row r="672" spans="1:23">
       <c r="A672" s="3">
         <v>670</v>
       </c>
       <c r="B672" s="3" t="s">
-        <v>2274</v>
+        <v>2276</v>
       </c>
       <c r="C672" s="3" t="s">
-        <v>2275</v>
+        <v>2277</v>
       </c>
       <c r="D672" s="3" t="s">
-        <v>2276</v>
+        <v>2278</v>
       </c>
       <c r="E672" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F672" s="3" t="s">
+        <v>2279</v>
+      </c>
+      <c r="G672" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H672" s="4" t="s">
         <v>2277</v>
-      </c>
-[...4 lines deleted...]
-        <v>2275</v>
       </c>
       <c r="I672" s="4"/>
       <c r="J672" s="1"/>
       <c r="K672" s="1"/>
       <c r="L672" s="1"/>
       <c r="M672" s="1"/>
       <c r="N672" s="1"/>
       <c r="O672" s="1"/>
       <c r="P672" s="1"/>
       <c r="Q672" s="1"/>
       <c r="R672" s="1"/>
       <c r="S672" s="1"/>
       <c r="T672" s="1"/>
       <c r="U672" s="1"/>
       <c r="V672" s="1"/>
       <c r="W672" s="1"/>
     </row>
     <row r="673" spans="1:23">
       <c r="A673" s="3">
         <v>671</v>
       </c>
       <c r="B673" s="3" t="s">
-        <v>2278</v>
+        <v>2280</v>
       </c>
       <c r="C673" s="3" t="s">
-        <v>2279</v>
+        <v>2281</v>
       </c>
       <c r="D673" s="3" t="s">
-        <v>2280</v>
+        <v>2282</v>
       </c>
       <c r="E673" s="3" t="s">
-        <v>2281</v>
+        <v>2283</v>
       </c>
       <c r="F673" s="3" t="s">
-        <v>2282</v>
+        <v>2284</v>
       </c>
       <c r="G673" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H673" s="4" t="s">
-        <v>2283</v>
+        <v>2285</v>
       </c>
       <c r="I673" s="4"/>
       <c r="J673" s="1"/>
       <c r="K673" s="1"/>
       <c r="L673" s="1"/>
       <c r="M673" s="1"/>
       <c r="N673" s="1"/>
       <c r="O673" s="1"/>
       <c r="P673" s="1"/>
       <c r="Q673" s="1"/>
       <c r="R673" s="1"/>
       <c r="S673" s="1"/>
       <c r="T673" s="1"/>
       <c r="U673" s="1"/>
       <c r="V673" s="1"/>
       <c r="W673" s="1"/>
     </row>
     <row r="674" spans="1:23">
       <c r="A674" s="3">
         <v>672</v>
       </c>
       <c r="B674" s="3" t="s">
-        <v>2284</v>
+        <v>2286</v>
       </c>
       <c r="C674" s="3" t="s">
-        <v>2146</v>
+        <v>2148</v>
       </c>
       <c r="D674" s="3" t="s">
-        <v>2285</v>
+        <v>2287</v>
       </c>
       <c r="E674" s="3" t="s">
-        <v>2191</v>
+        <v>2193</v>
       </c>
       <c r="F674" s="3" t="s">
-        <v>2286</v>
+        <v>2288</v>
       </c>
       <c r="G674" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H674" s="4" t="s">
-        <v>2146</v>
+        <v>2148</v>
       </c>
       <c r="I674" s="4"/>
       <c r="J674" s="1"/>
       <c r="K674" s="1"/>
       <c r="L674" s="1"/>
       <c r="M674" s="1"/>
       <c r="N674" s="1"/>
       <c r="O674" s="1"/>
       <c r="P674" s="1"/>
       <c r="Q674" s="1"/>
       <c r="R674" s="1"/>
       <c r="S674" s="1"/>
       <c r="T674" s="1"/>
       <c r="U674" s="1"/>
       <c r="V674" s="1"/>
       <c r="W674" s="1"/>
     </row>
     <row r="675" spans="1:23">
       <c r="A675" s="3">
         <v>673</v>
       </c>
       <c r="B675" s="3" t="s">
-        <v>2287</v>
+        <v>2289</v>
       </c>
       <c r="C675" s="3" t="s">
-        <v>2288</v>
+        <v>2290</v>
       </c>
       <c r="D675" s="3" t="s">
-        <v>2289</v>
+        <v>2291</v>
       </c>
       <c r="E675" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F675" s="3" t="s">
+        <v>2292</v>
+      </c>
+      <c r="G675" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H675" s="4" t="s">
         <v>2290</v>
-      </c>
-[...4 lines deleted...]
-        <v>2288</v>
       </c>
       <c r="I675" s="4"/>
       <c r="J675" s="1"/>
       <c r="K675" s="1"/>
       <c r="L675" s="1"/>
       <c r="M675" s="1"/>
       <c r="N675" s="1"/>
       <c r="O675" s="1"/>
       <c r="P675" s="1"/>
       <c r="Q675" s="1"/>
       <c r="R675" s="1"/>
       <c r="S675" s="1"/>
       <c r="T675" s="1"/>
       <c r="U675" s="1"/>
       <c r="V675" s="1"/>
       <c r="W675" s="1"/>
     </row>
     <row r="676" spans="1:23">
       <c r="A676" s="3">
         <v>674</v>
       </c>
       <c r="B676" s="3" t="s">
-        <v>2291</v>
+        <v>2293</v>
       </c>
       <c r="C676" s="3" t="s">
-        <v>2154</v>
+        <v>2156</v>
       </c>
       <c r="D676" s="3" t="s">
-        <v>2292</v>
+        <v>2294</v>
       </c>
       <c r="E676" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F676" s="3" t="s">
-        <v>2293</v>
+        <v>2295</v>
       </c>
       <c r="G676" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H676" s="4" t="s">
-        <v>2294</v>
+        <v>2296</v>
       </c>
       <c r="I676" s="4"/>
       <c r="J676" s="1"/>
       <c r="K676" s="1"/>
       <c r="L676" s="1"/>
       <c r="M676" s="1"/>
       <c r="N676" s="1"/>
       <c r="O676" s="1"/>
       <c r="P676" s="1"/>
       <c r="Q676" s="1"/>
       <c r="R676" s="1"/>
       <c r="S676" s="1"/>
       <c r="T676" s="1"/>
       <c r="U676" s="1"/>
       <c r="V676" s="1"/>
       <c r="W676" s="1"/>
     </row>
     <row r="677" spans="1:23">
       <c r="A677" s="3">
         <v>675</v>
       </c>
       <c r="B677" s="3" t="s">
-        <v>2295</v>
+        <v>2297</v>
       </c>
       <c r="C677" s="3" t="s">
-        <v>2210</v>
+        <v>2212</v>
       </c>
       <c r="D677" s="3" t="s">
-        <v>2296</v>
+        <v>2298</v>
       </c>
       <c r="E677" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F677" s="3" t="s">
-        <v>2297</v>
+        <v>2299</v>
       </c>
       <c r="G677" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H677" s="4" t="s">
-        <v>2210</v>
+        <v>2212</v>
       </c>
       <c r="I677" s="4"/>
       <c r="J677" s="1"/>
       <c r="K677" s="1"/>
       <c r="L677" s="1"/>
       <c r="M677" s="1"/>
       <c r="N677" s="1"/>
       <c r="O677" s="1"/>
       <c r="P677" s="1"/>
       <c r="Q677" s="1"/>
       <c r="R677" s="1"/>
       <c r="S677" s="1"/>
       <c r="T677" s="1"/>
       <c r="U677" s="1"/>
       <c r="V677" s="1"/>
       <c r="W677" s="1"/>
     </row>
     <row r="678" spans="1:23">
       <c r="A678" s="3">
         <v>676</v>
       </c>
       <c r="B678" s="3" t="s">
-        <v>2298</v>
+        <v>2300</v>
       </c>
       <c r="C678" s="3" t="s">
-        <v>2299</v>
+        <v>2301</v>
       </c>
       <c r="D678" s="3" t="s">
-        <v>2300</v>
+        <v>2302</v>
       </c>
       <c r="E678" s="3" t="s">
-        <v>2301</v>
+        <v>2303</v>
       </c>
       <c r="F678" s="3" t="s">
-        <v>2302</v>
+        <v>2304</v>
       </c>
       <c r="G678" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H678" s="4" t="s">
-        <v>2303</v>
+        <v>2305</v>
       </c>
       <c r="I678" s="4"/>
       <c r="J678" s="1"/>
       <c r="K678" s="1"/>
       <c r="L678" s="1"/>
       <c r="M678" s="1"/>
       <c r="N678" s="1"/>
       <c r="O678" s="1"/>
       <c r="P678" s="1"/>
       <c r="Q678" s="1"/>
       <c r="R678" s="1"/>
       <c r="S678" s="1"/>
       <c r="T678" s="1"/>
       <c r="U678" s="1"/>
       <c r="V678" s="1"/>
       <c r="W678" s="1"/>
     </row>
     <row r="679" spans="1:23">
       <c r="A679" s="3">
         <v>677</v>
       </c>
       <c r="B679" s="3" t="s">
-        <v>2304</v>
+        <v>2306</v>
       </c>
       <c r="C679" s="3" t="s">
+        <v>2166</v>
+      </c>
+      <c r="D679" s="3" t="s">
         <v>2164</v>
       </c>
-      <c r="D679" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E679" s="3" t="s">
-        <v>2163</v>
+        <v>2165</v>
       </c>
       <c r="F679" s="3" t="s">
-        <v>2305</v>
+        <v>2307</v>
       </c>
       <c r="G679" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H679" s="4" t="s">
-        <v>2164</v>
+        <v>2166</v>
       </c>
       <c r="I679" s="4"/>
       <c r="J679" s="1"/>
       <c r="K679" s="1"/>
       <c r="L679" s="1"/>
       <c r="M679" s="1"/>
       <c r="N679" s="1"/>
       <c r="O679" s="1"/>
       <c r="P679" s="1"/>
       <c r="Q679" s="1"/>
       <c r="R679" s="1"/>
       <c r="S679" s="1"/>
       <c r="T679" s="1"/>
       <c r="U679" s="1"/>
       <c r="V679" s="1"/>
       <c r="W679" s="1"/>
     </row>
     <row r="680" spans="1:23">
       <c r="A680" s="3">
         <v>678</v>
       </c>
       <c r="B680" s="3" t="s">
-        <v>2306</v>
+        <v>2308</v>
       </c>
       <c r="C680" s="3" t="s">
-        <v>2307</v>
+        <v>2309</v>
       </c>
       <c r="D680" s="3" t="s">
-        <v>2308</v>
+        <v>2310</v>
       </c>
       <c r="E680" s="3" t="s">
         <v>212</v>
       </c>
       <c r="F680" s="3" t="s">
+        <v>2311</v>
+      </c>
+      <c r="G680" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H680" s="4" t="s">
         <v>2309</v>
-      </c>
-[...4 lines deleted...]
-        <v>2307</v>
       </c>
       <c r="I680" s="4"/>
       <c r="J680" s="1"/>
       <c r="K680" s="1"/>
       <c r="L680" s="1"/>
       <c r="M680" s="1"/>
       <c r="N680" s="1"/>
       <c r="O680" s="1"/>
       <c r="P680" s="1"/>
       <c r="Q680" s="1"/>
       <c r="R680" s="1"/>
       <c r="S680" s="1"/>
       <c r="T680" s="1"/>
       <c r="U680" s="1"/>
       <c r="V680" s="1"/>
       <c r="W680" s="1"/>
     </row>
     <row r="681" spans="1:23">
       <c r="A681" s="3">
         <v>679</v>
       </c>
       <c r="B681" s="3" t="s">
-        <v>2310</v>
+        <v>2312</v>
       </c>
       <c r="C681" s="3" t="s">
-        <v>2311</v>
+        <v>2313</v>
       </c>
       <c r="D681" s="3" t="s">
-        <v>2312</v>
+        <v>2314</v>
       </c>
       <c r="E681" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F681" s="3" t="s">
+        <v>2315</v>
+      </c>
+      <c r="G681" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H681" s="4" t="s">
         <v>2313</v>
-      </c>
-[...4 lines deleted...]
-        <v>2311</v>
       </c>
       <c r="I681" s="4"/>
       <c r="J681" s="1"/>
       <c r="K681" s="1"/>
       <c r="L681" s="1"/>
       <c r="M681" s="1"/>
       <c r="N681" s="1"/>
       <c r="O681" s="1"/>
       <c r="P681" s="1"/>
       <c r="Q681" s="1"/>
       <c r="R681" s="1"/>
       <c r="S681" s="1"/>
       <c r="T681" s="1"/>
       <c r="U681" s="1"/>
       <c r="V681" s="1"/>
       <c r="W681" s="1"/>
     </row>
     <row r="682" spans="1:23">
       <c r="A682" s="3">
         <v>680</v>
       </c>
       <c r="B682" s="3" t="s">
-        <v>2314</v>
+        <v>2316</v>
       </c>
       <c r="C682" s="3" t="s">
-        <v>2154</v>
+        <v>2156</v>
       </c>
       <c r="D682" s="3" t="s">
-        <v>2315</v>
+        <v>2317</v>
       </c>
       <c r="E682" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F682" s="3" t="s">
-        <v>2316</v>
+        <v>2318</v>
       </c>
       <c r="G682" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H682" s="4" t="s">
-        <v>2154</v>
+        <v>2156</v>
       </c>
       <c r="I682" s="4"/>
       <c r="J682" s="1"/>
       <c r="K682" s="1"/>
       <c r="L682" s="1"/>
       <c r="M682" s="1"/>
       <c r="N682" s="1"/>
       <c r="O682" s="1"/>
       <c r="P682" s="1"/>
       <c r="Q682" s="1"/>
       <c r="R682" s="1"/>
       <c r="S682" s="1"/>
       <c r="T682" s="1"/>
       <c r="U682" s="1"/>
       <c r="V682" s="1"/>
       <c r="W682" s="1"/>
     </row>
     <row r="683" spans="1:23">
       <c r="A683" s="3">
         <v>681</v>
       </c>
       <c r="B683" s="3" t="s">
-        <v>2317</v>
+        <v>2319</v>
       </c>
       <c r="C683" s="3" t="s">
-        <v>2318</v>
+        <v>2320</v>
       </c>
       <c r="D683" s="3" t="s">
-        <v>2319</v>
+        <v>2321</v>
       </c>
       <c r="E683" s="3" t="s">
-        <v>2320</v>
+        <v>2322</v>
       </c>
       <c r="F683" s="3"/>
       <c r="G683" s="3" t="s">
         <v>1217</v>
       </c>
       <c r="H683" s="4" t="s">
-        <v>2318</v>
+        <v>2320</v>
       </c>
       <c r="I683" s="4"/>
       <c r="J683" s="1"/>
       <c r="K683" s="1"/>
       <c r="L683" s="1"/>
       <c r="M683" s="1"/>
       <c r="N683" s="1"/>
       <c r="O683" s="1"/>
       <c r="P683" s="1"/>
       <c r="Q683" s="1"/>
       <c r="R683" s="1"/>
       <c r="S683" s="1"/>
       <c r="T683" s="1"/>
       <c r="U683" s="1"/>
       <c r="V683" s="1"/>
       <c r="W683" s="1"/>
     </row>
     <row r="684" spans="1:23">
       <c r="A684" s="3">
         <v>682</v>
       </c>
       <c r="B684" s="3" t="s">
-        <v>2321</v>
+        <v>2323</v>
       </c>
       <c r="C684" s="3" t="s">
-        <v>2322</v>
+        <v>2324</v>
       </c>
       <c r="D684" s="3" t="s">
-        <v>2323</v>
+        <v>2325</v>
       </c>
       <c r="E684" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F684" s="3" t="s">
+        <v>2326</v>
+      </c>
+      <c r="G684" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H684" s="4" t="s">
         <v>2324</v>
-      </c>
-[...4 lines deleted...]
-        <v>2322</v>
       </c>
       <c r="I684" s="4"/>
       <c r="J684" s="1"/>
       <c r="K684" s="1"/>
       <c r="L684" s="1"/>
       <c r="M684" s="1"/>
       <c r="N684" s="1"/>
       <c r="O684" s="1"/>
       <c r="P684" s="1"/>
       <c r="Q684" s="1"/>
       <c r="R684" s="1"/>
       <c r="S684" s="1"/>
       <c r="T684" s="1"/>
       <c r="U684" s="1"/>
       <c r="V684" s="1"/>
       <c r="W684" s="1"/>
     </row>
     <row r="685" spans="1:23">
       <c r="A685" s="3">
         <v>683</v>
       </c>
       <c r="B685" s="3" t="s">
-        <v>2325</v>
+        <v>2327</v>
       </c>
       <c r="C685" s="3" t="s">
-        <v>2326</v>
+        <v>2328</v>
       </c>
       <c r="D685" s="3" t="s">
-        <v>2327</v>
+        <v>2329</v>
       </c>
       <c r="E685" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="F685" s="3" t="s">
+        <v>2330</v>
+      </c>
+      <c r="G685" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H685" s="4" t="s">
         <v>2328</v>
-      </c>
-[...4 lines deleted...]
-        <v>2326</v>
       </c>
       <c r="I685" s="4"/>
       <c r="J685" s="1"/>
       <c r="K685" s="1"/>
       <c r="L685" s="1"/>
       <c r="M685" s="1"/>
       <c r="N685" s="1"/>
       <c r="O685" s="1"/>
       <c r="P685" s="1"/>
       <c r="Q685" s="1"/>
       <c r="R685" s="1"/>
       <c r="S685" s="1"/>
       <c r="T685" s="1"/>
       <c r="U685" s="1"/>
       <c r="V685" s="1"/>
       <c r="W685" s="1"/>
     </row>
     <row r="686" spans="1:23">
       <c r="A686" s="3">
         <v>684</v>
       </c>
       <c r="B686" s="3" t="s">
-        <v>2329</v>
+        <v>2331</v>
       </c>
       <c r="C686" s="3" t="s">
-        <v>2330</v>
+        <v>2332</v>
       </c>
       <c r="D686" s="3" t="s">
-        <v>2331</v>
+        <v>2333</v>
       </c>
       <c r="E686" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F686" s="3" t="s">
+        <v>2334</v>
+      </c>
+      <c r="G686" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H686" s="4" t="s">
         <v>2332</v>
-      </c>
-[...4 lines deleted...]
-        <v>2330</v>
       </c>
       <c r="I686" s="4"/>
       <c r="J686" s="1"/>
       <c r="K686" s="1"/>
       <c r="L686" s="1"/>
       <c r="M686" s="1"/>
       <c r="N686" s="1"/>
       <c r="O686" s="1"/>
       <c r="P686" s="1"/>
       <c r="Q686" s="1"/>
       <c r="R686" s="1"/>
       <c r="S686" s="1"/>
       <c r="T686" s="1"/>
       <c r="U686" s="1"/>
       <c r="V686" s="1"/>
       <c r="W686" s="1"/>
     </row>
     <row r="687" spans="1:23">
       <c r="A687" s="3">
         <v>685</v>
       </c>
       <c r="B687" s="3" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="C687" s="3" t="s">
-        <v>2057</v>
+        <v>2059</v>
       </c>
       <c r="D687" s="3" t="s">
-        <v>2334</v>
+        <v>2336</v>
       </c>
       <c r="E687" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F687" s="3" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
       <c r="G687" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H687" s="4" t="s">
-        <v>2057</v>
+        <v>2059</v>
       </c>
       <c r="I687" s="4"/>
       <c r="J687" s="1"/>
       <c r="K687" s="1"/>
       <c r="L687" s="1"/>
       <c r="M687" s="1"/>
       <c r="N687" s="1"/>
       <c r="O687" s="1"/>
       <c r="P687" s="1"/>
       <c r="Q687" s="1"/>
       <c r="R687" s="1"/>
       <c r="S687" s="1"/>
       <c r="T687" s="1"/>
       <c r="U687" s="1"/>
       <c r="V687" s="1"/>
       <c r="W687" s="1"/>
     </row>
     <row r="688" spans="1:23">
       <c r="A688" s="3">
         <v>686</v>
       </c>
       <c r="B688" s="3" t="s">
-        <v>2336</v>
+        <v>2338</v>
       </c>
       <c r="C688" s="3" t="s">
-        <v>2337</v>
+        <v>2339</v>
       </c>
       <c r="D688" s="3" t="s">
-        <v>2338</v>
+        <v>2340</v>
       </c>
       <c r="E688" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F688" s="3" t="s">
+        <v>2341</v>
+      </c>
+      <c r="G688" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H688" s="4" t="s">
         <v>2339</v>
-      </c>
-[...4 lines deleted...]
-        <v>2337</v>
       </c>
       <c r="I688" s="4"/>
       <c r="J688" s="1"/>
       <c r="K688" s="1"/>
       <c r="L688" s="1"/>
       <c r="M688" s="1"/>
       <c r="N688" s="1"/>
       <c r="O688" s="1"/>
       <c r="P688" s="1"/>
       <c r="Q688" s="1"/>
       <c r="R688" s="1"/>
       <c r="S688" s="1"/>
       <c r="T688" s="1"/>
       <c r="U688" s="1"/>
       <c r="V688" s="1"/>
       <c r="W688" s="1"/>
     </row>
     <row r="689" spans="1:23">
       <c r="A689" s="3">
         <v>687</v>
       </c>
       <c r="B689" s="3" t="s">
-        <v>2340</v>
+        <v>2342</v>
       </c>
       <c r="C689" s="3" t="s">
-        <v>2341</v>
+        <v>2343</v>
       </c>
       <c r="D689" s="3" t="s">
-        <v>2342</v>
+        <v>2344</v>
       </c>
       <c r="E689" s="3" t="s">
-        <v>2343</v>
+        <v>2345</v>
       </c>
       <c r="F689" s="3"/>
       <c r="G689" s="3" t="s">
         <v>1217</v>
       </c>
       <c r="H689" s="4" t="s">
-        <v>2341</v>
+        <v>2343</v>
       </c>
       <c r="I689" s="4"/>
       <c r="J689" s="1"/>
       <c r="K689" s="1"/>
       <c r="L689" s="1"/>
       <c r="M689" s="1"/>
       <c r="N689" s="1"/>
       <c r="O689" s="1"/>
       <c r="P689" s="1"/>
       <c r="Q689" s="1"/>
       <c r="R689" s="1"/>
       <c r="S689" s="1"/>
       <c r="T689" s="1"/>
       <c r="U689" s="1"/>
       <c r="V689" s="1"/>
       <c r="W689" s="1"/>
     </row>
     <row r="690" spans="1:23">
       <c r="A690" s="3">
         <v>688</v>
       </c>
       <c r="B690" s="3" t="s">
-        <v>2344</v>
+        <v>2346</v>
       </c>
       <c r="C690" s="3" t="s">
-        <v>2025</v>
+        <v>2027</v>
       </c>
       <c r="D690" s="3" t="s">
-        <v>2345</v>
+        <v>2347</v>
       </c>
       <c r="E690" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F690" s="3" t="s">
-        <v>2346</v>
+        <v>2348</v>
       </c>
       <c r="G690" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H690" s="4" t="s">
-        <v>2025</v>
+        <v>2027</v>
       </c>
       <c r="I690" s="4"/>
       <c r="J690" s="1"/>
       <c r="K690" s="1"/>
       <c r="L690" s="1"/>
       <c r="M690" s="1"/>
       <c r="N690" s="1"/>
       <c r="O690" s="1"/>
       <c r="P690" s="1"/>
       <c r="Q690" s="1"/>
       <c r="R690" s="1"/>
       <c r="S690" s="1"/>
       <c r="T690" s="1"/>
       <c r="U690" s="1"/>
       <c r="V690" s="1"/>
       <c r="W690" s="1"/>
     </row>
     <row r="691" spans="1:23">
       <c r="A691" s="3">
         <v>689</v>
       </c>
       <c r="B691" s="3" t="s">
-        <v>2347</v>
+        <v>2349</v>
       </c>
       <c r="C691" s="3" t="s">
-        <v>2348</v>
+        <v>2350</v>
       </c>
       <c r="D691" s="3" t="s">
-        <v>2349</v>
+        <v>2351</v>
       </c>
       <c r="E691" s="3" t="s">
-        <v>2350</v>
+        <v>2352</v>
       </c>
       <c r="F691" s="3" t="s">
-        <v>2351</v>
+        <v>2353</v>
       </c>
       <c r="G691" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H691" s="4" t="s">
-        <v>2330</v>
+        <v>2332</v>
       </c>
       <c r="I691" s="4"/>
       <c r="J691" s="1"/>
       <c r="K691" s="1"/>
       <c r="L691" s="1"/>
       <c r="M691" s="1"/>
       <c r="N691" s="1"/>
       <c r="O691" s="1"/>
       <c r="P691" s="1"/>
       <c r="Q691" s="1"/>
       <c r="R691" s="1"/>
       <c r="S691" s="1"/>
       <c r="T691" s="1"/>
       <c r="U691" s="1"/>
       <c r="V691" s="1"/>
       <c r="W691" s="1"/>
     </row>
     <row r="692" spans="1:23">
       <c r="A692" s="3">
         <v>690</v>
       </c>
       <c r="B692" s="3" t="s">
-        <v>2352</v>
+        <v>2354</v>
       </c>
       <c r="C692" s="3" t="s">
-        <v>2353</v>
+        <v>2355</v>
       </c>
       <c r="D692" s="3" t="s">
-        <v>2323</v>
+        <v>2325</v>
       </c>
       <c r="E692" s="3" t="s">
-        <v>2354</v>
+        <v>2356</v>
       </c>
       <c r="F692" s="3"/>
       <c r="G692" s="3" t="s">
         <v>27</v>
       </c>
       <c r="H692" s="4" t="s">
-        <v>2322</v>
+        <v>2324</v>
       </c>
       <c r="I692" s="4" t="s">
         <v>1538</v>
       </c>
       <c r="J692" s="1"/>
       <c r="K692" s="1"/>
       <c r="L692" s="1"/>
       <c r="M692" s="1"/>
       <c r="N692" s="1"/>
       <c r="O692" s="1"/>
       <c r="P692" s="1"/>
       <c r="Q692" s="1"/>
       <c r="R692" s="1"/>
       <c r="S692" s="1"/>
       <c r="T692" s="1"/>
       <c r="U692" s="1"/>
       <c r="V692" s="1"/>
       <c r="W692" s="1"/>
     </row>
     <row r="693" spans="1:23">
       <c r="A693" s="3">
         <v>691</v>
       </c>
       <c r="B693" s="3" t="s">
-        <v>2355</v>
+        <v>2357</v>
       </c>
       <c r="C693" s="3" t="s">
-        <v>2221</v>
+        <v>2223</v>
       </c>
       <c r="D693" s="3" t="s">
-        <v>2356</v>
+        <v>2358</v>
       </c>
       <c r="E693" s="3" t="s">
-        <v>2357</v>
+        <v>2359</v>
       </c>
       <c r="F693" s="3" t="s">
-        <v>2358</v>
+        <v>2360</v>
       </c>
       <c r="G693" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H693" s="4" t="s">
-        <v>2359</v>
+        <v>2361</v>
       </c>
       <c r="I693" s="4"/>
       <c r="J693" s="1"/>
       <c r="K693" s="1"/>
       <c r="L693" s="1"/>
       <c r="M693" s="1"/>
       <c r="N693" s="1"/>
       <c r="O693" s="1"/>
       <c r="P693" s="1"/>
       <c r="Q693" s="1"/>
       <c r="R693" s="1"/>
       <c r="S693" s="1"/>
       <c r="T693" s="1"/>
       <c r="U693" s="1"/>
       <c r="V693" s="1"/>
       <c r="W693" s="1"/>
     </row>
     <row r="694" spans="1:23">
       <c r="A694" s="3">
         <v>692</v>
       </c>
       <c r="B694" s="3" t="s">
-        <v>2360</v>
+        <v>2362</v>
       </c>
       <c r="C694" s="3" t="s">
-        <v>2361</v>
+        <v>2363</v>
       </c>
       <c r="D694" s="3" t="s">
-        <v>2362</v>
+        <v>2364</v>
       </c>
       <c r="E694" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F694" s="3" t="s">
+        <v>2365</v>
+      </c>
+      <c r="G694" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H694" s="4" t="s">
         <v>2363</v>
-      </c>
-[...4 lines deleted...]
-        <v>2361</v>
       </c>
       <c r="I694" s="4"/>
       <c r="J694" s="1"/>
       <c r="K694" s="1"/>
       <c r="L694" s="1"/>
       <c r="M694" s="1"/>
       <c r="N694" s="1"/>
       <c r="O694" s="1"/>
       <c r="P694" s="1"/>
       <c r="Q694" s="1"/>
       <c r="R694" s="1"/>
       <c r="S694" s="1"/>
       <c r="T694" s="1"/>
       <c r="U694" s="1"/>
       <c r="V694" s="1"/>
       <c r="W694" s="1"/>
     </row>
     <row r="695" spans="1:23">
       <c r="A695" s="3">
         <v>693</v>
       </c>
       <c r="B695" s="3" t="s">
-        <v>2364</v>
+        <v>2366</v>
       </c>
       <c r="C695" s="3" t="s">
-        <v>2204</v>
+        <v>2206</v>
       </c>
       <c r="D695" s="3" t="s">
-        <v>2365</v>
+        <v>2367</v>
       </c>
       <c r="E695" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F695" s="3" t="s">
-        <v>2366</v>
+        <v>2368</v>
       </c>
       <c r="G695" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H695" s="4" t="s">
-        <v>2204</v>
+        <v>2206</v>
       </c>
       <c r="I695" s="4"/>
       <c r="J695" s="1"/>
       <c r="K695" s="1"/>
       <c r="L695" s="1"/>
       <c r="M695" s="1"/>
       <c r="N695" s="1"/>
       <c r="O695" s="1"/>
       <c r="P695" s="1"/>
       <c r="Q695" s="1"/>
       <c r="R695" s="1"/>
       <c r="S695" s="1"/>
       <c r="T695" s="1"/>
       <c r="U695" s="1"/>
       <c r="V695" s="1"/>
       <c r="W695" s="1"/>
     </row>
     <row r="696" spans="1:23">
       <c r="A696" s="3">
         <v>694</v>
       </c>
       <c r="B696" s="3" t="s">
-        <v>2367</v>
+        <v>2369</v>
       </c>
       <c r="C696" s="3" t="s">
-        <v>2146</v>
+        <v>2148</v>
       </c>
       <c r="D696" s="3" t="s">
-        <v>2368</v>
+        <v>2370</v>
       </c>
       <c r="E696" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F696" s="3" t="s">
-        <v>2369</v>
+        <v>2371</v>
       </c>
       <c r="G696" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H696" s="4" t="s">
-        <v>2146</v>
+        <v>2148</v>
       </c>
       <c r="I696" s="4"/>
       <c r="J696" s="1"/>
       <c r="K696" s="1"/>
       <c r="L696" s="1"/>
       <c r="M696" s="1"/>
       <c r="N696" s="1"/>
       <c r="O696" s="1"/>
       <c r="P696" s="1"/>
       <c r="Q696" s="1"/>
       <c r="R696" s="1"/>
       <c r="S696" s="1"/>
       <c r="T696" s="1"/>
       <c r="U696" s="1"/>
       <c r="V696" s="1"/>
       <c r="W696" s="1"/>
     </row>
     <row r="697" spans="1:23">
       <c r="A697" s="3">
         <v>695</v>
       </c>
       <c r="B697" s="3" t="s">
-        <v>2370</v>
+        <v>2372</v>
       </c>
       <c r="C697" s="3" t="s">
-        <v>2371</v>
+        <v>2373</v>
       </c>
       <c r="D697" s="3" t="s">
-        <v>2372</v>
+        <v>2374</v>
       </c>
       <c r="E697" s="3" t="s">
-        <v>2373</v>
+        <v>2375</v>
       </c>
       <c r="F697" s="3"/>
       <c r="G697" s="3" t="s">
         <v>1217</v>
       </c>
       <c r="H697" s="4" t="s">
-        <v>2371</v>
+        <v>2373</v>
       </c>
       <c r="I697" s="4"/>
       <c r="J697" s="1"/>
       <c r="K697" s="1"/>
       <c r="L697" s="1"/>
       <c r="M697" s="1"/>
       <c r="N697" s="1"/>
       <c r="O697" s="1"/>
       <c r="P697" s="1"/>
       <c r="Q697" s="1"/>
       <c r="R697" s="1"/>
       <c r="S697" s="1"/>
       <c r="T697" s="1"/>
       <c r="U697" s="1"/>
       <c r="V697" s="1"/>
       <c r="W697" s="1"/>
     </row>
     <row r="698" spans="1:23">
       <c r="A698" s="3">
         <v>696</v>
       </c>
       <c r="B698" s="3" t="s">
-        <v>2374</v>
+        <v>2376</v>
       </c>
       <c r="C698" s="3" t="s">
-        <v>2375</v>
+        <v>2377</v>
       </c>
       <c r="D698" s="3" t="s">
-        <v>2376</v>
+        <v>2378</v>
       </c>
       <c r="E698" s="3" t="s">
+        <v>2379</v>
+      </c>
+      <c r="F698" s="3" t="s">
+        <v>2380</v>
+      </c>
+      <c r="G698" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H698" s="4" t="s">
         <v>2377</v>
-      </c>
-[...7 lines deleted...]
-        <v>2375</v>
       </c>
       <c r="I698" s="4"/>
       <c r="J698" s="1"/>
       <c r="K698" s="1"/>
       <c r="L698" s="1"/>
       <c r="M698" s="1"/>
       <c r="N698" s="1"/>
       <c r="O698" s="1"/>
       <c r="P698" s="1"/>
       <c r="Q698" s="1"/>
       <c r="R698" s="1"/>
       <c r="S698" s="1"/>
       <c r="T698" s="1"/>
       <c r="U698" s="1"/>
       <c r="V698" s="1"/>
       <c r="W698" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>