--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1165">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -3398,60 +3398,159 @@
   <si>
     <t>REQ/2024/4375</t>
   </si>
   <si>
     <t>2024-09-03</t>
   </si>
   <si>
     <t>VMR/2024/2116</t>
   </si>
   <si>
     <t>Please approve our request</t>
   </si>
   <si>
     <t>REQ/000297/2024-2025</t>
   </si>
   <si>
     <t>2024-11-30</t>
   </si>
   <si>
     <t>VMR/2024/2416</t>
   </si>
   <si>
     <t>0000000721</t>
   </si>
   <si>
+    <t>REQ/001291/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>VMR/2024/000668</t>
+  </si>
+  <si>
+    <t>Please accept my request</t>
+  </si>
+  <si>
+    <t>0000000751</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
     <t>REQ/001173/2025-2026</t>
   </si>
   <si>
     <t>2025-11-14</t>
   </si>
   <si>
     <t>VMR/2023/001685</t>
   </si>
   <si>
     <t>working progress EMSD-I</t>
+  </si>
+  <si>
+    <t>0000000754</t>
+  </si>
+  <si>
+    <t>2026-02-02</t>
+  </si>
+  <si>
+    <t>REQ/001328/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>VMR/2023/000820</t>
+  </si>
+  <si>
+    <t>REQ/001327/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>VMR/2023/002731</t>
+  </si>
+  <si>
+    <t>Please accept the vender request</t>
+  </si>
+  <si>
+    <t>0000000757</t>
+  </si>
+  <si>
+    <t>REQ/001300/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-27</t>
+  </si>
+  <si>
+    <t>VMR/2024/000358</t>
+  </si>
+  <si>
+    <t>Please accept my vendor registration</t>
+  </si>
+  <si>
+    <t>REQ/001326/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>VMR/2023/002791</t>
+  </si>
+  <si>
+    <t>REQUEST FOR VENDOR REGISTRATION</t>
+  </si>
+  <si>
+    <t>REQ/001296/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>VMR/2023/000208</t>
+  </si>
+  <si>
+    <t>Please Approve.</t>
+  </si>
+  <si>
+    <t>0000000753</t>
+  </si>
+  <si>
+    <t>REQ/001293/2025-2026</t>
+  </si>
+  <si>
+    <t>VMR/2023/002376</t>
+  </si>
+  <si>
+    <t>Please enroll me for new work</t>
+  </si>
+  <si>
+    <t>0000000755</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3807,51 +3906,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W329"/>
+  <dimension ref="A1:W336"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="134.395752" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="48.273926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -17046,72 +17145,353 @@
       <c r="P328" s="1"/>
       <c r="Q328" s="1"/>
       <c r="R328" s="1"/>
       <c r="S328" s="1"/>
       <c r="T328" s="1"/>
       <c r="U328" s="1"/>
       <c r="V328" s="1"/>
       <c r="W328" s="1"/>
     </row>
     <row r="329" spans="1:23">
       <c r="A329" s="3">
         <v>327</v>
       </c>
       <c r="B329" s="3" t="s">
         <v>1128</v>
       </c>
       <c r="C329" s="3" t="s">
         <v>1129</v>
       </c>
       <c r="D329" s="3" t="s">
         <v>1130</v>
       </c>
       <c r="E329" s="3" t="s">
         <v>1131</v>
       </c>
-      <c r="F329" s="3"/>
+      <c r="F329" s="3" t="s">
+        <v>1132</v>
+      </c>
       <c r="G329" s="3" t="s">
-        <v>555</v>
+        <v>15</v>
       </c>
       <c r="H329" s="4" t="s">
-        <v>1129</v>
+        <v>1133</v>
       </c>
       <c r="I329" s="4"/>
       <c r="J329" s="1"/>
       <c r="K329" s="1"/>
       <c r="L329" s="1"/>
       <c r="M329" s="1"/>
       <c r="N329" s="1"/>
       <c r="O329" s="1"/>
       <c r="P329" s="1"/>
       <c r="Q329" s="1"/>
       <c r="R329" s="1"/>
       <c r="S329" s="1"/>
       <c r="T329" s="1"/>
       <c r="U329" s="1"/>
       <c r="V329" s="1"/>
       <c r="W329" s="1"/>
+    </row>
+    <row r="330" spans="1:23">
+      <c r="A330" s="3">
+        <v>328</v>
+      </c>
+      <c r="B330" s="3" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C330" s="3" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D330" s="3" t="s">
+        <v>1136</v>
+      </c>
+      <c r="E330" s="3" t="s">
+        <v>1137</v>
+      </c>
+      <c r="F330" s="3" t="s">
+        <v>1138</v>
+      </c>
+      <c r="G330" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H330" s="4" t="s">
+        <v>1139</v>
+      </c>
+      <c r="I330" s="4"/>
+      <c r="J330" s="1"/>
+      <c r="K330" s="1"/>
+      <c r="L330" s="1"/>
+      <c r="M330" s="1"/>
+      <c r="N330" s="1"/>
+      <c r="O330" s="1"/>
+      <c r="P330" s="1"/>
+      <c r="Q330" s="1"/>
+      <c r="R330" s="1"/>
+      <c r="S330" s="1"/>
+      <c r="T330" s="1"/>
+      <c r="U330" s="1"/>
+      <c r="V330" s="1"/>
+      <c r="W330" s="1"/>
+    </row>
+    <row r="331" spans="1:23">
+      <c r="A331" s="3">
+        <v>329</v>
+      </c>
+      <c r="B331" s="3" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C331" s="3" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D331" s="3" t="s">
+        <v>1142</v>
+      </c>
+      <c r="E331" s="3"/>
+      <c r="F331" s="3"/>
+      <c r="G331" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="H331" s="4" t="s">
+        <v>1141</v>
+      </c>
+      <c r="I331" s="4"/>
+      <c r="J331" s="1"/>
+      <c r="K331" s="1"/>
+      <c r="L331" s="1"/>
+      <c r="M331" s="1"/>
+      <c r="N331" s="1"/>
+      <c r="O331" s="1"/>
+      <c r="P331" s="1"/>
+      <c r="Q331" s="1"/>
+      <c r="R331" s="1"/>
+      <c r="S331" s="1"/>
+      <c r="T331" s="1"/>
+      <c r="U331" s="1"/>
+      <c r="V331" s="1"/>
+      <c r="W331" s="1"/>
+    </row>
+    <row r="332" spans="1:23">
+      <c r="A332" s="3">
+        <v>330</v>
+      </c>
+      <c r="B332" s="3" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C332" s="3" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D332" s="3" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E332" s="3" t="s">
+        <v>1146</v>
+      </c>
+      <c r="F332" s="3" t="s">
+        <v>1147</v>
+      </c>
+      <c r="G332" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H332" s="4" t="s">
+        <v>1141</v>
+      </c>
+      <c r="I332" s="4"/>
+      <c r="J332" s="1"/>
+      <c r="K332" s="1"/>
+      <c r="L332" s="1"/>
+      <c r="M332" s="1"/>
+      <c r="N332" s="1"/>
+      <c r="O332" s="1"/>
+      <c r="P332" s="1"/>
+      <c r="Q332" s="1"/>
+      <c r="R332" s="1"/>
+      <c r="S332" s="1"/>
+      <c r="T332" s="1"/>
+      <c r="U332" s="1"/>
+      <c r="V332" s="1"/>
+      <c r="W332" s="1"/>
+    </row>
+    <row r="333" spans="1:23">
+      <c r="A333" s="3">
+        <v>331</v>
+      </c>
+      <c r="B333" s="3" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C333" s="3" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D333" s="3" t="s">
+        <v>1150</v>
+      </c>
+      <c r="E333" s="3" t="s">
+        <v>1151</v>
+      </c>
+      <c r="F333" s="3"/>
+      <c r="G333" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="H333" s="4" t="s">
+        <v>1149</v>
+      </c>
+      <c r="I333" s="4"/>
+      <c r="J333" s="1"/>
+      <c r="K333" s="1"/>
+      <c r="L333" s="1"/>
+      <c r="M333" s="1"/>
+      <c r="N333" s="1"/>
+      <c r="O333" s="1"/>
+      <c r="P333" s="1"/>
+      <c r="Q333" s="1"/>
+      <c r="R333" s="1"/>
+      <c r="S333" s="1"/>
+      <c r="T333" s="1"/>
+      <c r="U333" s="1"/>
+      <c r="V333" s="1"/>
+      <c r="W333" s="1"/>
+    </row>
+    <row r="334" spans="1:23">
+      <c r="A334" s="3">
+        <v>332</v>
+      </c>
+      <c r="B334" s="3" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C334" s="3" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D334" s="3" t="s">
+        <v>1154</v>
+      </c>
+      <c r="E334" s="3" t="s">
+        <v>1155</v>
+      </c>
+      <c r="F334" s="3"/>
+      <c r="G334" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="H334" s="4" t="s">
+        <v>1153</v>
+      </c>
+      <c r="I334" s="4"/>
+      <c r="J334" s="1"/>
+      <c r="K334" s="1"/>
+      <c r="L334" s="1"/>
+      <c r="M334" s="1"/>
+      <c r="N334" s="1"/>
+      <c r="O334" s="1"/>
+      <c r="P334" s="1"/>
+      <c r="Q334" s="1"/>
+      <c r="R334" s="1"/>
+      <c r="S334" s="1"/>
+      <c r="T334" s="1"/>
+      <c r="U334" s="1"/>
+      <c r="V334" s="1"/>
+      <c r="W334" s="1"/>
+    </row>
+    <row r="335" spans="1:23">
+      <c r="A335" s="3">
+        <v>333</v>
+      </c>
+      <c r="B335" s="3" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C335" s="3" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D335" s="3" t="s">
+        <v>1158</v>
+      </c>
+      <c r="E335" s="3" t="s">
+        <v>1159</v>
+      </c>
+      <c r="F335" s="3" t="s">
+        <v>1160</v>
+      </c>
+      <c r="G335" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H335" s="4" t="s">
+        <v>1139</v>
+      </c>
+      <c r="I335" s="4"/>
+      <c r="J335" s="1"/>
+      <c r="K335" s="1"/>
+      <c r="L335" s="1"/>
+      <c r="M335" s="1"/>
+      <c r="N335" s="1"/>
+      <c r="O335" s="1"/>
+      <c r="P335" s="1"/>
+      <c r="Q335" s="1"/>
+      <c r="R335" s="1"/>
+      <c r="S335" s="1"/>
+      <c r="T335" s="1"/>
+      <c r="U335" s="1"/>
+      <c r="V335" s="1"/>
+      <c r="W335" s="1"/>
+    </row>
+    <row r="336" spans="1:23">
+      <c r="A336" s="3">
+        <v>334</v>
+      </c>
+      <c r="B336" s="3" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C336" s="3" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D336" s="3" t="s">
+        <v>1162</v>
+      </c>
+      <c r="E336" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="F336" s="3" t="s">
+        <v>1164</v>
+      </c>
+      <c r="G336" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H336" s="4" t="s">
+        <v>1139</v>
+      </c>
+      <c r="I336" s="4"/>
+      <c r="J336" s="1"/>
+      <c r="K336" s="1"/>
+      <c r="L336" s="1"/>
+      <c r="M336" s="1"/>
+      <c r="N336" s="1"/>
+      <c r="O336" s="1"/>
+      <c r="P336" s="1"/>
+      <c r="Q336" s="1"/>
+      <c r="R336" s="1"/>
+      <c r="S336" s="1"/>
+      <c r="T336" s="1"/>
+      <c r="U336" s="1"/>
+      <c r="V336" s="1"/>
+      <c r="W336" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>