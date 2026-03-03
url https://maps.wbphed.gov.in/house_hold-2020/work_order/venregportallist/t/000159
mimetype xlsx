--- v1 (2026-02-07)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1203">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -3416,114 +3416,228 @@
   <si>
     <t>VMR/2024/2416</t>
   </si>
   <si>
     <t>0000000721</t>
   </si>
   <si>
     <t>REQ/001291/2025-2026</t>
   </si>
   <si>
     <t>2026-01-19</t>
   </si>
   <si>
     <t>VMR/2024/000668</t>
   </si>
   <si>
     <t>Please accept my request</t>
   </si>
   <si>
     <t>0000000751</t>
   </si>
   <si>
     <t>2026-01-20</t>
   </si>
   <si>
+    <t>REQ/001393/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
+    <t>VMR/2023/000111</t>
+  </si>
+  <si>
+    <t>0000000766</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
     <t>REQ/001173/2025-2026</t>
   </si>
   <si>
     <t>2025-11-14</t>
   </si>
   <si>
     <t>VMR/2023/001685</t>
   </si>
   <si>
     <t>working progress EMSD-I</t>
   </si>
   <si>
     <t>0000000754</t>
   </si>
   <si>
     <t>2026-02-02</t>
   </si>
   <si>
     <t>REQ/001328/2025-2026</t>
   </si>
   <si>
     <t>2026-02-05</t>
   </si>
   <si>
     <t>VMR/2023/000820</t>
   </si>
   <si>
+    <t>0000000758</t>
+  </si>
+  <si>
+    <t>2026-02-09</t>
+  </si>
+  <si>
     <t>REQ/001327/2025-2026</t>
   </si>
   <si>
     <t>2026-02-04</t>
   </si>
   <si>
     <t>VMR/2023/002731</t>
   </si>
   <si>
     <t>Please accept the vender request</t>
   </si>
   <si>
     <t>0000000757</t>
   </si>
   <si>
+    <t>REQ/001421/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>VMR/2024/000593</t>
+  </si>
+  <si>
+    <t>Vendor Registration</t>
+  </si>
+  <si>
+    <t>0000000765</t>
+  </si>
+  <si>
     <t>REQ/001300/2025-2026</t>
   </si>
   <si>
     <t>2026-01-27</t>
   </si>
   <si>
     <t>VMR/2024/000358</t>
   </si>
   <si>
     <t>Please accept my vendor registration</t>
   </si>
   <si>
+    <t>0000000763</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
     <t>REQ/001326/2025-2026</t>
   </si>
   <si>
     <t>2026-02-03</t>
   </si>
   <si>
     <t>VMR/2023/002791</t>
   </si>
   <si>
     <t>REQUEST FOR VENDOR REGISTRATION</t>
+  </si>
+  <si>
+    <t>0000000761</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>REQ/001360/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>0000000637</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
+    <t>REQ/001359/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>VMR/2023/003076</t>
+  </si>
+  <si>
+    <t>Please add</t>
+  </si>
+  <si>
+    <t>0000000764</t>
+  </si>
+  <si>
+    <t>REQ/001338/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>VMR/2023/002342</t>
+  </si>
+  <si>
+    <t>Supply Of Chlorine</t>
+  </si>
+  <si>
+    <t>0000000759</t>
+  </si>
+  <si>
+    <t>REQ/001419/2025-2026</t>
+  </si>
+  <si>
+    <t>VMR/2023/001064</t>
+  </si>
+  <si>
+    <t>Request Accept</t>
+  </si>
+  <si>
+    <t>0000000767</t>
+  </si>
+  <si>
+    <t>REQ/001342/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>VMR/2023/000438</t>
+  </si>
+  <si>
+    <t>0000000762</t>
   </si>
   <si>
     <t>REQ/001296/2025-2026</t>
   </si>
   <si>
     <t>2026-01-22</t>
   </si>
   <si>
     <t>VMR/2023/000208</t>
   </si>
   <si>
     <t>Please Approve.</t>
   </si>
   <si>
     <t>0000000753</t>
   </si>
   <si>
     <t>REQ/001293/2025-2026</t>
   </si>
   <si>
     <t>VMR/2023/002376</t>
   </si>
   <si>
     <t>Please enroll me for new work</t>
   </si>
@@ -3906,51 +4020,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W336"/>
+  <dimension ref="A1:W343"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="134.395752" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="48.273926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -17183,315 +17297,606 @@
       <c r="M329" s="1"/>
       <c r="N329" s="1"/>
       <c r="O329" s="1"/>
       <c r="P329" s="1"/>
       <c r="Q329" s="1"/>
       <c r="R329" s="1"/>
       <c r="S329" s="1"/>
       <c r="T329" s="1"/>
       <c r="U329" s="1"/>
       <c r="V329" s="1"/>
       <c r="W329" s="1"/>
     </row>
     <row r="330" spans="1:23">
       <c r="A330" s="3">
         <v>328</v>
       </c>
       <c r="B330" s="3" t="s">
         <v>1134</v>
       </c>
       <c r="C330" s="3" t="s">
         <v>1135</v>
       </c>
       <c r="D330" s="3" t="s">
         <v>1136</v>
       </c>
-      <c r="E330" s="3" t="s">
+      <c r="E330" s="3"/>
+      <c r="F330" s="3" t="s">
         <v>1137</v>
       </c>
-      <c r="F330" s="3" t="s">
+      <c r="G330" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H330" s="4" t="s">
         <v>1138</v>
-      </c>
-[...4 lines deleted...]
-        <v>1139</v>
       </c>
       <c r="I330" s="4"/>
       <c r="J330" s="1"/>
       <c r="K330" s="1"/>
       <c r="L330" s="1"/>
       <c r="M330" s="1"/>
       <c r="N330" s="1"/>
       <c r="O330" s="1"/>
       <c r="P330" s="1"/>
       <c r="Q330" s="1"/>
       <c r="R330" s="1"/>
       <c r="S330" s="1"/>
       <c r="T330" s="1"/>
       <c r="U330" s="1"/>
       <c r="V330" s="1"/>
       <c r="W330" s="1"/>
     </row>
     <row r="331" spans="1:23">
       <c r="A331" s="3">
         <v>329</v>
       </c>
       <c r="B331" s="3" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C331" s="3" t="s">
         <v>1140</v>
       </c>
-      <c r="C331" s="3" t="s">
+      <c r="D331" s="3" t="s">
         <v>1141</v>
       </c>
-      <c r="D331" s="3" t="s">
+      <c r="E331" s="3" t="s">
         <v>1142</v>
       </c>
-      <c r="E331" s="3"/>
-      <c r="F331" s="3"/>
+      <c r="F331" s="3" t="s">
+        <v>1143</v>
+      </c>
       <c r="G331" s="3" t="s">
-        <v>555</v>
+        <v>15</v>
       </c>
       <c r="H331" s="4" t="s">
-        <v>1141</v>
+        <v>1144</v>
       </c>
       <c r="I331" s="4"/>
       <c r="J331" s="1"/>
       <c r="K331" s="1"/>
       <c r="L331" s="1"/>
       <c r="M331" s="1"/>
       <c r="N331" s="1"/>
       <c r="O331" s="1"/>
       <c r="P331" s="1"/>
       <c r="Q331" s="1"/>
       <c r="R331" s="1"/>
       <c r="S331" s="1"/>
       <c r="T331" s="1"/>
       <c r="U331" s="1"/>
       <c r="V331" s="1"/>
       <c r="W331" s="1"/>
     </row>
     <row r="332" spans="1:23">
       <c r="A332" s="3">
         <v>330</v>
       </c>
       <c r="B332" s="3" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="C332" s="3" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="D332" s="3" t="s">
-        <v>1145</v>
-[...3 lines deleted...]
-      </c>
+        <v>1147</v>
+      </c>
+      <c r="E332" s="3"/>
       <c r="F332" s="3" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="G332" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H332" s="4" t="s">
-        <v>1141</v>
+        <v>1149</v>
       </c>
       <c r="I332" s="4"/>
       <c r="J332" s="1"/>
       <c r="K332" s="1"/>
       <c r="L332" s="1"/>
       <c r="M332" s="1"/>
       <c r="N332" s="1"/>
       <c r="O332" s="1"/>
       <c r="P332" s="1"/>
       <c r="Q332" s="1"/>
       <c r="R332" s="1"/>
       <c r="S332" s="1"/>
       <c r="T332" s="1"/>
       <c r="U332" s="1"/>
       <c r="V332" s="1"/>
       <c r="W332" s="1"/>
     </row>
     <row r="333" spans="1:23">
       <c r="A333" s="3">
         <v>331</v>
       </c>
       <c r="B333" s="3" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="C333" s="3" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="D333" s="3" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>1151</v>
-[...1 lines deleted...]
-      <c r="F333" s="3"/>
+        <v>1153</v>
+      </c>
+      <c r="F333" s="3" t="s">
+        <v>1154</v>
+      </c>
       <c r="G333" s="3" t="s">
-        <v>555</v>
+        <v>15</v>
       </c>
       <c r="H333" s="4" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="I333" s="4"/>
       <c r="J333" s="1"/>
       <c r="K333" s="1"/>
       <c r="L333" s="1"/>
       <c r="M333" s="1"/>
       <c r="N333" s="1"/>
       <c r="O333" s="1"/>
       <c r="P333" s="1"/>
       <c r="Q333" s="1"/>
       <c r="R333" s="1"/>
       <c r="S333" s="1"/>
       <c r="T333" s="1"/>
       <c r="U333" s="1"/>
       <c r="V333" s="1"/>
       <c r="W333" s="1"/>
     </row>
     <row r="334" spans="1:23">
       <c r="A334" s="3">
         <v>332</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="C334" s="3" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="D334" s="3" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>1155</v>
-[...1 lines deleted...]
-      <c r="F334" s="3"/>
+        <v>1158</v>
+      </c>
+      <c r="F334" s="3" t="s">
+        <v>1159</v>
+      </c>
       <c r="G334" s="3" t="s">
-        <v>555</v>
+        <v>15</v>
       </c>
       <c r="H334" s="4" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="I334" s="4"/>
       <c r="J334" s="1"/>
       <c r="K334" s="1"/>
       <c r="L334" s="1"/>
       <c r="M334" s="1"/>
       <c r="N334" s="1"/>
       <c r="O334" s="1"/>
       <c r="P334" s="1"/>
       <c r="Q334" s="1"/>
       <c r="R334" s="1"/>
       <c r="S334" s="1"/>
       <c r="T334" s="1"/>
       <c r="U334" s="1"/>
       <c r="V334" s="1"/>
       <c r="W334" s="1"/>
     </row>
     <row r="335" spans="1:23">
       <c r="A335" s="3">
         <v>333</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>1156</v>
+        <v>1160</v>
       </c>
       <c r="C335" s="3" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
       <c r="D335" s="3" t="s">
-        <v>1158</v>
+        <v>1162</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
       <c r="F335" s="3" t="s">
-        <v>1160</v>
+        <v>1164</v>
       </c>
       <c r="G335" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H335" s="4" t="s">
-        <v>1139</v>
+        <v>1165</v>
       </c>
       <c r="I335" s="4"/>
       <c r="J335" s="1"/>
       <c r="K335" s="1"/>
       <c r="L335" s="1"/>
       <c r="M335" s="1"/>
       <c r="N335" s="1"/>
       <c r="O335" s="1"/>
       <c r="P335" s="1"/>
       <c r="Q335" s="1"/>
       <c r="R335" s="1"/>
       <c r="S335" s="1"/>
       <c r="T335" s="1"/>
       <c r="U335" s="1"/>
       <c r="V335" s="1"/>
       <c r="W335" s="1"/>
     </row>
     <row r="336" spans="1:23">
       <c r="A336" s="3">
         <v>334</v>
       </c>
       <c r="B336" s="3" t="s">
-        <v>1161</v>
+        <v>1166</v>
       </c>
       <c r="C336" s="3" t="s">
-        <v>1133</v>
+        <v>1167</v>
       </c>
       <c r="D336" s="3" t="s">
-        <v>1162</v>
+        <v>1168</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>1163</v>
+        <v>1169</v>
       </c>
       <c r="F336" s="3" t="s">
-        <v>1164</v>
+        <v>1170</v>
       </c>
       <c r="G336" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H336" s="4" t="s">
-        <v>1139</v>
+        <v>1171</v>
       </c>
       <c r="I336" s="4"/>
       <c r="J336" s="1"/>
       <c r="K336" s="1"/>
       <c r="L336" s="1"/>
       <c r="M336" s="1"/>
       <c r="N336" s="1"/>
       <c r="O336" s="1"/>
       <c r="P336" s="1"/>
       <c r="Q336" s="1"/>
       <c r="R336" s="1"/>
       <c r="S336" s="1"/>
       <c r="T336" s="1"/>
       <c r="U336" s="1"/>
       <c r="V336" s="1"/>
       <c r="W336" s="1"/>
+    </row>
+    <row r="337" spans="1:23">
+      <c r="A337" s="3">
+        <v>335</v>
+      </c>
+      <c r="B337" s="3" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C337" s="3" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D337" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="E337" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F337" s="3" t="s">
+        <v>1174</v>
+      </c>
+      <c r="G337" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H337" s="4" t="s">
+        <v>1175</v>
+      </c>
+      <c r="I337" s="4"/>
+      <c r="J337" s="1"/>
+      <c r="K337" s="1"/>
+      <c r="L337" s="1"/>
+      <c r="M337" s="1"/>
+      <c r="N337" s="1"/>
+      <c r="O337" s="1"/>
+      <c r="P337" s="1"/>
+      <c r="Q337" s="1"/>
+      <c r="R337" s="1"/>
+      <c r="S337" s="1"/>
+      <c r="T337" s="1"/>
+      <c r="U337" s="1"/>
+      <c r="V337" s="1"/>
+      <c r="W337" s="1"/>
+    </row>
+    <row r="338" spans="1:23">
+      <c r="A338" s="3">
+        <v>336</v>
+      </c>
+      <c r="B338" s="3" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C338" s="3" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D338" s="3" t="s">
+        <v>1178</v>
+      </c>
+      <c r="E338" s="3" t="s">
+        <v>1179</v>
+      </c>
+      <c r="F338" s="3" t="s">
+        <v>1180</v>
+      </c>
+      <c r="G338" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H338" s="4" t="s">
+        <v>1175</v>
+      </c>
+      <c r="I338" s="4"/>
+      <c r="J338" s="1"/>
+      <c r="K338" s="1"/>
+      <c r="L338" s="1"/>
+      <c r="M338" s="1"/>
+      <c r="N338" s="1"/>
+      <c r="O338" s="1"/>
+      <c r="P338" s="1"/>
+      <c r="Q338" s="1"/>
+      <c r="R338" s="1"/>
+      <c r="S338" s="1"/>
+      <c r="T338" s="1"/>
+      <c r="U338" s="1"/>
+      <c r="V338" s="1"/>
+      <c r="W338" s="1"/>
+    </row>
+    <row r="339" spans="1:23">
+      <c r="A339" s="3">
+        <v>337</v>
+      </c>
+      <c r="B339" s="3" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C339" s="3" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D339" s="3" t="s">
+        <v>1183</v>
+      </c>
+      <c r="E339" s="3" t="s">
+        <v>1184</v>
+      </c>
+      <c r="F339" s="3" t="s">
+        <v>1185</v>
+      </c>
+      <c r="G339" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H339" s="4" t="s">
+        <v>1182</v>
+      </c>
+      <c r="I339" s="4"/>
+      <c r="J339" s="1"/>
+      <c r="K339" s="1"/>
+      <c r="L339" s="1"/>
+      <c r="M339" s="1"/>
+      <c r="N339" s="1"/>
+      <c r="O339" s="1"/>
+      <c r="P339" s="1"/>
+      <c r="Q339" s="1"/>
+      <c r="R339" s="1"/>
+      <c r="S339" s="1"/>
+      <c r="T339" s="1"/>
+      <c r="U339" s="1"/>
+      <c r="V339" s="1"/>
+      <c r="W339" s="1"/>
+    </row>
+    <row r="340" spans="1:23">
+      <c r="A340" s="3">
+        <v>338</v>
+      </c>
+      <c r="B340" s="3" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C340" s="3" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D340" s="3" t="s">
+        <v>1187</v>
+      </c>
+      <c r="E340" s="3" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F340" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G340" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H340" s="4" t="s">
+        <v>1138</v>
+      </c>
+      <c r="I340" s="4"/>
+      <c r="J340" s="1"/>
+      <c r="K340" s="1"/>
+      <c r="L340" s="1"/>
+      <c r="M340" s="1"/>
+      <c r="N340" s="1"/>
+      <c r="O340" s="1"/>
+      <c r="P340" s="1"/>
+      <c r="Q340" s="1"/>
+      <c r="R340" s="1"/>
+      <c r="S340" s="1"/>
+      <c r="T340" s="1"/>
+      <c r="U340" s="1"/>
+      <c r="V340" s="1"/>
+      <c r="W340" s="1"/>
+    </row>
+    <row r="341" spans="1:23">
+      <c r="A341" s="3">
+        <v>339</v>
+      </c>
+      <c r="B341" s="3" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C341" s="3" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D341" s="3" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E341" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="F341" s="3" t="s">
+        <v>1193</v>
+      </c>
+      <c r="G341" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H341" s="4" t="s">
+        <v>1165</v>
+      </c>
+      <c r="I341" s="4"/>
+      <c r="J341" s="1"/>
+      <c r="K341" s="1"/>
+      <c r="L341" s="1"/>
+      <c r="M341" s="1"/>
+      <c r="N341" s="1"/>
+      <c r="O341" s="1"/>
+      <c r="P341" s="1"/>
+      <c r="Q341" s="1"/>
+      <c r="R341" s="1"/>
+      <c r="S341" s="1"/>
+      <c r="T341" s="1"/>
+      <c r="U341" s="1"/>
+      <c r="V341" s="1"/>
+      <c r="W341" s="1"/>
+    </row>
+    <row r="342" spans="1:23">
+      <c r="A342" s="3">
+        <v>340</v>
+      </c>
+      <c r="B342" s="3" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C342" s="3" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D342" s="3" t="s">
+        <v>1196</v>
+      </c>
+      <c r="E342" s="3" t="s">
+        <v>1197</v>
+      </c>
+      <c r="F342" s="3" t="s">
+        <v>1198</v>
+      </c>
+      <c r="G342" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H342" s="4" t="s">
+        <v>1144</v>
+      </c>
+      <c r="I342" s="4"/>
+      <c r="J342" s="1"/>
+      <c r="K342" s="1"/>
+      <c r="L342" s="1"/>
+      <c r="M342" s="1"/>
+      <c r="N342" s="1"/>
+      <c r="O342" s="1"/>
+      <c r="P342" s="1"/>
+      <c r="Q342" s="1"/>
+      <c r="R342" s="1"/>
+      <c r="S342" s="1"/>
+      <c r="T342" s="1"/>
+      <c r="U342" s="1"/>
+      <c r="V342" s="1"/>
+      <c r="W342" s="1"/>
+    </row>
+    <row r="343" spans="1:23">
+      <c r="A343" s="3">
+        <v>341</v>
+      </c>
+      <c r="B343" s="3" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C343" s="3" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D343" s="3" t="s">
+        <v>1200</v>
+      </c>
+      <c r="E343" s="3" t="s">
+        <v>1201</v>
+      </c>
+      <c r="F343" s="3" t="s">
+        <v>1202</v>
+      </c>
+      <c r="G343" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H343" s="4" t="s">
+        <v>1144</v>
+      </c>
+      <c r="I343" s="4"/>
+      <c r="J343" s="1"/>
+      <c r="K343" s="1"/>
+      <c r="L343" s="1"/>
+      <c r="M343" s="1"/>
+      <c r="N343" s="1"/>
+      <c r="O343" s="1"/>
+      <c r="P343" s="1"/>
+      <c r="Q343" s="1"/>
+      <c r="R343" s="1"/>
+      <c r="S343" s="1"/>
+      <c r="T343" s="1"/>
+      <c r="U343" s="1"/>
+      <c r="V343" s="1"/>
+      <c r="W343" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>