--- v0 (2025-12-07)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="675">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="701">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -2021,66 +2021,144 @@
   <si>
     <t>2024-11-05</t>
   </si>
   <si>
     <t>VMR/2024/1882</t>
   </si>
   <si>
     <t>0000000618</t>
   </si>
   <si>
     <t>REQ/000582/2024-2025</t>
   </si>
   <si>
     <t>2025-01-02</t>
   </si>
   <si>
     <t>VMR/2023/002701</t>
   </si>
   <si>
     <t>0000000799</t>
   </si>
   <si>
     <t>2025-01-03</t>
   </si>
   <si>
+    <t>REQ/001251/2025-2026</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>VMR/2023/002734</t>
+  </si>
+  <si>
+    <t>please approve</t>
+  </si>
+  <si>
+    <t>0000000827</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>REQ/001216/2025-2026</t>
+  </si>
+  <si>
+    <t>2025-12-08</t>
+  </si>
+  <si>
+    <t>VMR/2024/001586</t>
+  </si>
+  <si>
+    <t>FOR BILLING PURPOSE</t>
+  </si>
+  <si>
+    <t>0000000825</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
     <t>REQ/001162/2025-2026</t>
   </si>
   <si>
     <t>2025-11-10</t>
   </si>
   <si>
     <t>VMR/2023/000750</t>
   </si>
   <si>
     <t>Request for vendor code.</t>
   </si>
   <si>
     <t>0000000822</t>
   </si>
   <si>
     <t>2025-11-11</t>
+  </si>
+  <si>
+    <t>REQ/001255/2025-2026</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>VMR/2023/001012</t>
+  </si>
+  <si>
+    <t>0000000505</t>
+  </si>
+  <si>
+    <t>REQ/001230/2025-2026</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>VMR/2023/000916</t>
+  </si>
+  <si>
+    <t>Vendor code required for getting bill</t>
+  </si>
+  <si>
+    <t>0000000826</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>REQ/001243/2025-2026</t>
+  </si>
+  <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>VMR/2023/000857</t>
+  </si>
+  <si>
+    <t>Pl approve my vender</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2436,51 +2514,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W172"/>
+  <dimension ref="A1:W177"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="147.392578" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="141.394043" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -9384,50 +9462,253 @@
       </c>
       <c r="F172" s="3" t="s">
         <v>673</v>
       </c>
       <c r="G172" s="3" t="s">
         <v>26</v>
       </c>
       <c r="H172" s="4" t="s">
         <v>674</v>
       </c>
       <c r="I172" s="4"/>
       <c r="J172" s="1"/>
       <c r="K172" s="1"/>
       <c r="L172" s="1"/>
       <c r="M172" s="1"/>
       <c r="N172" s="1"/>
       <c r="O172" s="1"/>
       <c r="P172" s="1"/>
       <c r="Q172" s="1"/>
       <c r="R172" s="1"/>
       <c r="S172" s="1"/>
       <c r="T172" s="1"/>
       <c r="U172" s="1"/>
       <c r="V172" s="1"/>
       <c r="W172" s="1"/>
+    </row>
+    <row r="173" spans="1:23">
+      <c r="A173" s="3">
+        <v>171</v>
+      </c>
+      <c r="B173" s="3" t="s">
+        <v>675</v>
+      </c>
+      <c r="C173" s="3" t="s">
+        <v>676</v>
+      </c>
+      <c r="D173" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>678</v>
+      </c>
+      <c r="F173" s="3" t="s">
+        <v>679</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H173" s="4" t="s">
+        <v>680</v>
+      </c>
+      <c r="I173" s="4"/>
+      <c r="J173" s="1"/>
+      <c r="K173" s="1"/>
+      <c r="L173" s="1"/>
+      <c r="M173" s="1"/>
+      <c r="N173" s="1"/>
+      <c r="O173" s="1"/>
+      <c r="P173" s="1"/>
+      <c r="Q173" s="1"/>
+      <c r="R173" s="1"/>
+      <c r="S173" s="1"/>
+      <c r="T173" s="1"/>
+      <c r="U173" s="1"/>
+      <c r="V173" s="1"/>
+      <c r="W173" s="1"/>
+    </row>
+    <row r="174" spans="1:23">
+      <c r="A174" s="3">
+        <v>172</v>
+      </c>
+      <c r="B174" s="3" t="s">
+        <v>681</v>
+      </c>
+      <c r="C174" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="D174" s="3" t="s">
+        <v>683</v>
+      </c>
+      <c r="E174" s="3" t="s">
+        <v>684</v>
+      </c>
+      <c r="F174" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H174" s="4" t="s">
+        <v>686</v>
+      </c>
+      <c r="I174" s="4"/>
+      <c r="J174" s="1"/>
+      <c r="K174" s="1"/>
+      <c r="L174" s="1"/>
+      <c r="M174" s="1"/>
+      <c r="N174" s="1"/>
+      <c r="O174" s="1"/>
+      <c r="P174" s="1"/>
+      <c r="Q174" s="1"/>
+      <c r="R174" s="1"/>
+      <c r="S174" s="1"/>
+      <c r="T174" s="1"/>
+      <c r="U174" s="1"/>
+      <c r="V174" s="1"/>
+      <c r="W174" s="1"/>
+    </row>
+    <row r="175" spans="1:23">
+      <c r="A175" s="3">
+        <v>173</v>
+      </c>
+      <c r="B175" s="3" t="s">
+        <v>687</v>
+      </c>
+      <c r="C175" s="3" t="s">
+        <v>688</v>
+      </c>
+      <c r="D175" s="3" t="s">
+        <v>689</v>
+      </c>
+      <c r="E175" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F175" s="3" t="s">
+        <v>690</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H175" s="4" t="s">
+        <v>674</v>
+      </c>
+      <c r="I175" s="4"/>
+      <c r="J175" s="1"/>
+      <c r="K175" s="1"/>
+      <c r="L175" s="1"/>
+      <c r="M175" s="1"/>
+      <c r="N175" s="1"/>
+      <c r="O175" s="1"/>
+      <c r="P175" s="1"/>
+      <c r="Q175" s="1"/>
+      <c r="R175" s="1"/>
+      <c r="S175" s="1"/>
+      <c r="T175" s="1"/>
+      <c r="U175" s="1"/>
+      <c r="V175" s="1"/>
+      <c r="W175" s="1"/>
+    </row>
+    <row r="176" spans="1:23">
+      <c r="A176" s="3">
+        <v>174</v>
+      </c>
+      <c r="B176" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="C176" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="D176" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="F176" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H176" s="4" t="s">
+        <v>696</v>
+      </c>
+      <c r="I176" s="4"/>
+      <c r="J176" s="1"/>
+      <c r="K176" s="1"/>
+      <c r="L176" s="1"/>
+      <c r="M176" s="1"/>
+      <c r="N176" s="1"/>
+      <c r="O176" s="1"/>
+      <c r="P176" s="1"/>
+      <c r="Q176" s="1"/>
+      <c r="R176" s="1"/>
+      <c r="S176" s="1"/>
+      <c r="T176" s="1"/>
+      <c r="U176" s="1"/>
+      <c r="V176" s="1"/>
+      <c r="W176" s="1"/>
+    </row>
+    <row r="177" spans="1:23">
+      <c r="A177" s="3">
+        <v>175</v>
+      </c>
+      <c r="B177" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="C177" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="D177" s="3" t="s">
+        <v>699</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>700</v>
+      </c>
+      <c r="F177" s="3"/>
+      <c r="G177" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H177" s="4" t="s">
+        <v>698</v>
+      </c>
+      <c r="I177" s="4"/>
+      <c r="J177" s="1"/>
+      <c r="K177" s="1"/>
+      <c r="L177" s="1"/>
+      <c r="M177" s="1"/>
+      <c r="N177" s="1"/>
+      <c r="O177" s="1"/>
+      <c r="P177" s="1"/>
+      <c r="Q177" s="1"/>
+      <c r="R177" s="1"/>
+      <c r="S177" s="1"/>
+      <c r="T177" s="1"/>
+      <c r="U177" s="1"/>
+      <c r="V177" s="1"/>
+      <c r="W177" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>