--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="444">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="448">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -1344,50 +1344,62 @@
     <t>VMR/2023/000118</t>
   </si>
   <si>
     <t>Jal Pravahika Pvt Ltd</t>
   </si>
   <si>
     <t>0000000018</t>
   </si>
   <si>
     <t>REQ/2024/3333</t>
   </si>
   <si>
     <t>VMR/2024/001644</t>
   </si>
   <si>
     <t>REQ/2024/4360</t>
   </si>
   <si>
     <t>2024-09-03</t>
   </si>
   <si>
     <t>VMR/2024/2116</t>
   </si>
   <si>
     <t>Please approve our request</t>
+  </si>
+  <si>
+    <t>REQ/001297/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-27</t>
+  </si>
+  <si>
+    <t>VMR/2024/000842</t>
+  </si>
+  <si>
+    <t>0000000166</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1743,51 +1755,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W119"/>
+  <dimension ref="A1:W120"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="137.966309" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -6458,50 +6470,89 @@
       <c r="E119" s="3" t="s">
         <v>443</v>
       </c>
       <c r="F119" s="3"/>
       <c r="G119" s="3" t="s">
         <v>59</v>
       </c>
       <c r="H119" s="4" t="s">
         <v>441</v>
       </c>
       <c r="I119" s="4"/>
       <c r="J119" s="1"/>
       <c r="K119" s="1"/>
       <c r="L119" s="1"/>
       <c r="M119" s="1"/>
       <c r="N119" s="1"/>
       <c r="O119" s="1"/>
       <c r="P119" s="1"/>
       <c r="Q119" s="1"/>
       <c r="R119" s="1"/>
       <c r="S119" s="1"/>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
+    </row>
+    <row r="120" spans="1:23">
+      <c r="A120" s="3">
+        <v>118</v>
+      </c>
+      <c r="B120" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="C120" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="D120" s="3" t="s">
+        <v>446</v>
+      </c>
+      <c r="E120" s="3"/>
+      <c r="F120" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H120" s="4" t="s">
+        <v>445</v>
+      </c>
+      <c r="I120" s="4"/>
+      <c r="J120" s="1"/>
+      <c r="K120" s="1"/>
+      <c r="L120" s="1"/>
+      <c r="M120" s="1"/>
+      <c r="N120" s="1"/>
+      <c r="O120" s="1"/>
+      <c r="P120" s="1"/>
+      <c r="Q120" s="1"/>
+      <c r="R120" s="1"/>
+      <c r="S120" s="1"/>
+      <c r="T120" s="1"/>
+      <c r="U120" s="1"/>
+      <c r="V120" s="1"/>
+      <c r="W120" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>