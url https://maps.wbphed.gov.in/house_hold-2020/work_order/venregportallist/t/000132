--- v1 (2026-02-07)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="448">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="463">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -1356,50 +1356,95 @@
     <t>VMR/2024/001644</t>
   </si>
   <si>
     <t>REQ/2024/4360</t>
   </si>
   <si>
     <t>2024-09-03</t>
   </si>
   <si>
     <t>VMR/2024/2116</t>
   </si>
   <si>
     <t>Please approve our request</t>
   </si>
   <si>
     <t>REQ/001297/2025-2026</t>
   </si>
   <si>
     <t>2026-01-27</t>
   </si>
   <si>
     <t>VMR/2024/000842</t>
   </si>
   <si>
     <t>0000000166</t>
+  </si>
+  <si>
+    <t>REQ/001392/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
+    <t>VMR/2023/002698</t>
+  </si>
+  <si>
+    <t>For vendor registration</t>
+  </si>
+  <si>
+    <t>0000000169</t>
+  </si>
+  <si>
+    <t>2026-02-26</t>
+  </si>
+  <si>
+    <t>REQ/001391/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
+    <t>VMR/2023/003863</t>
+  </si>
+  <si>
+    <t>WANT TO SUPLY MATERIAL</t>
+  </si>
+  <si>
+    <t>REQ/001378/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-20</t>
+  </si>
+  <si>
+    <t>VMR/2023/000836</t>
+  </si>
+  <si>
+    <t>work order</t>
+  </si>
+  <si>
+    <t>0000000168</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1755,51 +1800,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W120"/>
+  <dimension ref="A1:W123"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="137.966309" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -6509,50 +6554,171 @@
       <c r="E120" s="3"/>
       <c r="F120" s="3" t="s">
         <v>447</v>
       </c>
       <c r="G120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H120" s="4" t="s">
         <v>445</v>
       </c>
       <c r="I120" s="4"/>
       <c r="J120" s="1"/>
       <c r="K120" s="1"/>
       <c r="L120" s="1"/>
       <c r="M120" s="1"/>
       <c r="N120" s="1"/>
       <c r="O120" s="1"/>
       <c r="P120" s="1"/>
       <c r="Q120" s="1"/>
       <c r="R120" s="1"/>
       <c r="S120" s="1"/>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
+    </row>
+    <row r="121" spans="1:23">
+      <c r="A121" s="3">
+        <v>119</v>
+      </c>
+      <c r="B121" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="C121" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="D121" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H121" s="4" t="s">
+        <v>453</v>
+      </c>
+      <c r="I121" s="4"/>
+      <c r="J121" s="1"/>
+      <c r="K121" s="1"/>
+      <c r="L121" s="1"/>
+      <c r="M121" s="1"/>
+      <c r="N121" s="1"/>
+      <c r="O121" s="1"/>
+      <c r="P121" s="1"/>
+      <c r="Q121" s="1"/>
+      <c r="R121" s="1"/>
+      <c r="S121" s="1"/>
+      <c r="T121" s="1"/>
+      <c r="U121" s="1"/>
+      <c r="V121" s="1"/>
+      <c r="W121" s="1"/>
+    </row>
+    <row r="122" spans="1:23">
+      <c r="A122" s="3">
+        <v>120</v>
+      </c>
+      <c r="B122" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="C122" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="D122" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="F122" s="3"/>
+      <c r="G122" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="H122" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="I122" s="4"/>
+      <c r="J122" s="1"/>
+      <c r="K122" s="1"/>
+      <c r="L122" s="1"/>
+      <c r="M122" s="1"/>
+      <c r="N122" s="1"/>
+      <c r="O122" s="1"/>
+      <c r="P122" s="1"/>
+      <c r="Q122" s="1"/>
+      <c r="R122" s="1"/>
+      <c r="S122" s="1"/>
+      <c r="T122" s="1"/>
+      <c r="U122" s="1"/>
+      <c r="V122" s="1"/>
+      <c r="W122" s="1"/>
+    </row>
+    <row r="123" spans="1:23">
+      <c r="A123" s="3">
+        <v>121</v>
+      </c>
+      <c r="B123" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="C123" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="D123" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="F123" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H123" s="4" t="s">
+        <v>459</v>
+      </c>
+      <c r="I123" s="4"/>
+      <c r="J123" s="1"/>
+      <c r="K123" s="1"/>
+      <c r="L123" s="1"/>
+      <c r="M123" s="1"/>
+      <c r="N123" s="1"/>
+      <c r="O123" s="1"/>
+      <c r="P123" s="1"/>
+      <c r="Q123" s="1"/>
+      <c r="R123" s="1"/>
+      <c r="S123" s="1"/>
+      <c r="T123" s="1"/>
+      <c r="U123" s="1"/>
+      <c r="V123" s="1"/>
+      <c r="W123" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>