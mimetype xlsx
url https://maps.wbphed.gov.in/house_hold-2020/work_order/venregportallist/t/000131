--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="817">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="829">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -2463,50 +2463,86 @@
     <t>2024-12-13</t>
   </si>
   <si>
     <t>VMR/2023/000805</t>
   </si>
   <si>
     <t>Please approve my request as i am working contractor under your division</t>
   </si>
   <si>
     <t>0000000195</t>
   </si>
   <si>
     <t>2024-12-17</t>
   </si>
   <si>
     <t>REQ/000930/2024-2025</t>
   </si>
   <si>
     <t>2025-02-11</t>
   </si>
   <si>
     <t>0000000126</t>
   </si>
   <si>
     <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>REQ/001302/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-27</t>
+  </si>
+  <si>
+    <t>VMR/2023/003283</t>
+  </si>
+  <si>
+    <t>REQ/001280/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>VMR/2023/002535</t>
+  </si>
+  <si>
+    <t>REQ/001281/2025-2026</t>
+  </si>
+  <si>
+    <t>VMR/2024/000842</t>
+  </si>
+  <si>
+    <t>0000000327</t>
+  </si>
+  <si>
+    <t>REQ/001329/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>VMR/2023/000820</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2862,51 +2898,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W223"/>
+  <dimension ref="A1:W227"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="123.826904" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="142.679443" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -11839,50 +11875,200 @@
       <c r="E223" s="3"/>
       <c r="F223" s="3" t="s">
         <v>815</v>
       </c>
       <c r="G223" s="3" t="s">
         <v>21</v>
       </c>
       <c r="H223" s="4" t="s">
         <v>816</v>
       </c>
       <c r="I223" s="4"/>
       <c r="J223" s="1"/>
       <c r="K223" s="1"/>
       <c r="L223" s="1"/>
       <c r="M223" s="1"/>
       <c r="N223" s="1"/>
       <c r="O223" s="1"/>
       <c r="P223" s="1"/>
       <c r="Q223" s="1"/>
       <c r="R223" s="1"/>
       <c r="S223" s="1"/>
       <c r="T223" s="1"/>
       <c r="U223" s="1"/>
       <c r="V223" s="1"/>
       <c r="W223" s="1"/>
+    </row>
+    <row r="224" spans="1:23">
+      <c r="A224" s="3">
+        <v>222</v>
+      </c>
+      <c r="B224" s="3" t="s">
+        <v>817</v>
+      </c>
+      <c r="C224" s="3" t="s">
+        <v>818</v>
+      </c>
+      <c r="D224" s="3" t="s">
+        <v>819</v>
+      </c>
+      <c r="E224" s="3"/>
+      <c r="F224" s="3"/>
+      <c r="G224" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="H224" s="4" t="s">
+        <v>818</v>
+      </c>
+      <c r="I224" s="4"/>
+      <c r="J224" s="1"/>
+      <c r="K224" s="1"/>
+      <c r="L224" s="1"/>
+      <c r="M224" s="1"/>
+      <c r="N224" s="1"/>
+      <c r="O224" s="1"/>
+      <c r="P224" s="1"/>
+      <c r="Q224" s="1"/>
+      <c r="R224" s="1"/>
+      <c r="S224" s="1"/>
+      <c r="T224" s="1"/>
+      <c r="U224" s="1"/>
+      <c r="V224" s="1"/>
+      <c r="W224" s="1"/>
+    </row>
+    <row r="225" spans="1:23">
+      <c r="A225" s="3">
+        <v>223</v>
+      </c>
+      <c r="B225" s="3" t="s">
+        <v>820</v>
+      </c>
+      <c r="C225" s="3" t="s">
+        <v>821</v>
+      </c>
+      <c r="D225" s="3" t="s">
+        <v>822</v>
+      </c>
+      <c r="E225" s="3"/>
+      <c r="F225" s="3"/>
+      <c r="G225" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="H225" s="4" t="s">
+        <v>821</v>
+      </c>
+      <c r="I225" s="4"/>
+      <c r="J225" s="1"/>
+      <c r="K225" s="1"/>
+      <c r="L225" s="1"/>
+      <c r="M225" s="1"/>
+      <c r="N225" s="1"/>
+      <c r="O225" s="1"/>
+      <c r="P225" s="1"/>
+      <c r="Q225" s="1"/>
+      <c r="R225" s="1"/>
+      <c r="S225" s="1"/>
+      <c r="T225" s="1"/>
+      <c r="U225" s="1"/>
+      <c r="V225" s="1"/>
+      <c r="W225" s="1"/>
+    </row>
+    <row r="226" spans="1:23">
+      <c r="A226" s="3">
+        <v>224</v>
+      </c>
+      <c r="B226" s="3" t="s">
+        <v>823</v>
+      </c>
+      <c r="C226" s="3" t="s">
+        <v>821</v>
+      </c>
+      <c r="D226" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="E226" s="3"/>
+      <c r="F226" s="3" t="s">
+        <v>825</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H226" s="4" t="s">
+        <v>821</v>
+      </c>
+      <c r="I226" s="4"/>
+      <c r="J226" s="1"/>
+      <c r="K226" s="1"/>
+      <c r="L226" s="1"/>
+      <c r="M226" s="1"/>
+      <c r="N226" s="1"/>
+      <c r="O226" s="1"/>
+      <c r="P226" s="1"/>
+      <c r="Q226" s="1"/>
+      <c r="R226" s="1"/>
+      <c r="S226" s="1"/>
+      <c r="T226" s="1"/>
+      <c r="U226" s="1"/>
+      <c r="V226" s="1"/>
+      <c r="W226" s="1"/>
+    </row>
+    <row r="227" spans="1:23">
+      <c r="A227" s="3">
+        <v>225</v>
+      </c>
+      <c r="B227" s="3" t="s">
+        <v>826</v>
+      </c>
+      <c r="C227" s="3" t="s">
+        <v>827</v>
+      </c>
+      <c r="D227" s="3" t="s">
+        <v>828</v>
+      </c>
+      <c r="E227" s="3"/>
+      <c r="F227" s="3"/>
+      <c r="G227" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="H227" s="4" t="s">
+        <v>827</v>
+      </c>
+      <c r="I227" s="4"/>
+      <c r="J227" s="1"/>
+      <c r="K227" s="1"/>
+      <c r="L227" s="1"/>
+      <c r="M227" s="1"/>
+      <c r="N227" s="1"/>
+      <c r="O227" s="1"/>
+      <c r="P227" s="1"/>
+      <c r="Q227" s="1"/>
+      <c r="R227" s="1"/>
+      <c r="S227" s="1"/>
+      <c r="T227" s="1"/>
+      <c r="U227" s="1"/>
+      <c r="V227" s="1"/>
+      <c r="W227" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>