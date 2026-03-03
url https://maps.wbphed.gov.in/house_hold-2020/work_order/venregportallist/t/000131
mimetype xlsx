--- v1 (2026-02-07)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="829">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="831">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -2499,50 +2499,56 @@
     <t>REQ/001280/2025-2026</t>
   </si>
   <si>
     <t>2026-01-13</t>
   </si>
   <si>
     <t>VMR/2023/002535</t>
   </si>
   <si>
     <t>REQ/001281/2025-2026</t>
   </si>
   <si>
     <t>VMR/2024/000842</t>
   </si>
   <si>
     <t>0000000327</t>
   </si>
   <si>
     <t>REQ/001329/2025-2026</t>
   </si>
   <si>
     <t>2026-02-05</t>
   </si>
   <si>
     <t>VMR/2023/000820</t>
+  </si>
+  <si>
+    <t>0000000329</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -12003,56 +12009,58 @@
       <c r="N226" s="1"/>
       <c r="O226" s="1"/>
       <c r="P226" s="1"/>
       <c r="Q226" s="1"/>
       <c r="R226" s="1"/>
       <c r="S226" s="1"/>
       <c r="T226" s="1"/>
       <c r="U226" s="1"/>
       <c r="V226" s="1"/>
       <c r="W226" s="1"/>
     </row>
     <row r="227" spans="1:23">
       <c r="A227" s="3">
         <v>225</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>826</v>
       </c>
       <c r="C227" s="3" t="s">
         <v>827</v>
       </c>
       <c r="D227" s="3" t="s">
         <v>828</v>
       </c>
       <c r="E227" s="3"/>
-      <c r="F227" s="3"/>
+      <c r="F227" s="3" t="s">
+        <v>829</v>
+      </c>
       <c r="G227" s="3" t="s">
-        <v>512</v>
+        <v>21</v>
       </c>
       <c r="H227" s="4" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="I227" s="4"/>
       <c r="J227" s="1"/>
       <c r="K227" s="1"/>
       <c r="L227" s="1"/>
       <c r="M227" s="1"/>
       <c r="N227" s="1"/>
       <c r="O227" s="1"/>
       <c r="P227" s="1"/>
       <c r="Q227" s="1"/>
       <c r="R227" s="1"/>
       <c r="S227" s="1"/>
       <c r="T227" s="1"/>
       <c r="U227" s="1"/>
       <c r="V227" s="1"/>
       <c r="W227" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>