--- v0 (2025-12-07)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="843">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="853">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -98,51 +98,51 @@
   <si>
     <t>REQ/2023/3266</t>
   </si>
   <si>
     <t>VMR/2023/000796</t>
   </si>
   <si>
     <t>0000000158</t>
   </si>
   <si>
     <t>REQ/2023/3268</t>
   </si>
   <si>
     <t>VMR/2023/000810</t>
   </si>
   <si>
     <t>0000000073</t>
   </si>
   <si>
     <t>REQ/2023/3164</t>
   </si>
   <si>
     <t>VMR/2023/001428</t>
   </si>
   <si>
-    <t>0000000491</t>
+    <t>0000000598</t>
   </si>
   <si>
     <t>REQ/2023/3352</t>
   </si>
   <si>
     <t>VMR/2023/000041</t>
   </si>
   <si>
     <t>Request for Pending approval</t>
   </si>
   <si>
     <t>0000000288</t>
   </si>
   <si>
     <t>REQ/2023/4041</t>
   </si>
   <si>
     <t>2023-08-19</t>
   </si>
   <si>
     <t>VMR/2023/001806</t>
   </si>
   <si>
     <t>0000000246</t>
   </si>
@@ -2541,50 +2541,80 @@
     <t>2024-12-05</t>
   </si>
   <si>
     <t>VMR/2024/001432</t>
   </si>
   <si>
     <t>0000000071</t>
   </si>
   <si>
     <t>REQ/2024/4950</t>
   </si>
   <si>
     <t>VMR/2024/2392</t>
   </si>
   <si>
     <t>0000000567</t>
   </si>
   <si>
     <t>REQ/2024/4692</t>
   </si>
   <si>
     <t>VMR/2024/2249</t>
   </si>
   <si>
     <t>0000000367</t>
+  </si>
+  <si>
+    <t>REQ/001254/2025-2026</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>VMR/2023/000988</t>
+  </si>
+  <si>
+    <t>PL APPROVE</t>
+  </si>
+  <si>
+    <t>0000000418</t>
+  </si>
+  <si>
+    <t>REQ/001247/2025-2026</t>
+  </si>
+  <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>VMR/2024/000348</t>
+  </si>
+  <si>
+    <t>Request for Approve Vendor Code</t>
+  </si>
+  <si>
+    <t>0000000404</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2940,51 +2970,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W219"/>
+  <dimension ref="A1:W221"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="137.966309" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -11799,50 +11829,132 @@
       </c>
       <c r="F219" s="3" t="s">
         <v>842</v>
       </c>
       <c r="G219" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H219" s="4" t="s">
         <v>618</v>
       </c>
       <c r="I219" s="4"/>
       <c r="J219" s="1"/>
       <c r="K219" s="1"/>
       <c r="L219" s="1"/>
       <c r="M219" s="1"/>
       <c r="N219" s="1"/>
       <c r="O219" s="1"/>
       <c r="P219" s="1"/>
       <c r="Q219" s="1"/>
       <c r="R219" s="1"/>
       <c r="S219" s="1"/>
       <c r="T219" s="1"/>
       <c r="U219" s="1"/>
       <c r="V219" s="1"/>
       <c r="W219" s="1"/>
+    </row>
+    <row r="220" spans="1:23">
+      <c r="A220" s="3">
+        <v>218</v>
+      </c>
+      <c r="B220" s="3" t="s">
+        <v>843</v>
+      </c>
+      <c r="C220" s="3" t="s">
+        <v>844</v>
+      </c>
+      <c r="D220" s="3" t="s">
+        <v>845</v>
+      </c>
+      <c r="E220" s="3" t="s">
+        <v>846</v>
+      </c>
+      <c r="F220" s="3" t="s">
+        <v>847</v>
+      </c>
+      <c r="G220" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H220" s="4" t="s">
+        <v>844</v>
+      </c>
+      <c r="I220" s="4"/>
+      <c r="J220" s="1"/>
+      <c r="K220" s="1"/>
+      <c r="L220" s="1"/>
+      <c r="M220" s="1"/>
+      <c r="N220" s="1"/>
+      <c r="O220" s="1"/>
+      <c r="P220" s="1"/>
+      <c r="Q220" s="1"/>
+      <c r="R220" s="1"/>
+      <c r="S220" s="1"/>
+      <c r="T220" s="1"/>
+      <c r="U220" s="1"/>
+      <c r="V220" s="1"/>
+      <c r="W220" s="1"/>
+    </row>
+    <row r="221" spans="1:23">
+      <c r="A221" s="3">
+        <v>219</v>
+      </c>
+      <c r="B221" s="3" t="s">
+        <v>848</v>
+      </c>
+      <c r="C221" s="3" t="s">
+        <v>849</v>
+      </c>
+      <c r="D221" s="3" t="s">
+        <v>850</v>
+      </c>
+      <c r="E221" s="3" t="s">
+        <v>851</v>
+      </c>
+      <c r="F221" s="3" t="s">
+        <v>852</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H221" s="4" t="s">
+        <v>849</v>
+      </c>
+      <c r="I221" s="4"/>
+      <c r="J221" s="1"/>
+      <c r="K221" s="1"/>
+      <c r="L221" s="1"/>
+      <c r="M221" s="1"/>
+      <c r="N221" s="1"/>
+      <c r="O221" s="1"/>
+      <c r="P221" s="1"/>
+      <c r="Q221" s="1"/>
+      <c r="R221" s="1"/>
+      <c r="S221" s="1"/>
+      <c r="T221" s="1"/>
+      <c r="U221" s="1"/>
+      <c r="V221" s="1"/>
+      <c r="W221" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>