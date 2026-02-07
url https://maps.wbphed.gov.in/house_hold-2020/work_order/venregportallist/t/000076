--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2114">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -6300,50 +6300,62 @@
     <t>REQ/000387/2024-2025</t>
   </si>
   <si>
     <t>VMR/2024/000856</t>
   </si>
   <si>
     <t>0000001025</t>
   </si>
   <si>
     <t>REQ/000110/2024-2025</t>
   </si>
   <si>
     <t>0000000808</t>
   </si>
   <si>
     <t>REQ/001180/2025-2026</t>
   </si>
   <si>
     <t>2025-11-19</t>
   </si>
   <si>
     <t>VMR/2023/000380</t>
   </si>
   <si>
     <t>0000000718</t>
+  </si>
+  <si>
+    <t>REQ/001298/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-27</t>
+  </si>
+  <si>
+    <t>VMR/2024/000842</t>
+  </si>
+  <si>
+    <t>Pending</t>
   </si>
   <si>
     <t>REQ/001179/2025-2026</t>
   </si>
   <si>
     <t>VMR/2023/000639</t>
   </si>
   <si>
     <t>0000000407</t>
   </si>
   <si>
     <t>REQ/001183/2025-2026</t>
   </si>
   <si>
     <t>2025-11-20</t>
   </si>
   <si>
     <t>VMR/2023/002435</t>
   </si>
   <si>
     <t>0000000365</t>
   </si>
   <si>
     <t>REQ/001184/2025-2026</t>
   </si>
@@ -6741,51 +6753,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W654"/>
+  <dimension ref="A1:W655"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="137.966309" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="22.280273" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -32996,197 +33008,234 @@
       </c>
       <c r="I650" s="4"/>
       <c r="J650" s="1"/>
       <c r="K650" s="1"/>
       <c r="L650" s="1"/>
       <c r="M650" s="1"/>
       <c r="N650" s="1"/>
       <c r="O650" s="1"/>
       <c r="P650" s="1"/>
       <c r="Q650" s="1"/>
       <c r="R650" s="1"/>
       <c r="S650" s="1"/>
       <c r="T650" s="1"/>
       <c r="U650" s="1"/>
       <c r="V650" s="1"/>
       <c r="W650" s="1"/>
     </row>
     <row r="651" spans="1:23">
       <c r="A651" s="3">
         <v>649</v>
       </c>
       <c r="B651" s="3" t="s">
         <v>2096</v>
       </c>
       <c r="C651" s="3" t="s">
-        <v>2093</v>
+        <v>2097</v>
       </c>
       <c r="D651" s="3" t="s">
+        <v>2098</v>
+      </c>
+      <c r="E651" s="3"/>
+      <c r="F651" s="3"/>
+      <c r="G651" s="3" t="s">
+        <v>2099</v>
+      </c>
+      <c r="H651" s="4" t="s">
         <v>2097</v>
-      </c>
-[...8 lines deleted...]
-        <v>2093</v>
       </c>
       <c r="I651" s="4"/>
       <c r="J651" s="1"/>
       <c r="K651" s="1"/>
       <c r="L651" s="1"/>
       <c r="M651" s="1"/>
       <c r="N651" s="1"/>
       <c r="O651" s="1"/>
       <c r="P651" s="1"/>
       <c r="Q651" s="1"/>
       <c r="R651" s="1"/>
       <c r="S651" s="1"/>
       <c r="T651" s="1"/>
       <c r="U651" s="1"/>
       <c r="V651" s="1"/>
       <c r="W651" s="1"/>
     </row>
     <row r="652" spans="1:23">
       <c r="A652" s="3">
         <v>650</v>
       </c>
       <c r="B652" s="3" t="s">
-        <v>2099</v>
+        <v>2100</v>
       </c>
       <c r="C652" s="3" t="s">
-        <v>2100</v>
+        <v>2093</v>
       </c>
       <c r="D652" s="3" t="s">
         <v>2101</v>
       </c>
       <c r="E652" s="3"/>
       <c r="F652" s="3" t="s">
         <v>2102</v>
       </c>
       <c r="G652" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H652" s="4" t="s">
-        <v>2100</v>
+        <v>2093</v>
       </c>
       <c r="I652" s="4"/>
       <c r="J652" s="1"/>
       <c r="K652" s="1"/>
       <c r="L652" s="1"/>
       <c r="M652" s="1"/>
       <c r="N652" s="1"/>
       <c r="O652" s="1"/>
       <c r="P652" s="1"/>
       <c r="Q652" s="1"/>
       <c r="R652" s="1"/>
       <c r="S652" s="1"/>
       <c r="T652" s="1"/>
       <c r="U652" s="1"/>
       <c r="V652" s="1"/>
       <c r="W652" s="1"/>
     </row>
     <row r="653" spans="1:23">
       <c r="A653" s="3">
         <v>651</v>
       </c>
       <c r="B653" s="3" t="s">
         <v>2103</v>
       </c>
       <c r="C653" s="3" t="s">
-        <v>2100</v>
+        <v>2104</v>
       </c>
       <c r="D653" s="3" t="s">
-        <v>2104</v>
+        <v>2105</v>
       </c>
       <c r="E653" s="3"/>
       <c r="F653" s="3" t="s">
-        <v>2105</v>
+        <v>2106</v>
       </c>
       <c r="G653" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H653" s="4" t="s">
-        <v>2100</v>
+        <v>2104</v>
       </c>
       <c r="I653" s="4"/>
       <c r="J653" s="1"/>
       <c r="K653" s="1"/>
       <c r="L653" s="1"/>
       <c r="M653" s="1"/>
       <c r="N653" s="1"/>
       <c r="O653" s="1"/>
       <c r="P653" s="1"/>
       <c r="Q653" s="1"/>
       <c r="R653" s="1"/>
       <c r="S653" s="1"/>
       <c r="T653" s="1"/>
       <c r="U653" s="1"/>
       <c r="V653" s="1"/>
       <c r="W653" s="1"/>
     </row>
     <row r="654" spans="1:23">
       <c r="A654" s="3">
         <v>652</v>
       </c>
       <c r="B654" s="3" t="s">
-        <v>2106</v>
+        <v>2107</v>
       </c>
       <c r="C654" s="3" t="s">
-        <v>2107</v>
+        <v>2104</v>
       </c>
       <c r="D654" s="3" t="s">
         <v>2108</v>
       </c>
       <c r="E654" s="3"/>
       <c r="F654" s="3" t="s">
         <v>2109</v>
       </c>
       <c r="G654" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H654" s="4" t="s">
-        <v>2107</v>
+        <v>2104</v>
       </c>
       <c r="I654" s="4"/>
       <c r="J654" s="1"/>
       <c r="K654" s="1"/>
       <c r="L654" s="1"/>
       <c r="M654" s="1"/>
       <c r="N654" s="1"/>
       <c r="O654" s="1"/>
       <c r="P654" s="1"/>
       <c r="Q654" s="1"/>
       <c r="R654" s="1"/>
       <c r="S654" s="1"/>
       <c r="T654" s="1"/>
       <c r="U654" s="1"/>
       <c r="V654" s="1"/>
       <c r="W654" s="1"/>
+    </row>
+    <row r="655" spans="1:23">
+      <c r="A655" s="3">
+        <v>653</v>
+      </c>
+      <c r="B655" s="3" t="s">
+        <v>2110</v>
+      </c>
+      <c r="C655" s="3" t="s">
+        <v>2111</v>
+      </c>
+      <c r="D655" s="3" t="s">
+        <v>2112</v>
+      </c>
+      <c r="E655" s="3"/>
+      <c r="F655" s="3" t="s">
+        <v>2113</v>
+      </c>
+      <c r="G655" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H655" s="4" t="s">
+        <v>2111</v>
+      </c>
+      <c r="I655" s="4"/>
+      <c r="J655" s="1"/>
+      <c r="K655" s="1"/>
+      <c r="L655" s="1"/>
+      <c r="M655" s="1"/>
+      <c r="N655" s="1"/>
+      <c r="O655" s="1"/>
+      <c r="P655" s="1"/>
+      <c r="Q655" s="1"/>
+      <c r="R655" s="1"/>
+      <c r="S655" s="1"/>
+      <c r="T655" s="1"/>
+      <c r="U655" s="1"/>
+      <c r="V655" s="1"/>
+      <c r="W655" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>