--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1485">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1489">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -4467,50 +4467,62 @@
     <t>REQ/2024/4285</t>
   </si>
   <si>
     <t>2024-08-28</t>
   </si>
   <si>
     <t>VMR/2024/2079</t>
   </si>
   <si>
     <t>Working in this division</t>
   </si>
   <si>
     <t>0000000827</t>
   </si>
   <si>
     <t>REQ/2024/5009</t>
   </si>
   <si>
     <t>2024-10-22</t>
   </si>
   <si>
     <t>VMR/2023/000332</t>
   </si>
   <si>
     <t>0000000844</t>
+  </si>
+  <si>
+    <t>REQ/001333/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>VMR/2023/001980</t>
+  </si>
+  <si>
+    <t>Billing</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4866,51 +4878,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W435"/>
+  <dimension ref="A1:W436"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="215.804443" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="74.267578" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -22449,50 +22461,89 @@
       </c>
       <c r="F435" s="3" t="s">
         <v>1484</v>
       </c>
       <c r="G435" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H435" s="4" t="s">
         <v>1482</v>
       </c>
       <c r="I435" s="4"/>
       <c r="J435" s="1"/>
       <c r="K435" s="1"/>
       <c r="L435" s="1"/>
       <c r="M435" s="1"/>
       <c r="N435" s="1"/>
       <c r="O435" s="1"/>
       <c r="P435" s="1"/>
       <c r="Q435" s="1"/>
       <c r="R435" s="1"/>
       <c r="S435" s="1"/>
       <c r="T435" s="1"/>
       <c r="U435" s="1"/>
       <c r="V435" s="1"/>
       <c r="W435" s="1"/>
+    </row>
+    <row r="436" spans="1:23">
+      <c r="A436" s="3">
+        <v>434</v>
+      </c>
+      <c r="B436" s="3" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C436" s="3" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D436" s="3" t="s">
+        <v>1487</v>
+      </c>
+      <c r="E436" s="3" t="s">
+        <v>1488</v>
+      </c>
+      <c r="F436" s="3"/>
+      <c r="G436" s="3" t="s">
+        <v>942</v>
+      </c>
+      <c r="H436" s="4" t="s">
+        <v>1486</v>
+      </c>
+      <c r="I436" s="4"/>
+      <c r="J436" s="1"/>
+      <c r="K436" s="1"/>
+      <c r="L436" s="1"/>
+      <c r="M436" s="1"/>
+      <c r="N436" s="1"/>
+      <c r="O436" s="1"/>
+      <c r="P436" s="1"/>
+      <c r="Q436" s="1"/>
+      <c r="R436" s="1"/>
+      <c r="S436" s="1"/>
+      <c r="T436" s="1"/>
+      <c r="U436" s="1"/>
+      <c r="V436" s="1"/>
+      <c r="W436" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>