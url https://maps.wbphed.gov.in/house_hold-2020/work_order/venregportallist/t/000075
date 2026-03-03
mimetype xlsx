--- v1 (2026-02-07)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1489">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1516">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -4479,50 +4479,131 @@
     <t>0000000827</t>
   </si>
   <si>
     <t>REQ/2024/5009</t>
   </si>
   <si>
     <t>2024-10-22</t>
   </si>
   <si>
     <t>VMR/2023/000332</t>
   </si>
   <si>
     <t>0000000844</t>
   </si>
   <si>
     <t>REQ/001333/2025-2026</t>
   </si>
   <si>
     <t>2026-02-06</t>
   </si>
   <si>
     <t>VMR/2023/001980</t>
   </si>
   <si>
     <t>Billing</t>
+  </si>
+  <si>
+    <t>REQ/001415/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>VMR/2023/000448</t>
+  </si>
+  <si>
+    <t>0000000872</t>
+  </si>
+  <si>
+    <t>REQ/001417/2025-2026</t>
+  </si>
+  <si>
+    <t>VMR/2024/000269</t>
+  </si>
+  <si>
+    <t>Pl Approved</t>
+  </si>
+  <si>
+    <t>0000000873</t>
+  </si>
+  <si>
+    <t>REQ/001420/2025-2026</t>
+  </si>
+  <si>
+    <t>VMR/2023/000451</t>
+  </si>
+  <si>
+    <t>REQ/001395/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
+    <t>VMR/2023/000093</t>
+  </si>
+  <si>
+    <t>FOR WORK ORDER</t>
+  </si>
+  <si>
+    <t>0000000870</t>
+  </si>
+  <si>
+    <t>REQ/001396/2025-2026</t>
+  </si>
+  <si>
+    <t>VMR/2023/000292</t>
+  </si>
+  <si>
+    <t>Request for registration and vendor code.</t>
+  </si>
+  <si>
+    <t>REQ/001397/2025-2026</t>
+  </si>
+  <si>
+    <t>VMR/2023/000279</t>
+  </si>
+  <si>
+    <t>REQ/001398/2025-2026</t>
+  </si>
+  <si>
+    <t>VMR/2023/000288</t>
+  </si>
+  <si>
+    <t>0000000871</t>
+  </si>
+  <si>
+    <t>REQ/001403/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-26</t>
+  </si>
+  <si>
+    <t>VMR/2023/002562</t>
+  </si>
+  <si>
+    <t>0000000697</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4878,51 +4959,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W436"/>
+  <dimension ref="A1:W444"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="215.804443" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="74.267578" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -22500,50 +22581,370 @@
       <c r="E436" s="3" t="s">
         <v>1488</v>
       </c>
       <c r="F436" s="3"/>
       <c r="G436" s="3" t="s">
         <v>942</v>
       </c>
       <c r="H436" s="4" t="s">
         <v>1486</v>
       </c>
       <c r="I436" s="4"/>
       <c r="J436" s="1"/>
       <c r="K436" s="1"/>
       <c r="L436" s="1"/>
       <c r="M436" s="1"/>
       <c r="N436" s="1"/>
       <c r="O436" s="1"/>
       <c r="P436" s="1"/>
       <c r="Q436" s="1"/>
       <c r="R436" s="1"/>
       <c r="S436" s="1"/>
       <c r="T436" s="1"/>
       <c r="U436" s="1"/>
       <c r="V436" s="1"/>
       <c r="W436" s="1"/>
+    </row>
+    <row r="437" spans="1:23">
+      <c r="A437" s="3">
+        <v>435</v>
+      </c>
+      <c r="B437" s="3" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C437" s="3" t="s">
+        <v>1490</v>
+      </c>
+      <c r="D437" s="3" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E437" s="3"/>
+      <c r="F437" s="3" t="s">
+        <v>1492</v>
+      </c>
+      <c r="G437" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H437" s="4" t="s">
+        <v>1490</v>
+      </c>
+      <c r="I437" s="4"/>
+      <c r="J437" s="1"/>
+      <c r="K437" s="1"/>
+      <c r="L437" s="1"/>
+      <c r="M437" s="1"/>
+      <c r="N437" s="1"/>
+      <c r="O437" s="1"/>
+      <c r="P437" s="1"/>
+      <c r="Q437" s="1"/>
+      <c r="R437" s="1"/>
+      <c r="S437" s="1"/>
+      <c r="T437" s="1"/>
+      <c r="U437" s="1"/>
+      <c r="V437" s="1"/>
+      <c r="W437" s="1"/>
+    </row>
+    <row r="438" spans="1:23">
+      <c r="A438" s="3">
+        <v>436</v>
+      </c>
+      <c r="B438" s="3" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C438" s="3" t="s">
+        <v>1490</v>
+      </c>
+      <c r="D438" s="3" t="s">
+        <v>1494</v>
+      </c>
+      <c r="E438" s="3" t="s">
+        <v>1495</v>
+      </c>
+      <c r="F438" s="3" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G438" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H438" s="4" t="s">
+        <v>1490</v>
+      </c>
+      <c r="I438" s="4"/>
+      <c r="J438" s="1"/>
+      <c r="K438" s="1"/>
+      <c r="L438" s="1"/>
+      <c r="M438" s="1"/>
+      <c r="N438" s="1"/>
+      <c r="O438" s="1"/>
+      <c r="P438" s="1"/>
+      <c r="Q438" s="1"/>
+      <c r="R438" s="1"/>
+      <c r="S438" s="1"/>
+      <c r="T438" s="1"/>
+      <c r="U438" s="1"/>
+      <c r="V438" s="1"/>
+      <c r="W438" s="1"/>
+    </row>
+    <row r="439" spans="1:23">
+      <c r="A439" s="3">
+        <v>437</v>
+      </c>
+      <c r="B439" s="3" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C439" s="3" t="s">
+        <v>1490</v>
+      </c>
+      <c r="D439" s="3" t="s">
+        <v>1498</v>
+      </c>
+      <c r="E439" s="3" t="s">
+        <v>716</v>
+      </c>
+      <c r="F439" s="3"/>
+      <c r="G439" s="3" t="s">
+        <v>942</v>
+      </c>
+      <c r="H439" s="4" t="s">
+        <v>1490</v>
+      </c>
+      <c r="I439" s="4"/>
+      <c r="J439" s="1"/>
+      <c r="K439" s="1"/>
+      <c r="L439" s="1"/>
+      <c r="M439" s="1"/>
+      <c r="N439" s="1"/>
+      <c r="O439" s="1"/>
+      <c r="P439" s="1"/>
+      <c r="Q439" s="1"/>
+      <c r="R439" s="1"/>
+      <c r="S439" s="1"/>
+      <c r="T439" s="1"/>
+      <c r="U439" s="1"/>
+      <c r="V439" s="1"/>
+      <c r="W439" s="1"/>
+    </row>
+    <row r="440" spans="1:23">
+      <c r="A440" s="3">
+        <v>438</v>
+      </c>
+      <c r="B440" s="3" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C440" s="3" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D440" s="3" t="s">
+        <v>1501</v>
+      </c>
+      <c r="E440" s="3" t="s">
+        <v>1502</v>
+      </c>
+      <c r="F440" s="3" t="s">
+        <v>1503</v>
+      </c>
+      <c r="G440" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H440" s="4" t="s">
+        <v>1500</v>
+      </c>
+      <c r="I440" s="4"/>
+      <c r="J440" s="1"/>
+      <c r="K440" s="1"/>
+      <c r="L440" s="1"/>
+      <c r="M440" s="1"/>
+      <c r="N440" s="1"/>
+      <c r="O440" s="1"/>
+      <c r="P440" s="1"/>
+      <c r="Q440" s="1"/>
+      <c r="R440" s="1"/>
+      <c r="S440" s="1"/>
+      <c r="T440" s="1"/>
+      <c r="U440" s="1"/>
+      <c r="V440" s="1"/>
+      <c r="W440" s="1"/>
+    </row>
+    <row r="441" spans="1:23">
+      <c r="A441" s="3">
+        <v>439</v>
+      </c>
+      <c r="B441" s="3" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C441" s="3" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D441" s="3" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E441" s="3" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F441" s="3"/>
+      <c r="G441" s="3" t="s">
+        <v>942</v>
+      </c>
+      <c r="H441" s="4" t="s">
+        <v>1500</v>
+      </c>
+      <c r="I441" s="4"/>
+      <c r="J441" s="1"/>
+      <c r="K441" s="1"/>
+      <c r="L441" s="1"/>
+      <c r="M441" s="1"/>
+      <c r="N441" s="1"/>
+      <c r="O441" s="1"/>
+      <c r="P441" s="1"/>
+      <c r="Q441" s="1"/>
+      <c r="R441" s="1"/>
+      <c r="S441" s="1"/>
+      <c r="T441" s="1"/>
+      <c r="U441" s="1"/>
+      <c r="V441" s="1"/>
+      <c r="W441" s="1"/>
+    </row>
+    <row r="442" spans="1:23">
+      <c r="A442" s="3">
+        <v>440</v>
+      </c>
+      <c r="B442" s="3" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C442" s="3" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D442" s="3" t="s">
+        <v>1508</v>
+      </c>
+      <c r="E442" s="3" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F442" s="3"/>
+      <c r="G442" s="3" t="s">
+        <v>942</v>
+      </c>
+      <c r="H442" s="4" t="s">
+        <v>1500</v>
+      </c>
+      <c r="I442" s="4"/>
+      <c r="J442" s="1"/>
+      <c r="K442" s="1"/>
+      <c r="L442" s="1"/>
+      <c r="M442" s="1"/>
+      <c r="N442" s="1"/>
+      <c r="O442" s="1"/>
+      <c r="P442" s="1"/>
+      <c r="Q442" s="1"/>
+      <c r="R442" s="1"/>
+      <c r="S442" s="1"/>
+      <c r="T442" s="1"/>
+      <c r="U442" s="1"/>
+      <c r="V442" s="1"/>
+      <c r="W442" s="1"/>
+    </row>
+    <row r="443" spans="1:23">
+      <c r="A443" s="3">
+        <v>441</v>
+      </c>
+      <c r="B443" s="3" t="s">
+        <v>1509</v>
+      </c>
+      <c r="C443" s="3" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D443" s="3" t="s">
+        <v>1510</v>
+      </c>
+      <c r="E443" s="3" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F443" s="3" t="s">
+        <v>1511</v>
+      </c>
+      <c r="G443" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H443" s="4" t="s">
+        <v>1500</v>
+      </c>
+      <c r="I443" s="4"/>
+      <c r="J443" s="1"/>
+      <c r="K443" s="1"/>
+      <c r="L443" s="1"/>
+      <c r="M443" s="1"/>
+      <c r="N443" s="1"/>
+      <c r="O443" s="1"/>
+      <c r="P443" s="1"/>
+      <c r="Q443" s="1"/>
+      <c r="R443" s="1"/>
+      <c r="S443" s="1"/>
+      <c r="T443" s="1"/>
+      <c r="U443" s="1"/>
+      <c r="V443" s="1"/>
+      <c r="W443" s="1"/>
+    </row>
+    <row r="444" spans="1:23">
+      <c r="A444" s="3">
+        <v>442</v>
+      </c>
+      <c r="B444" s="3" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C444" s="3" t="s">
+        <v>1513</v>
+      </c>
+      <c r="D444" s="3" t="s">
+        <v>1514</v>
+      </c>
+      <c r="E444" s="3" t="s">
+        <v>1502</v>
+      </c>
+      <c r="F444" s="3" t="s">
+        <v>1515</v>
+      </c>
+      <c r="G444" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H444" s="4" t="s">
+        <v>1513</v>
+      </c>
+      <c r="I444" s="4"/>
+      <c r="J444" s="1"/>
+      <c r="K444" s="1"/>
+      <c r="L444" s="1"/>
+      <c r="M444" s="1"/>
+      <c r="N444" s="1"/>
+      <c r="O444" s="1"/>
+      <c r="P444" s="1"/>
+      <c r="Q444" s="1"/>
+      <c r="R444" s="1"/>
+      <c r="S444" s="1"/>
+      <c r="T444" s="1"/>
+      <c r="U444" s="1"/>
+      <c r="V444" s="1"/>
+      <c r="W444" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>