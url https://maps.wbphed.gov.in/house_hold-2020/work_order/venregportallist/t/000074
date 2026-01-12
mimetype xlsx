--- v0 (2025-12-07)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1633">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1638">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -4911,50 +4911,65 @@
     <t>2024-08-28</t>
   </si>
   <si>
     <t>VMR/2024/2079</t>
   </si>
   <si>
     <t>Working in this division</t>
   </si>
   <si>
     <t>0000000704</t>
   </si>
   <si>
     <t>2024-08-29</t>
   </si>
   <si>
     <t>REQ/000964/2024-2025</t>
   </si>
   <si>
     <t>2025-02-19</t>
   </si>
   <si>
     <t>VMR/2024/1923</t>
   </si>
   <si>
     <t>0000000761</t>
+  </si>
+  <si>
+    <t>REQ/001245/2025-2026</t>
+  </si>
+  <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>VMR/2023/001953</t>
+  </si>
+  <si>
+    <t>Request for Vendor registration</t>
+  </si>
+  <si>
+    <t>0000000621</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -5310,51 +5325,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W462"/>
+  <dimension ref="A1:W463"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="215.804443" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="35.2771" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -24014,50 +24029,91 @@
       </c>
       <c r="F462" s="3" t="s">
         <v>1632</v>
       </c>
       <c r="G462" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H462" s="4" t="s">
         <v>1630</v>
       </c>
       <c r="I462" s="4"/>
       <c r="J462" s="1"/>
       <c r="K462" s="1"/>
       <c r="L462" s="1"/>
       <c r="M462" s="1"/>
       <c r="N462" s="1"/>
       <c r="O462" s="1"/>
       <c r="P462" s="1"/>
       <c r="Q462" s="1"/>
       <c r="R462" s="1"/>
       <c r="S462" s="1"/>
       <c r="T462" s="1"/>
       <c r="U462" s="1"/>
       <c r="V462" s="1"/>
       <c r="W462" s="1"/>
+    </row>
+    <row r="463" spans="1:23">
+      <c r="A463" s="3">
+        <v>461</v>
+      </c>
+      <c r="B463" s="3" t="s">
+        <v>1633</v>
+      </c>
+      <c r="C463" s="3" t="s">
+        <v>1634</v>
+      </c>
+      <c r="D463" s="3" t="s">
+        <v>1635</v>
+      </c>
+      <c r="E463" s="3" t="s">
+        <v>1636</v>
+      </c>
+      <c r="F463" s="3" t="s">
+        <v>1637</v>
+      </c>
+      <c r="G463" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H463" s="4" t="s">
+        <v>1634</v>
+      </c>
+      <c r="I463" s="4"/>
+      <c r="J463" s="1"/>
+      <c r="K463" s="1"/>
+      <c r="L463" s="1"/>
+      <c r="M463" s="1"/>
+      <c r="N463" s="1"/>
+      <c r="O463" s="1"/>
+      <c r="P463" s="1"/>
+      <c r="Q463" s="1"/>
+      <c r="R463" s="1"/>
+      <c r="S463" s="1"/>
+      <c r="T463" s="1"/>
+      <c r="U463" s="1"/>
+      <c r="V463" s="1"/>
+      <c r="W463" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>