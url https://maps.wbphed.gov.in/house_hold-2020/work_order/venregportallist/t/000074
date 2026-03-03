--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1638">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1656">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -4911,50 +4911,104 @@
     <t>2024-08-28</t>
   </si>
   <si>
     <t>VMR/2024/2079</t>
   </si>
   <si>
     <t>Working in this division</t>
   </si>
   <si>
     <t>0000000704</t>
   </si>
   <si>
     <t>2024-08-29</t>
   </si>
   <si>
     <t>REQ/000964/2024-2025</t>
   </si>
   <si>
     <t>2025-02-19</t>
   </si>
   <si>
     <t>VMR/2024/1923</t>
   </si>
   <si>
     <t>0000000761</t>
+  </si>
+  <si>
+    <t>REQ/001356/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>VMR/2023/002633</t>
+  </si>
+  <si>
+    <t>0000000791</t>
+  </si>
+  <si>
+    <t>REQ/001353/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>VMR/2024/000817</t>
+  </si>
+  <si>
+    <t>Vendor code registration</t>
+  </si>
+  <si>
+    <t>0000000790</t>
+  </si>
+  <si>
+    <t>REQ/001390/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
+    <t>WANT TO SUPPLY ALL TYPES OF VALVE</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>REQ/001343/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>VMR/2024/000808</t>
+  </si>
+  <si>
+    <t>Request for Vendor registration.</t>
+  </si>
+  <si>
+    <t>0000000789</t>
   </si>
   <si>
     <t>REQ/001245/2025-2026</t>
   </si>
   <si>
     <t>2025-12-22</t>
   </si>
   <si>
     <t>VMR/2023/001953</t>
   </si>
   <si>
     <t>Request for Vendor registration</t>
   </si>
   <si>
     <t>0000000621</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -5325,51 +5379,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W463"/>
+  <dimension ref="A1:W467"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="215.804443" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="35.2771" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -24044,76 +24098,238 @@
       <c r="N462" s="1"/>
       <c r="O462" s="1"/>
       <c r="P462" s="1"/>
       <c r="Q462" s="1"/>
       <c r="R462" s="1"/>
       <c r="S462" s="1"/>
       <c r="T462" s="1"/>
       <c r="U462" s="1"/>
       <c r="V462" s="1"/>
       <c r="W462" s="1"/>
     </row>
     <row r="463" spans="1:23">
       <c r="A463" s="3">
         <v>461</v>
       </c>
       <c r="B463" s="3" t="s">
         <v>1633</v>
       </c>
       <c r="C463" s="3" t="s">
         <v>1634</v>
       </c>
       <c r="D463" s="3" t="s">
         <v>1635</v>
       </c>
       <c r="E463" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="F463" s="3" t="s">
         <v>1636</v>
-      </c>
-[...1 lines deleted...]
-        <v>1637</v>
       </c>
       <c r="G463" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H463" s="4" t="s">
         <v>1634</v>
       </c>
       <c r="I463" s="4"/>
       <c r="J463" s="1"/>
       <c r="K463" s="1"/>
       <c r="L463" s="1"/>
       <c r="M463" s="1"/>
       <c r="N463" s="1"/>
       <c r="O463" s="1"/>
       <c r="P463" s="1"/>
       <c r="Q463" s="1"/>
       <c r="R463" s="1"/>
       <c r="S463" s="1"/>
       <c r="T463" s="1"/>
       <c r="U463" s="1"/>
       <c r="V463" s="1"/>
       <c r="W463" s="1"/>
+    </row>
+    <row r="464" spans="1:23">
+      <c r="A464" s="3">
+        <v>462</v>
+      </c>
+      <c r="B464" s="3" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C464" s="3" t="s">
+        <v>1638</v>
+      </c>
+      <c r="D464" s="3" t="s">
+        <v>1639</v>
+      </c>
+      <c r="E464" s="3" t="s">
+        <v>1640</v>
+      </c>
+      <c r="F464" s="3" t="s">
+        <v>1641</v>
+      </c>
+      <c r="G464" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H464" s="4" t="s">
+        <v>1638</v>
+      </c>
+      <c r="I464" s="4"/>
+      <c r="J464" s="1"/>
+      <c r="K464" s="1"/>
+      <c r="L464" s="1"/>
+      <c r="M464" s="1"/>
+      <c r="N464" s="1"/>
+      <c r="O464" s="1"/>
+      <c r="P464" s="1"/>
+      <c r="Q464" s="1"/>
+      <c r="R464" s="1"/>
+      <c r="S464" s="1"/>
+      <c r="T464" s="1"/>
+      <c r="U464" s="1"/>
+      <c r="V464" s="1"/>
+      <c r="W464" s="1"/>
+    </row>
+    <row r="465" spans="1:23">
+      <c r="A465" s="3">
+        <v>463</v>
+      </c>
+      <c r="B465" s="3" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C465" s="3" t="s">
+        <v>1643</v>
+      </c>
+      <c r="D465" s="3" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E465" s="3" t="s">
+        <v>1644</v>
+      </c>
+      <c r="F465" s="3"/>
+      <c r="G465" s="3" t="s">
+        <v>1645</v>
+      </c>
+      <c r="H465" s="4" t="s">
+        <v>1643</v>
+      </c>
+      <c r="I465" s="4"/>
+      <c r="J465" s="1"/>
+      <c r="K465" s="1"/>
+      <c r="L465" s="1"/>
+      <c r="M465" s="1"/>
+      <c r="N465" s="1"/>
+      <c r="O465" s="1"/>
+      <c r="P465" s="1"/>
+      <c r="Q465" s="1"/>
+      <c r="R465" s="1"/>
+      <c r="S465" s="1"/>
+      <c r="T465" s="1"/>
+      <c r="U465" s="1"/>
+      <c r="V465" s="1"/>
+      <c r="W465" s="1"/>
+    </row>
+    <row r="466" spans="1:23">
+      <c r="A466" s="3">
+        <v>464</v>
+      </c>
+      <c r="B466" s="3" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C466" s="3" t="s">
+        <v>1647</v>
+      </c>
+      <c r="D466" s="3" t="s">
+        <v>1648</v>
+      </c>
+      <c r="E466" s="3" t="s">
+        <v>1649</v>
+      </c>
+      <c r="F466" s="3" t="s">
+        <v>1650</v>
+      </c>
+      <c r="G466" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H466" s="4" t="s">
+        <v>1647</v>
+      </c>
+      <c r="I466" s="4"/>
+      <c r="J466" s="1"/>
+      <c r="K466" s="1"/>
+      <c r="L466" s="1"/>
+      <c r="M466" s="1"/>
+      <c r="N466" s="1"/>
+      <c r="O466" s="1"/>
+      <c r="P466" s="1"/>
+      <c r="Q466" s="1"/>
+      <c r="R466" s="1"/>
+      <c r="S466" s="1"/>
+      <c r="T466" s="1"/>
+      <c r="U466" s="1"/>
+      <c r="V466" s="1"/>
+      <c r="W466" s="1"/>
+    </row>
+    <row r="467" spans="1:23">
+      <c r="A467" s="3">
+        <v>465</v>
+      </c>
+      <c r="B467" s="3" t="s">
+        <v>1651</v>
+      </c>
+      <c r="C467" s="3" t="s">
+        <v>1652</v>
+      </c>
+      <c r="D467" s="3" t="s">
+        <v>1653</v>
+      </c>
+      <c r="E467" s="3" t="s">
+        <v>1654</v>
+      </c>
+      <c r="F467" s="3" t="s">
+        <v>1655</v>
+      </c>
+      <c r="G467" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H467" s="4" t="s">
+        <v>1652</v>
+      </c>
+      <c r="I467" s="4"/>
+      <c r="J467" s="1"/>
+      <c r="K467" s="1"/>
+      <c r="L467" s="1"/>
+      <c r="M467" s="1"/>
+      <c r="N467" s="1"/>
+      <c r="O467" s="1"/>
+      <c r="P467" s="1"/>
+      <c r="Q467" s="1"/>
+      <c r="R467" s="1"/>
+      <c r="S467" s="1"/>
+      <c r="T467" s="1"/>
+      <c r="U467" s="1"/>
+      <c r="V467" s="1"/>
+      <c r="W467" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>