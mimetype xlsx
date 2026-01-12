--- v0 (2025-12-07)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="987">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="992">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -2973,50 +2973,65 @@
     <t>0000000378</t>
   </si>
   <si>
     <t>REQ/000954/2024-2025</t>
   </si>
   <si>
     <t>2025-02-18</t>
   </si>
   <si>
     <t>VMR/2023/001634</t>
   </si>
   <si>
     <t>0000000381</t>
   </si>
   <si>
     <t>REQ/001215/2025-2026</t>
   </si>
   <si>
     <t>2025-12-05</t>
   </si>
   <si>
     <t>VMR/2024/001729</t>
   </si>
   <si>
     <t>0000000226</t>
+  </si>
+  <si>
+    <t>REQ/001275/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>VMR/2023/003741</t>
+  </si>
+  <si>
+    <t>Approved Request</t>
+  </si>
+  <si>
+    <t>0000000405</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3372,51 +3387,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W256"/>
+  <dimension ref="A1:W257"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="137.966309" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="57.700195" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -13708,50 +13723,91 @@
       </c>
       <c r="F256" s="3" t="s">
         <v>986</v>
       </c>
       <c r="G256" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H256" s="4" t="s">
         <v>984</v>
       </c>
       <c r="I256" s="4"/>
       <c r="J256" s="1"/>
       <c r="K256" s="1"/>
       <c r="L256" s="1"/>
       <c r="M256" s="1"/>
       <c r="N256" s="1"/>
       <c r="O256" s="1"/>
       <c r="P256" s="1"/>
       <c r="Q256" s="1"/>
       <c r="R256" s="1"/>
       <c r="S256" s="1"/>
       <c r="T256" s="1"/>
       <c r="U256" s="1"/>
       <c r="V256" s="1"/>
       <c r="W256" s="1"/>
+    </row>
+    <row r="257" spans="1:23">
+      <c r="A257" s="3">
+        <v>255</v>
+      </c>
+      <c r="B257" s="3" t="s">
+        <v>987</v>
+      </c>
+      <c r="C257" s="3" t="s">
+        <v>988</v>
+      </c>
+      <c r="D257" s="3" t="s">
+        <v>989</v>
+      </c>
+      <c r="E257" s="3" t="s">
+        <v>990</v>
+      </c>
+      <c r="F257" s="3" t="s">
+        <v>991</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H257" s="4" t="s">
+        <v>988</v>
+      </c>
+      <c r="I257" s="4"/>
+      <c r="J257" s="1"/>
+      <c r="K257" s="1"/>
+      <c r="L257" s="1"/>
+      <c r="M257" s="1"/>
+      <c r="N257" s="1"/>
+      <c r="O257" s="1"/>
+      <c r="P257" s="1"/>
+      <c r="Q257" s="1"/>
+      <c r="R257" s="1"/>
+      <c r="S257" s="1"/>
+      <c r="T257" s="1"/>
+      <c r="U257" s="1"/>
+      <c r="V257" s="1"/>
+      <c r="W257" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>