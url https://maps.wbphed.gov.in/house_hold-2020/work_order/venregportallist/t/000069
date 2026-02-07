--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="992">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="997">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -2988,50 +2988,65 @@
     <t>REQ/001215/2025-2026</t>
   </si>
   <si>
     <t>2025-12-05</t>
   </si>
   <si>
     <t>VMR/2024/001729</t>
   </si>
   <si>
     <t>0000000226</t>
   </si>
   <si>
     <t>REQ/001275/2025-2026</t>
   </si>
   <si>
     <t>2026-01-09</t>
   </si>
   <si>
     <t>VMR/2023/003741</t>
   </si>
   <si>
     <t>Approved Request</t>
   </si>
   <si>
     <t>0000000405</t>
+  </si>
+  <si>
+    <t>REQ/001286/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>VMR/2023/000342</t>
+  </si>
+  <si>
+    <t>Please approve for vendor code</t>
+  </si>
+  <si>
+    <t>0000000406</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3387,51 +3402,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W257"/>
+  <dimension ref="A1:W258"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="137.966309" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="57.700195" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -13764,50 +13779,91 @@
       </c>
       <c r="F257" s="3" t="s">
         <v>991</v>
       </c>
       <c r="G257" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H257" s="4" t="s">
         <v>988</v>
       </c>
       <c r="I257" s="4"/>
       <c r="J257" s="1"/>
       <c r="K257" s="1"/>
       <c r="L257" s="1"/>
       <c r="M257" s="1"/>
       <c r="N257" s="1"/>
       <c r="O257" s="1"/>
       <c r="P257" s="1"/>
       <c r="Q257" s="1"/>
       <c r="R257" s="1"/>
       <c r="S257" s="1"/>
       <c r="T257" s="1"/>
       <c r="U257" s="1"/>
       <c r="V257" s="1"/>
       <c r="W257" s="1"/>
+    </row>
+    <row r="258" spans="1:23">
+      <c r="A258" s="3">
+        <v>256</v>
+      </c>
+      <c r="B258" s="3" t="s">
+        <v>992</v>
+      </c>
+      <c r="C258" s="3" t="s">
+        <v>993</v>
+      </c>
+      <c r="D258" s="3" t="s">
+        <v>994</v>
+      </c>
+      <c r="E258" s="3" t="s">
+        <v>995</v>
+      </c>
+      <c r="F258" s="3" t="s">
+        <v>996</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H258" s="4" t="s">
+        <v>993</v>
+      </c>
+      <c r="I258" s="4"/>
+      <c r="J258" s="1"/>
+      <c r="K258" s="1"/>
+      <c r="L258" s="1"/>
+      <c r="M258" s="1"/>
+      <c r="N258" s="1"/>
+      <c r="O258" s="1"/>
+      <c r="P258" s="1"/>
+      <c r="Q258" s="1"/>
+      <c r="R258" s="1"/>
+      <c r="S258" s="1"/>
+      <c r="T258" s="1"/>
+      <c r="U258" s="1"/>
+      <c r="V258" s="1"/>
+      <c r="W258" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>