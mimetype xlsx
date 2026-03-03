--- v2 (2026-02-07)
+++ v3 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="997">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1002">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -2961,50 +2961,65 @@
     <t>REQ/2024/4374</t>
   </si>
   <si>
     <t>2024-09-03</t>
   </si>
   <si>
     <t>VMR/2024/2116</t>
   </si>
   <si>
     <t>Please approve our request</t>
   </si>
   <si>
     <t>0000000378</t>
   </si>
   <si>
     <t>REQ/000954/2024-2025</t>
   </si>
   <si>
     <t>2025-02-18</t>
   </si>
   <si>
     <t>VMR/2023/001634</t>
   </si>
   <si>
     <t>0000000381</t>
+  </si>
+  <si>
+    <t>REQ/001423/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>VMR/2024/000592</t>
+  </si>
+  <si>
+    <t>0000000114</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
   </si>
   <si>
     <t>REQ/001215/2025-2026</t>
   </si>
   <si>
     <t>2025-12-05</t>
   </si>
   <si>
     <t>VMR/2024/001729</t>
   </si>
   <si>
     <t>0000000226</t>
   </si>
   <si>
     <t>REQ/001275/2025-2026</t>
   </si>
   <si>
     <t>2026-01-09</t>
   </si>
   <si>
     <t>VMR/2023/003741</t>
   </si>
   <si>
     <t>Approved Request</t>
   </si>
@@ -3402,51 +3417,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W258"/>
+  <dimension ref="A1:W259"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="137.966309" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="57.700195" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -13712,101 +13727,101 @@
       <c r="N255" s="1"/>
       <c r="O255" s="1"/>
       <c r="P255" s="1"/>
       <c r="Q255" s="1"/>
       <c r="R255" s="1"/>
       <c r="S255" s="1"/>
       <c r="T255" s="1"/>
       <c r="U255" s="1"/>
       <c r="V255" s="1"/>
       <c r="W255" s="1"/>
     </row>
     <row r="256" spans="1:23">
       <c r="A256" s="3">
         <v>254</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>983</v>
       </c>
       <c r="C256" s="3" t="s">
         <v>984</v>
       </c>
       <c r="D256" s="3" t="s">
         <v>985</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>680</v>
+        <v>88</v>
       </c>
       <c r="F256" s="3" t="s">
         <v>986</v>
       </c>
       <c r="G256" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H256" s="4" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="I256" s="4"/>
       <c r="J256" s="1"/>
       <c r="K256" s="1"/>
       <c r="L256" s="1"/>
       <c r="M256" s="1"/>
       <c r="N256" s="1"/>
       <c r="O256" s="1"/>
       <c r="P256" s="1"/>
       <c r="Q256" s="1"/>
       <c r="R256" s="1"/>
       <c r="S256" s="1"/>
       <c r="T256" s="1"/>
       <c r="U256" s="1"/>
       <c r="V256" s="1"/>
       <c r="W256" s="1"/>
     </row>
     <row r="257" spans="1:23">
       <c r="A257" s="3">
         <v>255</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="C257" s="3" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="D257" s="3" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>990</v>
+        <v>680</v>
       </c>
       <c r="F257" s="3" t="s">
         <v>991</v>
       </c>
       <c r="G257" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H257" s="4" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="I257" s="4"/>
       <c r="J257" s="1"/>
       <c r="K257" s="1"/>
       <c r="L257" s="1"/>
       <c r="M257" s="1"/>
       <c r="N257" s="1"/>
       <c r="O257" s="1"/>
       <c r="P257" s="1"/>
       <c r="Q257" s="1"/>
       <c r="R257" s="1"/>
       <c r="S257" s="1"/>
       <c r="T257" s="1"/>
       <c r="U257" s="1"/>
       <c r="V257" s="1"/>
       <c r="W257" s="1"/>
     </row>
     <row r="258" spans="1:23">
       <c r="A258" s="3">
         <v>256</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>992</v>
       </c>
       <c r="C258" s="3" t="s">
@@ -13820,50 +13835,91 @@
       </c>
       <c r="F258" s="3" t="s">
         <v>996</v>
       </c>
       <c r="G258" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H258" s="4" t="s">
         <v>993</v>
       </c>
       <c r="I258" s="4"/>
       <c r="J258" s="1"/>
       <c r="K258" s="1"/>
       <c r="L258" s="1"/>
       <c r="M258" s="1"/>
       <c r="N258" s="1"/>
       <c r="O258" s="1"/>
       <c r="P258" s="1"/>
       <c r="Q258" s="1"/>
       <c r="R258" s="1"/>
       <c r="S258" s="1"/>
       <c r="T258" s="1"/>
       <c r="U258" s="1"/>
       <c r="V258" s="1"/>
       <c r="W258" s="1"/>
+    </row>
+    <row r="259" spans="1:23">
+      <c r="A259" s="3">
+        <v>257</v>
+      </c>
+      <c r="B259" s="3" t="s">
+        <v>997</v>
+      </c>
+      <c r="C259" s="3" t="s">
+        <v>998</v>
+      </c>
+      <c r="D259" s="3" t="s">
+        <v>999</v>
+      </c>
+      <c r="E259" s="3" t="s">
+        <v>1000</v>
+      </c>
+      <c r="F259" s="3" t="s">
+        <v>1001</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H259" s="4" t="s">
+        <v>998</v>
+      </c>
+      <c r="I259" s="4"/>
+      <c r="J259" s="1"/>
+      <c r="K259" s="1"/>
+      <c r="L259" s="1"/>
+      <c r="M259" s="1"/>
+      <c r="N259" s="1"/>
+      <c r="O259" s="1"/>
+      <c r="P259" s="1"/>
+      <c r="Q259" s="1"/>
+      <c r="R259" s="1"/>
+      <c r="S259" s="1"/>
+      <c r="T259" s="1"/>
+      <c r="U259" s="1"/>
+      <c r="V259" s="1"/>
+      <c r="W259" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>