--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1173">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1177">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -3531,50 +3531,62 @@
     <t>0000000427</t>
   </si>
   <si>
     <t>REQ/2024/5072</t>
   </si>
   <si>
     <t>VMR/2024/2449</t>
   </si>
   <si>
     <t>0000000441</t>
   </si>
   <si>
     <t>2024-12-20</t>
   </si>
   <si>
     <t>REQ/001191/2025-2026</t>
   </si>
   <si>
     <t>2025-11-24</t>
   </si>
   <si>
     <t>VMR/2023/003214</t>
   </si>
   <si>
     <t>0000000334</t>
+  </si>
+  <si>
+    <t>REQ/001223/2025-2026</t>
+  </si>
+  <si>
+    <t>2025-12-11</t>
+  </si>
+  <si>
+    <t>VMR/2023/000350</t>
+  </si>
+  <si>
+    <t>APPROVE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3930,51 +3942,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W363"/>
+  <dimension ref="A1:W364"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="209.94873" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="65.983887" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -18661,50 +18673,89 @@
       </c>
       <c r="F363" s="3" t="s">
         <v>1172</v>
       </c>
       <c r="G363" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H363" s="4" t="s">
         <v>1170</v>
       </c>
       <c r="I363" s="4"/>
       <c r="J363" s="1"/>
       <c r="K363" s="1"/>
       <c r="L363" s="1"/>
       <c r="M363" s="1"/>
       <c r="N363" s="1"/>
       <c r="O363" s="1"/>
       <c r="P363" s="1"/>
       <c r="Q363" s="1"/>
       <c r="R363" s="1"/>
       <c r="S363" s="1"/>
       <c r="T363" s="1"/>
       <c r="U363" s="1"/>
       <c r="V363" s="1"/>
       <c r="W363" s="1"/>
+    </row>
+    <row r="364" spans="1:23">
+      <c r="A364" s="3">
+        <v>362</v>
+      </c>
+      <c r="B364" s="3" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C364" s="3" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D364" s="3" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E364" s="3" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F364" s="3"/>
+      <c r="G364" s="3" t="s">
+        <v>938</v>
+      </c>
+      <c r="H364" s="4" t="s">
+        <v>1174</v>
+      </c>
+      <c r="I364" s="4"/>
+      <c r="J364" s="1"/>
+      <c r="K364" s="1"/>
+      <c r="L364" s="1"/>
+      <c r="M364" s="1"/>
+      <c r="N364" s="1"/>
+      <c r="O364" s="1"/>
+      <c r="P364" s="1"/>
+      <c r="Q364" s="1"/>
+      <c r="R364" s="1"/>
+      <c r="S364" s="1"/>
+      <c r="T364" s="1"/>
+      <c r="U364" s="1"/>
+      <c r="V364" s="1"/>
+      <c r="W364" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>