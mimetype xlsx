--- v1 (2025-12-14)
+++ v2 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1184">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -3543,50 +3543,71 @@
     <t>2024-12-20</t>
   </si>
   <si>
     <t>REQ/001191/2025-2026</t>
   </si>
   <si>
     <t>2025-11-24</t>
   </si>
   <si>
     <t>VMR/2023/003214</t>
   </si>
   <si>
     <t>0000000334</t>
   </si>
   <si>
     <t>REQ/001223/2025-2026</t>
   </si>
   <si>
     <t>2025-12-11</t>
   </si>
   <si>
     <t>VMR/2023/000350</t>
   </si>
   <si>
     <t>APPROVE</t>
+  </si>
+  <si>
+    <t>0000000112</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>REQ/001228/2025-2026</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>VMR/2023/001256</t>
+  </si>
+  <si>
+    <t>Rewquest</t>
+  </si>
+  <si>
+    <t>0000000458</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3942,51 +3963,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W364"/>
+  <dimension ref="A1:W365"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="209.94873" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="65.983887" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -18690,72 +18711,115 @@
       <c r="P363" s="1"/>
       <c r="Q363" s="1"/>
       <c r="R363" s="1"/>
       <c r="S363" s="1"/>
       <c r="T363" s="1"/>
       <c r="U363" s="1"/>
       <c r="V363" s="1"/>
       <c r="W363" s="1"/>
     </row>
     <row r="364" spans="1:23">
       <c r="A364" s="3">
         <v>362</v>
       </c>
       <c r="B364" s="3" t="s">
         <v>1173</v>
       </c>
       <c r="C364" s="3" t="s">
         <v>1174</v>
       </c>
       <c r="D364" s="3" t="s">
         <v>1175</v>
       </c>
       <c r="E364" s="3" t="s">
         <v>1176</v>
       </c>
-      <c r="F364" s="3"/>
+      <c r="F364" s="3" t="s">
+        <v>1177</v>
+      </c>
       <c r="G364" s="3" t="s">
-        <v>938</v>
+        <v>15</v>
       </c>
       <c r="H364" s="4" t="s">
-        <v>1174</v>
+        <v>1178</v>
       </c>
       <c r="I364" s="4"/>
       <c r="J364" s="1"/>
       <c r="K364" s="1"/>
       <c r="L364" s="1"/>
       <c r="M364" s="1"/>
       <c r="N364" s="1"/>
       <c r="O364" s="1"/>
       <c r="P364" s="1"/>
       <c r="Q364" s="1"/>
       <c r="R364" s="1"/>
       <c r="S364" s="1"/>
       <c r="T364" s="1"/>
       <c r="U364" s="1"/>
       <c r="V364" s="1"/>
       <c r="W364" s="1"/>
+    </row>
+    <row r="365" spans="1:23">
+      <c r="A365" s="3">
+        <v>363</v>
+      </c>
+      <c r="B365" s="3" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C365" s="3" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D365" s="3" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E365" s="3" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F365" s="3" t="s">
+        <v>1183</v>
+      </c>
+      <c r="G365" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H365" s="4" t="s">
+        <v>1180</v>
+      </c>
+      <c r="I365" s="4"/>
+      <c r="J365" s="1"/>
+      <c r="K365" s="1"/>
+      <c r="L365" s="1"/>
+      <c r="M365" s="1"/>
+      <c r="N365" s="1"/>
+      <c r="O365" s="1"/>
+      <c r="P365" s="1"/>
+      <c r="Q365" s="1"/>
+      <c r="R365" s="1"/>
+      <c r="S365" s="1"/>
+      <c r="T365" s="1"/>
+      <c r="U365" s="1"/>
+      <c r="V365" s="1"/>
+      <c r="W365" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>