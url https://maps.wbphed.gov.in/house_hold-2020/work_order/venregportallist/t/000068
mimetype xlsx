--- v2 (2026-01-12)
+++ v3 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1189">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -3564,50 +3564,65 @@
     <t>VMR/2023/000350</t>
   </si>
   <si>
     <t>APPROVE</t>
   </si>
   <si>
     <t>0000000112</t>
   </si>
   <si>
     <t>2026-01-05</t>
   </si>
   <si>
     <t>REQ/001228/2025-2026</t>
   </si>
   <si>
     <t>2025-12-16</t>
   </si>
   <si>
     <t>VMR/2023/001256</t>
   </si>
   <si>
     <t>Rewquest</t>
   </si>
   <si>
     <t>0000000458</t>
+  </si>
+  <si>
+    <t>REQ/001318/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>VMR/2023/001980</t>
+  </si>
+  <si>
+    <t>Billing</t>
+  </si>
+  <si>
+    <t>0000000242</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3963,51 +3978,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W365"/>
+  <dimension ref="A1:W366"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="209.94873" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="65.983887" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -18776,50 +18791,91 @@
       </c>
       <c r="F365" s="3" t="s">
         <v>1183</v>
       </c>
       <c r="G365" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H365" s="4" t="s">
         <v>1180</v>
       </c>
       <c r="I365" s="4"/>
       <c r="J365" s="1"/>
       <c r="K365" s="1"/>
       <c r="L365" s="1"/>
       <c r="M365" s="1"/>
       <c r="N365" s="1"/>
       <c r="O365" s="1"/>
       <c r="P365" s="1"/>
       <c r="Q365" s="1"/>
       <c r="R365" s="1"/>
       <c r="S365" s="1"/>
       <c r="T365" s="1"/>
       <c r="U365" s="1"/>
       <c r="V365" s="1"/>
       <c r="W365" s="1"/>
+    </row>
+    <row r="366" spans="1:23">
+      <c r="A366" s="3">
+        <v>364</v>
+      </c>
+      <c r="B366" s="3" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C366" s="3" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D366" s="3" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E366" s="3" t="s">
+        <v>1187</v>
+      </c>
+      <c r="F366" s="3" t="s">
+        <v>1188</v>
+      </c>
+      <c r="G366" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H366" s="4" t="s">
+        <v>1185</v>
+      </c>
+      <c r="I366" s="4"/>
+      <c r="J366" s="1"/>
+      <c r="K366" s="1"/>
+      <c r="L366" s="1"/>
+      <c r="M366" s="1"/>
+      <c r="N366" s="1"/>
+      <c r="O366" s="1"/>
+      <c r="P366" s="1"/>
+      <c r="Q366" s="1"/>
+      <c r="R366" s="1"/>
+      <c r="S366" s="1"/>
+      <c r="T366" s="1"/>
+      <c r="U366" s="1"/>
+      <c r="V366" s="1"/>
+      <c r="W366" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>