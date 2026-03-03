--- v3 (2026-02-07)
+++ v4 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1189">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1193">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -3531,50 +3531,62 @@
     <t>0000000427</t>
   </si>
   <si>
     <t>REQ/2024/5072</t>
   </si>
   <si>
     <t>VMR/2024/2449</t>
   </si>
   <si>
     <t>0000000441</t>
   </si>
   <si>
     <t>2024-12-20</t>
   </si>
   <si>
     <t>REQ/001191/2025-2026</t>
   </si>
   <si>
     <t>2025-11-24</t>
   </si>
   <si>
     <t>VMR/2023/003214</t>
   </si>
   <si>
     <t>0000000334</t>
+  </si>
+  <si>
+    <t>REQ/001380/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-20</t>
+  </si>
+  <si>
+    <t>VMR/2023/002501</t>
+  </si>
+  <si>
+    <t>VENDOR APPROVAL</t>
   </si>
   <si>
     <t>REQ/001223/2025-2026</t>
   </si>
   <si>
     <t>2025-12-11</t>
   </si>
   <si>
     <t>VMR/2023/000350</t>
   </si>
   <si>
     <t>APPROVE</t>
   </si>
   <si>
     <t>0000000112</t>
   </si>
   <si>
     <t>2026-01-05</t>
   </si>
   <si>
     <t>REQ/001228/2025-2026</t>
   </si>
   <si>
     <t>2025-12-16</t>
   </si>
@@ -3978,51 +3990,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W366"/>
+  <dimension ref="A1:W367"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="209.94873" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="65.983887" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -18726,156 +18738,195 @@
       <c r="P363" s="1"/>
       <c r="Q363" s="1"/>
       <c r="R363" s="1"/>
       <c r="S363" s="1"/>
       <c r="T363" s="1"/>
       <c r="U363" s="1"/>
       <c r="V363" s="1"/>
       <c r="W363" s="1"/>
     </row>
     <row r="364" spans="1:23">
       <c r="A364" s="3">
         <v>362</v>
       </c>
       <c r="B364" s="3" t="s">
         <v>1173</v>
       </c>
       <c r="C364" s="3" t="s">
         <v>1174</v>
       </c>
       <c r="D364" s="3" t="s">
         <v>1175</v>
       </c>
       <c r="E364" s="3" t="s">
         <v>1176</v>
       </c>
-      <c r="F364" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F364" s="3"/>
       <c r="G364" s="3" t="s">
-        <v>15</v>
+        <v>938</v>
       </c>
       <c r="H364" s="4" t="s">
-        <v>1178</v>
+        <v>1174</v>
       </c>
       <c r="I364" s="4"/>
       <c r="J364" s="1"/>
       <c r="K364" s="1"/>
       <c r="L364" s="1"/>
       <c r="M364" s="1"/>
       <c r="N364" s="1"/>
       <c r="O364" s="1"/>
       <c r="P364" s="1"/>
       <c r="Q364" s="1"/>
       <c r="R364" s="1"/>
       <c r="S364" s="1"/>
       <c r="T364" s="1"/>
       <c r="U364" s="1"/>
       <c r="V364" s="1"/>
       <c r="W364" s="1"/>
     </row>
     <row r="365" spans="1:23">
       <c r="A365" s="3">
         <v>363</v>
       </c>
       <c r="B365" s="3" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C365" s="3" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D365" s="3" t="s">
         <v>1179</v>
       </c>
-      <c r="C365" s="3" t="s">
+      <c r="E365" s="3" t="s">
         <v>1180</v>
       </c>
-      <c r="D365" s="3" t="s">
+      <c r="F365" s="3" t="s">
         <v>1181</v>
       </c>
-      <c r="E365" s="3" t="s">
+      <c r="G365" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H365" s="4" t="s">
         <v>1182</v>
-      </c>
-[...7 lines deleted...]
-        <v>1180</v>
       </c>
       <c r="I365" s="4"/>
       <c r="J365" s="1"/>
       <c r="K365" s="1"/>
       <c r="L365" s="1"/>
       <c r="M365" s="1"/>
       <c r="N365" s="1"/>
       <c r="O365" s="1"/>
       <c r="P365" s="1"/>
       <c r="Q365" s="1"/>
       <c r="R365" s="1"/>
       <c r="S365" s="1"/>
       <c r="T365" s="1"/>
       <c r="U365" s="1"/>
       <c r="V365" s="1"/>
       <c r="W365" s="1"/>
     </row>
     <row r="366" spans="1:23">
       <c r="A366" s="3">
         <v>364</v>
       </c>
       <c r="B366" s="3" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C366" s="3" t="s">
         <v>1184</v>
       </c>
-      <c r="C366" s="3" t="s">
+      <c r="D366" s="3" t="s">
         <v>1185</v>
       </c>
-      <c r="D366" s="3" t="s">
+      <c r="E366" s="3" t="s">
         <v>1186</v>
       </c>
-      <c r="E366" s="3" t="s">
+      <c r="F366" s="3" t="s">
         <v>1187</v>
       </c>
-      <c r="F366" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G366" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H366" s="4" t="s">
-        <v>1185</v>
+        <v>1184</v>
       </c>
       <c r="I366" s="4"/>
       <c r="J366" s="1"/>
       <c r="K366" s="1"/>
       <c r="L366" s="1"/>
       <c r="M366" s="1"/>
       <c r="N366" s="1"/>
       <c r="O366" s="1"/>
       <c r="P366" s="1"/>
       <c r="Q366" s="1"/>
       <c r="R366" s="1"/>
       <c r="S366" s="1"/>
       <c r="T366" s="1"/>
       <c r="U366" s="1"/>
       <c r="V366" s="1"/>
       <c r="W366" s="1"/>
+    </row>
+    <row r="367" spans="1:23">
+      <c r="A367" s="3">
+        <v>365</v>
+      </c>
+      <c r="B367" s="3" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C367" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D367" s="3" t="s">
+        <v>1190</v>
+      </c>
+      <c r="E367" s="3" t="s">
+        <v>1191</v>
+      </c>
+      <c r="F367" s="3" t="s">
+        <v>1192</v>
+      </c>
+      <c r="G367" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H367" s="4" t="s">
+        <v>1189</v>
+      </c>
+      <c r="I367" s="4"/>
+      <c r="J367" s="1"/>
+      <c r="K367" s="1"/>
+      <c r="L367" s="1"/>
+      <c r="M367" s="1"/>
+      <c r="N367" s="1"/>
+      <c r="O367" s="1"/>
+      <c r="P367" s="1"/>
+      <c r="Q367" s="1"/>
+      <c r="R367" s="1"/>
+      <c r="S367" s="1"/>
+      <c r="T367" s="1"/>
+      <c r="U367" s="1"/>
+      <c r="V367" s="1"/>
+      <c r="W367" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>