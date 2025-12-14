--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1616">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1621">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -4832,63 +4832,78 @@
   <si>
     <t>2025-11-25</t>
   </si>
   <si>
     <t>VMR/2023/000696</t>
   </si>
   <si>
     <t>2025-11-26</t>
   </si>
   <si>
     <t>REQ/001210/2025-2026</t>
   </si>
   <si>
     <t>2025-12-03</t>
   </si>
   <si>
     <t>REQ/001208/2025-2026</t>
   </si>
   <si>
     <t>2025-11-29</t>
   </si>
   <si>
     <t>VMR/2023/001980</t>
   </si>
   <si>
-    <t>Pending</t>
+    <t>2025-12-11</t>
+  </si>
+  <si>
+    <t>Vendor name mismatch in our database.</t>
   </si>
   <si>
     <t>REQ/001201/2025-2026</t>
   </si>
   <si>
     <t>2025-11-28</t>
   </si>
   <si>
     <t>VMR/2024/001739</t>
   </si>
   <si>
     <t>request for vendor list</t>
+  </si>
+  <si>
+    <t>REQ/001224/2025-2026</t>
+  </si>
+  <si>
+    <t>VMR/2023/000350</t>
+  </si>
+  <si>
+    <t>APPROVE</t>
+  </si>
+  <si>
+    <t>0000000783</t>
   </si>
   <si>
     <t>REQ/001211/2025-2026</t>
   </si>
   <si>
     <t>0000000782</t>
   </si>
   <si>
     <t>REQ/001203/2025-2026</t>
   </si>
   <si>
     <t>vendor approved</t>
   </si>
   <si>
     <t>0000000781</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -5259,51 +5274,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W453"/>
+  <dimension ref="A1:W454"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="137.966309" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="58.842773" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -23539,193 +23554,236 @@
       <c r="P449" s="1"/>
       <c r="Q449" s="1"/>
       <c r="R449" s="1"/>
       <c r="S449" s="1"/>
       <c r="T449" s="1"/>
       <c r="U449" s="1"/>
       <c r="V449" s="1"/>
       <c r="W449" s="1"/>
     </row>
     <row r="450" spans="1:23">
       <c r="A450" s="3">
         <v>448</v>
       </c>
       <c r="B450" s="3" t="s">
         <v>1603</v>
       </c>
       <c r="C450" s="3" t="s">
         <v>1604</v>
       </c>
       <c r="D450" s="3" t="s">
         <v>1605</v>
       </c>
       <c r="E450" s="3"/>
       <c r="F450" s="3"/>
       <c r="G450" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H450" s="4" t="s">
         <v>1606</v>
       </c>
-      <c r="H450" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I450" s="4"/>
+      <c r="I450" s="4" t="s">
+        <v>1607</v>
+      </c>
       <c r="J450" s="1"/>
       <c r="K450" s="1"/>
       <c r="L450" s="1"/>
       <c r="M450" s="1"/>
       <c r="N450" s="1"/>
       <c r="O450" s="1"/>
       <c r="P450" s="1"/>
       <c r="Q450" s="1"/>
       <c r="R450" s="1"/>
       <c r="S450" s="1"/>
       <c r="T450" s="1"/>
       <c r="U450" s="1"/>
       <c r="V450" s="1"/>
       <c r="W450" s="1"/>
     </row>
     <row r="451" spans="1:23">
       <c r="A451" s="3">
         <v>449</v>
       </c>
       <c r="B451" s="3" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="C451" s="3" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="D451" s="3" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="E451" s="3" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="F451" s="3"/>
       <c r="G451" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H451" s="4" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="I451" s="4" t="s">
         <v>912</v>
       </c>
       <c r="J451" s="1"/>
       <c r="K451" s="1"/>
       <c r="L451" s="1"/>
       <c r="M451" s="1"/>
       <c r="N451" s="1"/>
       <c r="O451" s="1"/>
       <c r="P451" s="1"/>
       <c r="Q451" s="1"/>
       <c r="R451" s="1"/>
       <c r="S451" s="1"/>
       <c r="T451" s="1"/>
       <c r="U451" s="1"/>
       <c r="V451" s="1"/>
       <c r="W451" s="1"/>
     </row>
     <row r="452" spans="1:23">
       <c r="A452" s="3">
         <v>450</v>
       </c>
       <c r="B452" s="3" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="C452" s="3" t="s">
-        <v>1602</v>
+        <v>1606</v>
       </c>
       <c r="D452" s="3" t="s">
-        <v>1599</v>
+        <v>1613</v>
       </c>
       <c r="E452" s="3" t="s">
-        <v>738</v>
+        <v>1614</v>
       </c>
       <c r="F452" s="3" t="s">
-        <v>1612</v>
+        <v>1615</v>
       </c>
       <c r="G452" s="3" t="s">
         <v>21</v>
       </c>
       <c r="H452" s="4" t="s">
-        <v>1602</v>
+        <v>1606</v>
       </c>
       <c r="I452" s="4"/>
       <c r="J452" s="1"/>
       <c r="K452" s="1"/>
       <c r="L452" s="1"/>
       <c r="M452" s="1"/>
       <c r="N452" s="1"/>
       <c r="O452" s="1"/>
       <c r="P452" s="1"/>
       <c r="Q452" s="1"/>
       <c r="R452" s="1"/>
       <c r="S452" s="1"/>
       <c r="T452" s="1"/>
       <c r="U452" s="1"/>
       <c r="V452" s="1"/>
       <c r="W452" s="1"/>
     </row>
     <row r="453" spans="1:23">
       <c r="A453" s="3">
         <v>451</v>
       </c>
       <c r="B453" s="3" t="s">
-        <v>1613</v>
+        <v>1616</v>
       </c>
       <c r="C453" s="3" t="s">
-        <v>1608</v>
+        <v>1602</v>
       </c>
       <c r="D453" s="3" t="s">
-        <v>1609</v>
+        <v>1599</v>
       </c>
       <c r="E453" s="3" t="s">
-        <v>1614</v>
+        <v>738</v>
       </c>
       <c r="F453" s="3" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="G453" s="3" t="s">
         <v>21</v>
       </c>
       <c r="H453" s="4" t="s">
-        <v>1608</v>
+        <v>1602</v>
       </c>
       <c r="I453" s="4"/>
       <c r="J453" s="1"/>
       <c r="K453" s="1"/>
       <c r="L453" s="1"/>
       <c r="M453" s="1"/>
       <c r="N453" s="1"/>
       <c r="O453" s="1"/>
       <c r="P453" s="1"/>
       <c r="Q453" s="1"/>
       <c r="R453" s="1"/>
       <c r="S453" s="1"/>
       <c r="T453" s="1"/>
       <c r="U453" s="1"/>
       <c r="V453" s="1"/>
       <c r="W453" s="1"/>
+    </row>
+    <row r="454" spans="1:23">
+      <c r="A454" s="3">
+        <v>452</v>
+      </c>
+      <c r="B454" s="3" t="s">
+        <v>1618</v>
+      </c>
+      <c r="C454" s="3" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D454" s="3" t="s">
+        <v>1610</v>
+      </c>
+      <c r="E454" s="3" t="s">
+        <v>1619</v>
+      </c>
+      <c r="F454" s="3" t="s">
+        <v>1620</v>
+      </c>
+      <c r="G454" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H454" s="4" t="s">
+        <v>1609</v>
+      </c>
+      <c r="I454" s="4"/>
+      <c r="J454" s="1"/>
+      <c r="K454" s="1"/>
+      <c r="L454" s="1"/>
+      <c r="M454" s="1"/>
+      <c r="N454" s="1"/>
+      <c r="O454" s="1"/>
+      <c r="P454" s="1"/>
+      <c r="Q454" s="1"/>
+      <c r="R454" s="1"/>
+      <c r="S454" s="1"/>
+      <c r="T454" s="1"/>
+      <c r="U454" s="1"/>
+      <c r="V454" s="1"/>
+      <c r="W454" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>