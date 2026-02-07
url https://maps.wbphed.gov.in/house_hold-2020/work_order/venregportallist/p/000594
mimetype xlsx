--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -501,50 +501,59 @@
     <t>VMR/2024/000266</t>
   </si>
   <si>
     <t>Request for Vendor Code.</t>
   </si>
   <si>
     <t>REQ/2024/3721</t>
   </si>
   <si>
     <t>VMR/2024/000672</t>
   </si>
   <si>
     <t>REQUEST FOR PAYMENT</t>
   </si>
   <si>
     <t>REQ/2024/4380</t>
   </si>
   <si>
     <t>2024-09-03</t>
   </si>
   <si>
     <t>VMR/2024/2116</t>
   </si>
   <si>
     <t>Please approve our request</t>
+  </si>
+  <si>
+    <t>REQ/001303/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-27</t>
+  </si>
+  <si>
+    <t>VMR/2023/003283</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -900,51 +909,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W51"/>
+  <dimension ref="A1:W52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="123.826904" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -2851,50 +2860,87 @@
       <c r="E51" s="3" t="s">
         <v>162</v>
       </c>
       <c r="F51" s="3"/>
       <c r="G51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H51" s="4" t="s">
         <v>160</v>
       </c>
       <c r="I51" s="4"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
       <c r="O51" s="1"/>
       <c r="P51" s="1"/>
       <c r="Q51" s="1"/>
       <c r="R51" s="1"/>
       <c r="S51" s="1"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
+    </row>
+    <row r="52" spans="1:23">
+      <c r="A52" s="3">
+        <v>50</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="D52" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="E52" s="3"/>
+      <c r="F52" s="3"/>
+      <c r="G52" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H52" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="I52" s="4"/>
+      <c r="J52" s="1"/>
+      <c r="K52" s="1"/>
+      <c r="L52" s="1"/>
+      <c r="M52" s="1"/>
+      <c r="N52" s="1"/>
+      <c r="O52" s="1"/>
+      <c r="P52" s="1"/>
+      <c r="Q52" s="1"/>
+      <c r="R52" s="1"/>
+      <c r="S52" s="1"/>
+      <c r="T52" s="1"/>
+      <c r="U52" s="1"/>
+      <c r="V52" s="1"/>
+      <c r="W52" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>