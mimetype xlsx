--- v1 (2026-02-07)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -264,59 +264,50 @@
     <t>REQ/2023/9146</t>
   </si>
   <si>
     <t>REQ/2023/9225</t>
   </si>
   <si>
     <t>VMR/2023/003318</t>
   </si>
   <si>
     <t>REQ/2023/4802</t>
   </si>
   <si>
     <t>VMR/2023/002054</t>
   </si>
   <si>
     <t>Please provide the vendor code.</t>
   </si>
   <si>
     <t>REQ/2023/7966</t>
   </si>
   <si>
     <t>2023-09-05</t>
   </si>
   <si>
     <t>VMR/2023/003020</t>
-  </si>
-[...7 lines deleted...]
-    <t>VMR/2023/000019</t>
   </si>
   <si>
     <t>REQ/2023/7446</t>
   </si>
   <si>
     <t>2023-08-31</t>
   </si>
   <si>
     <t>under this divisionwe are workinh i</t>
   </si>
   <si>
     <t>REQ/2023/7542</t>
   </si>
   <si>
     <t>VMR/2023/000473</t>
   </si>
   <si>
     <t>REQ/2023/7521</t>
   </si>
   <si>
     <t>VMR/2023/002183</t>
   </si>
   <si>
     <t>Sir I am working contractor under your division kindly accept my request.</t>
   </si>
@@ -909,51 +900,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W52"/>
+  <dimension ref="A1:W51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="123.826904" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -1987,287 +1978,287 @@
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>85</v>
       </c>
       <c r="D29" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H29" s="4" t="s">
         <v>85</v>
       </c>
       <c r="I29" s="4"/>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
       <c r="Q29" s="1"/>
       <c r="R29" s="1"/>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C30" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D30" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="D30" s="3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H30" s="4" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="I30" s="4"/>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
       <c r="L30" s="1"/>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
       <c r="P30" s="1"/>
       <c r="Q30" s="1"/>
       <c r="R30" s="1"/>
       <c r="S30" s="1"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D31" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="C31" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D31" s="3" t="s">
+      <c r="E31" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H31" s="4" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="I31" s="4"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
       <c r="Q31" s="1"/>
       <c r="R31" s="1"/>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>93</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F32" s="3"/>
       <c r="G32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H32" s="4" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="I32" s="4"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1"/>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
       <c r="O32" s="1"/>
       <c r="P32" s="1"/>
       <c r="Q32" s="1"/>
       <c r="R32" s="1"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>82</v>
+        <v>96</v>
       </c>
       <c r="D33" s="3" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="E33" s="3" t="s">
         <v>97</v>
       </c>
+      <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H33" s="4" t="s">
-        <v>82</v>
+        <v>96</v>
       </c>
       <c r="I33" s="4"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
       <c r="P33" s="1"/>
       <c r="Q33" s="1"/>
       <c r="R33" s="1"/>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C34" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D34" s="3" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="G34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H34" s="4" t="s">
-        <v>99</v>
+        <v>85</v>
       </c>
       <c r="I34" s="4"/>
       <c r="J34" s="1"/>
       <c r="K34" s="1"/>
       <c r="L34" s="1"/>
       <c r="M34" s="1"/>
       <c r="N34" s="1"/>
       <c r="O34" s="1"/>
       <c r="P34" s="1"/>
       <c r="Q34" s="1"/>
       <c r="R34" s="1"/>
       <c r="S34" s="1"/>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="C35" s="3" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="D35" s="3" t="s">
         <v>102</v>
       </c>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H35" s="4" t="s">
-        <v>88</v>
+        <v>101</v>
       </c>
       <c r="I35" s="4"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1"/>
       <c r="L35" s="1"/>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
       <c r="O35" s="1"/>
       <c r="P35" s="1"/>
       <c r="Q35" s="1"/>
       <c r="R35" s="1"/>
       <c r="S35" s="1"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C36" s="3" t="s">
@@ -2291,656 +2282,619 @@
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
       <c r="Q36" s="1"/>
       <c r="R36" s="1"/>
       <c r="S36" s="1"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>107</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="E37" s="3"/>
+      <c r="E37" s="3" t="s">
+        <v>109</v>
+      </c>
       <c r="F37" s="3"/>
       <c r="G37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H37" s="4" t="s">
         <v>107</v>
       </c>
       <c r="I37" s="4"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="1"/>
       <c r="R37" s="1"/>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D38" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F38" s="3"/>
       <c r="G38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H38" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="I38" s="4"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
       <c r="Q38" s="1"/>
       <c r="R38" s="1"/>
       <c r="S38" s="1"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D39" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F39" s="3"/>
       <c r="G39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H39" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I39" s="4"/>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
       <c r="O39" s="1"/>
       <c r="P39" s="1"/>
       <c r="Q39" s="1"/>
       <c r="R39" s="1"/>
       <c r="S39" s="1"/>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D40" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F40" s="3"/>
       <c r="G40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H40" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="I40" s="4"/>
       <c r="J40" s="1"/>
       <c r="K40" s="1"/>
       <c r="L40" s="1"/>
       <c r="M40" s="1"/>
       <c r="N40" s="1"/>
       <c r="O40" s="1"/>
       <c r="P40" s="1"/>
       <c r="Q40" s="1"/>
       <c r="R40" s="1"/>
       <c r="S40" s="1"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D41" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F41" s="3"/>
       <c r="G41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H41" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="I41" s="4"/>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
       <c r="P41" s="1"/>
       <c r="Q41" s="1"/>
       <c r="R41" s="1"/>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D42" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F42" s="3"/>
       <c r="G42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H42" s="4" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="I42" s="4"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1"/>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D43" s="3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F43" s="3"/>
       <c r="G43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H43" s="4" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="I43" s="4"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
       <c r="Q43" s="1"/>
       <c r="R43" s="1"/>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D44" s="3" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F44" s="3"/>
       <c r="G44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H44" s="4" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="I44" s="4"/>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1"/>
       <c r="Q44" s="1"/>
       <c r="R44" s="1"/>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D45" s="3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F45" s="3"/>
       <c r="G45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H45" s="4" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I45" s="4"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
       <c r="Q45" s="1"/>
       <c r="R45" s="1"/>
       <c r="S45" s="1"/>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D46" s="3" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F46" s="3"/>
       <c r="G46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H46" s="4" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I46" s="4"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="1"/>
       <c r="R46" s="1"/>
       <c r="S46" s="1"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D47" s="3" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>148</v>
+        <v>125</v>
       </c>
       <c r="F47" s="3"/>
       <c r="G47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H47" s="4" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="I47" s="4"/>
       <c r="J47" s="1"/>
       <c r="K47" s="1"/>
       <c r="L47" s="1"/>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
       <c r="O47" s="1"/>
       <c r="P47" s="1"/>
       <c r="Q47" s="1"/>
       <c r="R47" s="1"/>
       <c r="S47" s="1"/>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>150</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>151</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>128</v>
+        <v>152</v>
       </c>
       <c r="F48" s="3"/>
       <c r="G48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H48" s="4" t="s">
         <v>150</v>
       </c>
       <c r="I48" s="4"/>
       <c r="J48" s="1"/>
       <c r="K48" s="1"/>
       <c r="L48" s="1"/>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
       <c r="P48" s="1"/>
       <c r="Q48" s="1"/>
       <c r="R48" s="1"/>
       <c r="S48" s="1"/>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>153</v>
+        <v>135</v>
       </c>
       <c r="D49" s="3" t="s">
         <v>154</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>155</v>
       </c>
       <c r="F49" s="3"/>
       <c r="G49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H49" s="4" t="s">
-        <v>153</v>
+        <v>135</v>
       </c>
       <c r="I49" s="4"/>
       <c r="J49" s="1"/>
       <c r="K49" s="1"/>
       <c r="L49" s="1"/>
       <c r="M49" s="1"/>
       <c r="N49" s="1"/>
       <c r="O49" s="1"/>
       <c r="P49" s="1"/>
       <c r="Q49" s="1"/>
       <c r="R49" s="1"/>
       <c r="S49" s="1"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>138</v>
+        <v>157</v>
       </c>
       <c r="D50" s="3" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F50" s="3"/>
       <c r="G50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H50" s="4" t="s">
-        <v>138</v>
+        <v>157</v>
       </c>
       <c r="I50" s="4"/>
       <c r="J50" s="1"/>
       <c r="K50" s="1"/>
       <c r="L50" s="1"/>
       <c r="M50" s="1"/>
       <c r="N50" s="1"/>
       <c r="O50" s="1"/>
       <c r="P50" s="1"/>
       <c r="Q50" s="1"/>
       <c r="R50" s="1"/>
       <c r="S50" s="1"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D51" s="3" t="s">
-        <v>161</v>
-[...1 lines deleted...]
-      <c r="E51" s="3" t="s">
         <v>162</v>
       </c>
+      <c r="E51" s="3"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H51" s="4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="I51" s="4"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
       <c r="O51" s="1"/>
       <c r="P51" s="1"/>
       <c r="Q51" s="1"/>
       <c r="R51" s="1"/>
       <c r="S51" s="1"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
-    </row>
-[...35 lines deleted...]
-      <c r="W52" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>