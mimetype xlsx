--- v0 (2025-12-07)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -102,62 +102,50 @@
     <t>VMR/2024/001294</t>
   </si>
   <si>
     <t>For Online Vendor Registration</t>
   </si>
   <si>
     <t>REQ/2024/2583</t>
   </si>
   <si>
     <t>VMR/2024/001307</t>
   </si>
   <si>
     <t>Request for vendor code</t>
   </si>
   <si>
     <t>REQ/2024/2724</t>
   </si>
   <si>
     <t>2024-06-11</t>
   </si>
   <si>
     <t>VMR/2024/001381</t>
   </si>
   <si>
     <t>Request For Vendor Code</t>
-  </si>
-[...10 lines deleted...]
-    <t>vendor Approved</t>
   </si>
   <si>
     <t>REQ/2024/2965</t>
   </si>
   <si>
     <t>2024-06-20</t>
   </si>
   <si>
     <t>VMR/2023/002843</t>
   </si>
   <si>
     <t>REQ/2024/689</t>
   </si>
   <si>
     <t>2024-04-04</t>
   </si>
   <si>
     <t>VMR/2024/000381</t>
   </si>
   <si>
     <t>Please Approve.</t>
   </si>
   <si>
     <t>REQ/2024/1917</t>
   </si>
@@ -741,51 +729,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W29"/>
+  <dimension ref="A1:W28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="144.9646" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -1025,331 +1013,331 @@
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>31</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="F8" s="3"/>
       <c r="G8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="4" t="s">
         <v>31</v>
       </c>
       <c r="I8" s="4"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C9" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="C9" s="3" t="s">
+      <c r="D9" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="D9" s="3" t="s">
+      <c r="E9" s="3" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="F9" s="3"/>
       <c r="G9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="I9" s="4"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3"/>
       <c r="G10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H10" s="4" t="s">
         <v>38</v>
       </c>
       <c r="I10" s="4"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C11" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="C11" s="3" t="s">
+      <c r="D11" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="D11" s="3" t="s">
+      <c r="E11" s="3" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="F11" s="3"/>
       <c r="G11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H11" s="4" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="I11" s="4"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>45</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="F12" s="3"/>
       <c r="G12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>45</v>
       </c>
       <c r="I12" s="4"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
       <c r="P12" s="1"/>
       <c r="Q12" s="1"/>
       <c r="R12" s="1"/>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="D13" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="C13" s="3" t="s">
+      <c r="E13" s="3" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
       <c r="F13" s="3"/>
       <c r="G13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H13" s="4" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="I13" s="4"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1"/>
       <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="C14" s="3" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>52</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="F14" s="3"/>
       <c r="G14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H14" s="4" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I14" s="4"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="C15" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="C15" s="3" t="s">
+      <c r="D15" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="D15" s="3" t="s">
+      <c r="E15" s="3" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F15" s="3"/>
       <c r="G15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H15" s="4" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I15" s="4"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C16" s="3" t="s">
@@ -1454,97 +1442,97 @@
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>70</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>71</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3"/>
       <c r="G19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H19" s="4" t="s">
         <v>70</v>
       </c>
       <c r="I19" s="4"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
       <c r="Q19" s="1"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="C20" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="C20" s="3" t="s">
+      <c r="D20" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="D20" s="3" t="s">
+      <c r="E20" s="3" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F20" s="3"/>
       <c r="G20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H20" s="4" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I20" s="4"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C21" s="3" t="s">
@@ -1610,97 +1598,97 @@
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
       <c r="Q22" s="1"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>85</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>86</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>87</v>
+        <v>49</v>
       </c>
       <c r="F23" s="3"/>
       <c r="G23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H23" s="4" t="s">
         <v>85</v>
       </c>
       <c r="I23" s="4"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
       <c r="Q23" s="1"/>
       <c r="R23" s="1"/>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="C24" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="C24" s="3" t="s">
+      <c r="D24" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="D24" s="3" t="s">
+      <c r="E24" s="3" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F24" s="3"/>
       <c r="G24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H24" s="4" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="I24" s="4"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="1"/>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C25" s="3" t="s">
@@ -1805,113 +1793,74 @@
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>104</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>105</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>106</v>
+        <v>49</v>
       </c>
       <c r="F28" s="3"/>
       <c r="G28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H28" s="4" t="s">
         <v>104</v>
       </c>
       <c r="I28" s="4"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
-    </row>
-[...37 lines deleted...]
-      <c r="W29" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>