--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -146,60 +146,54 @@
   <si>
     <t>Please Approve.</t>
   </si>
   <si>
     <t>REQ/2024/1917</t>
   </si>
   <si>
     <t>2024-05-07</t>
   </si>
   <si>
     <t>VMR/2023/000972</t>
   </si>
   <si>
     <t>REQ/2023/11224</t>
   </si>
   <si>
     <t>2023-12-30</t>
   </si>
   <si>
     <t>VMR/2023/004022</t>
   </si>
   <si>
     <t>Supply of Cement</t>
   </si>
   <si>
-    <t>REQ/2024/1401</t>
+    <t>REQ/2024/1405</t>
   </si>
   <si>
     <t>2024-04-23</t>
-  </si>
-[...4 lines deleted...]
-    <t>REQ/2024/1405</t>
   </si>
   <si>
     <t>VMR/2024/000718</t>
   </si>
   <si>
     <t>Request for approval</t>
   </si>
   <si>
     <t>REQ/001167/2024-2025</t>
   </si>
   <si>
     <t>2025-03-18</t>
   </si>
   <si>
     <t>VMR/2024/1988</t>
   </si>
   <si>
     <t>REQ/000058/2025-2026</t>
   </si>
   <si>
     <t>2025-04-08</t>
   </si>
   <si>
     <t>VMR/2023/003026</t>
   </si>
@@ -729,51 +723,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W28"/>
+  <dimension ref="A1:W27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="144.9646" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -1169,698 +1163,659 @@
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>45</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="F12" s="3"/>
       <c r="G12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>45</v>
       </c>
       <c r="I12" s="4"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
       <c r="P12" s="1"/>
       <c r="Q12" s="1"/>
       <c r="R12" s="1"/>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>47</v>
-      </c>
-[...7 lines deleted...]
-        <v>49</v>
       </c>
       <c r="F13" s="3"/>
       <c r="G13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H13" s="4" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="I13" s="4"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1"/>
       <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D14" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="F14" s="3"/>
       <c r="G14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H14" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I14" s="4"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D15" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="F15" s="3"/>
       <c r="G15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H15" s="4" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I15" s="4"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D16" s="3" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="F16" s="3"/>
       <c r="G16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="4" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="I16" s="4"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D17" s="3" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="F17" s="3"/>
       <c r="G17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H17" s="4" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="I17" s="4"/>
       <c r="J17" s="1"/>
       <c r="K17" s="1"/>
       <c r="L17" s="1"/>
       <c r="M17" s="1"/>
       <c r="N17" s="1"/>
       <c r="O17" s="1"/>
       <c r="P17" s="1"/>
       <c r="Q17" s="1"/>
       <c r="R17" s="1"/>
       <c r="S17" s="1"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D18" s="3" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
       <c r="F18" s="3"/>
       <c r="G18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H18" s="4" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="I18" s="4"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D19" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>49</v>
+        <v>73</v>
       </c>
       <c r="F19" s="3"/>
       <c r="G19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H19" s="4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I19" s="4"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
       <c r="Q19" s="1"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D20" s="3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="F20" s="3"/>
       <c r="G20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H20" s="4" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="I20" s="4"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D21" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F21" s="3"/>
       <c r="G21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H21" s="4" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="I21" s="4"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D22" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>83</v>
+        <v>47</v>
       </c>
       <c r="F22" s="3"/>
       <c r="G22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H22" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="I22" s="4"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
       <c r="Q22" s="1"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D23" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>49</v>
+        <v>88</v>
       </c>
       <c r="F23" s="3"/>
       <c r="G23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H23" s="4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I23" s="4"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
       <c r="Q23" s="1"/>
       <c r="R23" s="1"/>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D24" s="3" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="F24" s="3"/>
       <c r="G24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H24" s="4" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="I24" s="4"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="1"/>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D25" s="3" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="F25" s="3"/>
       <c r="G25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H25" s="4" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="I25" s="4"/>
       <c r="J25" s="1"/>
       <c r="K25" s="1"/>
       <c r="L25" s="1"/>
       <c r="M25" s="1"/>
       <c r="N25" s="1"/>
       <c r="O25" s="1"/>
       <c r="P25" s="1"/>
       <c r="Q25" s="1"/>
       <c r="R25" s="1"/>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D26" s="3" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="F26" s="3"/>
       <c r="G26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H26" s="4" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="I26" s="4"/>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="1"/>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D27" s="3" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>102</v>
+        <v>47</v>
       </c>
       <c r="F27" s="3"/>
       <c r="G27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H27" s="4" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="I27" s="4"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
-    </row>
-[...37 lines deleted...]
-      <c r="W28" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>