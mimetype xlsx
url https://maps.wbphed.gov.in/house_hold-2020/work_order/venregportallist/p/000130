--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="222">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -669,50 +669,59 @@
     <t>VMR/2024/2383</t>
   </si>
   <si>
     <t>REQ/2024/4406</t>
   </si>
   <si>
     <t>2024-09-03</t>
   </si>
   <si>
     <t>VMR/2024/2116</t>
   </si>
   <si>
     <t>Please approve our request</t>
   </si>
   <si>
     <t>REQ/000251/2024-2025</t>
   </si>
   <si>
     <t>2024-11-26</t>
   </si>
   <si>
     <t>VMR/2024/001731</t>
   </si>
   <si>
     <t>Request for vendor registration</t>
+  </si>
+  <si>
+    <t>REQ/001292/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>VMR/2023/001638</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1068,51 +1077,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W75"/>
+  <dimension ref="A1:W76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="137.966309" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -3935,50 +3944,89 @@
       <c r="E75" s="3" t="s">
         <v>218</v>
       </c>
       <c r="F75" s="3"/>
       <c r="G75" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H75" s="4" t="s">
         <v>216</v>
       </c>
       <c r="I75" s="4"/>
       <c r="J75" s="1"/>
       <c r="K75" s="1"/>
       <c r="L75" s="1"/>
       <c r="M75" s="1"/>
       <c r="N75" s="1"/>
       <c r="O75" s="1"/>
       <c r="P75" s="1"/>
       <c r="Q75" s="1"/>
       <c r="R75" s="1"/>
       <c r="S75" s="1"/>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
+    </row>
+    <row r="76" spans="1:23">
+      <c r="A76" s="3">
+        <v>74</v>
+      </c>
+      <c r="B76" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="C76" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="D76" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="F76" s="3"/>
+      <c r="G76" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="H76" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="I76" s="4"/>
+      <c r="J76" s="1"/>
+      <c r="K76" s="1"/>
+      <c r="L76" s="1"/>
+      <c r="M76" s="1"/>
+      <c r="N76" s="1"/>
+      <c r="O76" s="1"/>
+      <c r="P76" s="1"/>
+      <c r="Q76" s="1"/>
+      <c r="R76" s="1"/>
+      <c r="S76" s="1"/>
+      <c r="T76" s="1"/>
+      <c r="U76" s="1"/>
+      <c r="V76" s="1"/>
+      <c r="W76" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>