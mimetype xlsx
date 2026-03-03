--- v1 (2026-02-07)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="222">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="221">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -305,56 +305,50 @@
   <si>
     <t>2023-08-25</t>
   </si>
   <si>
     <t>VMR/2023/002501</t>
   </si>
   <si>
     <t>REQ/2023/4707</t>
   </si>
   <si>
     <t>VMR/2023/002033</t>
   </si>
   <si>
     <t>REQ/2023/4709</t>
   </si>
   <si>
     <t>REQ/2023/5837</t>
   </si>
   <si>
     <t>2023-08-24</t>
   </si>
   <si>
     <t>VMR/2023/002388</t>
   </si>
   <si>
-    <t>REQ/2023/6849</t>
-[...4 lines deleted...]
-  <si>
     <t>REQ/2023/6389</t>
   </si>
   <si>
     <t>VMR/2023/001609</t>
   </si>
   <si>
     <t>Request for pending approval</t>
   </si>
   <si>
     <t>REQ/2023/5475</t>
   </si>
   <si>
     <t>VMR/2023/002239</t>
   </si>
   <si>
     <t>Request for activation vendor code</t>
   </si>
   <si>
     <t>REQ/2023/6771</t>
   </si>
   <si>
     <t>2023-08-28</t>
   </si>
   <si>
     <t>VMR/2023/002677</t>
@@ -671,57 +665,60 @@
   <si>
     <t>REQ/2024/4406</t>
   </si>
   <si>
     <t>2024-09-03</t>
   </si>
   <si>
     <t>VMR/2024/2116</t>
   </si>
   <si>
     <t>Please approve our request</t>
   </si>
   <si>
     <t>REQ/000251/2024-2025</t>
   </si>
   <si>
     <t>2024-11-26</t>
   </si>
   <si>
     <t>VMR/2024/001731</t>
   </si>
   <si>
     <t>Request for vendor registration</t>
   </si>
   <si>
-    <t>REQ/001292/2025-2026</t>
-[...5 lines deleted...]
-    <t>VMR/2023/001638</t>
+    <t>REQ/001422/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>VMR/2024/000593</t>
+  </si>
+  <si>
+    <t>vendor registration</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1077,51 +1074,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W76"/>
+  <dimension ref="A1:W75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="137.966309" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -2417,1616 +2414,1579 @@
       </c>
       <c r="I35" s="4"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1"/>
       <c r="L35" s="1"/>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
       <c r="O35" s="1"/>
       <c r="P35" s="1"/>
       <c r="Q35" s="1"/>
       <c r="R35" s="1"/>
       <c r="S35" s="1"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>64</v>
+        <v>89</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="E36" s="3"/>
+      <c r="E36" s="3" t="s">
+        <v>99</v>
+      </c>
       <c r="F36" s="3"/>
       <c r="G36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H36" s="4" t="s">
-        <v>64</v>
+        <v>89</v>
       </c>
       <c r="I36" s="4"/>
       <c r="J36" s="1"/>
       <c r="K36" s="1"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
       <c r="Q36" s="1"/>
       <c r="R36" s="1"/>
       <c r="S36" s="1"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>89</v>
+        <v>61</v>
       </c>
       <c r="D37" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F37" s="3"/>
       <c r="G37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H37" s="4" t="s">
-        <v>89</v>
+        <v>61</v>
       </c>
       <c r="I37" s="4"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="1"/>
       <c r="R37" s="1"/>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>61</v>
+        <v>104</v>
       </c>
       <c r="D38" s="3" t="s">
-        <v>103</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H38" s="4" t="s">
-        <v>61</v>
+        <v>104</v>
       </c>
       <c r="I38" s="4"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
       <c r="Q38" s="1"/>
       <c r="R38" s="1"/>
       <c r="S38" s="1"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>107</v>
       </c>
       <c r="E39" s="3"/>
       <c r="F39" s="3"/>
       <c r="G39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H39" s="4" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="I39" s="4"/>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
       <c r="O39" s="1"/>
       <c r="P39" s="1"/>
       <c r="Q39" s="1"/>
       <c r="R39" s="1"/>
       <c r="S39" s="1"/>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="D40" s="3" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="E40" s="3"/>
+        <v>98</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>99</v>
+      </c>
       <c r="F40" s="3"/>
       <c r="G40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H40" s="4" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="I40" s="4"/>
       <c r="J40" s="1"/>
       <c r="K40" s="1"/>
       <c r="L40" s="1"/>
       <c r="M40" s="1"/>
       <c r="N40" s="1"/>
       <c r="O40" s="1"/>
       <c r="P40" s="1"/>
       <c r="Q40" s="1"/>
       <c r="R40" s="1"/>
       <c r="S40" s="1"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="D41" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="C41" s="3" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H41" s="4" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="I41" s="4"/>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
       <c r="P41" s="1"/>
       <c r="Q41" s="1"/>
       <c r="R41" s="1"/>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>64</v>
+        <v>112</v>
       </c>
       <c r="D42" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E42" s="3"/>
       <c r="F42" s="3"/>
       <c r="G42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H42" s="4" t="s">
-        <v>64</v>
+        <v>112</v>
       </c>
       <c r="I42" s="4"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1"/>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D43" s="3" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="E43" s="3"/>
+        <v>116</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>117</v>
+      </c>
       <c r="F43" s="3"/>
       <c r="G43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H43" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I43" s="4"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
       <c r="Q43" s="1"/>
       <c r="R43" s="1"/>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>117</v>
+        <v>61</v>
       </c>
       <c r="D44" s="3" t="s">
-        <v>118</v>
-[...1 lines deleted...]
-      <c r="E44" s="3" t="s">
         <v>119</v>
       </c>
+      <c r="E44" s="3"/>
       <c r="F44" s="3"/>
       <c r="G44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H44" s="4" t="s">
-        <v>117</v>
+        <v>61</v>
       </c>
       <c r="I44" s="4"/>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1"/>
       <c r="Q44" s="1"/>
       <c r="R44" s="1"/>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>121</v>
       </c>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H45" s="4" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="I45" s="4"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
       <c r="Q45" s="1"/>
       <c r="R45" s="1"/>
       <c r="S45" s="1"/>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>24</v>
+        <v>123</v>
       </c>
       <c r="D46" s="3" t="s">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="E46" s="3"/>
+        <v>124</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>125</v>
+      </c>
       <c r="F46" s="3"/>
       <c r="G46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H46" s="4" t="s">
-        <v>24</v>
+        <v>123</v>
       </c>
       <c r="I46" s="4"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="1"/>
       <c r="R46" s="1"/>
       <c r="S46" s="1"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>125</v>
+        <v>24</v>
       </c>
       <c r="D47" s="3" t="s">
-        <v>126</v>
+        <v>56</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>127</v>
+        <v>57</v>
       </c>
       <c r="F47" s="3"/>
       <c r="G47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H47" s="4" t="s">
-        <v>125</v>
+        <v>24</v>
       </c>
       <c r="I47" s="4"/>
       <c r="J47" s="1"/>
       <c r="K47" s="1"/>
       <c r="L47" s="1"/>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
       <c r="O47" s="1"/>
       <c r="P47" s="1"/>
       <c r="Q47" s="1"/>
       <c r="R47" s="1"/>
       <c r="S47" s="1"/>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="C48" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="C48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D48" s="3" t="s">
-        <v>56</v>
+        <v>129</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>57</v>
+        <v>130</v>
       </c>
       <c r="F48" s="3"/>
       <c r="G48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H48" s="4" t="s">
-        <v>24</v>
+        <v>128</v>
       </c>
       <c r="I48" s="4"/>
       <c r="J48" s="1"/>
       <c r="K48" s="1"/>
       <c r="L48" s="1"/>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
       <c r="P48" s="1"/>
       <c r="Q48" s="1"/>
       <c r="R48" s="1"/>
       <c r="S48" s="1"/>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D49" s="3" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>132</v>
+        <v>17</v>
       </c>
       <c r="F49" s="3"/>
       <c r="G49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H49" s="4" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="I49" s="4"/>
       <c r="J49" s="1"/>
       <c r="K49" s="1"/>
       <c r="L49" s="1"/>
       <c r="M49" s="1"/>
       <c r="N49" s="1"/>
       <c r="O49" s="1"/>
       <c r="P49" s="1"/>
       <c r="Q49" s="1"/>
       <c r="R49" s="1"/>
       <c r="S49" s="1"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D50" s="3" t="s">
-        <v>135</v>
-[...3 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="E50" s="3"/>
       <c r="F50" s="3"/>
       <c r="G50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H50" s="4" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="I50" s="4"/>
       <c r="J50" s="1"/>
       <c r="K50" s="1"/>
       <c r="L50" s="1"/>
       <c r="M50" s="1"/>
       <c r="N50" s="1"/>
       <c r="O50" s="1"/>
       <c r="P50" s="1"/>
       <c r="Q50" s="1"/>
       <c r="R50" s="1"/>
       <c r="S50" s="1"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D51" s="3" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="E51" s="3"/>
+        <v>139</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>140</v>
+      </c>
       <c r="F51" s="3"/>
       <c r="G51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H51" s="4" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="I51" s="4"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
       <c r="O51" s="1"/>
       <c r="P51" s="1"/>
       <c r="Q51" s="1"/>
       <c r="R51" s="1"/>
       <c r="S51" s="1"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D52" s="3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="F52" s="3"/>
       <c r="G52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H52" s="4" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="I52" s="4"/>
       <c r="J52" s="1"/>
       <c r="K52" s="1"/>
       <c r="L52" s="1"/>
       <c r="M52" s="1"/>
       <c r="N52" s="1"/>
       <c r="O52" s="1"/>
       <c r="P52" s="1"/>
       <c r="Q52" s="1"/>
       <c r="R52" s="1"/>
       <c r="S52" s="1"/>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>144</v>
+        <v>128</v>
       </c>
       <c r="D53" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F53" s="3"/>
       <c r="G53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H53" s="4" t="s">
-        <v>144</v>
+        <v>128</v>
       </c>
       <c r="I53" s="4"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
       <c r="Q53" s="1"/>
       <c r="R53" s="1"/>
       <c r="S53" s="1"/>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>130</v>
+        <v>149</v>
       </c>
       <c r="D54" s="3" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="F54" s="3"/>
       <c r="G54" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H54" s="4" t="s">
-        <v>130</v>
+        <v>149</v>
       </c>
       <c r="I54" s="4"/>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
       <c r="O54" s="1"/>
       <c r="P54" s="1"/>
       <c r="Q54" s="1"/>
       <c r="R54" s="1"/>
       <c r="S54" s="1"/>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D55" s="3" t="s">
-        <v>152</v>
-[...3 lines deleted...]
-      </c>
+        <v>154</v>
+      </c>
+      <c r="E55" s="3"/>
       <c r="F55" s="3"/>
       <c r="G55" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H55" s="4" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="I55" s="4"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1"/>
       <c r="M55" s="1"/>
       <c r="N55" s="1"/>
       <c r="O55" s="1"/>
       <c r="P55" s="1"/>
       <c r="Q55" s="1"/>
       <c r="R55" s="1"/>
       <c r="S55" s="1"/>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="D56" s="3" t="s">
         <v>156</v>
       </c>
       <c r="E56" s="3"/>
       <c r="F56" s="3"/>
       <c r="G56" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H56" s="4" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="I56" s="4"/>
       <c r="J56" s="1"/>
       <c r="K56" s="1"/>
       <c r="L56" s="1"/>
       <c r="M56" s="1"/>
       <c r="N56" s="1"/>
       <c r="O56" s="1"/>
       <c r="P56" s="1"/>
       <c r="Q56" s="1"/>
       <c r="R56" s="1"/>
       <c r="S56" s="1"/>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="D57" s="3" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="E57" s="3"/>
+        <v>159</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>160</v>
+      </c>
       <c r="F57" s="3"/>
       <c r="G57" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H57" s="4" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="I57" s="4"/>
       <c r="J57" s="1"/>
       <c r="K57" s="1"/>
       <c r="L57" s="1"/>
       <c r="M57" s="1"/>
       <c r="N57" s="1"/>
       <c r="O57" s="1"/>
       <c r="P57" s="1"/>
       <c r="Q57" s="1"/>
       <c r="R57" s="1"/>
       <c r="S57" s="1"/>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="D58" s="3" t="s">
-        <v>161</v>
-[...3 lines deleted...]
-      </c>
+        <v>154</v>
+      </c>
+      <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H58" s="4" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="I58" s="4"/>
       <c r="J58" s="1"/>
       <c r="K58" s="1"/>
       <c r="L58" s="1"/>
       <c r="M58" s="1"/>
       <c r="N58" s="1"/>
       <c r="O58" s="1"/>
       <c r="P58" s="1"/>
       <c r="Q58" s="1"/>
       <c r="R58" s="1"/>
       <c r="S58" s="1"/>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="D59" s="3" t="s">
         <v>163</v>
-      </c>
-[...4 lines deleted...]
-        <v>156</v>
       </c>
       <c r="E59" s="3"/>
       <c r="F59" s="3"/>
       <c r="G59" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H59" s="4" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="I59" s="4"/>
       <c r="J59" s="1"/>
       <c r="K59" s="1"/>
       <c r="L59" s="1"/>
       <c r="M59" s="1"/>
       <c r="N59" s="1"/>
       <c r="O59" s="1"/>
       <c r="P59" s="1"/>
       <c r="Q59" s="1"/>
       <c r="R59" s="1"/>
       <c r="S59" s="1"/>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="D60" s="3" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="E60" s="3"/>
+        <v>166</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>167</v>
+      </c>
       <c r="F60" s="3"/>
       <c r="G60" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H60" s="4" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="I60" s="4"/>
       <c r="J60" s="1"/>
       <c r="K60" s="1"/>
       <c r="L60" s="1"/>
       <c r="M60" s="1"/>
       <c r="N60" s="1"/>
       <c r="O60" s="1"/>
       <c r="P60" s="1"/>
       <c r="Q60" s="1"/>
       <c r="R60" s="1"/>
       <c r="S60" s="1"/>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D61" s="3" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>169</v>
+        <v>17</v>
       </c>
       <c r="F61" s="3"/>
       <c r="G61" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H61" s="4" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="I61" s="4"/>
       <c r="J61" s="1"/>
       <c r="K61" s="1"/>
       <c r="L61" s="1"/>
       <c r="M61" s="1"/>
       <c r="N61" s="1"/>
       <c r="O61" s="1"/>
       <c r="P61" s="1"/>
       <c r="Q61" s="1"/>
       <c r="R61" s="1"/>
       <c r="S61" s="1"/>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D62" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F62" s="3"/>
       <c r="G62" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H62" s="4" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="I62" s="4"/>
       <c r="J62" s="1"/>
       <c r="K62" s="1"/>
       <c r="L62" s="1"/>
       <c r="M62" s="1"/>
       <c r="N62" s="1"/>
       <c r="O62" s="1"/>
       <c r="P62" s="1"/>
       <c r="Q62" s="1"/>
       <c r="R62" s="1"/>
       <c r="S62" s="1"/>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D63" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>17</v>
+        <v>177</v>
       </c>
       <c r="F63" s="3"/>
       <c r="G63" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H63" s="4" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="I63" s="4"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1"/>
       <c r="L63" s="1"/>
       <c r="M63" s="1"/>
       <c r="N63" s="1"/>
       <c r="O63" s="1"/>
       <c r="P63" s="1"/>
       <c r="Q63" s="1"/>
       <c r="R63" s="1"/>
       <c r="S63" s="1"/>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C64" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="D64" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="E64" s="3" t="s">
         <v>177</v>
-      </c>
-[...4 lines deleted...]
-        <v>179</v>
       </c>
       <c r="F64" s="3"/>
       <c r="G64" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H64" s="4" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="I64" s="4"/>
       <c r="J64" s="1"/>
       <c r="K64" s="1"/>
       <c r="L64" s="1"/>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
       <c r="O64" s="1"/>
       <c r="P64" s="1"/>
       <c r="Q64" s="1"/>
       <c r="R64" s="1"/>
       <c r="S64" s="1"/>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="D65" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="F65" s="3"/>
       <c r="G65" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H65" s="4" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="I65" s="4"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1"/>
       <c r="M65" s="1"/>
       <c r="N65" s="1"/>
       <c r="O65" s="1"/>
       <c r="P65" s="1"/>
       <c r="Q65" s="1"/>
       <c r="R65" s="1"/>
       <c r="S65" s="1"/>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>183</v>
+        <v>169</v>
       </c>
       <c r="D66" s="3" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F66" s="3"/>
       <c r="G66" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H66" s="4" t="s">
-        <v>183</v>
+        <v>169</v>
       </c>
       <c r="I66" s="4"/>
       <c r="J66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="1"/>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
       <c r="O66" s="1"/>
       <c r="P66" s="1"/>
       <c r="Q66" s="1"/>
       <c r="R66" s="1"/>
       <c r="S66" s="1"/>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>171</v>
+        <v>188</v>
       </c>
       <c r="D67" s="3" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F67" s="3"/>
       <c r="G67" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H67" s="4" t="s">
-        <v>171</v>
+        <v>188</v>
       </c>
       <c r="I67" s="4"/>
       <c r="J67" s="1"/>
       <c r="K67" s="1"/>
       <c r="L67" s="1"/>
       <c r="M67" s="1"/>
       <c r="N67" s="1"/>
       <c r="O67" s="1"/>
       <c r="P67" s="1"/>
       <c r="Q67" s="1"/>
       <c r="R67" s="1"/>
       <c r="S67" s="1"/>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D68" s="3" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>192</v>
+        <v>52</v>
       </c>
       <c r="F68" s="3"/>
       <c r="G68" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H68" s="4" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="I68" s="4"/>
       <c r="J68" s="1"/>
       <c r="K68" s="1"/>
       <c r="L68" s="1"/>
       <c r="M68" s="1"/>
       <c r="N68" s="1"/>
       <c r="O68" s="1"/>
       <c r="P68" s="1"/>
       <c r="Q68" s="1"/>
       <c r="R68" s="1"/>
       <c r="S68" s="1"/>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D69" s="3" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>52</v>
+        <v>197</v>
       </c>
       <c r="F69" s="3"/>
       <c r="G69" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H69" s="4" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="I69" s="4"/>
       <c r="J69" s="1"/>
       <c r="K69" s="1"/>
       <c r="L69" s="1"/>
       <c r="M69" s="1"/>
       <c r="N69" s="1"/>
       <c r="O69" s="1"/>
       <c r="P69" s="1"/>
       <c r="Q69" s="1"/>
       <c r="R69" s="1"/>
       <c r="S69" s="1"/>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D70" s="3" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="F70" s="3"/>
       <c r="G70" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H70" s="4" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="I70" s="4"/>
       <c r="J70" s="1"/>
       <c r="K70" s="1"/>
       <c r="L70" s="1"/>
       <c r="M70" s="1"/>
       <c r="N70" s="1"/>
       <c r="O70" s="1"/>
       <c r="P70" s="1"/>
       <c r="Q70" s="1"/>
       <c r="R70" s="1"/>
       <c r="S70" s="1"/>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D71" s="3" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="F71" s="3"/>
       <c r="G71" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H71" s="4" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="I71" s="4"/>
       <c r="J71" s="1"/>
       <c r="K71" s="1"/>
       <c r="L71" s="1"/>
       <c r="M71" s="1"/>
       <c r="N71" s="1"/>
       <c r="O71" s="1"/>
       <c r="P71" s="1"/>
       <c r="Q71" s="1"/>
       <c r="R71" s="1"/>
       <c r="S71" s="1"/>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D72" s="3" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>207</v>
+        <v>147</v>
       </c>
       <c r="F72" s="3"/>
       <c r="G72" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H72" s="4" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="I72" s="4"/>
       <c r="J72" s="1"/>
       <c r="K72" s="1"/>
       <c r="L72" s="1"/>
       <c r="M72" s="1"/>
       <c r="N72" s="1"/>
       <c r="O72" s="1"/>
       <c r="P72" s="1"/>
       <c r="Q72" s="1"/>
       <c r="R72" s="1"/>
       <c r="S72" s="1"/>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D73" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>149</v>
+        <v>212</v>
       </c>
       <c r="F73" s="3"/>
       <c r="G73" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H73" s="4" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="I73" s="4"/>
       <c r="J73" s="1"/>
       <c r="K73" s="1"/>
       <c r="L73" s="1"/>
       <c r="M73" s="1"/>
       <c r="N73" s="1"/>
       <c r="O73" s="1"/>
       <c r="P73" s="1"/>
       <c r="Q73" s="1"/>
       <c r="R73" s="1"/>
       <c r="S73" s="1"/>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="D74" s="3" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="F74" s="3"/>
       <c r="G74" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H74" s="4" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="I74" s="4"/>
       <c r="J74" s="1"/>
       <c r="K74" s="1"/>
       <c r="L74" s="1"/>
       <c r="M74" s="1"/>
       <c r="N74" s="1"/>
       <c r="O74" s="1"/>
       <c r="P74" s="1"/>
       <c r="Q74" s="1"/>
       <c r="R74" s="1"/>
       <c r="S74" s="1"/>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="D75" s="3" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="F75" s="3"/>
       <c r="G75" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H75" s="4" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="I75" s="4"/>
       <c r="J75" s="1"/>
       <c r="K75" s="1"/>
       <c r="L75" s="1"/>
       <c r="M75" s="1"/>
       <c r="N75" s="1"/>
       <c r="O75" s="1"/>
       <c r="P75" s="1"/>
       <c r="Q75" s="1"/>
       <c r="R75" s="1"/>
       <c r="S75" s="1"/>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
-    </row>
-[...37 lines deleted...]
-      <c r="W76" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>