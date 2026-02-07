--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -237,50 +237,62 @@
     <t>VENDOR CODE REGISTRATION</t>
   </si>
   <si>
     <t>REQ/000472/2024-2025</t>
   </si>
   <si>
     <t>2024-12-18</t>
   </si>
   <si>
     <t>VMR/2023/002004</t>
   </si>
   <si>
     <t>For S.D. Released</t>
   </si>
   <si>
     <t>REQ/2024/4383</t>
   </si>
   <si>
     <t>2024-09-03</t>
   </si>
   <si>
     <t>VMR/2024/2119</t>
   </si>
   <si>
     <t>Request for code</t>
+  </si>
+  <si>
+    <t>REQ/001333/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>VMR/2023/001980</t>
+  </si>
+  <si>
+    <t>Billing</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -636,51 +648,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W19"/>
+  <dimension ref="A1:W20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="122.541504" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -1373,50 +1385,89 @@
       <c r="E19" s="3" t="s">
         <v>74</v>
       </c>
       <c r="F19" s="3"/>
       <c r="G19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H19" s="4" t="s">
         <v>72</v>
       </c>
       <c r="I19" s="4"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
       <c r="Q19" s="1"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
+    </row>
+    <row r="20" spans="1:23">
+      <c r="A20" s="3">
+        <v>18</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F20" s="3"/>
+      <c r="G20" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H20" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="I20" s="4"/>
+      <c r="J20" s="1"/>
+      <c r="K20" s="1"/>
+      <c r="L20" s="1"/>
+      <c r="M20" s="1"/>
+      <c r="N20" s="1"/>
+      <c r="O20" s="1"/>
+      <c r="P20" s="1"/>
+      <c r="Q20" s="1"/>
+      <c r="R20" s="1"/>
+      <c r="S20" s="1"/>
+      <c r="T20" s="1"/>
+      <c r="U20" s="1"/>
+      <c r="V20" s="1"/>
+      <c r="W20" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>