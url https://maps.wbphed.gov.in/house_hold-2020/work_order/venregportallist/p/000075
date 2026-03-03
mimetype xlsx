--- v1 (2026-02-07)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -249,50 +249,80 @@
     <t>For S.D. Released</t>
   </si>
   <si>
     <t>REQ/2024/4383</t>
   </si>
   <si>
     <t>2024-09-03</t>
   </si>
   <si>
     <t>VMR/2024/2119</t>
   </si>
   <si>
     <t>Request for code</t>
   </si>
   <si>
     <t>REQ/001333/2025-2026</t>
   </si>
   <si>
     <t>2026-02-06</t>
   </si>
   <si>
     <t>VMR/2023/001980</t>
   </si>
   <si>
     <t>Billing</t>
+  </si>
+  <si>
+    <t>REQ/001420/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>VMR/2023/000451</t>
+  </si>
+  <si>
+    <t>Please approved</t>
+  </si>
+  <si>
+    <t>REQ/001396/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
+    <t>VMR/2023/000292</t>
+  </si>
+  <si>
+    <t>Request for registration and vendor code.</t>
+  </si>
+  <si>
+    <t>REQ/001397/2025-2026</t>
+  </si>
+  <si>
+    <t>VMR/2023/000279</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -648,51 +678,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W20"/>
+  <dimension ref="A1:W23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="122.541504" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -1424,50 +1454,167 @@
       <c r="E20" s="3" t="s">
         <v>78</v>
       </c>
       <c r="F20" s="3"/>
       <c r="G20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H20" s="4" t="s">
         <v>76</v>
       </c>
       <c r="I20" s="4"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
+    </row>
+    <row r="21" spans="1:23">
+      <c r="A21" s="3">
+        <v>19</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="F21" s="3"/>
+      <c r="G21" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="I21" s="4"/>
+      <c r="J21" s="1"/>
+      <c r="K21" s="1"/>
+      <c r="L21" s="1"/>
+      <c r="M21" s="1"/>
+      <c r="N21" s="1"/>
+      <c r="O21" s="1"/>
+      <c r="P21" s="1"/>
+      <c r="Q21" s="1"/>
+      <c r="R21" s="1"/>
+      <c r="S21" s="1"/>
+      <c r="T21" s="1"/>
+      <c r="U21" s="1"/>
+      <c r="V21" s="1"/>
+      <c r="W21" s="1"/>
+    </row>
+    <row r="22" spans="1:23">
+      <c r="A22" s="3">
+        <v>20</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="F22" s="3"/>
+      <c r="G22" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="I22" s="4"/>
+      <c r="J22" s="1"/>
+      <c r="K22" s="1"/>
+      <c r="L22" s="1"/>
+      <c r="M22" s="1"/>
+      <c r="N22" s="1"/>
+      <c r="O22" s="1"/>
+      <c r="P22" s="1"/>
+      <c r="Q22" s="1"/>
+      <c r="R22" s="1"/>
+      <c r="S22" s="1"/>
+      <c r="T22" s="1"/>
+      <c r="U22" s="1"/>
+      <c r="V22" s="1"/>
+      <c r="W22" s="1"/>
+    </row>
+    <row r="23" spans="1:23">
+      <c r="A23" s="3">
+        <v>21</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="F23" s="3"/>
+      <c r="G23" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H23" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="I23" s="4"/>
+      <c r="J23" s="1"/>
+      <c r="K23" s="1"/>
+      <c r="L23" s="1"/>
+      <c r="M23" s="1"/>
+      <c r="N23" s="1"/>
+      <c r="O23" s="1"/>
+      <c r="P23" s="1"/>
+      <c r="Q23" s="1"/>
+      <c r="R23" s="1"/>
+      <c r="S23" s="1"/>
+      <c r="T23" s="1"/>
+      <c r="U23" s="1"/>
+      <c r="V23" s="1"/>
+      <c r="W23" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>