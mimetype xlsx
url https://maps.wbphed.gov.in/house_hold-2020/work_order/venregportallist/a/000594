--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="566">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="576">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -977,50 +977,65 @@
   <si>
     <t>REQ/2023/6833</t>
   </si>
   <si>
     <t>VMR/2023/002680</t>
   </si>
   <si>
     <t>0000000136</t>
   </si>
   <si>
     <t>REQ/2023/7965</t>
   </si>
   <si>
     <t>2023-09-05</t>
   </si>
   <si>
     <t>VMR/2023/003020</t>
   </si>
   <si>
     <t>0000000049</t>
   </si>
   <si>
     <t>2023-09-14</t>
   </si>
   <si>
+    <t>REQ/2023/8097</t>
+  </si>
+  <si>
+    <t>2023-09-07</t>
+  </si>
+  <si>
+    <t>VMR/2023/000019</t>
+  </si>
+  <si>
+    <t>0000000168</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
     <t>REQ/2023/4475</t>
   </si>
   <si>
     <t>VMR/2023/001587</t>
   </si>
   <si>
     <t>Request for vendor code for received of payment from ebilling</t>
   </si>
   <si>
     <t>0000000050</t>
   </si>
   <si>
     <t>REQ/2023/4588</t>
   </si>
   <si>
     <t>VMR/2023/000186</t>
   </si>
   <si>
     <t>Request For Vendor Code</t>
   </si>
   <si>
     <t>0000000011</t>
   </si>
   <si>
     <t>REQ/2023/4876</t>
@@ -1710,50 +1725,65 @@
     <t>REQ/2024/4056</t>
   </si>
   <si>
     <t>2024-08-12</t>
   </si>
   <si>
     <t>VMR/2023/001791</t>
   </si>
   <si>
     <t>Requesting for Vendor Code</t>
   </si>
   <si>
     <t>0000000144</t>
   </si>
   <si>
     <t>REQ/2024/4286</t>
   </si>
   <si>
     <t>2024-08-28</t>
   </si>
   <si>
     <t>VMR/2023/001282</t>
   </si>
   <si>
     <t>0000000145</t>
+  </si>
+  <si>
+    <t>REQ/001358/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>VMR/2023/000222</t>
+  </si>
+  <si>
+    <t>Pl. Accept the vendor</t>
+  </si>
+  <si>
+    <t>0000000167</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2109,51 +2139,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W141"/>
+  <dimension ref="A1:W143"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="135.53833" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -5535,1159 +5565,1159 @@
       </c>
       <c r="I85" s="4"/>
       <c r="J85" s="1"/>
       <c r="K85" s="1"/>
       <c r="L85" s="1"/>
       <c r="M85" s="1"/>
       <c r="N85" s="1"/>
       <c r="O85" s="1"/>
       <c r="P85" s="1"/>
       <c r="Q85" s="1"/>
       <c r="R85" s="1"/>
       <c r="S85" s="1"/>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>321</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>94</v>
+        <v>322</v>
       </c>
       <c r="D86" s="3" t="s">
-        <v>322</v>
-[...1 lines deleted...]
-      <c r="E86" s="3" t="s">
         <v>323</v>
       </c>
+      <c r="E86" s="3"/>
       <c r="F86" s="3" t="s">
         <v>324</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H86" s="4" t="s">
-        <v>195</v>
+        <v>325</v>
       </c>
       <c r="I86" s="4"/>
       <c r="J86" s="1"/>
       <c r="K86" s="1"/>
       <c r="L86" s="1"/>
       <c r="M86" s="1"/>
       <c r="N86" s="1"/>
       <c r="O86" s="1"/>
       <c r="P86" s="1"/>
       <c r="Q86" s="1"/>
       <c r="R86" s="1"/>
       <c r="S86" s="1"/>
       <c r="T86" s="1"/>
       <c r="U86" s="1"/>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C87" s="3" t="s">
         <v>94</v>
       </c>
       <c r="D87" s="3" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H87" s="4" t="s">
-        <v>89</v>
+        <v>195</v>
       </c>
       <c r="I87" s="4"/>
       <c r="J87" s="1"/>
       <c r="K87" s="1"/>
       <c r="L87" s="1"/>
       <c r="M87" s="1"/>
       <c r="N87" s="1"/>
       <c r="O87" s="1"/>
       <c r="P87" s="1"/>
       <c r="Q87" s="1"/>
       <c r="R87" s="1"/>
       <c r="S87" s="1"/>
       <c r="T87" s="1"/>
       <c r="U87" s="1"/>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C88" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="D88" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H88" s="4" t="s">
         <v>89</v>
-      </c>
-[...13 lines deleted...]
-        <v>97</v>
       </c>
       <c r="I88" s="4"/>
       <c r="J88" s="1"/>
       <c r="K88" s="1"/>
       <c r="L88" s="1"/>
       <c r="M88" s="1"/>
       <c r="N88" s="1"/>
       <c r="O88" s="1"/>
       <c r="P88" s="1"/>
       <c r="Q88" s="1"/>
       <c r="R88" s="1"/>
       <c r="S88" s="1"/>
       <c r="T88" s="1"/>
       <c r="U88" s="1"/>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="D89" s="3" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>334</v>
+        <v>116</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="G89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H89" s="4" t="s">
         <v>97</v>
       </c>
       <c r="I89" s="4"/>
       <c r="J89" s="1"/>
       <c r="K89" s="1"/>
       <c r="L89" s="1"/>
       <c r="M89" s="1"/>
       <c r="N89" s="1"/>
       <c r="O89" s="1"/>
       <c r="P89" s="1"/>
       <c r="Q89" s="1"/>
       <c r="R89" s="1"/>
       <c r="S89" s="1"/>
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>273</v>
+        <v>97</v>
       </c>
       <c r="D90" s="3" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>116</v>
+        <v>339</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="G90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H90" s="4" t="s">
         <v>97</v>
       </c>
       <c r="I90" s="4"/>
       <c r="J90" s="1"/>
       <c r="K90" s="1"/>
       <c r="L90" s="1"/>
       <c r="M90" s="1"/>
       <c r="N90" s="1"/>
       <c r="O90" s="1"/>
       <c r="P90" s="1"/>
       <c r="Q90" s="1"/>
       <c r="R90" s="1"/>
       <c r="S90" s="1"/>
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>312</v>
+        <v>273</v>
       </c>
       <c r="D91" s="3" t="s">
-        <v>340</v>
-[...1 lines deleted...]
-      <c r="E91" s="3"/>
+        <v>342</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>116</v>
+      </c>
       <c r="F91" s="3" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="G91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H91" s="4" t="s">
-        <v>312</v>
+        <v>97</v>
       </c>
       <c r="I91" s="4"/>
       <c r="J91" s="1"/>
       <c r="K91" s="1"/>
       <c r="L91" s="1"/>
       <c r="M91" s="1"/>
       <c r="N91" s="1"/>
       <c r="O91" s="1"/>
       <c r="P91" s="1"/>
       <c r="Q91" s="1"/>
       <c r="R91" s="1"/>
       <c r="S91" s="1"/>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>343</v>
+        <v>312</v>
       </c>
       <c r="D92" s="3" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E92" s="3"/>
       <c r="F92" s="3" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="G92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H92" s="4" t="s">
-        <v>346</v>
+        <v>312</v>
       </c>
       <c r="I92" s="4"/>
       <c r="J92" s="1"/>
       <c r="K92" s="1"/>
       <c r="L92" s="1"/>
       <c r="M92" s="1"/>
       <c r="N92" s="1"/>
       <c r="O92" s="1"/>
       <c r="P92" s="1"/>
       <c r="Q92" s="1"/>
       <c r="R92" s="1"/>
       <c r="S92" s="1"/>
       <c r="T92" s="1"/>
       <c r="U92" s="1"/>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>347</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>89</v>
+        <v>348</v>
       </c>
       <c r="D93" s="3" t="s">
-        <v>348</v>
-[...1 lines deleted...]
-      <c r="E93" s="3" t="s">
         <v>349</v>
       </c>
+      <c r="E93" s="3"/>
       <c r="F93" s="3" t="s">
         <v>350</v>
       </c>
       <c r="G93" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H93" s="4" t="s">
-        <v>97</v>
+        <v>351</v>
       </c>
       <c r="I93" s="4"/>
       <c r="J93" s="1"/>
       <c r="K93" s="1"/>
       <c r="L93" s="1"/>
       <c r="M93" s="1"/>
       <c r="N93" s="1"/>
       <c r="O93" s="1"/>
       <c r="P93" s="1"/>
       <c r="Q93" s="1"/>
       <c r="R93" s="1"/>
       <c r="S93" s="1"/>
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>273</v>
+        <v>89</v>
       </c>
       <c r="D94" s="3" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>270</v>
+        <v>354</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="G94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H94" s="4" t="s">
         <v>97</v>
       </c>
       <c r="I94" s="4"/>
       <c r="J94" s="1"/>
       <c r="K94" s="1"/>
       <c r="L94" s="1"/>
       <c r="M94" s="1"/>
       <c r="N94" s="1"/>
       <c r="O94" s="1"/>
       <c r="P94" s="1"/>
       <c r="Q94" s="1"/>
       <c r="R94" s="1"/>
       <c r="S94" s="1"/>
       <c r="T94" s="1"/>
       <c r="U94" s="1"/>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>312</v>
+        <v>273</v>
       </c>
       <c r="D95" s="3" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>356</v>
+        <v>270</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="G95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H95" s="4" t="s">
-        <v>312</v>
+        <v>97</v>
       </c>
       <c r="I95" s="4"/>
       <c r="J95" s="1"/>
       <c r="K95" s="1"/>
       <c r="L95" s="1"/>
       <c r="M95" s="1"/>
       <c r="N95" s="1"/>
       <c r="O95" s="1"/>
       <c r="P95" s="1"/>
       <c r="Q95" s="1"/>
       <c r="R95" s="1"/>
       <c r="S95" s="1"/>
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="D96" s="3" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="G96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H96" s="4" t="s">
-        <v>195</v>
+        <v>312</v>
       </c>
       <c r="I96" s="4"/>
       <c r="J96" s="1"/>
       <c r="K96" s="1"/>
       <c r="L96" s="1"/>
       <c r="M96" s="1"/>
       <c r="N96" s="1"/>
       <c r="O96" s="1"/>
       <c r="P96" s="1"/>
       <c r="Q96" s="1"/>
       <c r="R96" s="1"/>
       <c r="S96" s="1"/>
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="D97" s="3" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="G97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H97" s="4" t="s">
-        <v>312</v>
+        <v>195</v>
       </c>
       <c r="I97" s="4"/>
       <c r="J97" s="1"/>
       <c r="K97" s="1"/>
       <c r="L97" s="1"/>
       <c r="M97" s="1"/>
       <c r="N97" s="1"/>
       <c r="O97" s="1"/>
       <c r="P97" s="1"/>
       <c r="Q97" s="1"/>
       <c r="R97" s="1"/>
       <c r="S97" s="1"/>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>97</v>
+        <v>312</v>
       </c>
       <c r="D98" s="3" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>48</v>
+        <v>369</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="G98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H98" s="4" t="s">
-        <v>97</v>
+        <v>312</v>
       </c>
       <c r="I98" s="4"/>
       <c r="J98" s="1"/>
       <c r="K98" s="1"/>
       <c r="L98" s="1"/>
       <c r="M98" s="1"/>
       <c r="N98" s="1"/>
       <c r="O98" s="1"/>
       <c r="P98" s="1"/>
       <c r="Q98" s="1"/>
       <c r="R98" s="1"/>
       <c r="S98" s="1"/>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>273</v>
+        <v>97</v>
       </c>
       <c r="D99" s="3" t="s">
-        <v>370</v>
-[...1 lines deleted...]
-      <c r="E99" s="3"/>
+        <v>372</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>48</v>
+      </c>
       <c r="F99" s="3" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="G99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H99" s="4" t="s">
-        <v>372</v>
+        <v>97</v>
       </c>
       <c r="I99" s="4"/>
       <c r="J99" s="1"/>
       <c r="K99" s="1"/>
       <c r="L99" s="1"/>
       <c r="M99" s="1"/>
       <c r="N99" s="1"/>
       <c r="O99" s="1"/>
       <c r="P99" s="1"/>
       <c r="Q99" s="1"/>
       <c r="R99" s="1"/>
       <c r="S99" s="1"/>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>89</v>
+        <v>273</v>
       </c>
       <c r="D100" s="3" t="s">
-        <v>374</v>
-[...1 lines deleted...]
-      <c r="E100" s="3" t="s">
         <v>375</v>
       </c>
+      <c r="E100" s="3"/>
       <c r="F100" s="3" t="s">
         <v>376</v>
       </c>
       <c r="G100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H100" s="4" t="s">
-        <v>97</v>
+        <v>377</v>
       </c>
       <c r="I100" s="4"/>
       <c r="J100" s="1"/>
       <c r="K100" s="1"/>
       <c r="L100" s="1"/>
       <c r="M100" s="1"/>
       <c r="N100" s="1"/>
       <c r="O100" s="1"/>
       <c r="P100" s="1"/>
       <c r="Q100" s="1"/>
       <c r="R100" s="1"/>
       <c r="S100" s="1"/>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
     </row>
     <row r="101" spans="1:23">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>312</v>
+        <v>89</v>
       </c>
       <c r="D101" s="3" t="s">
-        <v>378</v>
-[...1 lines deleted...]
-      <c r="E101" s="3"/>
+        <v>379</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>380</v>
+      </c>
       <c r="F101" s="3" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="G101" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H101" s="4" t="s">
-        <v>312</v>
+        <v>97</v>
       </c>
       <c r="I101" s="4"/>
       <c r="J101" s="1"/>
       <c r="K101" s="1"/>
       <c r="L101" s="1"/>
       <c r="M101" s="1"/>
       <c r="N101" s="1"/>
       <c r="O101" s="1"/>
       <c r="P101" s="1"/>
       <c r="Q101" s="1"/>
       <c r="R101" s="1"/>
       <c r="S101" s="1"/>
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>381</v>
+        <v>312</v>
       </c>
       <c r="D102" s="3" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="E102" s="3"/>
       <c r="F102" s="3" t="s">
-        <v>319</v>
+        <v>384</v>
       </c>
       <c r="G102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H102" s="4" t="s">
-        <v>346</v>
+        <v>312</v>
       </c>
       <c r="I102" s="4"/>
       <c r="J102" s="1"/>
       <c r="K102" s="1"/>
       <c r="L102" s="1"/>
       <c r="M102" s="1"/>
       <c r="N102" s="1"/>
       <c r="O102" s="1"/>
       <c r="P102" s="1"/>
       <c r="Q102" s="1"/>
       <c r="R102" s="1"/>
       <c r="S102" s="1"/>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>89</v>
+        <v>386</v>
       </c>
       <c r="D103" s="3" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="E103" s="3"/>
       <c r="F103" s="3" t="s">
-        <v>385</v>
+        <v>319</v>
       </c>
       <c r="G103" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H103" s="4" t="s">
-        <v>97</v>
+        <v>351</v>
       </c>
       <c r="I103" s="4"/>
       <c r="J103" s="1"/>
       <c r="K103" s="1"/>
       <c r="L103" s="1"/>
       <c r="M103" s="1"/>
       <c r="N103" s="1"/>
       <c r="O103" s="1"/>
       <c r="P103" s="1"/>
       <c r="Q103" s="1"/>
       <c r="R103" s="1"/>
       <c r="S103" s="1"/>
       <c r="T103" s="1"/>
       <c r="U103" s="1"/>
       <c r="V103" s="1"/>
       <c r="W103" s="1"/>
     </row>
     <row r="104" spans="1:23">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>387</v>
+        <v>89</v>
       </c>
       <c r="D104" s="3" t="s">
-        <v>388</v>
-[...3 lines deleted...]
-      </c>
+        <v>389</v>
+      </c>
+      <c r="E104" s="3"/>
       <c r="F104" s="3" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="G104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H104" s="4" t="s">
-        <v>381</v>
+        <v>97</v>
       </c>
       <c r="I104" s="4"/>
       <c r="J104" s="1"/>
       <c r="K104" s="1"/>
       <c r="L104" s="1"/>
       <c r="M104" s="1"/>
       <c r="N104" s="1"/>
       <c r="O104" s="1"/>
       <c r="P104" s="1"/>
       <c r="Q104" s="1"/>
       <c r="R104" s="1"/>
       <c r="S104" s="1"/>
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
     </row>
     <row r="105" spans="1:23">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>286</v>
+        <v>392</v>
       </c>
       <c r="D105" s="3" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>116</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="G105" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H105" s="4" t="s">
-        <v>286</v>
+        <v>386</v>
       </c>
       <c r="I105" s="4"/>
       <c r="J105" s="1"/>
       <c r="K105" s="1"/>
       <c r="L105" s="1"/>
       <c r="M105" s="1"/>
       <c r="N105" s="1"/>
       <c r="O105" s="1"/>
       <c r="P105" s="1"/>
       <c r="Q105" s="1"/>
       <c r="R105" s="1"/>
       <c r="S105" s="1"/>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>394</v>
+        <v>286</v>
       </c>
       <c r="D106" s="3" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>396</v>
+        <v>116</v>
       </c>
       <c r="F106" s="3" t="s">
         <v>397</v>
       </c>
       <c r="G106" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H106" s="4" t="s">
-        <v>92</v>
+        <v>286</v>
       </c>
       <c r="I106" s="4"/>
       <c r="J106" s="1"/>
       <c r="K106" s="1"/>
       <c r="L106" s="1"/>
       <c r="M106" s="1"/>
       <c r="N106" s="1"/>
       <c r="O106" s="1"/>
       <c r="P106" s="1"/>
       <c r="Q106" s="1"/>
       <c r="R106" s="1"/>
       <c r="S106" s="1"/>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>398</v>
       </c>
       <c r="C107" s="3" t="s">
         <v>399</v>
       </c>
       <c r="D107" s="3" t="s">
         <v>400</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>48</v>
+        <v>401</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="G107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H107" s="4" t="s">
-        <v>402</v>
+        <v>92</v>
       </c>
       <c r="I107" s="4"/>
       <c r="J107" s="1"/>
       <c r="K107" s="1"/>
       <c r="L107" s="1"/>
       <c r="M107" s="1"/>
       <c r="N107" s="1"/>
       <c r="O107" s="1"/>
       <c r="P107" s="1"/>
       <c r="Q107" s="1"/>
       <c r="R107" s="1"/>
       <c r="S107" s="1"/>
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
     </row>
     <row r="108" spans="1:23">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>403</v>
       </c>
       <c r="C108" s="3" t="s">
         <v>404</v>
       </c>
       <c r="D108" s="3" t="s">
         <v>405</v>
       </c>
       <c r="E108" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F108" s="3" t="s">
         <v>406</v>
       </c>
-      <c r="F108" s="3" t="s">
+      <c r="G108" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H108" s="4" t="s">
         <v>407</v>
-      </c>
-[...4 lines deleted...]
-        <v>408</v>
       </c>
       <c r="I108" s="4"/>
       <c r="J108" s="1"/>
       <c r="K108" s="1"/>
       <c r="L108" s="1"/>
       <c r="M108" s="1"/>
       <c r="N108" s="1"/>
       <c r="O108" s="1"/>
       <c r="P108" s="1"/>
       <c r="Q108" s="1"/>
       <c r="R108" s="1"/>
       <c r="S108" s="1"/>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="C109" s="3" t="s">
         <v>409</v>
       </c>
-      <c r="C109" s="3" t="s">
+      <c r="D109" s="3" t="s">
         <v>410</v>
       </c>
-      <c r="D109" s="3" t="s">
+      <c r="E109" s="3" t="s">
         <v>411</v>
       </c>
-      <c r="E109" s="3" t="s">
+      <c r="F109" s="3" t="s">
         <v>412</v>
       </c>
-      <c r="F109" s="3" t="s">
+      <c r="G109" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H109" s="4" t="s">
         <v>413</v>
-      </c>
-[...4 lines deleted...]
-        <v>414</v>
       </c>
       <c r="I109" s="4"/>
       <c r="J109" s="1"/>
       <c r="K109" s="1"/>
       <c r="L109" s="1"/>
       <c r="M109" s="1"/>
       <c r="N109" s="1"/>
       <c r="O109" s="1"/>
       <c r="P109" s="1"/>
       <c r="Q109" s="1"/>
       <c r="R109" s="1"/>
       <c r="S109" s="1"/>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="C110" s="3" t="s">
         <v>415</v>
       </c>
-      <c r="C110" s="3" t="s">
+      <c r="D110" s="3" t="s">
         <v>416</v>
       </c>
-      <c r="D110" s="3" t="s">
+      <c r="E110" s="3" t="s">
         <v>417</v>
       </c>
-      <c r="E110" s="3" t="s">
+      <c r="F110" s="3" t="s">
         <v>418</v>
       </c>
-      <c r="F110" s="3" t="s">
+      <c r="G110" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H110" s="4" t="s">
         <v>419</v>
-      </c>
-[...4 lines deleted...]
-        <v>416</v>
       </c>
       <c r="I110" s="4"/>
       <c r="J110" s="1"/>
       <c r="K110" s="1"/>
       <c r="L110" s="1"/>
       <c r="M110" s="1"/>
       <c r="N110" s="1"/>
       <c r="O110" s="1"/>
       <c r="P110" s="1"/>
       <c r="Q110" s="1"/>
       <c r="R110" s="1"/>
       <c r="S110" s="1"/>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>420</v>
       </c>
       <c r="C111" s="3" t="s">
         <v>421</v>
       </c>
       <c r="D111" s="3" t="s">
         <v>422</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>412</v>
+        <v>423</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="G111" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H111" s="4" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="I111" s="4"/>
       <c r="J111" s="1"/>
       <c r="K111" s="1"/>
       <c r="L111" s="1"/>
       <c r="M111" s="1"/>
       <c r="N111" s="1"/>
       <c r="O111" s="1"/>
       <c r="P111" s="1"/>
       <c r="Q111" s="1"/>
       <c r="R111" s="1"/>
       <c r="S111" s="1"/>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>425</v>
       </c>
       <c r="C112" s="3" t="s">
         <v>426</v>
       </c>
       <c r="D112" s="3" t="s">
         <v>427</v>
       </c>
       <c r="E112" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="F112" s="3" t="s">
         <v>428</v>
       </c>
-      <c r="F112" s="3" t="s">
+      <c r="G112" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H112" s="4" t="s">
         <v>429</v>
-      </c>
-[...4 lines deleted...]
-        <v>426</v>
       </c>
       <c r="I112" s="4"/>
       <c r="J112" s="1"/>
       <c r="K112" s="1"/>
       <c r="L112" s="1"/>
       <c r="M112" s="1"/>
       <c r="N112" s="1"/>
       <c r="O112" s="1"/>
       <c r="P112" s="1"/>
       <c r="Q112" s="1"/>
       <c r="R112" s="1"/>
       <c r="S112" s="1"/>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>430</v>
       </c>
       <c r="C113" s="3" t="s">
         <v>431</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>432</v>
       </c>
-      <c r="E113" s="3"/>
+      <c r="E113" s="3" t="s">
+        <v>433</v>
+      </c>
       <c r="F113" s="3" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="G113" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H113" s="4" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="I113" s="4"/>
       <c r="J113" s="1"/>
       <c r="K113" s="1"/>
       <c r="L113" s="1"/>
       <c r="M113" s="1"/>
       <c r="N113" s="1"/>
       <c r="O113" s="1"/>
       <c r="P113" s="1"/>
       <c r="Q113" s="1"/>
       <c r="R113" s="1"/>
       <c r="S113" s="1"/>
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>435</v>
       </c>
       <c r="C114" s="3" t="s">
@@ -6713,1141 +6743,1221 @@
       <c r="M114" s="1"/>
       <c r="N114" s="1"/>
       <c r="O114" s="1"/>
       <c r="P114" s="1"/>
       <c r="Q114" s="1"/>
       <c r="R114" s="1"/>
       <c r="S114" s="1"/>
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>440</v>
       </c>
       <c r="C115" s="3" t="s">
         <v>441</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>442</v>
       </c>
-      <c r="E115" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E115" s="3"/>
       <c r="F115" s="3" t="s">
         <v>443</v>
       </c>
       <c r="G115" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H115" s="4" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="I115" s="4"/>
       <c r="J115" s="1"/>
       <c r="K115" s="1"/>
       <c r="L115" s="1"/>
       <c r="M115" s="1"/>
       <c r="N115" s="1"/>
       <c r="O115" s="1"/>
       <c r="P115" s="1"/>
       <c r="Q115" s="1"/>
       <c r="R115" s="1"/>
       <c r="S115" s="1"/>
       <c r="T115" s="1"/>
       <c r="U115" s="1"/>
       <c r="V115" s="1"/>
       <c r="W115" s="1"/>
     </row>
     <row r="116" spans="1:23">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D116" s="3" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>447</v>
+        <v>80</v>
       </c>
       <c r="F116" s="3" t="s">
         <v>448</v>
       </c>
       <c r="G116" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H116" s="4" t="s">
-        <v>199</v>
+        <v>446</v>
       </c>
       <c r="I116" s="4"/>
       <c r="J116" s="1"/>
       <c r="K116" s="1"/>
       <c r="L116" s="1"/>
       <c r="M116" s="1"/>
       <c r="N116" s="1"/>
       <c r="O116" s="1"/>
       <c r="P116" s="1"/>
       <c r="Q116" s="1"/>
       <c r="R116" s="1"/>
       <c r="S116" s="1"/>
       <c r="T116" s="1"/>
       <c r="U116" s="1"/>
       <c r="V116" s="1"/>
       <c r="W116" s="1"/>
     </row>
     <row r="117" spans="1:23">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>449</v>
       </c>
       <c r="C117" s="3" t="s">
         <v>450</v>
       </c>
       <c r="D117" s="3" t="s">
         <v>451</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>116</v>
+        <v>452</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="G117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H117" s="4" t="s">
-        <v>453</v>
+        <v>199</v>
       </c>
       <c r="I117" s="4"/>
       <c r="J117" s="1"/>
       <c r="K117" s="1"/>
       <c r="L117" s="1"/>
       <c r="M117" s="1"/>
       <c r="N117" s="1"/>
       <c r="O117" s="1"/>
       <c r="P117" s="1"/>
       <c r="Q117" s="1"/>
       <c r="R117" s="1"/>
       <c r="S117" s="1"/>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>454</v>
       </c>
       <c r="C118" s="3" t="s">
         <v>455</v>
       </c>
       <c r="D118" s="3" t="s">
         <v>456</v>
       </c>
-      <c r="E118" s="3"/>
+      <c r="E118" s="3" t="s">
+        <v>116</v>
+      </c>
       <c r="F118" s="3" t="s">
         <v>457</v>
       </c>
       <c r="G118" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H118" s="4" t="s">
-        <v>195</v>
+        <v>458</v>
       </c>
       <c r="I118" s="4"/>
       <c r="J118" s="1"/>
       <c r="K118" s="1"/>
       <c r="L118" s="1"/>
       <c r="M118" s="1"/>
       <c r="N118" s="1"/>
       <c r="O118" s="1"/>
       <c r="P118" s="1"/>
       <c r="Q118" s="1"/>
       <c r="R118" s="1"/>
       <c r="S118" s="1"/>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C119" s="3" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D119" s="3" t="s">
-        <v>460</v>
-[...1 lines deleted...]
-      <c r="E119" s="3" t="s">
         <v>461</v>
       </c>
+      <c r="E119" s="3"/>
       <c r="F119" s="3" t="s">
         <v>462</v>
       </c>
       <c r="G119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H119" s="4" t="s">
-        <v>463</v>
+        <v>195</v>
       </c>
       <c r="I119" s="4"/>
       <c r="J119" s="1"/>
       <c r="K119" s="1"/>
       <c r="L119" s="1"/>
       <c r="M119" s="1"/>
       <c r="N119" s="1"/>
       <c r="O119" s="1"/>
       <c r="P119" s="1"/>
       <c r="Q119" s="1"/>
       <c r="R119" s="1"/>
       <c r="S119" s="1"/>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
     </row>
     <row r="120" spans="1:23">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="C120" s="3" t="s">
         <v>464</v>
       </c>
-      <c r="C120" s="3" t="s">
+      <c r="D120" s="3" t="s">
         <v>465</v>
       </c>
-      <c r="D120" s="3" t="s">
+      <c r="E120" s="3" t="s">
         <v>466</v>
       </c>
-      <c r="E120" s="3" t="s">
+      <c r="F120" s="3" t="s">
         <v>467</v>
       </c>
-      <c r="F120" s="3" t="s">
+      <c r="G120" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H120" s="4" t="s">
         <v>468</v>
-      </c>
-[...4 lines deleted...]
-        <v>414</v>
       </c>
       <c r="I120" s="4"/>
       <c r="J120" s="1"/>
       <c r="K120" s="1"/>
       <c r="L120" s="1"/>
       <c r="M120" s="1"/>
       <c r="N120" s="1"/>
       <c r="O120" s="1"/>
       <c r="P120" s="1"/>
       <c r="Q120" s="1"/>
       <c r="R120" s="1"/>
       <c r="S120" s="1"/>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>469</v>
       </c>
       <c r="C121" s="3" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="D121" s="3" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="G121" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H121" s="4" t="s">
-        <v>473</v>
+        <v>419</v>
       </c>
       <c r="I121" s="4"/>
       <c r="J121" s="1"/>
       <c r="K121" s="1"/>
       <c r="L121" s="1"/>
       <c r="M121" s="1"/>
       <c r="N121" s="1"/>
       <c r="O121" s="1"/>
       <c r="P121" s="1"/>
       <c r="Q121" s="1"/>
       <c r="R121" s="1"/>
       <c r="S121" s="1"/>
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
     </row>
     <row r="122" spans="1:23">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>474</v>
       </c>
       <c r="C122" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="D122" s="3" t="s">
         <v>475</v>
       </c>
-      <c r="D122" s="3" t="s">
+      <c r="E122" s="3" t="s">
         <v>476</v>
       </c>
-      <c r="E122" s="3" t="s">
+      <c r="F122" s="3" t="s">
         <v>477</v>
       </c>
-      <c r="F122" s="3" t="s">
+      <c r="G122" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H122" s="4" t="s">
         <v>478</v>
-      </c>
-[...4 lines deleted...]
-        <v>372</v>
       </c>
       <c r="I122" s="4"/>
       <c r="J122" s="1"/>
       <c r="K122" s="1"/>
       <c r="L122" s="1"/>
       <c r="M122" s="1"/>
       <c r="N122" s="1"/>
       <c r="O122" s="1"/>
       <c r="P122" s="1"/>
       <c r="Q122" s="1"/>
       <c r="R122" s="1"/>
       <c r="S122" s="1"/>
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
     </row>
     <row r="123" spans="1:23">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>479</v>
       </c>
       <c r="C123" s="3" t="s">
         <v>480</v>
       </c>
       <c r="D123" s="3" t="s">
         <v>481</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>482</v>
       </c>
       <c r="F123" s="3" t="s">
         <v>483</v>
       </c>
       <c r="G123" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H123" s="4" t="s">
-        <v>480</v>
+        <v>377</v>
       </c>
       <c r="I123" s="4"/>
       <c r="J123" s="1"/>
       <c r="K123" s="1"/>
       <c r="L123" s="1"/>
       <c r="M123" s="1"/>
       <c r="N123" s="1"/>
       <c r="O123" s="1"/>
       <c r="P123" s="1"/>
       <c r="Q123" s="1"/>
       <c r="R123" s="1"/>
       <c r="S123" s="1"/>
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>484</v>
       </c>
       <c r="C124" s="3" t="s">
         <v>485</v>
       </c>
       <c r="D124" s="3" t="s">
         <v>486</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>487</v>
       </c>
       <c r="F124" s="3" t="s">
         <v>488</v>
       </c>
       <c r="G124" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H124" s="4" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="I124" s="4"/>
       <c r="J124" s="1"/>
       <c r="K124" s="1"/>
       <c r="L124" s="1"/>
       <c r="M124" s="1"/>
       <c r="N124" s="1"/>
       <c r="O124" s="1"/>
       <c r="P124" s="1"/>
       <c r="Q124" s="1"/>
       <c r="R124" s="1"/>
       <c r="S124" s="1"/>
       <c r="T124" s="1"/>
       <c r="U124" s="1"/>
       <c r="V124" s="1"/>
       <c r="W124" s="1"/>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="C125" s="3" t="s">
         <v>490</v>
       </c>
-      <c r="C125" s="3" t="s">
+      <c r="D125" s="3" t="s">
         <v>491</v>
       </c>
-      <c r="D125" s="3" t="s">
+      <c r="E125" s="3" t="s">
         <v>492</v>
       </c>
-      <c r="E125" s="3" t="s">
+      <c r="F125" s="3" t="s">
         <v>493</v>
       </c>
-      <c r="F125" s="3" t="s">
+      <c r="G125" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H125" s="4" t="s">
         <v>494</v>
-      </c>
-[...4 lines deleted...]
-        <v>495</v>
       </c>
       <c r="I125" s="4"/>
       <c r="J125" s="1"/>
       <c r="K125" s="1"/>
       <c r="L125" s="1"/>
       <c r="M125" s="1"/>
       <c r="N125" s="1"/>
       <c r="O125" s="1"/>
       <c r="P125" s="1"/>
       <c r="Q125" s="1"/>
       <c r="R125" s="1"/>
       <c r="S125" s="1"/>
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
     </row>
     <row r="126" spans="1:23">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="C126" s="3" t="s">
         <v>496</v>
       </c>
-      <c r="C126" s="3" t="s">
+      <c r="D126" s="3" t="s">
         <v>497</v>
       </c>
-      <c r="D126" s="3" t="s">
+      <c r="E126" s="3" t="s">
         <v>498</v>
       </c>
-      <c r="E126" s="3" t="s">
+      <c r="F126" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="F126" s="3" t="s">
+      <c r="G126" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H126" s="4" t="s">
         <v>500</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
       <c r="I126" s="4"/>
       <c r="J126" s="1"/>
       <c r="K126" s="1"/>
       <c r="L126" s="1"/>
       <c r="M126" s="1"/>
       <c r="N126" s="1"/>
       <c r="O126" s="1"/>
       <c r="P126" s="1"/>
       <c r="Q126" s="1"/>
       <c r="R126" s="1"/>
       <c r="S126" s="1"/>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>501</v>
       </c>
       <c r="C127" s="3" t="s">
         <v>502</v>
       </c>
       <c r="D127" s="3" t="s">
         <v>503</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>327</v>
+        <v>504</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="G127" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H127" s="4" t="s">
-        <v>505</v>
+        <v>59</v>
       </c>
       <c r="I127" s="4"/>
       <c r="J127" s="1"/>
       <c r="K127" s="1"/>
       <c r="L127" s="1"/>
       <c r="M127" s="1"/>
       <c r="N127" s="1"/>
       <c r="O127" s="1"/>
       <c r="P127" s="1"/>
       <c r="Q127" s="1"/>
       <c r="R127" s="1"/>
       <c r="S127" s="1"/>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>506</v>
       </c>
       <c r="C128" s="3" t="s">
-        <v>463</v>
+        <v>507</v>
       </c>
       <c r="D128" s="3" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>508</v>
+        <v>332</v>
       </c>
       <c r="F128" s="3" t="s">
         <v>509</v>
       </c>
       <c r="G128" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H128" s="4" t="s">
-        <v>463</v>
+        <v>510</v>
       </c>
       <c r="I128" s="4"/>
       <c r="J128" s="1"/>
       <c r="K128" s="1"/>
       <c r="L128" s="1"/>
       <c r="M128" s="1"/>
       <c r="N128" s="1"/>
       <c r="O128" s="1"/>
       <c r="P128" s="1"/>
       <c r="Q128" s="1"/>
       <c r="R128" s="1"/>
       <c r="S128" s="1"/>
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
     </row>
     <row r="129" spans="1:23">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="C129" s="3" t="s">
-        <v>511</v>
+        <v>468</v>
       </c>
       <c r="D129" s="3" t="s">
         <v>512</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>116</v>
+        <v>513</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="G129" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H129" s="4" t="s">
-        <v>511</v>
+        <v>468</v>
       </c>
       <c r="I129" s="4"/>
       <c r="J129" s="1"/>
       <c r="K129" s="1"/>
       <c r="L129" s="1"/>
       <c r="M129" s="1"/>
       <c r="N129" s="1"/>
       <c r="O129" s="1"/>
       <c r="P129" s="1"/>
       <c r="Q129" s="1"/>
       <c r="R129" s="1"/>
       <c r="S129" s="1"/>
       <c r="T129" s="1"/>
       <c r="U129" s="1"/>
       <c r="V129" s="1"/>
       <c r="W129" s="1"/>
     </row>
     <row r="130" spans="1:23">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C130" s="3" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="D130" s="3" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>517</v>
+        <v>116</v>
       </c>
       <c r="F130" s="3" t="s">
         <v>518</v>
       </c>
       <c r="G130" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H130" s="4" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="I130" s="4"/>
       <c r="J130" s="1"/>
       <c r="K130" s="1"/>
       <c r="L130" s="1"/>
       <c r="M130" s="1"/>
       <c r="N130" s="1"/>
       <c r="O130" s="1"/>
       <c r="P130" s="1"/>
       <c r="Q130" s="1"/>
       <c r="R130" s="1"/>
       <c r="S130" s="1"/>
       <c r="T130" s="1"/>
       <c r="U130" s="1"/>
       <c r="V130" s="1"/>
       <c r="W130" s="1"/>
     </row>
     <row r="131" spans="1:23">
       <c r="A131" s="3">
         <v>129</v>
       </c>
       <c r="B131" s="3" t="s">
+        <v>519</v>
+      </c>
+      <c r="C131" s="3" t="s">
         <v>520</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="D131" s="3" t="s">
         <v>521</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>522</v>
       </c>
       <c r="F131" s="3" t="s">
         <v>523</v>
       </c>
       <c r="G131" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H131" s="4" t="s">
-        <v>59</v>
+        <v>524</v>
       </c>
       <c r="I131" s="4"/>
       <c r="J131" s="1"/>
       <c r="K131" s="1"/>
       <c r="L131" s="1"/>
       <c r="M131" s="1"/>
       <c r="N131" s="1"/>
       <c r="O131" s="1"/>
       <c r="P131" s="1"/>
       <c r="Q131" s="1"/>
       <c r="R131" s="1"/>
       <c r="S131" s="1"/>
       <c r="T131" s="1"/>
       <c r="U131" s="1"/>
       <c r="V131" s="1"/>
       <c r="W131" s="1"/>
     </row>
     <row r="132" spans="1:23">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C132" s="3" t="s">
         <v>59</v>
       </c>
       <c r="D132" s="3" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>116</v>
+        <v>527</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="G132" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H132" s="4" t="s">
         <v>59</v>
       </c>
       <c r="I132" s="4"/>
       <c r="J132" s="1"/>
       <c r="K132" s="1"/>
       <c r="L132" s="1"/>
       <c r="M132" s="1"/>
       <c r="N132" s="1"/>
       <c r="O132" s="1"/>
       <c r="P132" s="1"/>
       <c r="Q132" s="1"/>
       <c r="R132" s="1"/>
       <c r="S132" s="1"/>
       <c r="T132" s="1"/>
       <c r="U132" s="1"/>
       <c r="V132" s="1"/>
       <c r="W132" s="1"/>
     </row>
     <row r="133" spans="1:23">
       <c r="A133" s="3">
         <v>131</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="C133" s="3" t="s">
-        <v>528</v>
+        <v>59</v>
       </c>
       <c r="D133" s="3" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>477</v>
+        <v>116</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="G133" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H133" s="4" t="s">
-        <v>531</v>
+        <v>59</v>
       </c>
       <c r="I133" s="4"/>
       <c r="J133" s="1"/>
       <c r="K133" s="1"/>
       <c r="L133" s="1"/>
       <c r="M133" s="1"/>
       <c r="N133" s="1"/>
       <c r="O133" s="1"/>
       <c r="P133" s="1"/>
       <c r="Q133" s="1"/>
       <c r="R133" s="1"/>
       <c r="S133" s="1"/>
       <c r="T133" s="1"/>
       <c r="U133" s="1"/>
       <c r="V133" s="1"/>
       <c r="W133" s="1"/>
     </row>
     <row r="134" spans="1:23">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>532</v>
       </c>
       <c r="C134" s="3" t="s">
         <v>533</v>
       </c>
       <c r="D134" s="3" t="s">
         <v>534</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>482</v>
       </c>
       <c r="F134" s="3" t="s">
         <v>535</v>
       </c>
       <c r="G134" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H134" s="4" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="I134" s="4"/>
       <c r="J134" s="1"/>
       <c r="K134" s="1"/>
       <c r="L134" s="1"/>
       <c r="M134" s="1"/>
       <c r="N134" s="1"/>
       <c r="O134" s="1"/>
       <c r="P134" s="1"/>
       <c r="Q134" s="1"/>
       <c r="R134" s="1"/>
       <c r="S134" s="1"/>
       <c r="T134" s="1"/>
       <c r="U134" s="1"/>
       <c r="V134" s="1"/>
       <c r="W134" s="1"/>
     </row>
     <row r="135" spans="1:23">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C135" s="3" t="s">
-        <v>531</v>
+        <v>538</v>
       </c>
       <c r="D135" s="3" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>116</v>
+        <v>487</v>
       </c>
       <c r="F135" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H135" s="4" t="s">
         <v>538</v>
-      </c>
-[...4 lines deleted...]
-        <v>539</v>
       </c>
       <c r="I135" s="4"/>
       <c r="J135" s="1"/>
       <c r="K135" s="1"/>
       <c r="L135" s="1"/>
       <c r="M135" s="1"/>
       <c r="N135" s="1"/>
       <c r="O135" s="1"/>
       <c r="P135" s="1"/>
       <c r="Q135" s="1"/>
       <c r="R135" s="1"/>
       <c r="S135" s="1"/>
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
     </row>
     <row r="136" spans="1:23">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>541</v>
+        <v>536</v>
       </c>
       <c r="D136" s="3" t="s">
         <v>542</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>477</v>
+        <v>116</v>
       </c>
       <c r="F136" s="3" t="s">
         <v>543</v>
       </c>
       <c r="G136" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H136" s="4" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="I136" s="4"/>
       <c r="J136" s="1"/>
       <c r="K136" s="1"/>
       <c r="L136" s="1"/>
       <c r="M136" s="1"/>
       <c r="N136" s="1"/>
       <c r="O136" s="1"/>
       <c r="P136" s="1"/>
       <c r="Q136" s="1"/>
       <c r="R136" s="1"/>
       <c r="S136" s="1"/>
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
     </row>
     <row r="137" spans="1:23">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C137" s="3" t="s">
-        <v>531</v>
+        <v>546</v>
       </c>
       <c r="D137" s="3" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="E137" s="3" t="s">
+        <v>482</v>
+      </c>
+      <c r="F137" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H137" s="4" t="s">
         <v>546</v>
-      </c>
-[...7 lines deleted...]
-        <v>531</v>
       </c>
       <c r="I137" s="4"/>
       <c r="J137" s="1"/>
       <c r="K137" s="1"/>
       <c r="L137" s="1"/>
       <c r="M137" s="1"/>
       <c r="N137" s="1"/>
       <c r="O137" s="1"/>
       <c r="P137" s="1"/>
       <c r="Q137" s="1"/>
       <c r="R137" s="1"/>
       <c r="S137" s="1"/>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
     </row>
     <row r="138" spans="1:23">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>549</v>
+        <v>536</v>
       </c>
       <c r="D138" s="3" t="s">
         <v>550</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>477</v>
+        <v>551</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="G138" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H138" s="4" t="s">
-        <v>552</v>
+        <v>536</v>
       </c>
       <c r="I138" s="4"/>
       <c r="J138" s="1"/>
       <c r="K138" s="1"/>
       <c r="L138" s="1"/>
       <c r="M138" s="1"/>
       <c r="N138" s="1"/>
       <c r="O138" s="1"/>
       <c r="P138" s="1"/>
       <c r="Q138" s="1"/>
       <c r="R138" s="1"/>
       <c r="S138" s="1"/>
       <c r="T138" s="1"/>
       <c r="U138" s="1"/>
       <c r="V138" s="1"/>
       <c r="W138" s="1"/>
     </row>
     <row r="139" spans="1:23">
       <c r="A139" s="3">
         <v>137</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>553</v>
       </c>
       <c r="C139" s="3" t="s">
         <v>554</v>
       </c>
       <c r="D139" s="3" t="s">
         <v>555</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="F139" s="3" t="s">
         <v>556</v>
       </c>
       <c r="G139" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H139" s="4" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="I139" s="4"/>
       <c r="J139" s="1"/>
       <c r="K139" s="1"/>
       <c r="L139" s="1"/>
       <c r="M139" s="1"/>
       <c r="N139" s="1"/>
       <c r="O139" s="1"/>
       <c r="P139" s="1"/>
       <c r="Q139" s="1"/>
       <c r="R139" s="1"/>
       <c r="S139" s="1"/>
       <c r="T139" s="1"/>
       <c r="U139" s="1"/>
       <c r="V139" s="1"/>
       <c r="W139" s="1"/>
     </row>
     <row r="140" spans="1:23">
       <c r="A140" s="3">
         <v>138</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D140" s="3" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>560</v>
+        <v>482</v>
       </c>
       <c r="F140" s="3" t="s">
         <v>561</v>
       </c>
       <c r="G140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H140" s="4" t="s">
-        <v>502</v>
+        <v>559</v>
       </c>
       <c r="I140" s="4"/>
       <c r="J140" s="1"/>
       <c r="K140" s="1"/>
       <c r="L140" s="1"/>
       <c r="M140" s="1"/>
       <c r="N140" s="1"/>
       <c r="O140" s="1"/>
       <c r="P140" s="1"/>
       <c r="Q140" s="1"/>
       <c r="R140" s="1"/>
       <c r="S140" s="1"/>
       <c r="T140" s="1"/>
       <c r="U140" s="1"/>
       <c r="V140" s="1"/>
       <c r="W140" s="1"/>
     </row>
     <row r="141" spans="1:23">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>562</v>
       </c>
       <c r="C141" s="3" t="s">
         <v>563</v>
       </c>
       <c r="D141" s="3" t="s">
         <v>564</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>508</v>
+        <v>565</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="G141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H141" s="4" t="s">
-        <v>563</v>
+        <v>507</v>
       </c>
       <c r="I141" s="4"/>
       <c r="J141" s="1"/>
       <c r="K141" s="1"/>
       <c r="L141" s="1"/>
       <c r="M141" s="1"/>
       <c r="N141" s="1"/>
       <c r="O141" s="1"/>
       <c r="P141" s="1"/>
       <c r="Q141" s="1"/>
       <c r="R141" s="1"/>
       <c r="S141" s="1"/>
       <c r="T141" s="1"/>
       <c r="U141" s="1"/>
       <c r="V141" s="1"/>
       <c r="W141" s="1"/>
+    </row>
+    <row r="142" spans="1:23">
+      <c r="A142" s="3">
+        <v>140</v>
+      </c>
+      <c r="B142" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="C142" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="D142" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="F142" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H142" s="4" t="s">
+        <v>568</v>
+      </c>
+      <c r="I142" s="4"/>
+      <c r="J142" s="1"/>
+      <c r="K142" s="1"/>
+      <c r="L142" s="1"/>
+      <c r="M142" s="1"/>
+      <c r="N142" s="1"/>
+      <c r="O142" s="1"/>
+      <c r="P142" s="1"/>
+      <c r="Q142" s="1"/>
+      <c r="R142" s="1"/>
+      <c r="S142" s="1"/>
+      <c r="T142" s="1"/>
+      <c r="U142" s="1"/>
+      <c r="V142" s="1"/>
+      <c r="W142" s="1"/>
+    </row>
+    <row r="143" spans="1:23">
+      <c r="A143" s="3">
+        <v>141</v>
+      </c>
+      <c r="B143" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="C143" s="3" t="s">
+        <v>572</v>
+      </c>
+      <c r="D143" s="3" t="s">
+        <v>573</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="F143" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H143" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="I143" s="4"/>
+      <c r="J143" s="1"/>
+      <c r="K143" s="1"/>
+      <c r="L143" s="1"/>
+      <c r="M143" s="1"/>
+      <c r="N143" s="1"/>
+      <c r="O143" s="1"/>
+      <c r="P143" s="1"/>
+      <c r="Q143" s="1"/>
+      <c r="R143" s="1"/>
+      <c r="S143" s="1"/>
+      <c r="T143" s="1"/>
+      <c r="U143" s="1"/>
+      <c r="V143" s="1"/>
+      <c r="W143" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>