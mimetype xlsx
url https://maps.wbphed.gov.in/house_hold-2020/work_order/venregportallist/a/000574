--- v0 (2025-12-07)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="595">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="602">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -1797,50 +1797,71 @@
     <t>REQ/000846/2024-2025</t>
   </si>
   <si>
     <t>2025-02-04</t>
   </si>
   <si>
     <t>VMR/2023/001156</t>
   </si>
   <si>
     <t>Submission for bill and other purpose</t>
   </si>
   <si>
     <t>0000000194</t>
   </si>
   <si>
     <t>REQ/000912/2024-2025</t>
   </si>
   <si>
     <t>2025-02-10</t>
   </si>
   <si>
     <t>VMR/2023/000248</t>
   </si>
   <si>
     <t>0000000196</t>
+  </si>
+  <si>
+    <t>REQ/001274/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>VMR/2023/000282</t>
+  </si>
+  <si>
+    <t>0000000213</t>
+  </si>
+  <si>
+    <t>REQ/001273/2025-2026</t>
+  </si>
+  <si>
+    <t>VMR/2023/003568</t>
+  </si>
+  <si>
+    <t>0000000209</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2196,51 +2217,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W148"/>
+  <dimension ref="A1:W150"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="110.830078" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -8160,50 +8181,128 @@
       <c r="E148" s="3"/>
       <c r="F148" s="3" t="s">
         <v>594</v>
       </c>
       <c r="G148" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H148" s="4" t="s">
         <v>592</v>
       </c>
       <c r="I148" s="4"/>
       <c r="J148" s="1"/>
       <c r="K148" s="1"/>
       <c r="L148" s="1"/>
       <c r="M148" s="1"/>
       <c r="N148" s="1"/>
       <c r="O148" s="1"/>
       <c r="P148" s="1"/>
       <c r="Q148" s="1"/>
       <c r="R148" s="1"/>
       <c r="S148" s="1"/>
       <c r="T148" s="1"/>
       <c r="U148" s="1"/>
       <c r="V148" s="1"/>
       <c r="W148" s="1"/>
+    </row>
+    <row r="149" spans="1:23">
+      <c r="A149" s="3">
+        <v>147</v>
+      </c>
+      <c r="B149" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="C149" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="D149" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="E149" s="3"/>
+      <c r="F149" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H149" s="4" t="s">
+        <v>596</v>
+      </c>
+      <c r="I149" s="4"/>
+      <c r="J149" s="1"/>
+      <c r="K149" s="1"/>
+      <c r="L149" s="1"/>
+      <c r="M149" s="1"/>
+      <c r="N149" s="1"/>
+      <c r="O149" s="1"/>
+      <c r="P149" s="1"/>
+      <c r="Q149" s="1"/>
+      <c r="R149" s="1"/>
+      <c r="S149" s="1"/>
+      <c r="T149" s="1"/>
+      <c r="U149" s="1"/>
+      <c r="V149" s="1"/>
+      <c r="W149" s="1"/>
+    </row>
+    <row r="150" spans="1:23">
+      <c r="A150" s="3">
+        <v>148</v>
+      </c>
+      <c r="B150" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="C150" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="D150" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="E150" s="3"/>
+      <c r="F150" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H150" s="4" t="s">
+        <v>596</v>
+      </c>
+      <c r="I150" s="4"/>
+      <c r="J150" s="1"/>
+      <c r="K150" s="1"/>
+      <c r="L150" s="1"/>
+      <c r="M150" s="1"/>
+      <c r="N150" s="1"/>
+      <c r="O150" s="1"/>
+      <c r="P150" s="1"/>
+      <c r="Q150" s="1"/>
+      <c r="R150" s="1"/>
+      <c r="S150" s="1"/>
+      <c r="T150" s="1"/>
+      <c r="U150" s="1"/>
+      <c r="V150" s="1"/>
+      <c r="W150" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>