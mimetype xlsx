--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="602">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="626">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -1799,60 +1799,132 @@
   <si>
     <t>2025-02-04</t>
   </si>
   <si>
     <t>VMR/2023/001156</t>
   </si>
   <si>
     <t>Submission for bill and other purpose</t>
   </si>
   <si>
     <t>0000000194</t>
   </si>
   <si>
     <t>REQ/000912/2024-2025</t>
   </si>
   <si>
     <t>2025-02-10</t>
   </si>
   <si>
     <t>VMR/2023/000248</t>
   </si>
   <si>
     <t>0000000196</t>
   </si>
   <si>
+    <t>REQ/001276/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>VMR/2023/002286</t>
+  </si>
+  <si>
+    <t>0000000212</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>REQ/001307/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>VMR/2023/000572</t>
+  </si>
+  <si>
+    <t>0000000216</t>
+  </si>
+  <si>
+    <t>REQ/001322/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>VMR/2023/001464</t>
+  </si>
+  <si>
+    <t>0000000211</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>REQ/001268/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>VMR/2023/000316</t>
+  </si>
+  <si>
+    <t>0000000217</t>
+  </si>
+  <si>
+    <t>2026-01-27</t>
+  </si>
+  <si>
     <t>REQ/001274/2025-2026</t>
   </si>
   <si>
-    <t>2026-01-09</t>
-[...1 lines deleted...]
-  <si>
     <t>VMR/2023/000282</t>
   </si>
   <si>
     <t>0000000213</t>
+  </si>
+  <si>
+    <t>REQ/001277/2025-2026</t>
+  </si>
+  <si>
+    <t>VMR/2023/000499</t>
+  </si>
+  <si>
+    <t>0000000210</t>
+  </si>
+  <si>
+    <t>REQ/001306/2025-2026</t>
+  </si>
+  <si>
+    <t>VMR/2023/000491</t>
+  </si>
+  <si>
+    <t>0000000218</t>
   </si>
   <si>
     <t>REQ/001273/2025-2026</t>
   </si>
   <si>
     <t>VMR/2023/003568</t>
   </si>
   <si>
     <t>0000000209</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2217,51 +2289,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W150"/>
+  <dimension ref="A1:W156"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="110.830078" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -8203,106 +8275,344 @@
       <c r="U148" s="1"/>
       <c r="V148" s="1"/>
       <c r="W148" s="1"/>
     </row>
     <row r="149" spans="1:23">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>595</v>
       </c>
       <c r="C149" s="3" t="s">
         <v>596</v>
       </c>
       <c r="D149" s="3" t="s">
         <v>597</v>
       </c>
       <c r="E149" s="3"/>
       <c r="F149" s="3" t="s">
         <v>598</v>
       </c>
       <c r="G149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H149" s="4" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="I149" s="4"/>
       <c r="J149" s="1"/>
       <c r="K149" s="1"/>
       <c r="L149" s="1"/>
       <c r="M149" s="1"/>
       <c r="N149" s="1"/>
       <c r="O149" s="1"/>
       <c r="P149" s="1"/>
       <c r="Q149" s="1"/>
       <c r="R149" s="1"/>
       <c r="S149" s="1"/>
       <c r="T149" s="1"/>
       <c r="U149" s="1"/>
       <c r="V149" s="1"/>
       <c r="W149" s="1"/>
     </row>
     <row r="150" spans="1:23">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="D150" s="3" t="s">
-        <v>600</v>
-[...1 lines deleted...]
-      <c r="E150" s="3"/>
+        <v>602</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F150" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H150" s="4" t="s">
         <v>601</v>
-      </c>
-[...4 lines deleted...]
-        <v>596</v>
       </c>
       <c r="I150" s="4"/>
       <c r="J150" s="1"/>
       <c r="K150" s="1"/>
       <c r="L150" s="1"/>
       <c r="M150" s="1"/>
       <c r="N150" s="1"/>
       <c r="O150" s="1"/>
       <c r="P150" s="1"/>
       <c r="Q150" s="1"/>
       <c r="R150" s="1"/>
       <c r="S150" s="1"/>
       <c r="T150" s="1"/>
       <c r="U150" s="1"/>
       <c r="V150" s="1"/>
       <c r="W150" s="1"/>
+    </row>
+    <row r="151" spans="1:23">
+      <c r="A151" s="3">
+        <v>149</v>
+      </c>
+      <c r="B151" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="C151" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="D151" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="E151" s="3"/>
+      <c r="F151" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H151" s="4" t="s">
+        <v>608</v>
+      </c>
+      <c r="I151" s="4"/>
+      <c r="J151" s="1"/>
+      <c r="K151" s="1"/>
+      <c r="L151" s="1"/>
+      <c r="M151" s="1"/>
+      <c r="N151" s="1"/>
+      <c r="O151" s="1"/>
+      <c r="P151" s="1"/>
+      <c r="Q151" s="1"/>
+      <c r="R151" s="1"/>
+      <c r="S151" s="1"/>
+      <c r="T151" s="1"/>
+      <c r="U151" s="1"/>
+      <c r="V151" s="1"/>
+      <c r="W151" s="1"/>
+    </row>
+    <row r="152" spans="1:23">
+      <c r="A152" s="3">
+        <v>150</v>
+      </c>
+      <c r="B152" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="C152" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="D152" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="E152" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F152" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H152" s="4" t="s">
+        <v>613</v>
+      </c>
+      <c r="I152" s="4"/>
+      <c r="J152" s="1"/>
+      <c r="K152" s="1"/>
+      <c r="L152" s="1"/>
+      <c r="M152" s="1"/>
+      <c r="N152" s="1"/>
+      <c r="O152" s="1"/>
+      <c r="P152" s="1"/>
+      <c r="Q152" s="1"/>
+      <c r="R152" s="1"/>
+      <c r="S152" s="1"/>
+      <c r="T152" s="1"/>
+      <c r="U152" s="1"/>
+      <c r="V152" s="1"/>
+      <c r="W152" s="1"/>
+    </row>
+    <row r="153" spans="1:23">
+      <c r="A153" s="3">
+        <v>151</v>
+      </c>
+      <c r="B153" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="C153" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="D153" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="E153" s="3"/>
+      <c r="F153" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H153" s="4" t="s">
+        <v>596</v>
+      </c>
+      <c r="I153" s="4"/>
+      <c r="J153" s="1"/>
+      <c r="K153" s="1"/>
+      <c r="L153" s="1"/>
+      <c r="M153" s="1"/>
+      <c r="N153" s="1"/>
+      <c r="O153" s="1"/>
+      <c r="P153" s="1"/>
+      <c r="Q153" s="1"/>
+      <c r="R153" s="1"/>
+      <c r="S153" s="1"/>
+      <c r="T153" s="1"/>
+      <c r="U153" s="1"/>
+      <c r="V153" s="1"/>
+      <c r="W153" s="1"/>
+    </row>
+    <row r="154" spans="1:23">
+      <c r="A154" s="3">
+        <v>152</v>
+      </c>
+      <c r="B154" s="3" t="s">
+        <v>617</v>
+      </c>
+      <c r="C154" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="D154" s="3" t="s">
+        <v>618</v>
+      </c>
+      <c r="E154" s="3"/>
+      <c r="F154" s="3" t="s">
+        <v>619</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H154" s="4" t="s">
+        <v>599</v>
+      </c>
+      <c r="I154" s="4"/>
+      <c r="J154" s="1"/>
+      <c r="K154" s="1"/>
+      <c r="L154" s="1"/>
+      <c r="M154" s="1"/>
+      <c r="N154" s="1"/>
+      <c r="O154" s="1"/>
+      <c r="P154" s="1"/>
+      <c r="Q154" s="1"/>
+      <c r="R154" s="1"/>
+      <c r="S154" s="1"/>
+      <c r="T154" s="1"/>
+      <c r="U154" s="1"/>
+      <c r="V154" s="1"/>
+      <c r="W154" s="1"/>
+    </row>
+    <row r="155" spans="1:23">
+      <c r="A155" s="3">
+        <v>153</v>
+      </c>
+      <c r="B155" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="C155" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="D155" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="E155" s="3"/>
+      <c r="F155" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H155" s="4" t="s">
+        <v>601</v>
+      </c>
+      <c r="I155" s="4"/>
+      <c r="J155" s="1"/>
+      <c r="K155" s="1"/>
+      <c r="L155" s="1"/>
+      <c r="M155" s="1"/>
+      <c r="N155" s="1"/>
+      <c r="O155" s="1"/>
+      <c r="P155" s="1"/>
+      <c r="Q155" s="1"/>
+      <c r="R155" s="1"/>
+      <c r="S155" s="1"/>
+      <c r="T155" s="1"/>
+      <c r="U155" s="1"/>
+      <c r="V155" s="1"/>
+      <c r="W155" s="1"/>
+    </row>
+    <row r="156" spans="1:23">
+      <c r="A156" s="3">
+        <v>154</v>
+      </c>
+      <c r="B156" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="C156" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="D156" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="E156" s="3"/>
+      <c r="F156" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H156" s="4" t="s">
+        <v>596</v>
+      </c>
+      <c r="I156" s="4"/>
+      <c r="J156" s="1"/>
+      <c r="K156" s="1"/>
+      <c r="L156" s="1"/>
+      <c r="M156" s="1"/>
+      <c r="N156" s="1"/>
+      <c r="O156" s="1"/>
+      <c r="P156" s="1"/>
+      <c r="Q156" s="1"/>
+      <c r="R156" s="1"/>
+      <c r="S156" s="1"/>
+      <c r="T156" s="1"/>
+      <c r="U156" s="1"/>
+      <c r="V156" s="1"/>
+      <c r="W156" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>