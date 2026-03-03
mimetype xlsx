--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="765">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="773">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -2295,50 +2295,74 @@
     <t>REQ/2024/4427</t>
   </si>
   <si>
     <t>VMR/2024/2130</t>
   </si>
   <si>
     <t>Request for vendor code0</t>
   </si>
   <si>
     <t>0000000298</t>
   </si>
   <si>
     <t>REQ/2024/4479</t>
   </si>
   <si>
     <t>2024-09-06</t>
   </si>
   <si>
     <t>VMR/2023/003873</t>
   </si>
   <si>
     <t>For Vendor Registration</t>
   </si>
   <si>
     <t>0000000172</t>
+  </si>
+  <si>
+    <t>REQ/001363/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>VMR/2023/003113</t>
+  </si>
+  <si>
+    <t>0000000121</t>
+  </si>
+  <si>
+    <t>REQ/001366/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-19</t>
+  </si>
+  <si>
+    <t>VMR/2024/2264</t>
+  </si>
+  <si>
+    <t>0000000268</t>
   </si>
   <si>
     <t>REQ/001159/2025-2026</t>
   </si>
   <si>
     <t>2025-11-06</t>
   </si>
   <si>
     <t>VMR/2024/001383</t>
   </si>
   <si>
     <t>0000000216</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -2706,51 +2730,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W186"/>
+  <dimension ref="A1:W188"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="167.387695" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -10259,75 +10283,157 @@
       <c r="M185" s="1"/>
       <c r="N185" s="1"/>
       <c r="O185" s="1"/>
       <c r="P185" s="1"/>
       <c r="Q185" s="1"/>
       <c r="R185" s="1"/>
       <c r="S185" s="1"/>
       <c r="T185" s="1"/>
       <c r="U185" s="1"/>
       <c r="V185" s="1"/>
       <c r="W185" s="1"/>
     </row>
     <row r="186" spans="1:23">
       <c r="A186" s="3">
         <v>184</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>761</v>
       </c>
       <c r="C186" s="3" t="s">
         <v>762</v>
       </c>
       <c r="D186" s="3" t="s">
         <v>763</v>
       </c>
-      <c r="E186" s="3"/>
+      <c r="E186" s="3" t="s">
+        <v>40</v>
+      </c>
       <c r="F186" s="3" t="s">
         <v>764</v>
       </c>
       <c r="G186" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H186" s="4" t="s">
         <v>762</v>
       </c>
       <c r="I186" s="4"/>
       <c r="J186" s="1"/>
       <c r="K186" s="1"/>
       <c r="L186" s="1"/>
       <c r="M186" s="1"/>
       <c r="N186" s="1"/>
       <c r="O186" s="1"/>
       <c r="P186" s="1"/>
       <c r="Q186" s="1"/>
       <c r="R186" s="1"/>
       <c r="S186" s="1"/>
       <c r="T186" s="1"/>
       <c r="U186" s="1"/>
       <c r="V186" s="1"/>
       <c r="W186" s="1"/>
+    </row>
+    <row r="187" spans="1:23">
+      <c r="A187" s="3">
+        <v>185</v>
+      </c>
+      <c r="B187" s="3" t="s">
+        <v>765</v>
+      </c>
+      <c r="C187" s="3" t="s">
+        <v>766</v>
+      </c>
+      <c r="D187" s="3" t="s">
+        <v>767</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F187" s="3" t="s">
+        <v>768</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H187" s="4" t="s">
+        <v>766</v>
+      </c>
+      <c r="I187" s="4"/>
+      <c r="J187" s="1"/>
+      <c r="K187" s="1"/>
+      <c r="L187" s="1"/>
+      <c r="M187" s="1"/>
+      <c r="N187" s="1"/>
+      <c r="O187" s="1"/>
+      <c r="P187" s="1"/>
+      <c r="Q187" s="1"/>
+      <c r="R187" s="1"/>
+      <c r="S187" s="1"/>
+      <c r="T187" s="1"/>
+      <c r="U187" s="1"/>
+      <c r="V187" s="1"/>
+      <c r="W187" s="1"/>
+    </row>
+    <row r="188" spans="1:23">
+      <c r="A188" s="3">
+        <v>186</v>
+      </c>
+      <c r="B188" s="3" t="s">
+        <v>769</v>
+      </c>
+      <c r="C188" s="3" t="s">
+        <v>770</v>
+      </c>
+      <c r="D188" s="3" t="s">
+        <v>771</v>
+      </c>
+      <c r="E188" s="3"/>
+      <c r="F188" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H188" s="4" t="s">
+        <v>770</v>
+      </c>
+      <c r="I188" s="4"/>
+      <c r="J188" s="1"/>
+      <c r="K188" s="1"/>
+      <c r="L188" s="1"/>
+      <c r="M188" s="1"/>
+      <c r="N188" s="1"/>
+      <c r="O188" s="1"/>
+      <c r="P188" s="1"/>
+      <c r="Q188" s="1"/>
+      <c r="R188" s="1"/>
+      <c r="S188" s="1"/>
+      <c r="T188" s="1"/>
+      <c r="U188" s="1"/>
+      <c r="V188" s="1"/>
+      <c r="W188" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>