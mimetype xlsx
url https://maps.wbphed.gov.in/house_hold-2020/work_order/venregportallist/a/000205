--- v0 (2025-12-07)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="940">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="945">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -1683,50 +1683,65 @@
     <t>REQ/2024/2754</t>
   </si>
   <si>
     <t>2024-06-12</t>
   </si>
   <si>
     <t>VMR/2023/003345</t>
   </si>
   <si>
     <t>0000000375</t>
   </si>
   <si>
     <t>REQ/2024/2626</t>
   </si>
   <si>
     <t>2024-06-06</t>
   </si>
   <si>
     <t>VMR/2023/001063</t>
   </si>
   <si>
     <t>Working contractor</t>
   </si>
   <si>
     <t>0000000577</t>
+  </si>
+  <si>
+    <t>REQ/2024/2834</t>
+  </si>
+  <si>
+    <t>VMR/2023/000832</t>
+  </si>
+  <si>
+    <t>vendor Approved</t>
+  </si>
+  <si>
+    <t>0000000486</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
   </si>
   <si>
     <t>REQ/2024/2164</t>
   </si>
   <si>
     <t>2024-05-16</t>
   </si>
   <si>
     <t>VMR/2024/001093</t>
   </si>
   <si>
     <t>0000000502</t>
   </si>
   <si>
     <t>REQ/2024/2935</t>
   </si>
   <si>
     <t>2024-06-20</t>
   </si>
   <si>
     <t>VMR/2024/001297</t>
   </si>
   <si>
     <t>Request</t>
   </si>
@@ -3231,51 +3246,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W248"/>
+  <dimension ref="A1:W249"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="54.129639" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -9490,2153 +9505,2153 @@
       </c>
       <c r="I154" s="4"/>
       <c r="J154" s="1"/>
       <c r="K154" s="1"/>
       <c r="L154" s="1"/>
       <c r="M154" s="1"/>
       <c r="N154" s="1"/>
       <c r="O154" s="1"/>
       <c r="P154" s="1"/>
       <c r="Q154" s="1"/>
       <c r="R154" s="1"/>
       <c r="S154" s="1"/>
       <c r="T154" s="1"/>
       <c r="U154" s="1"/>
       <c r="V154" s="1"/>
       <c r="W154" s="1"/>
     </row>
     <row r="155" spans="1:23">
       <c r="A155" s="3">
         <v>153</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>557</v>
       </c>
       <c r="C155" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="D155" s="3" t="s">
         <v>558</v>
       </c>
-      <c r="D155" s="3" t="s">
+      <c r="E155" s="3" t="s">
         <v>559</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="F155" s="3" t="s">
         <v>560</v>
       </c>
       <c r="G155" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H155" s="4" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="I155" s="4"/>
       <c r="J155" s="1"/>
       <c r="K155" s="1"/>
       <c r="L155" s="1"/>
       <c r="M155" s="1"/>
       <c r="N155" s="1"/>
       <c r="O155" s="1"/>
       <c r="P155" s="1"/>
       <c r="Q155" s="1"/>
       <c r="R155" s="1"/>
       <c r="S155" s="1"/>
       <c r="T155" s="1"/>
       <c r="U155" s="1"/>
       <c r="V155" s="1"/>
       <c r="W155" s="1"/>
     </row>
     <row r="156" spans="1:23">
       <c r="A156" s="3">
         <v>154</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C156" s="3" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="D156" s="3" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>564</v>
+        <v>40</v>
       </c>
       <c r="F156" s="3" t="s">
         <v>565</v>
       </c>
       <c r="G156" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H156" s="4" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="I156" s="4"/>
       <c r="J156" s="1"/>
       <c r="K156" s="1"/>
       <c r="L156" s="1"/>
       <c r="M156" s="1"/>
       <c r="N156" s="1"/>
       <c r="O156" s="1"/>
       <c r="P156" s="1"/>
       <c r="Q156" s="1"/>
       <c r="R156" s="1"/>
       <c r="S156" s="1"/>
       <c r="T156" s="1"/>
       <c r="U156" s="1"/>
       <c r="V156" s="1"/>
       <c r="W156" s="1"/>
     </row>
     <row r="157" spans="1:23">
       <c r="A157" s="3">
         <v>155</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>566</v>
       </c>
       <c r="C157" s="3" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="D157" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="F157" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H157" s="4" t="s">
         <v>567</v>
-      </c>
-[...10 lines deleted...]
-        <v>562</v>
       </c>
       <c r="I157" s="4"/>
       <c r="J157" s="1"/>
       <c r="K157" s="1"/>
       <c r="L157" s="1"/>
       <c r="M157" s="1"/>
       <c r="N157" s="1"/>
       <c r="O157" s="1"/>
       <c r="P157" s="1"/>
       <c r="Q157" s="1"/>
       <c r="R157" s="1"/>
       <c r="S157" s="1"/>
       <c r="T157" s="1"/>
       <c r="U157" s="1"/>
       <c r="V157" s="1"/>
       <c r="W157" s="1"/>
     </row>
     <row r="158" spans="1:23">
       <c r="A158" s="3">
         <v>156</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="D158" s="3" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>499</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="G158" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H158" s="4" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="I158" s="4"/>
       <c r="J158" s="1"/>
       <c r="K158" s="1"/>
       <c r="L158" s="1"/>
       <c r="M158" s="1"/>
       <c r="N158" s="1"/>
       <c r="O158" s="1"/>
       <c r="P158" s="1"/>
       <c r="Q158" s="1"/>
       <c r="R158" s="1"/>
       <c r="S158" s="1"/>
       <c r="T158" s="1"/>
       <c r="U158" s="1"/>
       <c r="V158" s="1"/>
       <c r="W158" s="1"/>
     </row>
     <row r="159" spans="1:23">
       <c r="A159" s="3">
         <v>157</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="C159" s="3" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="D159" s="3" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>304</v>
+        <v>499</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G159" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H159" s="4" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="I159" s="4"/>
       <c r="J159" s="1"/>
       <c r="K159" s="1"/>
       <c r="L159" s="1"/>
       <c r="M159" s="1"/>
       <c r="N159" s="1"/>
       <c r="O159" s="1"/>
       <c r="P159" s="1"/>
       <c r="Q159" s="1"/>
       <c r="R159" s="1"/>
       <c r="S159" s="1"/>
       <c r="T159" s="1"/>
       <c r="U159" s="1"/>
       <c r="V159" s="1"/>
       <c r="W159" s="1"/>
     </row>
     <row r="160" spans="1:23">
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="C160" s="3" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="D160" s="3" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>40</v>
+        <v>304</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="G160" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H160" s="4" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="I160" s="4"/>
       <c r="J160" s="1"/>
       <c r="K160" s="1"/>
       <c r="L160" s="1"/>
       <c r="M160" s="1"/>
       <c r="N160" s="1"/>
       <c r="O160" s="1"/>
       <c r="P160" s="1"/>
       <c r="Q160" s="1"/>
       <c r="R160" s="1"/>
       <c r="S160" s="1"/>
       <c r="T160" s="1"/>
       <c r="U160" s="1"/>
       <c r="V160" s="1"/>
       <c r="W160" s="1"/>
     </row>
     <row r="161" spans="1:23">
       <c r="A161" s="3">
         <v>159</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="C161" s="3" t="s">
-        <v>579</v>
+        <v>567</v>
       </c>
       <c r="D161" s="3" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>499</v>
+        <v>40</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="G161" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H161" s="4" t="s">
-        <v>579</v>
+        <v>567</v>
       </c>
       <c r="I161" s="4"/>
       <c r="J161" s="1"/>
       <c r="K161" s="1"/>
       <c r="L161" s="1"/>
       <c r="M161" s="1"/>
       <c r="N161" s="1"/>
       <c r="O161" s="1"/>
       <c r="P161" s="1"/>
       <c r="Q161" s="1"/>
       <c r="R161" s="1"/>
       <c r="S161" s="1"/>
       <c r="T161" s="1"/>
       <c r="U161" s="1"/>
       <c r="V161" s="1"/>
       <c r="W161" s="1"/>
     </row>
     <row r="162" spans="1:23">
       <c r="A162" s="3">
         <v>160</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C162" s="3" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D162" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="F162" s="3" t="s">
+        <v>586</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H162" s="4" t="s">
         <v>584</v>
-      </c>
-[...10 lines deleted...]
-        <v>583</v>
       </c>
       <c r="I162" s="4"/>
       <c r="J162" s="1"/>
       <c r="K162" s="1"/>
       <c r="L162" s="1"/>
       <c r="M162" s="1"/>
       <c r="N162" s="1"/>
       <c r="O162" s="1"/>
       <c r="P162" s="1"/>
       <c r="Q162" s="1"/>
       <c r="R162" s="1"/>
       <c r="S162" s="1"/>
       <c r="T162" s="1"/>
       <c r="U162" s="1"/>
       <c r="V162" s="1"/>
       <c r="W162" s="1"/>
     </row>
     <row r="163" spans="1:23">
       <c r="A163" s="3">
         <v>161</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C163" s="3" t="s">
-        <v>454</v>
+        <v>588</v>
       </c>
       <c r="D163" s="3" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>457</v>
+        <v>52</v>
       </c>
       <c r="F163" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H163" s="4" t="s">
         <v>588</v>
-      </c>
-[...4 lines deleted...]
-        <v>454</v>
       </c>
       <c r="I163" s="4"/>
       <c r="J163" s="1"/>
       <c r="K163" s="1"/>
       <c r="L163" s="1"/>
       <c r="M163" s="1"/>
       <c r="N163" s="1"/>
       <c r="O163" s="1"/>
       <c r="P163" s="1"/>
       <c r="Q163" s="1"/>
       <c r="R163" s="1"/>
       <c r="S163" s="1"/>
       <c r="T163" s="1"/>
       <c r="U163" s="1"/>
       <c r="V163" s="1"/>
       <c r="W163" s="1"/>
     </row>
     <row r="164" spans="1:23">
       <c r="A164" s="3">
         <v>162</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="C164" s="3" t="s">
         <v>454</v>
       </c>
       <c r="D164" s="3" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>515</v>
+        <v>457</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="G164" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H164" s="4" t="s">
         <v>454</v>
       </c>
       <c r="I164" s="4"/>
       <c r="J164" s="1"/>
       <c r="K164" s="1"/>
       <c r="L164" s="1"/>
       <c r="M164" s="1"/>
       <c r="N164" s="1"/>
       <c r="O164" s="1"/>
       <c r="P164" s="1"/>
       <c r="Q164" s="1"/>
       <c r="R164" s="1"/>
       <c r="S164" s="1"/>
       <c r="T164" s="1"/>
       <c r="U164" s="1"/>
       <c r="V164" s="1"/>
       <c r="W164" s="1"/>
     </row>
     <row r="165" spans="1:23">
       <c r="A165" s="3">
         <v>163</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="C165" s="3" t="s">
-        <v>593</v>
+        <v>454</v>
       </c>
       <c r="D165" s="3" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>40</v>
+        <v>515</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="G165" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H165" s="4" t="s">
-        <v>593</v>
+        <v>454</v>
       </c>
       <c r="I165" s="4"/>
       <c r="J165" s="1"/>
       <c r="K165" s="1"/>
       <c r="L165" s="1"/>
       <c r="M165" s="1"/>
       <c r="N165" s="1"/>
       <c r="O165" s="1"/>
       <c r="P165" s="1"/>
       <c r="Q165" s="1"/>
       <c r="R165" s="1"/>
       <c r="S165" s="1"/>
       <c r="T165" s="1"/>
       <c r="U165" s="1"/>
       <c r="V165" s="1"/>
       <c r="W165" s="1"/>
     </row>
     <row r="166" spans="1:23">
       <c r="A166" s="3">
         <v>164</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C166" s="3" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D166" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F166" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H166" s="4" t="s">
         <v>598</v>
-      </c>
-[...8 lines deleted...]
-        <v>361</v>
       </c>
       <c r="I166" s="4"/>
       <c r="J166" s="1"/>
       <c r="K166" s="1"/>
       <c r="L166" s="1"/>
       <c r="M166" s="1"/>
       <c r="N166" s="1"/>
       <c r="O166" s="1"/>
       <c r="P166" s="1"/>
       <c r="Q166" s="1"/>
       <c r="R166" s="1"/>
       <c r="S166" s="1"/>
       <c r="T166" s="1"/>
       <c r="U166" s="1"/>
       <c r="V166" s="1"/>
       <c r="W166" s="1"/>
     </row>
     <row r="167" spans="1:23">
       <c r="A167" s="3">
         <v>165</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C167" s="3" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D167" s="3" t="s">
-        <v>602</v>
-[...1 lines deleted...]
-      <c r="E167" s="3" t="s">
         <v>603</v>
       </c>
+      <c r="E167" s="3"/>
       <c r="F167" s="3" t="s">
         <v>604</v>
       </c>
       <c r="G167" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H167" s="4" t="s">
-        <v>605</v>
+        <v>361</v>
       </c>
       <c r="I167" s="4"/>
       <c r="J167" s="1"/>
       <c r="K167" s="1"/>
       <c r="L167" s="1"/>
       <c r="M167" s="1"/>
       <c r="N167" s="1"/>
       <c r="O167" s="1"/>
       <c r="P167" s="1"/>
       <c r="Q167" s="1"/>
       <c r="R167" s="1"/>
       <c r="S167" s="1"/>
       <c r="T167" s="1"/>
       <c r="U167" s="1"/>
       <c r="V167" s="1"/>
       <c r="W167" s="1"/>
     </row>
     <row r="168" spans="1:23">
       <c r="A168" s="3">
         <v>166</v>
       </c>
       <c r="B168" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="C168" s="3" t="s">
         <v>606</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
       <c r="D168" s="3" t="s">
         <v>607</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>608</v>
       </c>
       <c r="F168" s="3" t="s">
         <v>609</v>
       </c>
       <c r="G168" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H168" s="4" t="s">
-        <v>521</v>
+        <v>610</v>
       </c>
       <c r="I168" s="4"/>
       <c r="J168" s="1"/>
       <c r="K168" s="1"/>
       <c r="L168" s="1"/>
       <c r="M168" s="1"/>
       <c r="N168" s="1"/>
       <c r="O168" s="1"/>
       <c r="P168" s="1"/>
       <c r="Q168" s="1"/>
       <c r="R168" s="1"/>
       <c r="S168" s="1"/>
       <c r="T168" s="1"/>
       <c r="U168" s="1"/>
       <c r="V168" s="1"/>
       <c r="W168" s="1"/>
     </row>
     <row r="169" spans="1:23">
       <c r="A169" s="3">
         <v>167</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C169" s="3" t="s">
-        <v>611</v>
+        <v>497</v>
       </c>
       <c r="D169" s="3" t="s">
         <v>612</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>613</v>
       </c>
       <c r="F169" s="3" t="s">
         <v>614</v>
       </c>
       <c r="G169" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H169" s="4" t="s">
-        <v>615</v>
+        <v>521</v>
       </c>
       <c r="I169" s="4"/>
       <c r="J169" s="1"/>
       <c r="K169" s="1"/>
       <c r="L169" s="1"/>
       <c r="M169" s="1"/>
       <c r="N169" s="1"/>
       <c r="O169" s="1"/>
       <c r="P169" s="1"/>
       <c r="Q169" s="1"/>
       <c r="R169" s="1"/>
       <c r="S169" s="1"/>
       <c r="T169" s="1"/>
       <c r="U169" s="1"/>
       <c r="V169" s="1"/>
       <c r="W169" s="1"/>
     </row>
     <row r="170" spans="1:23">
       <c r="A170" s="3">
         <v>168</v>
       </c>
       <c r="B170" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="C170" s="3" t="s">
         <v>616</v>
       </c>
-      <c r="C170" s="3" t="s">
+      <c r="D170" s="3" t="s">
         <v>617</v>
       </c>
-      <c r="D170" s="3" t="s">
+      <c r="E170" s="3" t="s">
         <v>618</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="F170" s="3" t="s">
         <v>619</v>
       </c>
       <c r="G170" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H170" s="4" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="I170" s="4"/>
       <c r="J170" s="1"/>
       <c r="K170" s="1"/>
       <c r="L170" s="1"/>
       <c r="M170" s="1"/>
       <c r="N170" s="1"/>
       <c r="O170" s="1"/>
       <c r="P170" s="1"/>
       <c r="Q170" s="1"/>
       <c r="R170" s="1"/>
       <c r="S170" s="1"/>
       <c r="T170" s="1"/>
       <c r="U170" s="1"/>
       <c r="V170" s="1"/>
       <c r="W170" s="1"/>
     </row>
     <row r="171" spans="1:23">
       <c r="A171" s="3">
         <v>169</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C171" s="3" t="s">
-        <v>454</v>
+        <v>622</v>
       </c>
       <c r="D171" s="3" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>457</v>
+        <v>40</v>
       </c>
       <c r="F171" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H171" s="4" t="s">
         <v>622</v>
-      </c>
-[...4 lines deleted...]
-        <v>454</v>
       </c>
       <c r="I171" s="4"/>
       <c r="J171" s="1"/>
       <c r="K171" s="1"/>
       <c r="L171" s="1"/>
       <c r="M171" s="1"/>
       <c r="N171" s="1"/>
       <c r="O171" s="1"/>
       <c r="P171" s="1"/>
       <c r="Q171" s="1"/>
       <c r="R171" s="1"/>
       <c r="S171" s="1"/>
       <c r="T171" s="1"/>
       <c r="U171" s="1"/>
       <c r="V171" s="1"/>
       <c r="W171" s="1"/>
     </row>
     <row r="172" spans="1:23">
       <c r="A172" s="3">
         <v>170</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="C172" s="3" t="s">
         <v>454</v>
       </c>
       <c r="D172" s="3" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>83</v>
+        <v>457</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="G172" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H172" s="4" t="s">
-        <v>504</v>
+        <v>454</v>
       </c>
       <c r="I172" s="4"/>
       <c r="J172" s="1"/>
       <c r="K172" s="1"/>
       <c r="L172" s="1"/>
       <c r="M172" s="1"/>
       <c r="N172" s="1"/>
       <c r="O172" s="1"/>
       <c r="P172" s="1"/>
       <c r="Q172" s="1"/>
       <c r="R172" s="1"/>
       <c r="S172" s="1"/>
       <c r="T172" s="1"/>
       <c r="U172" s="1"/>
       <c r="V172" s="1"/>
       <c r="W172" s="1"/>
     </row>
     <row r="173" spans="1:23">
       <c r="A173" s="3">
         <v>171</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="C173" s="3" t="s">
-        <v>627</v>
+        <v>454</v>
       </c>
       <c r="D173" s="3" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>629</v>
+        <v>83</v>
       </c>
       <c r="F173" s="3" t="s">
         <v>630</v>
       </c>
       <c r="G173" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H173" s="4" t="s">
-        <v>631</v>
+        <v>504</v>
       </c>
       <c r="I173" s="4"/>
       <c r="J173" s="1"/>
       <c r="K173" s="1"/>
       <c r="L173" s="1"/>
       <c r="M173" s="1"/>
       <c r="N173" s="1"/>
       <c r="O173" s="1"/>
       <c r="P173" s="1"/>
       <c r="Q173" s="1"/>
       <c r="R173" s="1"/>
       <c r="S173" s="1"/>
       <c r="T173" s="1"/>
       <c r="U173" s="1"/>
       <c r="V173" s="1"/>
       <c r="W173" s="1"/>
     </row>
     <row r="174" spans="1:23">
       <c r="A174" s="3">
         <v>172</v>
       </c>
       <c r="B174" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="C174" s="3" t="s">
         <v>632</v>
-      </c>
-[...1 lines deleted...]
-        <v>593</v>
       </c>
       <c r="D174" s="3" t="s">
         <v>633</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>499</v>
+        <v>634</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="G174" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H174" s="4" t="s">
-        <v>593</v>
+        <v>636</v>
       </c>
       <c r="I174" s="4"/>
       <c r="J174" s="1"/>
       <c r="K174" s="1"/>
       <c r="L174" s="1"/>
       <c r="M174" s="1"/>
       <c r="N174" s="1"/>
       <c r="O174" s="1"/>
       <c r="P174" s="1"/>
       <c r="Q174" s="1"/>
       <c r="R174" s="1"/>
       <c r="S174" s="1"/>
       <c r="T174" s="1"/>
       <c r="U174" s="1"/>
       <c r="V174" s="1"/>
       <c r="W174" s="1"/>
     </row>
     <row r="175" spans="1:23">
       <c r="A175" s="3">
         <v>173</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="C175" s="3" t="s">
-        <v>489</v>
+        <v>598</v>
       </c>
       <c r="D175" s="3" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>637</v>
+        <v>499</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="G175" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H175" s="4" t="s">
-        <v>493</v>
+        <v>598</v>
       </c>
       <c r="I175" s="4"/>
       <c r="J175" s="1"/>
       <c r="K175" s="1"/>
       <c r="L175" s="1"/>
       <c r="M175" s="1"/>
       <c r="N175" s="1"/>
       <c r="O175" s="1"/>
       <c r="P175" s="1"/>
       <c r="Q175" s="1"/>
       <c r="R175" s="1"/>
       <c r="S175" s="1"/>
       <c r="T175" s="1"/>
       <c r="U175" s="1"/>
       <c r="V175" s="1"/>
       <c r="W175" s="1"/>
     </row>
     <row r="176" spans="1:23">
       <c r="A176" s="3">
         <v>174</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>640</v>
+        <v>489</v>
       </c>
       <c r="D176" s="3" t="s">
         <v>641</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>457</v>
+        <v>642</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G176" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H176" s="4" t="s">
-        <v>640</v>
+        <v>493</v>
       </c>
       <c r="I176" s="4"/>
       <c r="J176" s="1"/>
       <c r="K176" s="1"/>
       <c r="L176" s="1"/>
       <c r="M176" s="1"/>
       <c r="N176" s="1"/>
       <c r="O176" s="1"/>
       <c r="P176" s="1"/>
       <c r="Q176" s="1"/>
       <c r="R176" s="1"/>
       <c r="S176" s="1"/>
       <c r="T176" s="1"/>
       <c r="U176" s="1"/>
       <c r="V176" s="1"/>
       <c r="W176" s="1"/>
     </row>
     <row r="177" spans="1:23">
       <c r="A177" s="3">
         <v>175</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C177" s="3" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="D177" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="F177" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H177" s="4" t="s">
         <v>645</v>
-      </c>
-[...10 lines deleted...]
-        <v>631</v>
       </c>
       <c r="I177" s="4"/>
       <c r="J177" s="1"/>
       <c r="K177" s="1"/>
       <c r="L177" s="1"/>
       <c r="M177" s="1"/>
       <c r="N177" s="1"/>
       <c r="O177" s="1"/>
       <c r="P177" s="1"/>
       <c r="Q177" s="1"/>
       <c r="R177" s="1"/>
       <c r="S177" s="1"/>
       <c r="T177" s="1"/>
       <c r="U177" s="1"/>
       <c r="V177" s="1"/>
       <c r="W177" s="1"/>
     </row>
     <row r="178" spans="1:23">
       <c r="A178" s="3">
         <v>176</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="D178" s="3" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="G178" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H178" s="4" t="s">
-        <v>648</v>
+        <v>636</v>
       </c>
       <c r="I178" s="4"/>
       <c r="J178" s="1"/>
       <c r="K178" s="1"/>
       <c r="L178" s="1"/>
       <c r="M178" s="1"/>
       <c r="N178" s="1"/>
       <c r="O178" s="1"/>
       <c r="P178" s="1"/>
       <c r="Q178" s="1"/>
       <c r="R178" s="1"/>
       <c r="S178" s="1"/>
       <c r="T178" s="1"/>
       <c r="U178" s="1"/>
       <c r="V178" s="1"/>
       <c r="W178" s="1"/>
     </row>
     <row r="179" spans="1:23">
       <c r="A179" s="3">
         <v>177</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C179" s="3" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="D179" s="3" t="s">
+        <v>654</v>
+      </c>
+      <c r="E179" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F179" s="3" t="s">
+        <v>655</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H179" s="4" t="s">
         <v>653</v>
-      </c>
-[...10 lines deleted...]
-        <v>473</v>
       </c>
       <c r="I179" s="4"/>
       <c r="J179" s="1"/>
       <c r="K179" s="1"/>
       <c r="L179" s="1"/>
       <c r="M179" s="1"/>
       <c r="N179" s="1"/>
       <c r="O179" s="1"/>
       <c r="P179" s="1"/>
       <c r="Q179" s="1"/>
       <c r="R179" s="1"/>
       <c r="S179" s="1"/>
       <c r="T179" s="1"/>
       <c r="U179" s="1"/>
       <c r="V179" s="1"/>
       <c r="W179" s="1"/>
     </row>
     <row r="180" spans="1:23">
       <c r="A180" s="3">
         <v>178</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="D180" s="3" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>40</v>
+        <v>196</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="G180" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H180" s="4" t="s">
-        <v>487</v>
+        <v>473</v>
       </c>
       <c r="I180" s="4"/>
       <c r="J180" s="1"/>
       <c r="K180" s="1"/>
       <c r="L180" s="1"/>
       <c r="M180" s="1"/>
       <c r="N180" s="1"/>
       <c r="O180" s="1"/>
       <c r="P180" s="1"/>
       <c r="Q180" s="1"/>
       <c r="R180" s="1"/>
       <c r="S180" s="1"/>
       <c r="T180" s="1"/>
       <c r="U180" s="1"/>
       <c r="V180" s="1"/>
       <c r="W180" s="1"/>
     </row>
     <row r="181" spans="1:23">
       <c r="A181" s="3">
         <v>179</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C181" s="3" t="s">
-        <v>454</v>
+        <v>661</v>
       </c>
       <c r="D181" s="3" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>457</v>
+        <v>40</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="G181" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H181" s="4" t="s">
-        <v>454</v>
+        <v>487</v>
       </c>
       <c r="I181" s="4"/>
       <c r="J181" s="1"/>
       <c r="K181" s="1"/>
       <c r="L181" s="1"/>
       <c r="M181" s="1"/>
       <c r="N181" s="1"/>
       <c r="O181" s="1"/>
       <c r="P181" s="1"/>
       <c r="Q181" s="1"/>
       <c r="R181" s="1"/>
       <c r="S181" s="1"/>
       <c r="T181" s="1"/>
       <c r="U181" s="1"/>
       <c r="V181" s="1"/>
       <c r="W181" s="1"/>
     </row>
     <row r="182" spans="1:23">
       <c r="A182" s="3">
         <v>180</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="C182" s="3" t="s">
-        <v>601</v>
+        <v>454</v>
       </c>
       <c r="D182" s="3" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>664</v>
+        <v>457</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="G182" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H182" s="4" t="s">
-        <v>473</v>
+        <v>454</v>
       </c>
       <c r="I182" s="4"/>
       <c r="J182" s="1"/>
       <c r="K182" s="1"/>
       <c r="L182" s="1"/>
       <c r="M182" s="1"/>
       <c r="N182" s="1"/>
       <c r="O182" s="1"/>
       <c r="P182" s="1"/>
       <c r="Q182" s="1"/>
       <c r="R182" s="1"/>
       <c r="S182" s="1"/>
       <c r="T182" s="1"/>
       <c r="U182" s="1"/>
       <c r="V182" s="1"/>
       <c r="W182" s="1"/>
     </row>
     <row r="183" spans="1:23">
       <c r="A183" s="3">
         <v>181</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="C183" s="3" t="s">
-        <v>667</v>
+        <v>606</v>
       </c>
       <c r="D183" s="3" t="s">
         <v>668</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>40</v>
+        <v>669</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="G183" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H183" s="4" t="s">
-        <v>667</v>
+        <v>473</v>
       </c>
       <c r="I183" s="4"/>
       <c r="J183" s="1"/>
       <c r="K183" s="1"/>
       <c r="L183" s="1"/>
       <c r="M183" s="1"/>
       <c r="N183" s="1"/>
       <c r="O183" s="1"/>
       <c r="P183" s="1"/>
       <c r="Q183" s="1"/>
       <c r="R183" s="1"/>
       <c r="S183" s="1"/>
       <c r="T183" s="1"/>
       <c r="U183" s="1"/>
       <c r="V183" s="1"/>
       <c r="W183" s="1"/>
     </row>
     <row r="184" spans="1:23">
       <c r="A184" s="3">
         <v>182</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C184" s="3" t="s">
-        <v>617</v>
+        <v>672</v>
       </c>
       <c r="D184" s="3" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F184" s="3" t="s">
+        <v>674</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H184" s="4" t="s">
         <v>672</v>
-      </c>
-[...4 lines deleted...]
-        <v>617</v>
       </c>
       <c r="I184" s="4"/>
       <c r="J184" s="1"/>
       <c r="K184" s="1"/>
       <c r="L184" s="1"/>
       <c r="M184" s="1"/>
       <c r="N184" s="1"/>
       <c r="O184" s="1"/>
       <c r="P184" s="1"/>
       <c r="Q184" s="1"/>
       <c r="R184" s="1"/>
       <c r="S184" s="1"/>
       <c r="T184" s="1"/>
       <c r="U184" s="1"/>
       <c r="V184" s="1"/>
       <c r="W184" s="1"/>
     </row>
     <row r="185" spans="1:23">
       <c r="A185" s="3">
         <v>183</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="C185" s="3" t="s">
-        <v>504</v>
+        <v>622</v>
       </c>
       <c r="D185" s="3" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="G185" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H185" s="4" t="s">
-        <v>504</v>
+        <v>622</v>
       </c>
       <c r="I185" s="4"/>
       <c r="J185" s="1"/>
       <c r="K185" s="1"/>
       <c r="L185" s="1"/>
       <c r="M185" s="1"/>
       <c r="N185" s="1"/>
       <c r="O185" s="1"/>
       <c r="P185" s="1"/>
       <c r="Q185" s="1"/>
       <c r="R185" s="1"/>
       <c r="S185" s="1"/>
       <c r="T185" s="1"/>
       <c r="U185" s="1"/>
       <c r="V185" s="1"/>
       <c r="W185" s="1"/>
     </row>
     <row r="186" spans="1:23">
       <c r="A186" s="3">
         <v>184</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>615</v>
+        <v>504</v>
       </c>
       <c r="D186" s="3" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>508</v>
+        <v>40</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="G186" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H186" s="4" t="s">
-        <v>615</v>
+        <v>504</v>
       </c>
       <c r="I186" s="4"/>
       <c r="J186" s="1"/>
       <c r="K186" s="1"/>
       <c r="L186" s="1"/>
       <c r="M186" s="1"/>
       <c r="N186" s="1"/>
       <c r="O186" s="1"/>
       <c r="P186" s="1"/>
       <c r="Q186" s="1"/>
       <c r="R186" s="1"/>
       <c r="S186" s="1"/>
       <c r="T186" s="1"/>
       <c r="U186" s="1"/>
       <c r="V186" s="1"/>
       <c r="W186" s="1"/>
     </row>
     <row r="187" spans="1:23">
       <c r="A187" s="3">
         <v>185</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="C187" s="3" t="s">
-        <v>454</v>
+        <v>620</v>
       </c>
       <c r="D187" s="3" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>40</v>
+        <v>508</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="G187" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H187" s="4" t="s">
-        <v>454</v>
+        <v>620</v>
       </c>
       <c r="I187" s="4"/>
       <c r="J187" s="1"/>
       <c r="K187" s="1"/>
       <c r="L187" s="1"/>
       <c r="M187" s="1"/>
       <c r="N187" s="1"/>
       <c r="O187" s="1"/>
       <c r="P187" s="1"/>
       <c r="Q187" s="1"/>
       <c r="R187" s="1"/>
       <c r="S187" s="1"/>
       <c r="T187" s="1"/>
       <c r="U187" s="1"/>
       <c r="V187" s="1"/>
       <c r="W187" s="1"/>
     </row>
     <row r="188" spans="1:23">
       <c r="A188" s="3">
         <v>186</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>683</v>
+        <v>454</v>
       </c>
       <c r="D188" s="3" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>685</v>
+        <v>40</v>
       </c>
       <c r="F188" s="3" t="s">
         <v>686</v>
       </c>
       <c r="G188" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H188" s="4" t="s">
-        <v>683</v>
+        <v>454</v>
       </c>
       <c r="I188" s="4"/>
       <c r="J188" s="1"/>
       <c r="K188" s="1"/>
       <c r="L188" s="1"/>
       <c r="M188" s="1"/>
       <c r="N188" s="1"/>
       <c r="O188" s="1"/>
       <c r="P188" s="1"/>
       <c r="Q188" s="1"/>
       <c r="R188" s="1"/>
       <c r="S188" s="1"/>
       <c r="T188" s="1"/>
       <c r="U188" s="1"/>
       <c r="V188" s="1"/>
       <c r="W188" s="1"/>
     </row>
     <row r="189" spans="1:23">
       <c r="A189" s="3">
         <v>187</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>687</v>
       </c>
       <c r="C189" s="3" t="s">
-        <v>593</v>
+        <v>688</v>
       </c>
       <c r="D189" s="3" t="s">
+        <v>689</v>
+      </c>
+      <c r="E189" s="3" t="s">
+        <v>690</v>
+      </c>
+      <c r="F189" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H189" s="4" t="s">
         <v>688</v>
-      </c>
-[...10 lines deleted...]
-        <v>690</v>
       </c>
       <c r="I189" s="4"/>
       <c r="J189" s="1"/>
       <c r="K189" s="1"/>
       <c r="L189" s="1"/>
       <c r="M189" s="1"/>
       <c r="N189" s="1"/>
       <c r="O189" s="1"/>
       <c r="P189" s="1"/>
       <c r="Q189" s="1"/>
       <c r="R189" s="1"/>
       <c r="S189" s="1"/>
       <c r="T189" s="1"/>
       <c r="U189" s="1"/>
       <c r="V189" s="1"/>
       <c r="W189" s="1"/>
     </row>
     <row r="190" spans="1:23">
       <c r="A190" s="3">
         <v>188</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="C190" s="3" t="s">
-        <v>692</v>
+        <v>598</v>
       </c>
       <c r="D190" s="3" t="s">
         <v>693</v>
       </c>
       <c r="E190" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F190" s="3" t="s">
         <v>694</v>
       </c>
-      <c r="F190" s="3" t="s">
+      <c r="G190" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H190" s="4" t="s">
         <v>695</v>
-      </c>
-[...4 lines deleted...]
-        <v>696</v>
       </c>
       <c r="I190" s="4"/>
       <c r="J190" s="1"/>
       <c r="K190" s="1"/>
       <c r="L190" s="1"/>
       <c r="M190" s="1"/>
       <c r="N190" s="1"/>
       <c r="O190" s="1"/>
       <c r="P190" s="1"/>
       <c r="Q190" s="1"/>
       <c r="R190" s="1"/>
       <c r="S190" s="1"/>
       <c r="T190" s="1"/>
       <c r="U190" s="1"/>
       <c r="V190" s="1"/>
       <c r="W190" s="1"/>
     </row>
     <row r="191" spans="1:23">
       <c r="A191" s="3">
         <v>189</v>
       </c>
       <c r="B191" s="3" t="s">
+        <v>696</v>
+      </c>
+      <c r="C191" s="3" t="s">
         <v>697</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
       <c r="D191" s="3" t="s">
         <v>698</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>699</v>
       </c>
       <c r="F191" s="3" t="s">
         <v>700</v>
       </c>
       <c r="G191" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H191" s="4" t="s">
-        <v>489</v>
+        <v>701</v>
       </c>
       <c r="I191" s="4"/>
       <c r="J191" s="1"/>
       <c r="K191" s="1"/>
       <c r="L191" s="1"/>
       <c r="M191" s="1"/>
       <c r="N191" s="1"/>
       <c r="O191" s="1"/>
       <c r="P191" s="1"/>
       <c r="Q191" s="1"/>
       <c r="R191" s="1"/>
       <c r="S191" s="1"/>
       <c r="T191" s="1"/>
       <c r="U191" s="1"/>
       <c r="V191" s="1"/>
       <c r="W191" s="1"/>
     </row>
     <row r="192" spans="1:23">
       <c r="A192" s="3">
         <v>190</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>617</v>
+        <v>489</v>
       </c>
       <c r="D192" s="3" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>40</v>
+        <v>704</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="G192" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H192" s="4" t="s">
-        <v>617</v>
+        <v>489</v>
       </c>
       <c r="I192" s="4"/>
       <c r="J192" s="1"/>
       <c r="K192" s="1"/>
       <c r="L192" s="1"/>
       <c r="M192" s="1"/>
       <c r="N192" s="1"/>
       <c r="O192" s="1"/>
       <c r="P192" s="1"/>
       <c r="Q192" s="1"/>
       <c r="R192" s="1"/>
       <c r="S192" s="1"/>
       <c r="T192" s="1"/>
       <c r="U192" s="1"/>
       <c r="V192" s="1"/>
       <c r="W192" s="1"/>
     </row>
     <row r="193" spans="1:23">
       <c r="A193" s="3">
         <v>191</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="C193" s="3" t="s">
-        <v>361</v>
+        <v>622</v>
       </c>
       <c r="D193" s="3" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>706</v>
+        <v>40</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="G193" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H193" s="4" t="s">
-        <v>489</v>
+        <v>622</v>
       </c>
       <c r="I193" s="4"/>
       <c r="J193" s="1"/>
       <c r="K193" s="1"/>
       <c r="L193" s="1"/>
       <c r="M193" s="1"/>
       <c r="N193" s="1"/>
       <c r="O193" s="1"/>
       <c r="P193" s="1"/>
       <c r="Q193" s="1"/>
       <c r="R193" s="1"/>
       <c r="S193" s="1"/>
       <c r="T193" s="1"/>
       <c r="U193" s="1"/>
       <c r="V193" s="1"/>
       <c r="W193" s="1"/>
     </row>
     <row r="194" spans="1:23">
       <c r="A194" s="3">
         <v>192</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>648</v>
+        <v>361</v>
       </c>
       <c r="D194" s="3" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>40</v>
+        <v>711</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="G194" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H194" s="4" t="s">
-        <v>648</v>
+        <v>489</v>
       </c>
       <c r="I194" s="4"/>
       <c r="J194" s="1"/>
       <c r="K194" s="1"/>
       <c r="L194" s="1"/>
       <c r="M194" s="1"/>
       <c r="N194" s="1"/>
       <c r="O194" s="1"/>
       <c r="P194" s="1"/>
       <c r="Q194" s="1"/>
       <c r="R194" s="1"/>
       <c r="S194" s="1"/>
       <c r="T194" s="1"/>
       <c r="U194" s="1"/>
       <c r="V194" s="1"/>
       <c r="W194" s="1"/>
     </row>
     <row r="195" spans="1:23">
       <c r="A195" s="3">
         <v>193</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="C195" s="3" t="s">
-        <v>712</v>
+        <v>653</v>
       </c>
       <c r="D195" s="3" t="s">
-        <v>713</v>
-[...1 lines deleted...]
-      <c r="E195" s="3"/>
+        <v>714</v>
+      </c>
+      <c r="E195" s="3" t="s">
+        <v>40</v>
+      </c>
       <c r="F195" s="3" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="G195" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H195" s="4" t="s">
-        <v>361</v>
+        <v>653</v>
       </c>
       <c r="I195" s="4"/>
       <c r="J195" s="1"/>
       <c r="K195" s="1"/>
       <c r="L195" s="1"/>
       <c r="M195" s="1"/>
       <c r="N195" s="1"/>
       <c r="O195" s="1"/>
       <c r="P195" s="1"/>
       <c r="Q195" s="1"/>
       <c r="R195" s="1"/>
       <c r="S195" s="1"/>
       <c r="T195" s="1"/>
       <c r="U195" s="1"/>
       <c r="V195" s="1"/>
       <c r="W195" s="1"/>
     </row>
     <row r="196" spans="1:23">
       <c r="A196" s="3">
         <v>194</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="D196" s="3" t="s">
-        <v>717</v>
-[...3 lines deleted...]
-      </c>
+        <v>718</v>
+      </c>
+      <c r="E196" s="3"/>
       <c r="F196" s="3" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="G196" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H196" s="4" t="s">
-        <v>692</v>
+        <v>361</v>
       </c>
       <c r="I196" s="4"/>
       <c r="J196" s="1"/>
       <c r="K196" s="1"/>
       <c r="L196" s="1"/>
       <c r="M196" s="1"/>
       <c r="N196" s="1"/>
       <c r="O196" s="1"/>
       <c r="P196" s="1"/>
       <c r="Q196" s="1"/>
       <c r="R196" s="1"/>
       <c r="S196" s="1"/>
       <c r="T196" s="1"/>
       <c r="U196" s="1"/>
       <c r="V196" s="1"/>
       <c r="W196" s="1"/>
     </row>
     <row r="197" spans="1:23">
       <c r="A197" s="3">
         <v>195</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="C197" s="3" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="D197" s="3" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>499</v>
+        <v>83</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="G197" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H197" s="4" t="s">
-        <v>723</v>
+        <v>697</v>
       </c>
       <c r="I197" s="4"/>
       <c r="J197" s="1"/>
       <c r="K197" s="1"/>
       <c r="L197" s="1"/>
       <c r="M197" s="1"/>
       <c r="N197" s="1"/>
       <c r="O197" s="1"/>
       <c r="P197" s="1"/>
       <c r="Q197" s="1"/>
       <c r="R197" s="1"/>
       <c r="S197" s="1"/>
       <c r="T197" s="1"/>
       <c r="U197" s="1"/>
       <c r="V197" s="1"/>
       <c r="W197" s="1"/>
     </row>
     <row r="198" spans="1:23">
       <c r="A198" s="3">
         <v>196</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>724</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>454</v>
+        <v>725</v>
       </c>
       <c r="D198" s="3" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>40</v>
+        <v>499</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="G198" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H198" s="4" t="s">
-        <v>454</v>
+        <v>728</v>
       </c>
       <c r="I198" s="4"/>
       <c r="J198" s="1"/>
       <c r="K198" s="1"/>
       <c r="L198" s="1"/>
       <c r="M198" s="1"/>
       <c r="N198" s="1"/>
       <c r="O198" s="1"/>
       <c r="P198" s="1"/>
       <c r="Q198" s="1"/>
       <c r="R198" s="1"/>
       <c r="S198" s="1"/>
       <c r="T198" s="1"/>
       <c r="U198" s="1"/>
       <c r="V198" s="1"/>
       <c r="W198" s="1"/>
     </row>
     <row r="199" spans="1:23">
       <c r="A199" s="3">
         <v>197</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="C199" s="3" t="s">
-        <v>593</v>
+        <v>454</v>
       </c>
       <c r="D199" s="3" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="G199" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H199" s="4" t="s">
-        <v>593</v>
+        <v>454</v>
       </c>
       <c r="I199" s="4"/>
       <c r="J199" s="1"/>
       <c r="K199" s="1"/>
       <c r="L199" s="1"/>
       <c r="M199" s="1"/>
       <c r="N199" s="1"/>
       <c r="O199" s="1"/>
       <c r="P199" s="1"/>
       <c r="Q199" s="1"/>
       <c r="R199" s="1"/>
       <c r="S199" s="1"/>
       <c r="T199" s="1"/>
       <c r="U199" s="1"/>
       <c r="V199" s="1"/>
       <c r="W199" s="1"/>
     </row>
     <row r="200" spans="1:23">
       <c r="A200" s="3">
         <v>198</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>454</v>
+        <v>598</v>
       </c>
       <c r="D200" s="3" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="G200" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H200" s="4" t="s">
-        <v>454</v>
+        <v>598</v>
       </c>
       <c r="I200" s="4"/>
       <c r="J200" s="1"/>
       <c r="K200" s="1"/>
       <c r="L200" s="1"/>
       <c r="M200" s="1"/>
       <c r="N200" s="1"/>
       <c r="O200" s="1"/>
       <c r="P200" s="1"/>
       <c r="Q200" s="1"/>
       <c r="R200" s="1"/>
       <c r="S200" s="1"/>
       <c r="T200" s="1"/>
       <c r="U200" s="1"/>
       <c r="V200" s="1"/>
       <c r="W200" s="1"/>
     </row>
     <row r="201" spans="1:23">
       <c r="A201" s="3">
         <v>199</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="C201" s="3" t="s">
-        <v>504</v>
+        <v>454</v>
       </c>
       <c r="D201" s="3" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="G201" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H201" s="4" t="s">
-        <v>504</v>
+        <v>454</v>
       </c>
       <c r="I201" s="4"/>
       <c r="J201" s="1"/>
       <c r="K201" s="1"/>
       <c r="L201" s="1"/>
       <c r="M201" s="1"/>
       <c r="N201" s="1"/>
       <c r="O201" s="1"/>
       <c r="P201" s="1"/>
       <c r="Q201" s="1"/>
       <c r="R201" s="1"/>
       <c r="S201" s="1"/>
       <c r="T201" s="1"/>
       <c r="U201" s="1"/>
       <c r="V201" s="1"/>
       <c r="W201" s="1"/>
     </row>
     <row r="202" spans="1:23">
       <c r="A202" s="3">
         <v>200</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>615</v>
+        <v>504</v>
       </c>
       <c r="D202" s="3" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>457</v>
+        <v>40</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="G202" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H202" s="4" t="s">
-        <v>615</v>
+        <v>504</v>
       </c>
       <c r="I202" s="4"/>
       <c r="J202" s="1"/>
       <c r="K202" s="1"/>
       <c r="L202" s="1"/>
       <c r="M202" s="1"/>
       <c r="N202" s="1"/>
       <c r="O202" s="1"/>
       <c r="P202" s="1"/>
       <c r="Q202" s="1"/>
       <c r="R202" s="1"/>
       <c r="S202" s="1"/>
       <c r="T202" s="1"/>
       <c r="U202" s="1"/>
       <c r="V202" s="1"/>
       <c r="W202" s="1"/>
     </row>
     <row r="203" spans="1:23">
       <c r="A203" s="3">
         <v>201</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="C203" s="3" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="D203" s="3" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>40</v>
+        <v>457</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="G203" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H203" s="4" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="I203" s="4"/>
       <c r="J203" s="1"/>
       <c r="K203" s="1"/>
       <c r="L203" s="1"/>
       <c r="M203" s="1"/>
       <c r="N203" s="1"/>
       <c r="O203" s="1"/>
       <c r="P203" s="1"/>
       <c r="Q203" s="1"/>
       <c r="R203" s="1"/>
       <c r="S203" s="1"/>
       <c r="T203" s="1"/>
       <c r="U203" s="1"/>
       <c r="V203" s="1"/>
       <c r="W203" s="1"/>
     </row>
     <row r="204" spans="1:23">
       <c r="A204" s="3">
         <v>202</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="C204" s="3" t="s">
-        <v>743</v>
+        <v>620</v>
       </c>
       <c r="D204" s="3" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>499</v>
+        <v>40</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="G204" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H204" s="4" t="s">
-        <v>746</v>
+        <v>620</v>
       </c>
       <c r="I204" s="4"/>
       <c r="J204" s="1"/>
       <c r="K204" s="1"/>
       <c r="L204" s="1"/>
       <c r="M204" s="1"/>
       <c r="N204" s="1"/>
       <c r="O204" s="1"/>
       <c r="P204" s="1"/>
       <c r="Q204" s="1"/>
       <c r="R204" s="1"/>
       <c r="S204" s="1"/>
       <c r="T204" s="1"/>
       <c r="U204" s="1"/>
       <c r="V204" s="1"/>
       <c r="W204" s="1"/>
     </row>
     <row r="205" spans="1:23">
       <c r="A205" s="3">
         <v>203</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>747</v>
       </c>
       <c r="C205" s="3" t="s">
-        <v>690</v>
+        <v>748</v>
       </c>
       <c r="D205" s="3" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>499</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="G205" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H205" s="4" t="s">
-        <v>690</v>
+        <v>751</v>
       </c>
       <c r="I205" s="4"/>
       <c r="J205" s="1"/>
       <c r="K205" s="1"/>
       <c r="L205" s="1"/>
       <c r="M205" s="1"/>
       <c r="N205" s="1"/>
       <c r="O205" s="1"/>
       <c r="P205" s="1"/>
       <c r="Q205" s="1"/>
       <c r="R205" s="1"/>
       <c r="S205" s="1"/>
       <c r="T205" s="1"/>
       <c r="U205" s="1"/>
       <c r="V205" s="1"/>
       <c r="W205" s="1"/>
     </row>
     <row r="206" spans="1:23">
       <c r="A206" s="3">
         <v>204</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="C206" s="3" t="s">
-        <v>751</v>
+        <v>695</v>
       </c>
       <c r="D206" s="3" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>753</v>
+        <v>499</v>
       </c>
       <c r="F206" s="3" t="s">
         <v>754</v>
       </c>
       <c r="G206" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H206" s="4" t="s">
-        <v>751</v>
+        <v>695</v>
       </c>
       <c r="I206" s="4"/>
       <c r="J206" s="1"/>
       <c r="K206" s="1"/>
       <c r="L206" s="1"/>
       <c r="M206" s="1"/>
       <c r="N206" s="1"/>
       <c r="O206" s="1"/>
       <c r="P206" s="1"/>
       <c r="Q206" s="1"/>
       <c r="R206" s="1"/>
       <c r="S206" s="1"/>
       <c r="T206" s="1"/>
       <c r="U206" s="1"/>
       <c r="V206" s="1"/>
       <c r="W206" s="1"/>
     </row>
     <row r="207" spans="1:23">
       <c r="A207" s="3">
         <v>205</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>755</v>
       </c>
       <c r="C207" s="3" t="s">
@@ -11665,1716 +11680,1757 @@
       <c r="N207" s="1"/>
       <c r="O207" s="1"/>
       <c r="P207" s="1"/>
       <c r="Q207" s="1"/>
       <c r="R207" s="1"/>
       <c r="S207" s="1"/>
       <c r="T207" s="1"/>
       <c r="U207" s="1"/>
       <c r="V207" s="1"/>
       <c r="W207" s="1"/>
     </row>
     <row r="208" spans="1:23">
       <c r="A208" s="3">
         <v>206</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>760</v>
       </c>
       <c r="C208" s="3" t="s">
         <v>761</v>
       </c>
       <c r="D208" s="3" t="s">
         <v>762</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>499</v>
+        <v>763</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="G208" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H208" s="4" t="s">
         <v>761</v>
       </c>
       <c r="I208" s="4"/>
       <c r="J208" s="1"/>
       <c r="K208" s="1"/>
       <c r="L208" s="1"/>
       <c r="M208" s="1"/>
       <c r="N208" s="1"/>
       <c r="O208" s="1"/>
       <c r="P208" s="1"/>
       <c r="Q208" s="1"/>
       <c r="R208" s="1"/>
       <c r="S208" s="1"/>
       <c r="T208" s="1"/>
       <c r="U208" s="1"/>
       <c r="V208" s="1"/>
       <c r="W208" s="1"/>
     </row>
     <row r="209" spans="1:23">
       <c r="A209" s="3">
         <v>207</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="C209" s="3" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="D209" s="3" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>767</v>
+        <v>499</v>
       </c>
       <c r="F209" s="3" t="s">
         <v>768</v>
       </c>
       <c r="G209" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H209" s="4" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="I209" s="4"/>
       <c r="J209" s="1"/>
       <c r="K209" s="1"/>
       <c r="L209" s="1"/>
       <c r="M209" s="1"/>
       <c r="N209" s="1"/>
       <c r="O209" s="1"/>
       <c r="P209" s="1"/>
       <c r="Q209" s="1"/>
       <c r="R209" s="1"/>
       <c r="S209" s="1"/>
       <c r="T209" s="1"/>
       <c r="U209" s="1"/>
       <c r="V209" s="1"/>
       <c r="W209" s="1"/>
     </row>
     <row r="210" spans="1:23">
       <c r="A210" s="3">
         <v>208</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>769</v>
       </c>
       <c r="C210" s="3" t="s">
         <v>770</v>
       </c>
       <c r="D210" s="3" t="s">
         <v>771</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>499</v>
+        <v>772</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="G210" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H210" s="4" t="s">
         <v>770</v>
       </c>
       <c r="I210" s="4"/>
       <c r="J210" s="1"/>
       <c r="K210" s="1"/>
       <c r="L210" s="1"/>
       <c r="M210" s="1"/>
       <c r="N210" s="1"/>
       <c r="O210" s="1"/>
       <c r="P210" s="1"/>
       <c r="Q210" s="1"/>
       <c r="R210" s="1"/>
       <c r="S210" s="1"/>
       <c r="T210" s="1"/>
       <c r="U210" s="1"/>
       <c r="V210" s="1"/>
       <c r="W210" s="1"/>
     </row>
     <row r="211" spans="1:23">
       <c r="A211" s="3">
         <v>209</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="C211" s="3" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="D211" s="3" t="s">
+        <v>776</v>
+      </c>
+      <c r="E211" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="F211" s="3" t="s">
+        <v>777</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H211" s="4" t="s">
         <v>775</v>
-      </c>
-[...10 lines deleted...]
-        <v>774</v>
       </c>
       <c r="I211" s="4"/>
       <c r="J211" s="1"/>
       <c r="K211" s="1"/>
       <c r="L211" s="1"/>
       <c r="M211" s="1"/>
       <c r="N211" s="1"/>
       <c r="O211" s="1"/>
       <c r="P211" s="1"/>
       <c r="Q211" s="1"/>
       <c r="R211" s="1"/>
       <c r="S211" s="1"/>
       <c r="T211" s="1"/>
       <c r="U211" s="1"/>
       <c r="V211" s="1"/>
       <c r="W211" s="1"/>
     </row>
     <row r="212" spans="1:23">
       <c r="A212" s="3">
         <v>210</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="C212" s="3" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="D212" s="3" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>780</v>
+        <v>304</v>
       </c>
       <c r="F212" s="3" t="s">
         <v>781</v>
       </c>
       <c r="G212" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H212" s="4" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
       <c r="I212" s="4"/>
       <c r="J212" s="1"/>
       <c r="K212" s="1"/>
       <c r="L212" s="1"/>
       <c r="M212" s="1"/>
       <c r="N212" s="1"/>
       <c r="O212" s="1"/>
       <c r="P212" s="1"/>
       <c r="Q212" s="1"/>
       <c r="R212" s="1"/>
       <c r="S212" s="1"/>
       <c r="T212" s="1"/>
       <c r="U212" s="1"/>
       <c r="V212" s="1"/>
       <c r="W212" s="1"/>
     </row>
     <row r="213" spans="1:23">
       <c r="A213" s="3">
         <v>211</v>
       </c>
       <c r="B213" s="3" t="s">
+        <v>782</v>
+      </c>
+      <c r="C213" s="3" t="s">
         <v>783</v>
       </c>
-      <c r="C213" s="3" t="s">
+      <c r="D213" s="3" t="s">
         <v>784</v>
       </c>
-      <c r="D213" s="3" t="s">
+      <c r="E213" s="3" t="s">
         <v>785</v>
       </c>
-      <c r="E213" s="3" t="s">
+      <c r="F213" s="3" t="s">
         <v>786</v>
       </c>
-      <c r="F213" s="3" t="s">
+      <c r="G213" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H213" s="4" t="s">
         <v>787</v>
-      </c>
-[...4 lines deleted...]
-        <v>784</v>
       </c>
       <c r="I213" s="4"/>
       <c r="J213" s="1"/>
       <c r="K213" s="1"/>
       <c r="L213" s="1"/>
       <c r="M213" s="1"/>
       <c r="N213" s="1"/>
       <c r="O213" s="1"/>
       <c r="P213" s="1"/>
       <c r="Q213" s="1"/>
       <c r="R213" s="1"/>
       <c r="S213" s="1"/>
       <c r="T213" s="1"/>
       <c r="U213" s="1"/>
       <c r="V213" s="1"/>
       <c r="W213" s="1"/>
     </row>
     <row r="214" spans="1:23">
       <c r="A214" s="3">
         <v>212</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>788</v>
       </c>
       <c r="C214" s="3" t="s">
         <v>789</v>
       </c>
       <c r="D214" s="3" t="s">
         <v>790</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>791</v>
       </c>
       <c r="F214" s="3" t="s">
         <v>792</v>
       </c>
       <c r="G214" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H214" s="4" t="s">
-        <v>793</v>
+        <v>789</v>
       </c>
       <c r="I214" s="4"/>
       <c r="J214" s="1"/>
       <c r="K214" s="1"/>
       <c r="L214" s="1"/>
       <c r="M214" s="1"/>
       <c r="N214" s="1"/>
       <c r="O214" s="1"/>
       <c r="P214" s="1"/>
       <c r="Q214" s="1"/>
       <c r="R214" s="1"/>
       <c r="S214" s="1"/>
       <c r="T214" s="1"/>
       <c r="U214" s="1"/>
       <c r="V214" s="1"/>
       <c r="W214" s="1"/>
     </row>
     <row r="215" spans="1:23">
       <c r="A215" s="3">
         <v>213</v>
       </c>
       <c r="B215" s="3" t="s">
+        <v>793</v>
+      </c>
+      <c r="C215" s="3" t="s">
         <v>794</v>
       </c>
-      <c r="C215" s="3" t="s">
+      <c r="D215" s="3" t="s">
         <v>795</v>
       </c>
-      <c r="D215" s="3" t="s">
+      <c r="E215" s="3" t="s">
         <v>796</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="F215" s="3" t="s">
         <v>797</v>
       </c>
       <c r="G215" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H215" s="4" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="I215" s="4"/>
       <c r="J215" s="1"/>
       <c r="K215" s="1"/>
       <c r="L215" s="1"/>
       <c r="M215" s="1"/>
       <c r="N215" s="1"/>
       <c r="O215" s="1"/>
       <c r="P215" s="1"/>
       <c r="Q215" s="1"/>
       <c r="R215" s="1"/>
       <c r="S215" s="1"/>
       <c r="T215" s="1"/>
       <c r="U215" s="1"/>
       <c r="V215" s="1"/>
       <c r="W215" s="1"/>
     </row>
     <row r="216" spans="1:23">
       <c r="A216" s="3">
         <v>214</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="C216" s="3" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="D216" s="3" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="G216" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H216" s="4" t="s">
-        <v>690</v>
+        <v>800</v>
       </c>
       <c r="I216" s="4"/>
       <c r="J216" s="1"/>
       <c r="K216" s="1"/>
       <c r="L216" s="1"/>
       <c r="M216" s="1"/>
       <c r="N216" s="1"/>
       <c r="O216" s="1"/>
       <c r="P216" s="1"/>
       <c r="Q216" s="1"/>
       <c r="R216" s="1"/>
       <c r="S216" s="1"/>
       <c r="T216" s="1"/>
       <c r="U216" s="1"/>
       <c r="V216" s="1"/>
       <c r="W216" s="1"/>
     </row>
     <row r="217" spans="1:23">
       <c r="A217" s="3">
         <v>215</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="C217" s="3" t="s">
-        <v>605</v>
+        <v>804</v>
       </c>
       <c r="D217" s="3" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="G217" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H217" s="4" t="s">
-        <v>605</v>
+        <v>695</v>
       </c>
       <c r="I217" s="4"/>
       <c r="J217" s="1"/>
       <c r="K217" s="1"/>
       <c r="L217" s="1"/>
       <c r="M217" s="1"/>
       <c r="N217" s="1"/>
       <c r="O217" s="1"/>
       <c r="P217" s="1"/>
       <c r="Q217" s="1"/>
       <c r="R217" s="1"/>
       <c r="S217" s="1"/>
       <c r="T217" s="1"/>
       <c r="U217" s="1"/>
       <c r="V217" s="1"/>
       <c r="W217" s="1"/>
     </row>
     <row r="218" spans="1:23">
       <c r="A218" s="3">
         <v>216</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="C218" s="3" t="s">
-        <v>806</v>
+        <v>610</v>
       </c>
       <c r="D218" s="3" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>808</v>
+        <v>40</v>
       </c>
       <c r="F218" s="3" t="s">
         <v>809</v>
       </c>
       <c r="G218" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H218" s="4" t="s">
-        <v>810</v>
+        <v>610</v>
       </c>
       <c r="I218" s="4"/>
       <c r="J218" s="1"/>
       <c r="K218" s="1"/>
       <c r="L218" s="1"/>
       <c r="M218" s="1"/>
       <c r="N218" s="1"/>
       <c r="O218" s="1"/>
       <c r="P218" s="1"/>
       <c r="Q218" s="1"/>
       <c r="R218" s="1"/>
       <c r="S218" s="1"/>
       <c r="T218" s="1"/>
       <c r="U218" s="1"/>
       <c r="V218" s="1"/>
       <c r="W218" s="1"/>
     </row>
     <row r="219" spans="1:23">
       <c r="A219" s="3">
         <v>217</v>
       </c>
       <c r="B219" s="3" t="s">
+        <v>810</v>
+      </c>
+      <c r="C219" s="3" t="s">
         <v>811</v>
       </c>
-      <c r="C219" s="3" t="s">
+      <c r="D219" s="3" t="s">
         <v>812</v>
       </c>
-      <c r="D219" s="3" t="s">
+      <c r="E219" s="3" t="s">
         <v>813</v>
-      </c>
-[...1 lines deleted...]
-        <v>499</v>
       </c>
       <c r="F219" s="3" t="s">
         <v>814</v>
       </c>
       <c r="G219" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H219" s="4" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="I219" s="4"/>
       <c r="J219" s="1"/>
       <c r="K219" s="1"/>
       <c r="L219" s="1"/>
       <c r="M219" s="1"/>
       <c r="N219" s="1"/>
       <c r="O219" s="1"/>
       <c r="P219" s="1"/>
       <c r="Q219" s="1"/>
       <c r="R219" s="1"/>
       <c r="S219" s="1"/>
       <c r="T219" s="1"/>
       <c r="U219" s="1"/>
       <c r="V219" s="1"/>
       <c r="W219" s="1"/>
     </row>
     <row r="220" spans="1:23">
       <c r="A220" s="3">
         <v>218</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="C220" s="3" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="D220" s="3" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>818</v>
+        <v>499</v>
       </c>
       <c r="F220" s="3" t="s">
         <v>819</v>
       </c>
       <c r="G220" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H220" s="4" t="s">
-        <v>820</v>
+        <v>817</v>
       </c>
       <c r="I220" s="4"/>
       <c r="J220" s="1"/>
       <c r="K220" s="1"/>
       <c r="L220" s="1"/>
       <c r="M220" s="1"/>
       <c r="N220" s="1"/>
       <c r="O220" s="1"/>
       <c r="P220" s="1"/>
       <c r="Q220" s="1"/>
       <c r="R220" s="1"/>
       <c r="S220" s="1"/>
       <c r="T220" s="1"/>
       <c r="U220" s="1"/>
       <c r="V220" s="1"/>
       <c r="W220" s="1"/>
     </row>
     <row r="221" spans="1:23">
       <c r="A221" s="3">
         <v>219</v>
       </c>
       <c r="B221" s="3" t="s">
+        <v>820</v>
+      </c>
+      <c r="C221" s="3" t="s">
         <v>821</v>
-      </c>
-[...1 lines deleted...]
-        <v>487</v>
       </c>
       <c r="D221" s="3" t="s">
         <v>822</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>304</v>
+        <v>823</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="G221" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H221" s="4" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="I221" s="4"/>
       <c r="J221" s="1"/>
       <c r="K221" s="1"/>
       <c r="L221" s="1"/>
       <c r="M221" s="1"/>
       <c r="N221" s="1"/>
       <c r="O221" s="1"/>
       <c r="P221" s="1"/>
       <c r="Q221" s="1"/>
       <c r="R221" s="1"/>
       <c r="S221" s="1"/>
       <c r="T221" s="1"/>
       <c r="U221" s="1"/>
       <c r="V221" s="1"/>
       <c r="W221" s="1"/>
     </row>
     <row r="222" spans="1:23">
       <c r="A222" s="3">
         <v>220</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="C222" s="3" t="s">
-        <v>826</v>
+        <v>487</v>
       </c>
       <c r="D222" s="3" t="s">
         <v>827</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>40</v>
+        <v>304</v>
       </c>
       <c r="F222" s="3" t="s">
         <v>828</v>
       </c>
       <c r="G222" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H222" s="4" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="I222" s="4"/>
       <c r="J222" s="1"/>
       <c r="K222" s="1"/>
       <c r="L222" s="1"/>
       <c r="M222" s="1"/>
       <c r="N222" s="1"/>
       <c r="O222" s="1"/>
       <c r="P222" s="1"/>
       <c r="Q222" s="1"/>
       <c r="R222" s="1"/>
       <c r="S222" s="1"/>
       <c r="T222" s="1"/>
       <c r="U222" s="1"/>
       <c r="V222" s="1"/>
       <c r="W222" s="1"/>
     </row>
     <row r="223" spans="1:23">
       <c r="A223" s="3">
         <v>221</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="C223" s="3" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="D223" s="3" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="G223" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H223" s="4" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="I223" s="4"/>
       <c r="J223" s="1"/>
       <c r="K223" s="1"/>
       <c r="L223" s="1"/>
       <c r="M223" s="1"/>
       <c r="N223" s="1"/>
       <c r="O223" s="1"/>
       <c r="P223" s="1"/>
       <c r="Q223" s="1"/>
       <c r="R223" s="1"/>
       <c r="S223" s="1"/>
       <c r="T223" s="1"/>
       <c r="U223" s="1"/>
       <c r="V223" s="1"/>
       <c r="W223" s="1"/>
     </row>
     <row r="224" spans="1:23">
       <c r="A224" s="3">
         <v>222</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="C224" s="3" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="D224" s="3" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="G224" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H224" s="4" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="I224" s="4"/>
       <c r="J224" s="1"/>
       <c r="K224" s="1"/>
       <c r="L224" s="1"/>
       <c r="M224" s="1"/>
       <c r="N224" s="1"/>
       <c r="O224" s="1"/>
       <c r="P224" s="1"/>
       <c r="Q224" s="1"/>
       <c r="R224" s="1"/>
       <c r="S224" s="1"/>
       <c r="T224" s="1"/>
       <c r="U224" s="1"/>
       <c r="V224" s="1"/>
       <c r="W224" s="1"/>
     </row>
     <row r="225" spans="1:23">
       <c r="A225" s="3">
         <v>223</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="C225" s="3" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="D225" s="3" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>840</v>
+        <v>40</v>
       </c>
       <c r="F225" s="3" t="s">
         <v>841</v>
       </c>
       <c r="G225" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H225" s="4" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="I225" s="4"/>
       <c r="J225" s="1"/>
       <c r="K225" s="1"/>
       <c r="L225" s="1"/>
       <c r="M225" s="1"/>
       <c r="N225" s="1"/>
       <c r="O225" s="1"/>
       <c r="P225" s="1"/>
       <c r="Q225" s="1"/>
       <c r="R225" s="1"/>
       <c r="S225" s="1"/>
       <c r="T225" s="1"/>
       <c r="U225" s="1"/>
       <c r="V225" s="1"/>
       <c r="W225" s="1"/>
     </row>
     <row r="226" spans="1:23">
       <c r="A226" s="3">
         <v>224</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>842</v>
       </c>
       <c r="C226" s="3" t="s">
-        <v>795</v>
+        <v>843</v>
       </c>
       <c r="D226" s="3" t="s">
+        <v>844</v>
+      </c>
+      <c r="E226" s="3" t="s">
+        <v>845</v>
+      </c>
+      <c r="F226" s="3" t="s">
+        <v>846</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H226" s="4" t="s">
         <v>843</v>
-      </c>
-[...10 lines deleted...]
-        <v>795</v>
       </c>
       <c r="I226" s="4"/>
       <c r="J226" s="1"/>
       <c r="K226" s="1"/>
       <c r="L226" s="1"/>
       <c r="M226" s="1"/>
       <c r="N226" s="1"/>
       <c r="O226" s="1"/>
       <c r="P226" s="1"/>
       <c r="Q226" s="1"/>
       <c r="R226" s="1"/>
       <c r="S226" s="1"/>
       <c r="T226" s="1"/>
       <c r="U226" s="1"/>
       <c r="V226" s="1"/>
       <c r="W226" s="1"/>
     </row>
     <row r="227" spans="1:23">
       <c r="A227" s="3">
         <v>225</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="C227" s="3" t="s">
-        <v>846</v>
+        <v>800</v>
       </c>
       <c r="D227" s="3" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F227" s="3" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="G227" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H227" s="4" t="s">
-        <v>846</v>
+        <v>800</v>
       </c>
       <c r="I227" s="4"/>
       <c r="J227" s="1"/>
       <c r="K227" s="1"/>
       <c r="L227" s="1"/>
       <c r="M227" s="1"/>
       <c r="N227" s="1"/>
       <c r="O227" s="1"/>
       <c r="P227" s="1"/>
       <c r="Q227" s="1"/>
       <c r="R227" s="1"/>
       <c r="S227" s="1"/>
       <c r="T227" s="1"/>
       <c r="U227" s="1"/>
       <c r="V227" s="1"/>
       <c r="W227" s="1"/>
     </row>
     <row r="228" spans="1:23">
       <c r="A228" s="3">
         <v>226</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="C228" s="3" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="D228" s="3" t="s">
+        <v>852</v>
+      </c>
+      <c r="E228" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F228" s="3" t="s">
+        <v>853</v>
+      </c>
+      <c r="G228" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H228" s="4" t="s">
         <v>851</v>
-      </c>
-[...10 lines deleted...]
-        <v>850</v>
       </c>
       <c r="I228" s="4"/>
       <c r="J228" s="1"/>
       <c r="K228" s="1"/>
       <c r="L228" s="1"/>
       <c r="M228" s="1"/>
       <c r="N228" s="1"/>
       <c r="O228" s="1"/>
       <c r="P228" s="1"/>
       <c r="Q228" s="1"/>
       <c r="R228" s="1"/>
       <c r="S228" s="1"/>
       <c r="T228" s="1"/>
       <c r="U228" s="1"/>
       <c r="V228" s="1"/>
       <c r="W228" s="1"/>
     </row>
     <row r="229" spans="1:23">
       <c r="A229" s="3">
         <v>227</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="C229" s="3" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="D229" s="3" t="s">
+        <v>856</v>
+      </c>
+      <c r="E229" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="F229" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="G229" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H229" s="4" t="s">
         <v>855</v>
-      </c>
-[...10 lines deleted...]
-        <v>854</v>
       </c>
       <c r="I229" s="4"/>
       <c r="J229" s="1"/>
       <c r="K229" s="1"/>
       <c r="L229" s="1"/>
       <c r="M229" s="1"/>
       <c r="N229" s="1"/>
       <c r="O229" s="1"/>
       <c r="P229" s="1"/>
       <c r="Q229" s="1"/>
       <c r="R229" s="1"/>
       <c r="S229" s="1"/>
       <c r="T229" s="1"/>
       <c r="U229" s="1"/>
       <c r="V229" s="1"/>
       <c r="W229" s="1"/>
     </row>
     <row r="230" spans="1:23">
       <c r="A230" s="3">
         <v>228</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="C230" s="3" t="s">
-        <v>838</v>
+        <v>859</v>
       </c>
       <c r="D230" s="3" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>840</v>
+        <v>763</v>
       </c>
       <c r="F230" s="3" t="s">
+        <v>861</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H230" s="4" t="s">
         <v>859</v>
-      </c>
-[...4 lines deleted...]
-        <v>838</v>
       </c>
       <c r="I230" s="4"/>
       <c r="J230" s="1"/>
       <c r="K230" s="1"/>
       <c r="L230" s="1"/>
       <c r="M230" s="1"/>
       <c r="N230" s="1"/>
       <c r="O230" s="1"/>
       <c r="P230" s="1"/>
       <c r="Q230" s="1"/>
       <c r="R230" s="1"/>
       <c r="S230" s="1"/>
       <c r="T230" s="1"/>
       <c r="U230" s="1"/>
       <c r="V230" s="1"/>
       <c r="W230" s="1"/>
     </row>
     <row r="231" spans="1:23">
       <c r="A231" s="3">
         <v>229</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="C231" s="3" t="s">
-        <v>806</v>
+        <v>843</v>
       </c>
       <c r="D231" s="3" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>862</v>
+        <v>845</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="G231" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H231" s="4" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="I231" s="4"/>
       <c r="J231" s="1"/>
       <c r="K231" s="1"/>
       <c r="L231" s="1"/>
       <c r="M231" s="1"/>
       <c r="N231" s="1"/>
       <c r="O231" s="1"/>
       <c r="P231" s="1"/>
       <c r="Q231" s="1"/>
       <c r="R231" s="1"/>
       <c r="S231" s="1"/>
       <c r="T231" s="1"/>
       <c r="U231" s="1"/>
       <c r="V231" s="1"/>
       <c r="W231" s="1"/>
     </row>
     <row r="232" spans="1:23">
       <c r="A232" s="3">
         <v>230</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>865</v>
       </c>
       <c r="C232" s="3" t="s">
+        <v>811</v>
+      </c>
+      <c r="D232" s="3" t="s">
         <v>866</v>
       </c>
-      <c r="D232" s="3" t="s">
+      <c r="E232" s="3" t="s">
         <v>867</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="F232" s="3" t="s">
         <v>868</v>
       </c>
       <c r="G232" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H232" s="4" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="I232" s="4"/>
       <c r="J232" s="1"/>
       <c r="K232" s="1"/>
       <c r="L232" s="1"/>
       <c r="M232" s="1"/>
       <c r="N232" s="1"/>
       <c r="O232" s="1"/>
       <c r="P232" s="1"/>
       <c r="Q232" s="1"/>
       <c r="R232" s="1"/>
       <c r="S232" s="1"/>
       <c r="T232" s="1"/>
       <c r="U232" s="1"/>
       <c r="V232" s="1"/>
       <c r="W232" s="1"/>
     </row>
     <row r="233" spans="1:23">
       <c r="A233" s="3">
         <v>231</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="C233" s="3" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="D233" s="3" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="E233" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="G233" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H233" s="4" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="I233" s="4"/>
       <c r="J233" s="1"/>
       <c r="K233" s="1"/>
       <c r="L233" s="1"/>
       <c r="M233" s="1"/>
       <c r="N233" s="1"/>
       <c r="O233" s="1"/>
       <c r="P233" s="1"/>
       <c r="Q233" s="1"/>
       <c r="R233" s="1"/>
       <c r="S233" s="1"/>
       <c r="T233" s="1"/>
       <c r="U233" s="1"/>
       <c r="V233" s="1"/>
       <c r="W233" s="1"/>
     </row>
     <row r="234" spans="1:23">
       <c r="A234" s="3">
         <v>232</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="C234" s="3" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="D234" s="3" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>876</v>
+        <v>40</v>
       </c>
       <c r="F234" s="3" t="s">
         <v>877</v>
       </c>
       <c r="G234" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H234" s="4" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="I234" s="4"/>
       <c r="J234" s="1"/>
       <c r="K234" s="1"/>
       <c r="L234" s="1"/>
       <c r="M234" s="1"/>
       <c r="N234" s="1"/>
       <c r="O234" s="1"/>
       <c r="P234" s="1"/>
       <c r="Q234" s="1"/>
       <c r="R234" s="1"/>
       <c r="S234" s="1"/>
       <c r="T234" s="1"/>
       <c r="U234" s="1"/>
       <c r="V234" s="1"/>
       <c r="W234" s="1"/>
     </row>
     <row r="235" spans="1:23">
       <c r="A235" s="3">
         <v>233</v>
       </c>
       <c r="B235" s="3" t="s">
+        <v>878</v>
+      </c>
+      <c r="C235" s="3" t="s">
         <v>879</v>
       </c>
-      <c r="C235" s="3" t="s">
+      <c r="D235" s="3" t="s">
         <v>880</v>
       </c>
-      <c r="D235" s="3" t="s">
+      <c r="E235" s="3" t="s">
         <v>881</v>
-      </c>
-[...1 lines deleted...]
-        <v>564</v>
       </c>
       <c r="F235" s="3" t="s">
         <v>882</v>
       </c>
       <c r="G235" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H235" s="4" t="s">
         <v>883</v>
       </c>
       <c r="I235" s="4"/>
       <c r="J235" s="1"/>
       <c r="K235" s="1"/>
       <c r="L235" s="1"/>
       <c r="M235" s="1"/>
       <c r="N235" s="1"/>
       <c r="O235" s="1"/>
       <c r="P235" s="1"/>
       <c r="Q235" s="1"/>
       <c r="R235" s="1"/>
       <c r="S235" s="1"/>
       <c r="T235" s="1"/>
       <c r="U235" s="1"/>
       <c r="V235" s="1"/>
       <c r="W235" s="1"/>
     </row>
     <row r="236" spans="1:23">
       <c r="A236" s="3">
         <v>234</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>884</v>
       </c>
       <c r="C236" s="3" t="s">
         <v>885</v>
       </c>
       <c r="D236" s="3" t="s">
         <v>886</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>304</v>
+        <v>569</v>
       </c>
       <c r="F236" s="3" t="s">
         <v>887</v>
       </c>
       <c r="G236" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H236" s="4" t="s">
-        <v>826</v>
+        <v>888</v>
       </c>
       <c r="I236" s="4"/>
       <c r="J236" s="1"/>
       <c r="K236" s="1"/>
       <c r="L236" s="1"/>
       <c r="M236" s="1"/>
       <c r="N236" s="1"/>
       <c r="O236" s="1"/>
       <c r="P236" s="1"/>
       <c r="Q236" s="1"/>
       <c r="R236" s="1"/>
       <c r="S236" s="1"/>
       <c r="T236" s="1"/>
       <c r="U236" s="1"/>
       <c r="V236" s="1"/>
       <c r="W236" s="1"/>
     </row>
     <row r="237" spans="1:23">
       <c r="A237" s="3">
         <v>235</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="C237" s="3" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D237" s="3" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>40</v>
+        <v>304</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="G237" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H237" s="4" t="s">
-        <v>889</v>
+        <v>831</v>
       </c>
       <c r="I237" s="4"/>
       <c r="J237" s="1"/>
       <c r="K237" s="1"/>
       <c r="L237" s="1"/>
       <c r="M237" s="1"/>
       <c r="N237" s="1"/>
       <c r="O237" s="1"/>
       <c r="P237" s="1"/>
       <c r="Q237" s="1"/>
       <c r="R237" s="1"/>
       <c r="S237" s="1"/>
       <c r="T237" s="1"/>
       <c r="U237" s="1"/>
       <c r="V237" s="1"/>
       <c r="W237" s="1"/>
     </row>
     <row r="238" spans="1:23">
       <c r="A238" s="3">
         <v>236</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="C238" s="3" t="s">
-        <v>761</v>
+        <v>894</v>
       </c>
       <c r="D238" s="3" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>196</v>
+        <v>40</v>
       </c>
       <c r="F238" s="3" t="s">
+        <v>896</v>
+      </c>
+      <c r="G238" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H238" s="4" t="s">
         <v>894</v>
-      </c>
-[...4 lines deleted...]
-        <v>824</v>
       </c>
       <c r="I238" s="4"/>
       <c r="J238" s="1"/>
       <c r="K238" s="1"/>
       <c r="L238" s="1"/>
       <c r="M238" s="1"/>
       <c r="N238" s="1"/>
       <c r="O238" s="1"/>
       <c r="P238" s="1"/>
       <c r="Q238" s="1"/>
       <c r="R238" s="1"/>
       <c r="S238" s="1"/>
       <c r="T238" s="1"/>
       <c r="U238" s="1"/>
       <c r="V238" s="1"/>
       <c r="W238" s="1"/>
     </row>
     <row r="239" spans="1:23">
       <c r="A239" s="3">
         <v>237</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="C239" s="3" t="s">
-        <v>896</v>
+        <v>766</v>
       </c>
       <c r="D239" s="3" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>40</v>
+        <v>196</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="G239" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H239" s="4" t="s">
-        <v>899</v>
+        <v>829</v>
       </c>
       <c r="I239" s="4"/>
       <c r="J239" s="1"/>
       <c r="K239" s="1"/>
       <c r="L239" s="1"/>
       <c r="M239" s="1"/>
       <c r="N239" s="1"/>
       <c r="O239" s="1"/>
       <c r="P239" s="1"/>
       <c r="Q239" s="1"/>
       <c r="R239" s="1"/>
       <c r="S239" s="1"/>
       <c r="T239" s="1"/>
       <c r="U239" s="1"/>
       <c r="V239" s="1"/>
       <c r="W239" s="1"/>
     </row>
     <row r="240" spans="1:23">
       <c r="A240" s="3">
         <v>238</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>900</v>
       </c>
       <c r="C240" s="3" t="s">
         <v>901</v>
       </c>
       <c r="D240" s="3" t="s">
         <v>902</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="F240" s="3" t="s">
         <v>903</v>
       </c>
       <c r="G240" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H240" s="4" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="I240" s="4"/>
       <c r="J240" s="1"/>
       <c r="K240" s="1"/>
       <c r="L240" s="1"/>
       <c r="M240" s="1"/>
       <c r="N240" s="1"/>
       <c r="O240" s="1"/>
       <c r="P240" s="1"/>
       <c r="Q240" s="1"/>
       <c r="R240" s="1"/>
       <c r="S240" s="1"/>
       <c r="T240" s="1"/>
       <c r="U240" s="1"/>
       <c r="V240" s="1"/>
       <c r="W240" s="1"/>
     </row>
     <row r="241" spans="1:23">
       <c r="A241" s="3">
         <v>239</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="C241" s="3" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="D241" s="3" t="s">
+        <v>907</v>
+      </c>
+      <c r="E241" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F241" s="3" t="s">
+        <v>908</v>
+      </c>
+      <c r="G241" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H241" s="4" t="s">
         <v>906</v>
-      </c>
-[...10 lines deleted...]
-        <v>905</v>
       </c>
       <c r="I241" s="4"/>
       <c r="J241" s="1"/>
       <c r="K241" s="1"/>
       <c r="L241" s="1"/>
       <c r="M241" s="1"/>
       <c r="N241" s="1"/>
       <c r="O241" s="1"/>
       <c r="P241" s="1"/>
       <c r="Q241" s="1"/>
       <c r="R241" s="1"/>
       <c r="S241" s="1"/>
       <c r="T241" s="1"/>
       <c r="U241" s="1"/>
       <c r="V241" s="1"/>
       <c r="W241" s="1"/>
     </row>
     <row r="242" spans="1:23">
       <c r="A242" s="3">
         <v>240</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="C242" s="3" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="D242" s="3" t="s">
+        <v>911</v>
+      </c>
+      <c r="E242" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F242" s="3" t="s">
+        <v>912</v>
+      </c>
+      <c r="G242" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H242" s="4" t="s">
         <v>910</v>
-      </c>
-[...10 lines deleted...]
-        <v>912</v>
       </c>
       <c r="I242" s="4"/>
       <c r="J242" s="1"/>
       <c r="K242" s="1"/>
       <c r="L242" s="1"/>
       <c r="M242" s="1"/>
       <c r="N242" s="1"/>
       <c r="O242" s="1"/>
       <c r="P242" s="1"/>
       <c r="Q242" s="1"/>
       <c r="R242" s="1"/>
       <c r="S242" s="1"/>
       <c r="T242" s="1"/>
       <c r="U242" s="1"/>
       <c r="V242" s="1"/>
       <c r="W242" s="1"/>
     </row>
     <row r="243" spans="1:23">
       <c r="A243" s="3">
         <v>241</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>913</v>
       </c>
       <c r="C243" s="3" t="s">
         <v>914</v>
       </c>
       <c r="D243" s="3" t="s">
         <v>915</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>287</v>
+        <v>196</v>
       </c>
       <c r="F243" s="3" t="s">
         <v>916</v>
       </c>
       <c r="G243" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H243" s="4" t="s">
         <v>917</v>
       </c>
       <c r="I243" s="4"/>
       <c r="J243" s="1"/>
       <c r="K243" s="1"/>
       <c r="L243" s="1"/>
       <c r="M243" s="1"/>
       <c r="N243" s="1"/>
       <c r="O243" s="1"/>
       <c r="P243" s="1"/>
       <c r="Q243" s="1"/>
       <c r="R243" s="1"/>
       <c r="S243" s="1"/>
       <c r="T243" s="1"/>
       <c r="U243" s="1"/>
       <c r="V243" s="1"/>
       <c r="W243" s="1"/>
     </row>
     <row r="244" spans="1:23">
       <c r="A244" s="3">
         <v>242</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>918</v>
       </c>
       <c r="C244" s="3" t="s">
         <v>919</v>
       </c>
       <c r="D244" s="3" t="s">
         <v>920</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>40</v>
+        <v>287</v>
       </c>
       <c r="F244" s="3" t="s">
         <v>921</v>
       </c>
       <c r="G244" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H244" s="4" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="I244" s="4"/>
       <c r="J244" s="1"/>
       <c r="K244" s="1"/>
       <c r="L244" s="1"/>
       <c r="M244" s="1"/>
       <c r="N244" s="1"/>
       <c r="O244" s="1"/>
       <c r="P244" s="1"/>
       <c r="Q244" s="1"/>
       <c r="R244" s="1"/>
       <c r="S244" s="1"/>
       <c r="T244" s="1"/>
       <c r="U244" s="1"/>
       <c r="V244" s="1"/>
       <c r="W244" s="1"/>
     </row>
     <row r="245" spans="1:23">
       <c r="A245" s="3">
         <v>243</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="C245" s="3" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="D245" s="3" t="s">
+        <v>925</v>
+      </c>
+      <c r="E245" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F245" s="3" t="s">
+        <v>926</v>
+      </c>
+      <c r="G245" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H245" s="4" t="s">
         <v>924</v>
-      </c>
-[...10 lines deleted...]
-        <v>923</v>
       </c>
       <c r="I245" s="4"/>
       <c r="J245" s="1"/>
       <c r="K245" s="1"/>
       <c r="L245" s="1"/>
       <c r="M245" s="1"/>
       <c r="N245" s="1"/>
       <c r="O245" s="1"/>
       <c r="P245" s="1"/>
       <c r="Q245" s="1"/>
       <c r="R245" s="1"/>
       <c r="S245" s="1"/>
       <c r="T245" s="1"/>
       <c r="U245" s="1"/>
       <c r="V245" s="1"/>
       <c r="W245" s="1"/>
     </row>
     <row r="246" spans="1:23">
       <c r="A246" s="3">
         <v>244</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="C246" s="3" t="s">
-        <v>899</v>
+        <v>928</v>
       </c>
       <c r="D246" s="3" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="E246" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="F246" s="3" t="s">
+        <v>930</v>
+      </c>
+      <c r="G246" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H246" s="4" t="s">
         <v>928</v>
-      </c>
-[...7 lines deleted...]
-        <v>930</v>
       </c>
       <c r="I246" s="4"/>
       <c r="J246" s="1"/>
       <c r="K246" s="1"/>
       <c r="L246" s="1"/>
       <c r="M246" s="1"/>
       <c r="N246" s="1"/>
       <c r="O246" s="1"/>
       <c r="P246" s="1"/>
       <c r="Q246" s="1"/>
       <c r="R246" s="1"/>
       <c r="S246" s="1"/>
       <c r="T246" s="1"/>
       <c r="U246" s="1"/>
       <c r="V246" s="1"/>
       <c r="W246" s="1"/>
     </row>
     <row r="247" spans="1:23">
       <c r="A247" s="3">
         <v>245</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>931</v>
       </c>
       <c r="C247" s="3" t="s">
+        <v>904</v>
+      </c>
+      <c r="D247" s="3" t="s">
         <v>932</v>
       </c>
-      <c r="D247" s="3" t="s">
+      <c r="E247" s="3" t="s">
         <v>933</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="F247" s="3" t="s">
         <v>934</v>
       </c>
       <c r="G247" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H247" s="4" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="I247" s="4"/>
       <c r="J247" s="1"/>
       <c r="K247" s="1"/>
       <c r="L247" s="1"/>
       <c r="M247" s="1"/>
       <c r="N247" s="1"/>
       <c r="O247" s="1"/>
       <c r="P247" s="1"/>
       <c r="Q247" s="1"/>
       <c r="R247" s="1"/>
       <c r="S247" s="1"/>
       <c r="T247" s="1"/>
       <c r="U247" s="1"/>
       <c r="V247" s="1"/>
       <c r="W247" s="1"/>
     </row>
     <row r="248" spans="1:23">
       <c r="A248" s="3">
         <v>246</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="C248" s="3" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="D248" s="3" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>938</v>
+        <v>40</v>
       </c>
       <c r="F248" s="3" t="s">
         <v>939</v>
       </c>
       <c r="G248" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H248" s="4" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="I248" s="4"/>
       <c r="J248" s="1"/>
       <c r="K248" s="1"/>
       <c r="L248" s="1"/>
       <c r="M248" s="1"/>
       <c r="N248" s="1"/>
       <c r="O248" s="1"/>
       <c r="P248" s="1"/>
       <c r="Q248" s="1"/>
       <c r="R248" s="1"/>
       <c r="S248" s="1"/>
       <c r="T248" s="1"/>
       <c r="U248" s="1"/>
       <c r="V248" s="1"/>
       <c r="W248" s="1"/>
+    </row>
+    <row r="249" spans="1:23">
+      <c r="A249" s="3">
+        <v>247</v>
+      </c>
+      <c r="B249" s="3" t="s">
+        <v>940</v>
+      </c>
+      <c r="C249" s="3" t="s">
+        <v>941</v>
+      </c>
+      <c r="D249" s="3" t="s">
+        <v>942</v>
+      </c>
+      <c r="E249" s="3" t="s">
+        <v>943</v>
+      </c>
+      <c r="F249" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H249" s="4" t="s">
+        <v>941</v>
+      </c>
+      <c r="I249" s="4"/>
+      <c r="J249" s="1"/>
+      <c r="K249" s="1"/>
+      <c r="L249" s="1"/>
+      <c r="M249" s="1"/>
+      <c r="N249" s="1"/>
+      <c r="O249" s="1"/>
+      <c r="P249" s="1"/>
+      <c r="Q249" s="1"/>
+      <c r="R249" s="1"/>
+      <c r="S249" s="1"/>
+      <c r="T249" s="1"/>
+      <c r="U249" s="1"/>
+      <c r="V249" s="1"/>
+      <c r="W249" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>