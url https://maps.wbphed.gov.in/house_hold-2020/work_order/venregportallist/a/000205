--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="945">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="950">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -2847,50 +2847,65 @@
     <t>REQ/2024/4966</t>
   </si>
   <si>
     <t>2024-10-15</t>
   </si>
   <si>
     <t>VMR/2023/003502</t>
   </si>
   <si>
     <t>0000000434</t>
   </si>
   <si>
     <t>REQ/000951/2024-2025</t>
   </si>
   <si>
     <t>2025-02-17</t>
   </si>
   <si>
     <t>VMR/2024/001429</t>
   </si>
   <si>
     <t>Vendor Request Details Add</t>
   </si>
   <si>
     <t>0000000495</t>
+  </si>
+  <si>
+    <t>REQ/001279/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>VMR/2023/002553</t>
+  </si>
+  <si>
+    <t>Vendor registration</t>
+  </si>
+  <si>
+    <t>0000000448</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3246,51 +3261,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W249"/>
+  <dimension ref="A1:W250"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="54.129639" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -13387,50 +13402,91 @@
       </c>
       <c r="F249" s="3" t="s">
         <v>944</v>
       </c>
       <c r="G249" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H249" s="4" t="s">
         <v>941</v>
       </c>
       <c r="I249" s="4"/>
       <c r="J249" s="1"/>
       <c r="K249" s="1"/>
       <c r="L249" s="1"/>
       <c r="M249" s="1"/>
       <c r="N249" s="1"/>
       <c r="O249" s="1"/>
       <c r="P249" s="1"/>
       <c r="Q249" s="1"/>
       <c r="R249" s="1"/>
       <c r="S249" s="1"/>
       <c r="T249" s="1"/>
       <c r="U249" s="1"/>
       <c r="V249" s="1"/>
       <c r="W249" s="1"/>
+    </row>
+    <row r="250" spans="1:23">
+      <c r="A250" s="3">
+        <v>248</v>
+      </c>
+      <c r="B250" s="3" t="s">
+        <v>945</v>
+      </c>
+      <c r="C250" s="3" t="s">
+        <v>946</v>
+      </c>
+      <c r="D250" s="3" t="s">
+        <v>947</v>
+      </c>
+      <c r="E250" s="3" t="s">
+        <v>948</v>
+      </c>
+      <c r="F250" s="3" t="s">
+        <v>949</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H250" s="4" t="s">
+        <v>946</v>
+      </c>
+      <c r="I250" s="4"/>
+      <c r="J250" s="1"/>
+      <c r="K250" s="1"/>
+      <c r="L250" s="1"/>
+      <c r="M250" s="1"/>
+      <c r="N250" s="1"/>
+      <c r="O250" s="1"/>
+      <c r="P250" s="1"/>
+      <c r="Q250" s="1"/>
+      <c r="R250" s="1"/>
+      <c r="S250" s="1"/>
+      <c r="T250" s="1"/>
+      <c r="U250" s="1"/>
+      <c r="V250" s="1"/>
+      <c r="W250" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>