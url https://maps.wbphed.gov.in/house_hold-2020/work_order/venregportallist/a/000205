--- v2 (2026-02-07)
+++ v3 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="950">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="954">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -1934,102 +1934,114 @@
   <si>
     <t>2023-11-30</t>
   </si>
   <si>
     <t>VMR/2023/003230</t>
   </si>
   <si>
     <t>for vender list</t>
   </si>
   <si>
     <t>0000000386</t>
   </si>
   <si>
     <t>2023-12-12</t>
   </si>
   <si>
     <t>REQ/2024/1249</t>
   </si>
   <si>
     <t>VMR/2024/000653</t>
   </si>
   <si>
     <t>0000000064</t>
   </si>
   <si>
+    <t>REQ/2024/1401</t>
+  </si>
+  <si>
+    <t>2024-04-23</t>
+  </si>
+  <si>
+    <t>VMR/2024/000717</t>
+  </si>
+  <si>
+    <t>0000000618</t>
+  </si>
+  <si>
+    <t>2026-02-23</t>
+  </si>
+  <si>
     <t>REQ/2023/10475</t>
   </si>
   <si>
     <t>VMR/2023/003690</t>
   </si>
   <si>
     <t>Registration Purpose</t>
   </si>
   <si>
     <t>0000000568</t>
   </si>
   <si>
     <t>REQ/2024/1113</t>
   </si>
   <si>
     <t>2024-04-16</t>
   </si>
   <si>
     <t>VMR/2024/000596</t>
   </si>
   <si>
     <t>0000000493</t>
   </si>
   <si>
     <t>REQ/2023/10974</t>
   </si>
   <si>
     <t>2023-12-11</t>
   </si>
   <si>
     <t>VMR/2023/000048</t>
   </si>
   <si>
     <t>0000000438</t>
   </si>
   <si>
     <t>REQ/2024/427</t>
   </si>
   <si>
     <t>2024-04-01</t>
   </si>
   <si>
     <t>VMR/2024/000265</t>
   </si>
   <si>
     <t>0000000396</t>
   </si>
   <si>
     <t>REQ/2024/1413</t>
-  </si>
-[...1 lines deleted...]
-    <t>2024-04-23</t>
   </si>
   <si>
     <t>VMR/2023/001693</t>
   </si>
   <si>
     <t>0000000474</t>
   </si>
   <si>
     <t>REQ/2024/1632</t>
   </si>
   <si>
     <t>2024-04-26</t>
   </si>
   <si>
     <t>VMR/2024/000845</t>
   </si>
   <si>
     <t>0000000327</t>
   </si>
   <si>
     <t>REQ/2024/499</t>
   </si>
   <si>
     <t>VMR/2024/000300</t>
   </si>
@@ -3261,51 +3273,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W250"/>
+  <dimension ref="A1:W251"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="54.129639" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -10379,1991 +10391,1991 @@
       </c>
       <c r="I175" s="4"/>
       <c r="J175" s="1"/>
       <c r="K175" s="1"/>
       <c r="L175" s="1"/>
       <c r="M175" s="1"/>
       <c r="N175" s="1"/>
       <c r="O175" s="1"/>
       <c r="P175" s="1"/>
       <c r="Q175" s="1"/>
       <c r="R175" s="1"/>
       <c r="S175" s="1"/>
       <c r="T175" s="1"/>
       <c r="U175" s="1"/>
       <c r="V175" s="1"/>
       <c r="W175" s="1"/>
     </row>
     <row r="176" spans="1:23">
       <c r="A176" s="3">
         <v>174</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>640</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>489</v>
+        <v>641</v>
       </c>
       <c r="D176" s="3" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>642</v>
+        <v>52</v>
       </c>
       <c r="F176" s="3" t="s">
         <v>643</v>
       </c>
       <c r="G176" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H176" s="4" t="s">
-        <v>493</v>
+        <v>644</v>
       </c>
       <c r="I176" s="4"/>
       <c r="J176" s="1"/>
       <c r="K176" s="1"/>
       <c r="L176" s="1"/>
       <c r="M176" s="1"/>
       <c r="N176" s="1"/>
       <c r="O176" s="1"/>
       <c r="P176" s="1"/>
       <c r="Q176" s="1"/>
       <c r="R176" s="1"/>
       <c r="S176" s="1"/>
       <c r="T176" s="1"/>
       <c r="U176" s="1"/>
       <c r="V176" s="1"/>
       <c r="W176" s="1"/>
     </row>
     <row r="177" spans="1:23">
       <c r="A177" s="3">
         <v>175</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C177" s="3" t="s">
-        <v>645</v>
+        <v>489</v>
       </c>
       <c r="D177" s="3" t="s">
         <v>646</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>457</v>
+        <v>647</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="G177" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H177" s="4" t="s">
-        <v>645</v>
+        <v>493</v>
       </c>
       <c r="I177" s="4"/>
       <c r="J177" s="1"/>
       <c r="K177" s="1"/>
       <c r="L177" s="1"/>
       <c r="M177" s="1"/>
       <c r="N177" s="1"/>
       <c r="O177" s="1"/>
       <c r="P177" s="1"/>
       <c r="Q177" s="1"/>
       <c r="R177" s="1"/>
       <c r="S177" s="1"/>
       <c r="T177" s="1"/>
       <c r="U177" s="1"/>
       <c r="V177" s="1"/>
       <c r="W177" s="1"/>
     </row>
     <row r="178" spans="1:23">
       <c r="A178" s="3">
         <v>176</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="D178" s="3" t="s">
+        <v>651</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="F178" s="3" t="s">
+        <v>652</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H178" s="4" t="s">
         <v>650</v>
-      </c>
-[...10 lines deleted...]
-        <v>636</v>
       </c>
       <c r="I178" s="4"/>
       <c r="J178" s="1"/>
       <c r="K178" s="1"/>
       <c r="L178" s="1"/>
       <c r="M178" s="1"/>
       <c r="N178" s="1"/>
       <c r="O178" s="1"/>
       <c r="P178" s="1"/>
       <c r="Q178" s="1"/>
       <c r="R178" s="1"/>
       <c r="S178" s="1"/>
       <c r="T178" s="1"/>
       <c r="U178" s="1"/>
       <c r="V178" s="1"/>
       <c r="W178" s="1"/>
     </row>
     <row r="179" spans="1:23">
       <c r="A179" s="3">
         <v>177</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C179" s="3" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D179" s="3" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="G179" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H179" s="4" t="s">
-        <v>653</v>
+        <v>636</v>
       </c>
       <c r="I179" s="4"/>
       <c r="J179" s="1"/>
       <c r="K179" s="1"/>
       <c r="L179" s="1"/>
       <c r="M179" s="1"/>
       <c r="N179" s="1"/>
       <c r="O179" s="1"/>
       <c r="P179" s="1"/>
       <c r="Q179" s="1"/>
       <c r="R179" s="1"/>
       <c r="S179" s="1"/>
       <c r="T179" s="1"/>
       <c r="U179" s="1"/>
       <c r="V179" s="1"/>
       <c r="W179" s="1"/>
     </row>
     <row r="180" spans="1:23">
       <c r="A180" s="3">
         <v>178</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D180" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="E180" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F180" s="3" t="s">
+        <v>660</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H180" s="4" t="s">
         <v>658</v>
-      </c>
-[...10 lines deleted...]
-        <v>473</v>
       </c>
       <c r="I180" s="4"/>
       <c r="J180" s="1"/>
       <c r="K180" s="1"/>
       <c r="L180" s="1"/>
       <c r="M180" s="1"/>
       <c r="N180" s="1"/>
       <c r="O180" s="1"/>
       <c r="P180" s="1"/>
       <c r="Q180" s="1"/>
       <c r="R180" s="1"/>
       <c r="S180" s="1"/>
       <c r="T180" s="1"/>
       <c r="U180" s="1"/>
       <c r="V180" s="1"/>
       <c r="W180" s="1"/>
     </row>
     <row r="181" spans="1:23">
       <c r="A181" s="3">
         <v>179</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C181" s="3" t="s">
-        <v>661</v>
+        <v>641</v>
       </c>
       <c r="D181" s="3" t="s">
         <v>662</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>40</v>
+        <v>196</v>
       </c>
       <c r="F181" s="3" t="s">
         <v>663</v>
       </c>
       <c r="G181" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H181" s="4" t="s">
-        <v>487</v>
+        <v>473</v>
       </c>
       <c r="I181" s="4"/>
       <c r="J181" s="1"/>
       <c r="K181" s="1"/>
       <c r="L181" s="1"/>
       <c r="M181" s="1"/>
       <c r="N181" s="1"/>
       <c r="O181" s="1"/>
       <c r="P181" s="1"/>
       <c r="Q181" s="1"/>
       <c r="R181" s="1"/>
       <c r="S181" s="1"/>
       <c r="T181" s="1"/>
       <c r="U181" s="1"/>
       <c r="V181" s="1"/>
       <c r="W181" s="1"/>
     </row>
     <row r="182" spans="1:23">
       <c r="A182" s="3">
         <v>180</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>664</v>
       </c>
       <c r="C182" s="3" t="s">
-        <v>454</v>
+        <v>665</v>
       </c>
       <c r="D182" s="3" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>457</v>
+        <v>40</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="G182" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H182" s="4" t="s">
-        <v>454</v>
+        <v>487</v>
       </c>
       <c r="I182" s="4"/>
       <c r="J182" s="1"/>
       <c r="K182" s="1"/>
       <c r="L182" s="1"/>
       <c r="M182" s="1"/>
       <c r="N182" s="1"/>
       <c r="O182" s="1"/>
       <c r="P182" s="1"/>
       <c r="Q182" s="1"/>
       <c r="R182" s="1"/>
       <c r="S182" s="1"/>
       <c r="T182" s="1"/>
       <c r="U182" s="1"/>
       <c r="V182" s="1"/>
       <c r="W182" s="1"/>
     </row>
     <row r="183" spans="1:23">
       <c r="A183" s="3">
         <v>181</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="C183" s="3" t="s">
-        <v>606</v>
+        <v>454</v>
       </c>
       <c r="D183" s="3" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>669</v>
+        <v>457</v>
       </c>
       <c r="F183" s="3" t="s">
         <v>670</v>
       </c>
       <c r="G183" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H183" s="4" t="s">
-        <v>473</v>
+        <v>454</v>
       </c>
       <c r="I183" s="4"/>
       <c r="J183" s="1"/>
       <c r="K183" s="1"/>
       <c r="L183" s="1"/>
       <c r="M183" s="1"/>
       <c r="N183" s="1"/>
       <c r="O183" s="1"/>
       <c r="P183" s="1"/>
       <c r="Q183" s="1"/>
       <c r="R183" s="1"/>
       <c r="S183" s="1"/>
       <c r="T183" s="1"/>
       <c r="U183" s="1"/>
       <c r="V183" s="1"/>
       <c r="W183" s="1"/>
     </row>
     <row r="184" spans="1:23">
       <c r="A184" s="3">
         <v>182</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>671</v>
       </c>
       <c r="C184" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="D184" s="3" t="s">
         <v>672</v>
       </c>
-      <c r="D184" s="3" t="s">
+      <c r="E184" s="3" t="s">
         <v>673</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="F184" s="3" t="s">
         <v>674</v>
       </c>
       <c r="G184" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H184" s="4" t="s">
-        <v>672</v>
+        <v>473</v>
       </c>
       <c r="I184" s="4"/>
       <c r="J184" s="1"/>
       <c r="K184" s="1"/>
       <c r="L184" s="1"/>
       <c r="M184" s="1"/>
       <c r="N184" s="1"/>
       <c r="O184" s="1"/>
       <c r="P184" s="1"/>
       <c r="Q184" s="1"/>
       <c r="R184" s="1"/>
       <c r="S184" s="1"/>
       <c r="T184" s="1"/>
       <c r="U184" s="1"/>
       <c r="V184" s="1"/>
       <c r="W184" s="1"/>
     </row>
     <row r="185" spans="1:23">
       <c r="A185" s="3">
         <v>183</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>675</v>
       </c>
       <c r="C185" s="3" t="s">
-        <v>622</v>
+        <v>676</v>
       </c>
       <c r="D185" s="3" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="G185" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H185" s="4" t="s">
-        <v>622</v>
+        <v>676</v>
       </c>
       <c r="I185" s="4"/>
       <c r="J185" s="1"/>
       <c r="K185" s="1"/>
       <c r="L185" s="1"/>
       <c r="M185" s="1"/>
       <c r="N185" s="1"/>
       <c r="O185" s="1"/>
       <c r="P185" s="1"/>
       <c r="Q185" s="1"/>
       <c r="R185" s="1"/>
       <c r="S185" s="1"/>
       <c r="T185" s="1"/>
       <c r="U185" s="1"/>
       <c r="V185" s="1"/>
       <c r="W185" s="1"/>
     </row>
     <row r="186" spans="1:23">
       <c r="A186" s="3">
         <v>184</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>504</v>
+        <v>622</v>
       </c>
       <c r="D186" s="3" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="G186" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H186" s="4" t="s">
-        <v>504</v>
+        <v>622</v>
       </c>
       <c r="I186" s="4"/>
       <c r="J186" s="1"/>
       <c r="K186" s="1"/>
       <c r="L186" s="1"/>
       <c r="M186" s="1"/>
       <c r="N186" s="1"/>
       <c r="O186" s="1"/>
       <c r="P186" s="1"/>
       <c r="Q186" s="1"/>
       <c r="R186" s="1"/>
       <c r="S186" s="1"/>
       <c r="T186" s="1"/>
       <c r="U186" s="1"/>
       <c r="V186" s="1"/>
       <c r="W186" s="1"/>
     </row>
     <row r="187" spans="1:23">
       <c r="A187" s="3">
         <v>185</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="C187" s="3" t="s">
-        <v>620</v>
+        <v>504</v>
       </c>
       <c r="D187" s="3" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>508</v>
+        <v>40</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="G187" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H187" s="4" t="s">
-        <v>620</v>
+        <v>504</v>
       </c>
       <c r="I187" s="4"/>
       <c r="J187" s="1"/>
       <c r="K187" s="1"/>
       <c r="L187" s="1"/>
       <c r="M187" s="1"/>
       <c r="N187" s="1"/>
       <c r="O187" s="1"/>
       <c r="P187" s="1"/>
       <c r="Q187" s="1"/>
       <c r="R187" s="1"/>
       <c r="S187" s="1"/>
       <c r="T187" s="1"/>
       <c r="U187" s="1"/>
       <c r="V187" s="1"/>
       <c r="W187" s="1"/>
     </row>
     <row r="188" spans="1:23">
       <c r="A188" s="3">
         <v>186</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>454</v>
+        <v>620</v>
       </c>
       <c r="D188" s="3" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>40</v>
+        <v>508</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="G188" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H188" s="4" t="s">
-        <v>454</v>
+        <v>620</v>
       </c>
       <c r="I188" s="4"/>
       <c r="J188" s="1"/>
       <c r="K188" s="1"/>
       <c r="L188" s="1"/>
       <c r="M188" s="1"/>
       <c r="N188" s="1"/>
       <c r="O188" s="1"/>
       <c r="P188" s="1"/>
       <c r="Q188" s="1"/>
       <c r="R188" s="1"/>
       <c r="S188" s="1"/>
       <c r="T188" s="1"/>
       <c r="U188" s="1"/>
       <c r="V188" s="1"/>
       <c r="W188" s="1"/>
     </row>
     <row r="189" spans="1:23">
       <c r="A189" s="3">
         <v>187</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="C189" s="3" t="s">
-        <v>688</v>
+        <v>454</v>
       </c>
       <c r="D189" s="3" t="s">
         <v>689</v>
       </c>
       <c r="E189" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F189" s="3" t="s">
         <v>690</v>
       </c>
-      <c r="F189" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G189" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H189" s="4" t="s">
-        <v>688</v>
+        <v>454</v>
       </c>
       <c r="I189" s="4"/>
       <c r="J189" s="1"/>
       <c r="K189" s="1"/>
       <c r="L189" s="1"/>
       <c r="M189" s="1"/>
       <c r="N189" s="1"/>
       <c r="O189" s="1"/>
       <c r="P189" s="1"/>
       <c r="Q189" s="1"/>
       <c r="R189" s="1"/>
       <c r="S189" s="1"/>
       <c r="T189" s="1"/>
       <c r="U189" s="1"/>
       <c r="V189" s="1"/>
       <c r="W189" s="1"/>
     </row>
     <row r="190" spans="1:23">
       <c r="A190" s="3">
         <v>188</v>
       </c>
       <c r="B190" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="C190" s="3" t="s">
         <v>692</v>
-      </c>
-[...1 lines deleted...]
-        <v>598</v>
       </c>
       <c r="D190" s="3" t="s">
         <v>693</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>40</v>
+        <v>694</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="G190" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H190" s="4" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="I190" s="4"/>
       <c r="J190" s="1"/>
       <c r="K190" s="1"/>
       <c r="L190" s="1"/>
       <c r="M190" s="1"/>
       <c r="N190" s="1"/>
       <c r="O190" s="1"/>
       <c r="P190" s="1"/>
       <c r="Q190" s="1"/>
       <c r="R190" s="1"/>
       <c r="S190" s="1"/>
       <c r="T190" s="1"/>
       <c r="U190" s="1"/>
       <c r="V190" s="1"/>
       <c r="W190" s="1"/>
     </row>
     <row r="191" spans="1:23">
       <c r="A191" s="3">
         <v>189</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>696</v>
       </c>
       <c r="C191" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="D191" s="3" t="s">
         <v>697</v>
       </c>
-      <c r="D191" s="3" t="s">
+      <c r="E191" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F191" s="3" t="s">
         <v>698</v>
       </c>
-      <c r="E191" s="3" t="s">
+      <c r="G191" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H191" s="4" t="s">
         <v>699</v>
-      </c>
-[...7 lines deleted...]
-        <v>701</v>
       </c>
       <c r="I191" s="4"/>
       <c r="J191" s="1"/>
       <c r="K191" s="1"/>
       <c r="L191" s="1"/>
       <c r="M191" s="1"/>
       <c r="N191" s="1"/>
       <c r="O191" s="1"/>
       <c r="P191" s="1"/>
       <c r="Q191" s="1"/>
       <c r="R191" s="1"/>
       <c r="S191" s="1"/>
       <c r="T191" s="1"/>
       <c r="U191" s="1"/>
       <c r="V191" s="1"/>
       <c r="W191" s="1"/>
     </row>
     <row r="192" spans="1:23">
       <c r="A192" s="3">
         <v>190</v>
       </c>
       <c r="B192" s="3" t="s">
+        <v>700</v>
+      </c>
+      <c r="C192" s="3" t="s">
+        <v>701</v>
+      </c>
+      <c r="D192" s="3" t="s">
         <v>702</v>
       </c>
-      <c r="C192" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D192" s="3" t="s">
+      <c r="E192" s="3" t="s">
         <v>703</v>
       </c>
-      <c r="E192" s="3" t="s">
+      <c r="F192" s="3" t="s">
         <v>704</v>
       </c>
-      <c r="F192" s="3" t="s">
+      <c r="G192" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H192" s="4" t="s">
         <v>705</v>
-      </c>
-[...4 lines deleted...]
-        <v>489</v>
       </c>
       <c r="I192" s="4"/>
       <c r="J192" s="1"/>
       <c r="K192" s="1"/>
       <c r="L192" s="1"/>
       <c r="M192" s="1"/>
       <c r="N192" s="1"/>
       <c r="O192" s="1"/>
       <c r="P192" s="1"/>
       <c r="Q192" s="1"/>
       <c r="R192" s="1"/>
       <c r="S192" s="1"/>
       <c r="T192" s="1"/>
       <c r="U192" s="1"/>
       <c r="V192" s="1"/>
       <c r="W192" s="1"/>
     </row>
     <row r="193" spans="1:23">
       <c r="A193" s="3">
         <v>191</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>706</v>
       </c>
       <c r="C193" s="3" t="s">
-        <v>622</v>
+        <v>489</v>
       </c>
       <c r="D193" s="3" t="s">
         <v>707</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>40</v>
+        <v>708</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="G193" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H193" s="4" t="s">
-        <v>622</v>
+        <v>489</v>
       </c>
       <c r="I193" s="4"/>
       <c r="J193" s="1"/>
       <c r="K193" s="1"/>
       <c r="L193" s="1"/>
       <c r="M193" s="1"/>
       <c r="N193" s="1"/>
       <c r="O193" s="1"/>
       <c r="P193" s="1"/>
       <c r="Q193" s="1"/>
       <c r="R193" s="1"/>
       <c r="S193" s="1"/>
       <c r="T193" s="1"/>
       <c r="U193" s="1"/>
       <c r="V193" s="1"/>
       <c r="W193" s="1"/>
     </row>
     <row r="194" spans="1:23">
       <c r="A194" s="3">
         <v>192</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>361</v>
+        <v>622</v>
       </c>
       <c r="D194" s="3" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>711</v>
+        <v>40</v>
       </c>
       <c r="F194" s="3" t="s">
         <v>712</v>
       </c>
       <c r="G194" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H194" s="4" t="s">
-        <v>489</v>
+        <v>622</v>
       </c>
       <c r="I194" s="4"/>
       <c r="J194" s="1"/>
       <c r="K194" s="1"/>
       <c r="L194" s="1"/>
       <c r="M194" s="1"/>
       <c r="N194" s="1"/>
       <c r="O194" s="1"/>
       <c r="P194" s="1"/>
       <c r="Q194" s="1"/>
       <c r="R194" s="1"/>
       <c r="S194" s="1"/>
       <c r="T194" s="1"/>
       <c r="U194" s="1"/>
       <c r="V194" s="1"/>
       <c r="W194" s="1"/>
     </row>
     <row r="195" spans="1:23">
       <c r="A195" s="3">
         <v>193</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>713</v>
       </c>
       <c r="C195" s="3" t="s">
-        <v>653</v>
+        <v>361</v>
       </c>
       <c r="D195" s="3" t="s">
         <v>714</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>40</v>
+        <v>715</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="G195" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H195" s="4" t="s">
-        <v>653</v>
+        <v>489</v>
       </c>
       <c r="I195" s="4"/>
       <c r="J195" s="1"/>
       <c r="K195" s="1"/>
       <c r="L195" s="1"/>
       <c r="M195" s="1"/>
       <c r="N195" s="1"/>
       <c r="O195" s="1"/>
       <c r="P195" s="1"/>
       <c r="Q195" s="1"/>
       <c r="R195" s="1"/>
       <c r="S195" s="1"/>
       <c r="T195" s="1"/>
       <c r="U195" s="1"/>
       <c r="V195" s="1"/>
       <c r="W195" s="1"/>
     </row>
     <row r="196" spans="1:23">
       <c r="A196" s="3">
         <v>194</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>717</v>
+        <v>658</v>
       </c>
       <c r="D196" s="3" t="s">
         <v>718</v>
       </c>
-      <c r="E196" s="3"/>
+      <c r="E196" s="3" t="s">
+        <v>40</v>
+      </c>
       <c r="F196" s="3" t="s">
         <v>719</v>
       </c>
       <c r="G196" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H196" s="4" t="s">
-        <v>361</v>
+        <v>658</v>
       </c>
       <c r="I196" s="4"/>
       <c r="J196" s="1"/>
       <c r="K196" s="1"/>
       <c r="L196" s="1"/>
       <c r="M196" s="1"/>
       <c r="N196" s="1"/>
       <c r="O196" s="1"/>
       <c r="P196" s="1"/>
       <c r="Q196" s="1"/>
       <c r="R196" s="1"/>
       <c r="S196" s="1"/>
       <c r="T196" s="1"/>
       <c r="U196" s="1"/>
       <c r="V196" s="1"/>
       <c r="W196" s="1"/>
     </row>
     <row r="197" spans="1:23">
       <c r="A197" s="3">
         <v>195</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>720</v>
       </c>
       <c r="C197" s="3" t="s">
         <v>721</v>
       </c>
       <c r="D197" s="3" t="s">
         <v>722</v>
       </c>
-      <c r="E197" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E197" s="3"/>
       <c r="F197" s="3" t="s">
         <v>723</v>
       </c>
       <c r="G197" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H197" s="4" t="s">
-        <v>697</v>
+        <v>361</v>
       </c>
       <c r="I197" s="4"/>
       <c r="J197" s="1"/>
       <c r="K197" s="1"/>
       <c r="L197" s="1"/>
       <c r="M197" s="1"/>
       <c r="N197" s="1"/>
       <c r="O197" s="1"/>
       <c r="P197" s="1"/>
       <c r="Q197" s="1"/>
       <c r="R197" s="1"/>
       <c r="S197" s="1"/>
       <c r="T197" s="1"/>
       <c r="U197" s="1"/>
       <c r="V197" s="1"/>
       <c r="W197" s="1"/>
     </row>
     <row r="198" spans="1:23">
       <c r="A198" s="3">
         <v>196</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>724</v>
       </c>
       <c r="C198" s="3" t="s">
         <v>725</v>
       </c>
       <c r="D198" s="3" t="s">
         <v>726</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>499</v>
+        <v>83</v>
       </c>
       <c r="F198" s="3" t="s">
         <v>727</v>
       </c>
       <c r="G198" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H198" s="4" t="s">
-        <v>728</v>
+        <v>701</v>
       </c>
       <c r="I198" s="4"/>
       <c r="J198" s="1"/>
       <c r="K198" s="1"/>
       <c r="L198" s="1"/>
       <c r="M198" s="1"/>
       <c r="N198" s="1"/>
       <c r="O198" s="1"/>
       <c r="P198" s="1"/>
       <c r="Q198" s="1"/>
       <c r="R198" s="1"/>
       <c r="S198" s="1"/>
       <c r="T198" s="1"/>
       <c r="U198" s="1"/>
       <c r="V198" s="1"/>
       <c r="W198" s="1"/>
     </row>
     <row r="199" spans="1:23">
       <c r="A199" s="3">
         <v>197</v>
       </c>
       <c r="B199" s="3" t="s">
+        <v>728</v>
+      </c>
+      <c r="C199" s="3" t="s">
         <v>729</v>
-      </c>
-[...1 lines deleted...]
-        <v>454</v>
       </c>
       <c r="D199" s="3" t="s">
         <v>730</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>40</v>
+        <v>499</v>
       </c>
       <c r="F199" s="3" t="s">
         <v>731</v>
       </c>
       <c r="G199" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H199" s="4" t="s">
-        <v>454</v>
+        <v>732</v>
       </c>
       <c r="I199" s="4"/>
       <c r="J199" s="1"/>
       <c r="K199" s="1"/>
       <c r="L199" s="1"/>
       <c r="M199" s="1"/>
       <c r="N199" s="1"/>
       <c r="O199" s="1"/>
       <c r="P199" s="1"/>
       <c r="Q199" s="1"/>
       <c r="R199" s="1"/>
       <c r="S199" s="1"/>
       <c r="T199" s="1"/>
       <c r="U199" s="1"/>
       <c r="V199" s="1"/>
       <c r="W199" s="1"/>
     </row>
     <row r="200" spans="1:23">
       <c r="A200" s="3">
         <v>198</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>598</v>
+        <v>454</v>
       </c>
       <c r="D200" s="3" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="G200" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H200" s="4" t="s">
-        <v>598</v>
+        <v>454</v>
       </c>
       <c r="I200" s="4"/>
       <c r="J200" s="1"/>
       <c r="K200" s="1"/>
       <c r="L200" s="1"/>
       <c r="M200" s="1"/>
       <c r="N200" s="1"/>
       <c r="O200" s="1"/>
       <c r="P200" s="1"/>
       <c r="Q200" s="1"/>
       <c r="R200" s="1"/>
       <c r="S200" s="1"/>
       <c r="T200" s="1"/>
       <c r="U200" s="1"/>
       <c r="V200" s="1"/>
       <c r="W200" s="1"/>
     </row>
     <row r="201" spans="1:23">
       <c r="A201" s="3">
         <v>199</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="C201" s="3" t="s">
-        <v>454</v>
+        <v>598</v>
       </c>
       <c r="D201" s="3" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="G201" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H201" s="4" t="s">
-        <v>454</v>
+        <v>598</v>
       </c>
       <c r="I201" s="4"/>
       <c r="J201" s="1"/>
       <c r="K201" s="1"/>
       <c r="L201" s="1"/>
       <c r="M201" s="1"/>
       <c r="N201" s="1"/>
       <c r="O201" s="1"/>
       <c r="P201" s="1"/>
       <c r="Q201" s="1"/>
       <c r="R201" s="1"/>
       <c r="S201" s="1"/>
       <c r="T201" s="1"/>
       <c r="U201" s="1"/>
       <c r="V201" s="1"/>
       <c r="W201" s="1"/>
     </row>
     <row r="202" spans="1:23">
       <c r="A202" s="3">
         <v>200</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>504</v>
+        <v>454</v>
       </c>
       <c r="D202" s="3" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="G202" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H202" s="4" t="s">
-        <v>504</v>
+        <v>454</v>
       </c>
       <c r="I202" s="4"/>
       <c r="J202" s="1"/>
       <c r="K202" s="1"/>
       <c r="L202" s="1"/>
       <c r="M202" s="1"/>
       <c r="N202" s="1"/>
       <c r="O202" s="1"/>
       <c r="P202" s="1"/>
       <c r="Q202" s="1"/>
       <c r="R202" s="1"/>
       <c r="S202" s="1"/>
       <c r="T202" s="1"/>
       <c r="U202" s="1"/>
       <c r="V202" s="1"/>
       <c r="W202" s="1"/>
     </row>
     <row r="203" spans="1:23">
       <c r="A203" s="3">
         <v>201</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C203" s="3" t="s">
-        <v>620</v>
+        <v>504</v>
       </c>
       <c r="D203" s="3" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>457</v>
+        <v>40</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="G203" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H203" s="4" t="s">
-        <v>620</v>
+        <v>504</v>
       </c>
       <c r="I203" s="4"/>
       <c r="J203" s="1"/>
       <c r="K203" s="1"/>
       <c r="L203" s="1"/>
       <c r="M203" s="1"/>
       <c r="N203" s="1"/>
       <c r="O203" s="1"/>
       <c r="P203" s="1"/>
       <c r="Q203" s="1"/>
       <c r="R203" s="1"/>
       <c r="S203" s="1"/>
       <c r="T203" s="1"/>
       <c r="U203" s="1"/>
       <c r="V203" s="1"/>
       <c r="W203" s="1"/>
     </row>
     <row r="204" spans="1:23">
       <c r="A204" s="3">
         <v>202</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="C204" s="3" t="s">
         <v>620</v>
       </c>
       <c r="D204" s="3" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>40</v>
+        <v>457</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="G204" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H204" s="4" t="s">
         <v>620</v>
       </c>
       <c r="I204" s="4"/>
       <c r="J204" s="1"/>
       <c r="K204" s="1"/>
       <c r="L204" s="1"/>
       <c r="M204" s="1"/>
       <c r="N204" s="1"/>
       <c r="O204" s="1"/>
       <c r="P204" s="1"/>
       <c r="Q204" s="1"/>
       <c r="R204" s="1"/>
       <c r="S204" s="1"/>
       <c r="T204" s="1"/>
       <c r="U204" s="1"/>
       <c r="V204" s="1"/>
       <c r="W204" s="1"/>
     </row>
     <row r="205" spans="1:23">
       <c r="A205" s="3">
         <v>203</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="C205" s="3" t="s">
-        <v>748</v>
+        <v>620</v>
       </c>
       <c r="D205" s="3" t="s">
         <v>749</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>499</v>
+        <v>40</v>
       </c>
       <c r="F205" s="3" t="s">
         <v>750</v>
       </c>
       <c r="G205" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H205" s="4" t="s">
-        <v>751</v>
+        <v>620</v>
       </c>
       <c r="I205" s="4"/>
       <c r="J205" s="1"/>
       <c r="K205" s="1"/>
       <c r="L205" s="1"/>
       <c r="M205" s="1"/>
       <c r="N205" s="1"/>
       <c r="O205" s="1"/>
       <c r="P205" s="1"/>
       <c r="Q205" s="1"/>
       <c r="R205" s="1"/>
       <c r="S205" s="1"/>
       <c r="T205" s="1"/>
       <c r="U205" s="1"/>
       <c r="V205" s="1"/>
       <c r="W205" s="1"/>
     </row>
     <row r="206" spans="1:23">
       <c r="A206" s="3">
         <v>204</v>
       </c>
       <c r="B206" s="3" t="s">
+        <v>751</v>
+      </c>
+      <c r="C206" s="3" t="s">
         <v>752</v>
-      </c>
-[...1 lines deleted...]
-        <v>695</v>
       </c>
       <c r="D206" s="3" t="s">
         <v>753</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>499</v>
       </c>
       <c r="F206" s="3" t="s">
         <v>754</v>
       </c>
       <c r="G206" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H206" s="4" t="s">
-        <v>695</v>
+        <v>755</v>
       </c>
       <c r="I206" s="4"/>
       <c r="J206" s="1"/>
       <c r="K206" s="1"/>
       <c r="L206" s="1"/>
       <c r="M206" s="1"/>
       <c r="N206" s="1"/>
       <c r="O206" s="1"/>
       <c r="P206" s="1"/>
       <c r="Q206" s="1"/>
       <c r="R206" s="1"/>
       <c r="S206" s="1"/>
       <c r="T206" s="1"/>
       <c r="U206" s="1"/>
       <c r="V206" s="1"/>
       <c r="W206" s="1"/>
     </row>
     <row r="207" spans="1:23">
       <c r="A207" s="3">
         <v>205</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="C207" s="3" t="s">
-        <v>756</v>
+        <v>699</v>
       </c>
       <c r="D207" s="3" t="s">
         <v>757</v>
       </c>
       <c r="E207" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="F207" s="3" t="s">
         <v>758</v>
       </c>
-      <c r="F207" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G207" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H207" s="4" t="s">
-        <v>756</v>
+        <v>699</v>
       </c>
       <c r="I207" s="4"/>
       <c r="J207" s="1"/>
       <c r="K207" s="1"/>
       <c r="L207" s="1"/>
       <c r="M207" s="1"/>
       <c r="N207" s="1"/>
       <c r="O207" s="1"/>
       <c r="P207" s="1"/>
       <c r="Q207" s="1"/>
       <c r="R207" s="1"/>
       <c r="S207" s="1"/>
       <c r="T207" s="1"/>
       <c r="U207" s="1"/>
       <c r="V207" s="1"/>
       <c r="W207" s="1"/>
     </row>
     <row r="208" spans="1:23">
       <c r="A208" s="3">
         <v>206</v>
       </c>
       <c r="B208" s="3" t="s">
+        <v>759</v>
+      </c>
+      <c r="C208" s="3" t="s">
         <v>760</v>
       </c>
-      <c r="C208" s="3" t="s">
+      <c r="D208" s="3" t="s">
         <v>761</v>
       </c>
-      <c r="D208" s="3" t="s">
+      <c r="E208" s="3" t="s">
         <v>762</v>
       </c>
-      <c r="E208" s="3" t="s">
+      <c r="F208" s="3" t="s">
         <v>763</v>
       </c>
-      <c r="F208" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G208" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H208" s="4" t="s">
-        <v>761</v>
+        <v>760</v>
       </c>
       <c r="I208" s="4"/>
       <c r="J208" s="1"/>
       <c r="K208" s="1"/>
       <c r="L208" s="1"/>
       <c r="M208" s="1"/>
       <c r="N208" s="1"/>
       <c r="O208" s="1"/>
       <c r="P208" s="1"/>
       <c r="Q208" s="1"/>
       <c r="R208" s="1"/>
       <c r="S208" s="1"/>
       <c r="T208" s="1"/>
       <c r="U208" s="1"/>
       <c r="V208" s="1"/>
       <c r="W208" s="1"/>
     </row>
     <row r="209" spans="1:23">
       <c r="A209" s="3">
         <v>207</v>
       </c>
       <c r="B209" s="3" t="s">
+        <v>764</v>
+      </c>
+      <c r="C209" s="3" t="s">
         <v>765</v>
       </c>
-      <c r="C209" s="3" t="s">
+      <c r="D209" s="3" t="s">
         <v>766</v>
       </c>
-      <c r="D209" s="3" t="s">
+      <c r="E209" s="3" t="s">
         <v>767</v>
-      </c>
-[...1 lines deleted...]
-        <v>499</v>
       </c>
       <c r="F209" s="3" t="s">
         <v>768</v>
       </c>
       <c r="G209" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H209" s="4" t="s">
-        <v>766</v>
+        <v>765</v>
       </c>
       <c r="I209" s="4"/>
       <c r="J209" s="1"/>
       <c r="K209" s="1"/>
       <c r="L209" s="1"/>
       <c r="M209" s="1"/>
       <c r="N209" s="1"/>
       <c r="O209" s="1"/>
       <c r="P209" s="1"/>
       <c r="Q209" s="1"/>
       <c r="R209" s="1"/>
       <c r="S209" s="1"/>
       <c r="T209" s="1"/>
       <c r="U209" s="1"/>
       <c r="V209" s="1"/>
       <c r="W209" s="1"/>
     </row>
     <row r="210" spans="1:23">
       <c r="A210" s="3">
         <v>208</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>769</v>
       </c>
       <c r="C210" s="3" t="s">
         <v>770</v>
       </c>
       <c r="D210" s="3" t="s">
         <v>771</v>
       </c>
       <c r="E210" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="F210" s="3" t="s">
         <v>772</v>
-      </c>
-[...1 lines deleted...]
-        <v>773</v>
       </c>
       <c r="G210" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H210" s="4" t="s">
         <v>770</v>
       </c>
       <c r="I210" s="4"/>
       <c r="J210" s="1"/>
       <c r="K210" s="1"/>
       <c r="L210" s="1"/>
       <c r="M210" s="1"/>
       <c r="N210" s="1"/>
       <c r="O210" s="1"/>
       <c r="P210" s="1"/>
       <c r="Q210" s="1"/>
       <c r="R210" s="1"/>
       <c r="S210" s="1"/>
       <c r="T210" s="1"/>
       <c r="U210" s="1"/>
       <c r="V210" s="1"/>
       <c r="W210" s="1"/>
     </row>
     <row r="211" spans="1:23">
       <c r="A211" s="3">
         <v>209</v>
       </c>
       <c r="B211" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="C211" s="3" t="s">
         <v>774</v>
       </c>
-      <c r="C211" s="3" t="s">
+      <c r="D211" s="3" t="s">
         <v>775</v>
       </c>
-      <c r="D211" s="3" t="s">
+      <c r="E211" s="3" t="s">
         <v>776</v>
-      </c>
-[...1 lines deleted...]
-        <v>499</v>
       </c>
       <c r="F211" s="3" t="s">
         <v>777</v>
       </c>
       <c r="G211" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H211" s="4" t="s">
-        <v>775</v>
+        <v>774</v>
       </c>
       <c r="I211" s="4"/>
       <c r="J211" s="1"/>
       <c r="K211" s="1"/>
       <c r="L211" s="1"/>
       <c r="M211" s="1"/>
       <c r="N211" s="1"/>
       <c r="O211" s="1"/>
       <c r="P211" s="1"/>
       <c r="Q211" s="1"/>
       <c r="R211" s="1"/>
       <c r="S211" s="1"/>
       <c r="T211" s="1"/>
       <c r="U211" s="1"/>
       <c r="V211" s="1"/>
       <c r="W211" s="1"/>
     </row>
     <row r="212" spans="1:23">
       <c r="A212" s="3">
         <v>210</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>778</v>
       </c>
       <c r="C212" s="3" t="s">
         <v>779</v>
       </c>
       <c r="D212" s="3" t="s">
         <v>780</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>304</v>
+        <v>499</v>
       </c>
       <c r="F212" s="3" t="s">
         <v>781</v>
       </c>
       <c r="G212" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H212" s="4" t="s">
         <v>779</v>
       </c>
       <c r="I212" s="4"/>
       <c r="J212" s="1"/>
       <c r="K212" s="1"/>
       <c r="L212" s="1"/>
       <c r="M212" s="1"/>
       <c r="N212" s="1"/>
       <c r="O212" s="1"/>
       <c r="P212" s="1"/>
       <c r="Q212" s="1"/>
       <c r="R212" s="1"/>
       <c r="S212" s="1"/>
       <c r="T212" s="1"/>
       <c r="U212" s="1"/>
       <c r="V212" s="1"/>
       <c r="W212" s="1"/>
     </row>
     <row r="213" spans="1:23">
       <c r="A213" s="3">
         <v>211</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>782</v>
       </c>
       <c r="C213" s="3" t="s">
         <v>783</v>
       </c>
       <c r="D213" s="3" t="s">
         <v>784</v>
       </c>
       <c r="E213" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="F213" s="3" t="s">
         <v>785</v>
       </c>
-      <c r="F213" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G213" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H213" s="4" t="s">
-        <v>787</v>
+        <v>783</v>
       </c>
       <c r="I213" s="4"/>
       <c r="J213" s="1"/>
       <c r="K213" s="1"/>
       <c r="L213" s="1"/>
       <c r="M213" s="1"/>
       <c r="N213" s="1"/>
       <c r="O213" s="1"/>
       <c r="P213" s="1"/>
       <c r="Q213" s="1"/>
       <c r="R213" s="1"/>
       <c r="S213" s="1"/>
       <c r="T213" s="1"/>
       <c r="U213" s="1"/>
       <c r="V213" s="1"/>
       <c r="W213" s="1"/>
     </row>
     <row r="214" spans="1:23">
       <c r="A214" s="3">
         <v>212</v>
       </c>
       <c r="B214" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="C214" s="3" t="s">
+        <v>787</v>
+      </c>
+      <c r="D214" s="3" t="s">
         <v>788</v>
       </c>
-      <c r="C214" s="3" t="s">
+      <c r="E214" s="3" t="s">
         <v>789</v>
       </c>
-      <c r="D214" s="3" t="s">
+      <c r="F214" s="3" t="s">
         <v>790</v>
       </c>
-      <c r="E214" s="3" t="s">
+      <c r="G214" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H214" s="4" t="s">
         <v>791</v>
-      </c>
-[...7 lines deleted...]
-        <v>789</v>
       </c>
       <c r="I214" s="4"/>
       <c r="J214" s="1"/>
       <c r="K214" s="1"/>
       <c r="L214" s="1"/>
       <c r="M214" s="1"/>
       <c r="N214" s="1"/>
       <c r="O214" s="1"/>
       <c r="P214" s="1"/>
       <c r="Q214" s="1"/>
       <c r="R214" s="1"/>
       <c r="S214" s="1"/>
       <c r="T214" s="1"/>
       <c r="U214" s="1"/>
       <c r="V214" s="1"/>
       <c r="W214" s="1"/>
     </row>
     <row r="215" spans="1:23">
       <c r="A215" s="3">
         <v>213</v>
       </c>
       <c r="B215" s="3" t="s">
+        <v>792</v>
+      </c>
+      <c r="C215" s="3" t="s">
         <v>793</v>
       </c>
-      <c r="C215" s="3" t="s">
+      <c r="D215" s="3" t="s">
         <v>794</v>
       </c>
-      <c r="D215" s="3" t="s">
+      <c r="E215" s="3" t="s">
         <v>795</v>
       </c>
-      <c r="E215" s="3" t="s">
+      <c r="F215" s="3" t="s">
         <v>796</v>
       </c>
-      <c r="F215" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G215" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H215" s="4" t="s">
-        <v>798</v>
+        <v>793</v>
       </c>
       <c r="I215" s="4"/>
       <c r="J215" s="1"/>
       <c r="K215" s="1"/>
       <c r="L215" s="1"/>
       <c r="M215" s="1"/>
       <c r="N215" s="1"/>
       <c r="O215" s="1"/>
       <c r="P215" s="1"/>
       <c r="Q215" s="1"/>
       <c r="R215" s="1"/>
       <c r="S215" s="1"/>
       <c r="T215" s="1"/>
       <c r="U215" s="1"/>
       <c r="V215" s="1"/>
       <c r="W215" s="1"/>
     </row>
     <row r="216" spans="1:23">
       <c r="A216" s="3">
         <v>214</v>
       </c>
       <c r="B216" s="3" t="s">
+        <v>797</v>
+      </c>
+      <c r="C216" s="3" t="s">
+        <v>798</v>
+      </c>
+      <c r="D216" s="3" t="s">
         <v>799</v>
       </c>
-      <c r="C216" s="3" t="s">
+      <c r="E216" s="3" t="s">
         <v>800</v>
       </c>
-      <c r="D216" s="3" t="s">
+      <c r="F216" s="3" t="s">
         <v>801</v>
       </c>
-      <c r="E216" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F216" s="3" t="s">
+      <c r="G216" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H216" s="4" t="s">
         <v>802</v>
-      </c>
-[...4 lines deleted...]
-        <v>800</v>
       </c>
       <c r="I216" s="4"/>
       <c r="J216" s="1"/>
       <c r="K216" s="1"/>
       <c r="L216" s="1"/>
       <c r="M216" s="1"/>
       <c r="N216" s="1"/>
       <c r="O216" s="1"/>
       <c r="P216" s="1"/>
       <c r="Q216" s="1"/>
       <c r="R216" s="1"/>
       <c r="S216" s="1"/>
       <c r="T216" s="1"/>
       <c r="U216" s="1"/>
       <c r="V216" s="1"/>
       <c r="W216" s="1"/>
     </row>
     <row r="217" spans="1:23">
       <c r="A217" s="3">
         <v>215</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>803</v>
       </c>
       <c r="C217" s="3" t="s">
         <v>804</v>
       </c>
       <c r="D217" s="3" t="s">
         <v>805</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F217" s="3" t="s">
         <v>806</v>
       </c>
       <c r="G217" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H217" s="4" t="s">
-        <v>695</v>
+        <v>804</v>
       </c>
       <c r="I217" s="4"/>
       <c r="J217" s="1"/>
       <c r="K217" s="1"/>
       <c r="L217" s="1"/>
       <c r="M217" s="1"/>
       <c r="N217" s="1"/>
       <c r="O217" s="1"/>
       <c r="P217" s="1"/>
       <c r="Q217" s="1"/>
       <c r="R217" s="1"/>
       <c r="S217" s="1"/>
       <c r="T217" s="1"/>
       <c r="U217" s="1"/>
       <c r="V217" s="1"/>
       <c r="W217" s="1"/>
     </row>
     <row r="218" spans="1:23">
       <c r="A218" s="3">
         <v>216</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>807</v>
       </c>
       <c r="C218" s="3" t="s">
-        <v>610</v>
+        <v>808</v>
       </c>
       <c r="D218" s="3" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="G218" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H218" s="4" t="s">
-        <v>610</v>
+        <v>699</v>
       </c>
       <c r="I218" s="4"/>
       <c r="J218" s="1"/>
       <c r="K218" s="1"/>
       <c r="L218" s="1"/>
       <c r="M218" s="1"/>
       <c r="N218" s="1"/>
       <c r="O218" s="1"/>
       <c r="P218" s="1"/>
       <c r="Q218" s="1"/>
       <c r="R218" s="1"/>
       <c r="S218" s="1"/>
       <c r="T218" s="1"/>
       <c r="U218" s="1"/>
       <c r="V218" s="1"/>
       <c r="W218" s="1"/>
     </row>
     <row r="219" spans="1:23">
       <c r="A219" s="3">
         <v>217</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="C219" s="3" t="s">
-        <v>811</v>
+        <v>610</v>
       </c>
       <c r="D219" s="3" t="s">
         <v>812</v>
       </c>
       <c r="E219" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F219" s="3" t="s">
         <v>813</v>
       </c>
-      <c r="F219" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G219" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H219" s="4" t="s">
-        <v>815</v>
+        <v>610</v>
       </c>
       <c r="I219" s="4"/>
       <c r="J219" s="1"/>
       <c r="K219" s="1"/>
       <c r="L219" s="1"/>
       <c r="M219" s="1"/>
       <c r="N219" s="1"/>
       <c r="O219" s="1"/>
       <c r="P219" s="1"/>
       <c r="Q219" s="1"/>
       <c r="R219" s="1"/>
       <c r="S219" s="1"/>
       <c r="T219" s="1"/>
       <c r="U219" s="1"/>
       <c r="V219" s="1"/>
       <c r="W219" s="1"/>
     </row>
     <row r="220" spans="1:23">
       <c r="A220" s="3">
         <v>218</v>
       </c>
       <c r="B220" s="3" t="s">
+        <v>814</v>
+      </c>
+      <c r="C220" s="3" t="s">
+        <v>815</v>
+      </c>
+      <c r="D220" s="3" t="s">
         <v>816</v>
       </c>
-      <c r="C220" s="3" t="s">
+      <c r="E220" s="3" t="s">
         <v>817</v>
       </c>
-      <c r="D220" s="3" t="s">
+      <c r="F220" s="3" t="s">
         <v>818</v>
       </c>
-      <c r="E220" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F220" s="3" t="s">
+      <c r="G220" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H220" s="4" t="s">
         <v>819</v>
-      </c>
-[...4 lines deleted...]
-        <v>817</v>
       </c>
       <c r="I220" s="4"/>
       <c r="J220" s="1"/>
       <c r="K220" s="1"/>
       <c r="L220" s="1"/>
       <c r="M220" s="1"/>
       <c r="N220" s="1"/>
       <c r="O220" s="1"/>
       <c r="P220" s="1"/>
       <c r="Q220" s="1"/>
       <c r="R220" s="1"/>
       <c r="S220" s="1"/>
       <c r="T220" s="1"/>
       <c r="U220" s="1"/>
       <c r="V220" s="1"/>
       <c r="W220" s="1"/>
     </row>
     <row r="221" spans="1:23">
       <c r="A221" s="3">
         <v>219</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>820</v>
       </c>
       <c r="C221" s="3" t="s">
         <v>821</v>
       </c>
       <c r="D221" s="3" t="s">
         <v>822</v>
       </c>
       <c r="E221" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="F221" s="3" t="s">
         <v>823</v>
       </c>
-      <c r="F221" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G221" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H221" s="4" t="s">
-        <v>825</v>
+        <v>821</v>
       </c>
       <c r="I221" s="4"/>
       <c r="J221" s="1"/>
       <c r="K221" s="1"/>
       <c r="L221" s="1"/>
       <c r="M221" s="1"/>
       <c r="N221" s="1"/>
       <c r="O221" s="1"/>
       <c r="P221" s="1"/>
       <c r="Q221" s="1"/>
       <c r="R221" s="1"/>
       <c r="S221" s="1"/>
       <c r="T221" s="1"/>
       <c r="U221" s="1"/>
       <c r="V221" s="1"/>
       <c r="W221" s="1"/>
     </row>
     <row r="222" spans="1:23">
       <c r="A222" s="3">
         <v>220</v>
       </c>
       <c r="B222" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="C222" s="3" t="s">
+        <v>825</v>
+      </c>
+      <c r="D222" s="3" t="s">
         <v>826</v>
       </c>
-      <c r="C222" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D222" s="3" t="s">
+      <c r="E222" s="3" t="s">
         <v>827</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="F222" s="3" t="s">
         <v>828</v>
       </c>
       <c r="G222" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H222" s="4" t="s">
         <v>829</v>
       </c>
       <c r="I222" s="4"/>
       <c r="J222" s="1"/>
       <c r="K222" s="1"/>
       <c r="L222" s="1"/>
       <c r="M222" s="1"/>
       <c r="N222" s="1"/>
       <c r="O222" s="1"/>
       <c r="P222" s="1"/>
       <c r="Q222" s="1"/>
       <c r="R222" s="1"/>
       <c r="S222" s="1"/>
       <c r="T222" s="1"/>
       <c r="U222" s="1"/>
       <c r="V222" s="1"/>
       <c r="W222" s="1"/>
     </row>
     <row r="223" spans="1:23">
       <c r="A223" s="3">
         <v>221</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>830</v>
       </c>
       <c r="C223" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="D223" s="3" t="s">
         <v>831</v>
       </c>
-      <c r="D223" s="3" t="s">
+      <c r="E223" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="F223" s="3" t="s">
         <v>832</v>
       </c>
-      <c r="E223" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F223" s="3" t="s">
+      <c r="G223" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H223" s="4" t="s">
         <v>833</v>
-      </c>
-[...4 lines deleted...]
-        <v>831</v>
       </c>
       <c r="I223" s="4"/>
       <c r="J223" s="1"/>
       <c r="K223" s="1"/>
       <c r="L223" s="1"/>
       <c r="M223" s="1"/>
       <c r="N223" s="1"/>
       <c r="O223" s="1"/>
       <c r="P223" s="1"/>
       <c r="Q223" s="1"/>
       <c r="R223" s="1"/>
       <c r="S223" s="1"/>
       <c r="T223" s="1"/>
       <c r="U223" s="1"/>
       <c r="V223" s="1"/>
       <c r="W223" s="1"/>
     </row>
     <row r="224" spans="1:23">
       <c r="A224" s="3">
         <v>222</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>834</v>
       </c>
       <c r="C224" s="3" t="s">
@@ -12433,347 +12445,347 @@
       <c r="N225" s="1"/>
       <c r="O225" s="1"/>
       <c r="P225" s="1"/>
       <c r="Q225" s="1"/>
       <c r="R225" s="1"/>
       <c r="S225" s="1"/>
       <c r="T225" s="1"/>
       <c r="U225" s="1"/>
       <c r="V225" s="1"/>
       <c r="W225" s="1"/>
     </row>
     <row r="226" spans="1:23">
       <c r="A226" s="3">
         <v>224</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>842</v>
       </c>
       <c r="C226" s="3" t="s">
         <v>843</v>
       </c>
       <c r="D226" s="3" t="s">
         <v>844</v>
       </c>
       <c r="E226" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F226" s="3" t="s">
         <v>845</v>
-      </c>
-[...1 lines deleted...]
-        <v>846</v>
       </c>
       <c r="G226" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H226" s="4" t="s">
         <v>843</v>
       </c>
       <c r="I226" s="4"/>
       <c r="J226" s="1"/>
       <c r="K226" s="1"/>
       <c r="L226" s="1"/>
       <c r="M226" s="1"/>
       <c r="N226" s="1"/>
       <c r="O226" s="1"/>
       <c r="P226" s="1"/>
       <c r="Q226" s="1"/>
       <c r="R226" s="1"/>
       <c r="S226" s="1"/>
       <c r="T226" s="1"/>
       <c r="U226" s="1"/>
       <c r="V226" s="1"/>
       <c r="W226" s="1"/>
     </row>
     <row r="227" spans="1:23">
       <c r="A227" s="3">
         <v>225</v>
       </c>
       <c r="B227" s="3" t="s">
+        <v>846</v>
+      </c>
+      <c r="C227" s="3" t="s">
         <v>847</v>
-      </c>
-[...1 lines deleted...]
-        <v>800</v>
       </c>
       <c r="D227" s="3" t="s">
         <v>848</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>40</v>
+        <v>849</v>
       </c>
       <c r="F227" s="3" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="G227" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H227" s="4" t="s">
-        <v>800</v>
+        <v>847</v>
       </c>
       <c r="I227" s="4"/>
       <c r="J227" s="1"/>
       <c r="K227" s="1"/>
       <c r="L227" s="1"/>
       <c r="M227" s="1"/>
       <c r="N227" s="1"/>
       <c r="O227" s="1"/>
       <c r="P227" s="1"/>
       <c r="Q227" s="1"/>
       <c r="R227" s="1"/>
       <c r="S227" s="1"/>
       <c r="T227" s="1"/>
       <c r="U227" s="1"/>
       <c r="V227" s="1"/>
       <c r="W227" s="1"/>
     </row>
     <row r="228" spans="1:23">
       <c r="A228" s="3">
         <v>226</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="C228" s="3" t="s">
-        <v>851</v>
+        <v>804</v>
       </c>
       <c r="D228" s="3" t="s">
         <v>852</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F228" s="3" t="s">
         <v>853</v>
       </c>
       <c r="G228" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H228" s="4" t="s">
-        <v>851</v>
+        <v>804</v>
       </c>
       <c r="I228" s="4"/>
       <c r="J228" s="1"/>
       <c r="K228" s="1"/>
       <c r="L228" s="1"/>
       <c r="M228" s="1"/>
       <c r="N228" s="1"/>
       <c r="O228" s="1"/>
       <c r="P228" s="1"/>
       <c r="Q228" s="1"/>
       <c r="R228" s="1"/>
       <c r="S228" s="1"/>
       <c r="T228" s="1"/>
       <c r="U228" s="1"/>
       <c r="V228" s="1"/>
       <c r="W228" s="1"/>
     </row>
     <row r="229" spans="1:23">
       <c r="A229" s="3">
         <v>227</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>854</v>
       </c>
       <c r="C229" s="3" t="s">
         <v>855</v>
       </c>
       <c r="D229" s="3" t="s">
         <v>856</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>499</v>
+        <v>40</v>
       </c>
       <c r="F229" s="3" t="s">
         <v>857</v>
       </c>
       <c r="G229" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H229" s="4" t="s">
         <v>855</v>
       </c>
       <c r="I229" s="4"/>
       <c r="J229" s="1"/>
       <c r="K229" s="1"/>
       <c r="L229" s="1"/>
       <c r="M229" s="1"/>
       <c r="N229" s="1"/>
       <c r="O229" s="1"/>
       <c r="P229" s="1"/>
       <c r="Q229" s="1"/>
       <c r="R229" s="1"/>
       <c r="S229" s="1"/>
       <c r="T229" s="1"/>
       <c r="U229" s="1"/>
       <c r="V229" s="1"/>
       <c r="W229" s="1"/>
     </row>
     <row r="230" spans="1:23">
       <c r="A230" s="3">
         <v>228</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>858</v>
       </c>
       <c r="C230" s="3" t="s">
         <v>859</v>
       </c>
       <c r="D230" s="3" t="s">
         <v>860</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>763</v>
+        <v>499</v>
       </c>
       <c r="F230" s="3" t="s">
         <v>861</v>
       </c>
       <c r="G230" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H230" s="4" t="s">
         <v>859</v>
       </c>
       <c r="I230" s="4"/>
       <c r="J230" s="1"/>
       <c r="K230" s="1"/>
       <c r="L230" s="1"/>
       <c r="M230" s="1"/>
       <c r="N230" s="1"/>
       <c r="O230" s="1"/>
       <c r="P230" s="1"/>
       <c r="Q230" s="1"/>
       <c r="R230" s="1"/>
       <c r="S230" s="1"/>
       <c r="T230" s="1"/>
       <c r="U230" s="1"/>
       <c r="V230" s="1"/>
       <c r="W230" s="1"/>
     </row>
     <row r="231" spans="1:23">
       <c r="A231" s="3">
         <v>229</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>862</v>
       </c>
       <c r="C231" s="3" t="s">
-        <v>843</v>
+        <v>863</v>
       </c>
       <c r="D231" s="3" t="s">
+        <v>864</v>
+      </c>
+      <c r="E231" s="3" t="s">
+        <v>767</v>
+      </c>
+      <c r="F231" s="3" t="s">
+        <v>865</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H231" s="4" t="s">
         <v>863</v>
-      </c>
-[...10 lines deleted...]
-        <v>843</v>
       </c>
       <c r="I231" s="4"/>
       <c r="J231" s="1"/>
       <c r="K231" s="1"/>
       <c r="L231" s="1"/>
       <c r="M231" s="1"/>
       <c r="N231" s="1"/>
       <c r="O231" s="1"/>
       <c r="P231" s="1"/>
       <c r="Q231" s="1"/>
       <c r="R231" s="1"/>
       <c r="S231" s="1"/>
       <c r="T231" s="1"/>
       <c r="U231" s="1"/>
       <c r="V231" s="1"/>
       <c r="W231" s="1"/>
     </row>
     <row r="232" spans="1:23">
       <c r="A232" s="3">
         <v>230</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="C232" s="3" t="s">
-        <v>811</v>
+        <v>847</v>
       </c>
       <c r="D232" s="3" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>867</v>
+        <v>849</v>
       </c>
       <c r="F232" s="3" t="s">
         <v>868</v>
       </c>
       <c r="G232" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H232" s="4" t="s">
-        <v>869</v>
+        <v>847</v>
       </c>
       <c r="I232" s="4"/>
       <c r="J232" s="1"/>
       <c r="K232" s="1"/>
       <c r="L232" s="1"/>
       <c r="M232" s="1"/>
       <c r="N232" s="1"/>
       <c r="O232" s="1"/>
       <c r="P232" s="1"/>
       <c r="Q232" s="1"/>
       <c r="R232" s="1"/>
       <c r="S232" s="1"/>
       <c r="T232" s="1"/>
       <c r="U232" s="1"/>
       <c r="V232" s="1"/>
       <c r="W232" s="1"/>
     </row>
     <row r="233" spans="1:23">
       <c r="A233" s="3">
         <v>231</v>
       </c>
       <c r="B233" s="3" t="s">
+        <v>869</v>
+      </c>
+      <c r="C233" s="3" t="s">
+        <v>815</v>
+      </c>
+      <c r="D233" s="3" t="s">
         <v>870</v>
       </c>
-      <c r="C233" s="3" t="s">
+      <c r="E233" s="3" t="s">
         <v>871</v>
       </c>
-      <c r="D233" s="3" t="s">
+      <c r="F233" s="3" t="s">
         <v>872</v>
       </c>
-      <c r="E233" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F233" s="3" t="s">
+      <c r="G233" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H233" s="4" t="s">
         <v>873</v>
-      </c>
-[...4 lines deleted...]
-        <v>871</v>
       </c>
       <c r="I233" s="4"/>
       <c r="J233" s="1"/>
       <c r="K233" s="1"/>
       <c r="L233" s="1"/>
       <c r="M233" s="1"/>
       <c r="N233" s="1"/>
       <c r="O233" s="1"/>
       <c r="P233" s="1"/>
       <c r="Q233" s="1"/>
       <c r="R233" s="1"/>
       <c r="S233" s="1"/>
       <c r="T233" s="1"/>
       <c r="U233" s="1"/>
       <c r="V233" s="1"/>
       <c r="W233" s="1"/>
     </row>
     <row r="234" spans="1:23">
       <c r="A234" s="3">
         <v>232</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>874</v>
       </c>
       <c r="C234" s="3" t="s">
@@ -12802,691 +12814,732 @@
       <c r="N234" s="1"/>
       <c r="O234" s="1"/>
       <c r="P234" s="1"/>
       <c r="Q234" s="1"/>
       <c r="R234" s="1"/>
       <c r="S234" s="1"/>
       <c r="T234" s="1"/>
       <c r="U234" s="1"/>
       <c r="V234" s="1"/>
       <c r="W234" s="1"/>
     </row>
     <row r="235" spans="1:23">
       <c r="A235" s="3">
         <v>233</v>
       </c>
       <c r="B235" s="3" t="s">
         <v>878</v>
       </c>
       <c r="C235" s="3" t="s">
         <v>879</v>
       </c>
       <c r="D235" s="3" t="s">
         <v>880</v>
       </c>
       <c r="E235" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F235" s="3" t="s">
         <v>881</v>
       </c>
-      <c r="F235" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G235" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H235" s="4" t="s">
-        <v>883</v>
+        <v>879</v>
       </c>
       <c r="I235" s="4"/>
       <c r="J235" s="1"/>
       <c r="K235" s="1"/>
       <c r="L235" s="1"/>
       <c r="M235" s="1"/>
       <c r="N235" s="1"/>
       <c r="O235" s="1"/>
       <c r="P235" s="1"/>
       <c r="Q235" s="1"/>
       <c r="R235" s="1"/>
       <c r="S235" s="1"/>
       <c r="T235" s="1"/>
       <c r="U235" s="1"/>
       <c r="V235" s="1"/>
       <c r="W235" s="1"/>
     </row>
     <row r="236" spans="1:23">
       <c r="A236" s="3">
         <v>234</v>
       </c>
       <c r="B236" s="3" t="s">
+        <v>882</v>
+      </c>
+      <c r="C236" s="3" t="s">
+        <v>883</v>
+      </c>
+      <c r="D236" s="3" t="s">
         <v>884</v>
       </c>
-      <c r="C236" s="3" t="s">
+      <c r="E236" s="3" t="s">
         <v>885</v>
       </c>
-      <c r="D236" s="3" t="s">
+      <c r="F236" s="3" t="s">
         <v>886</v>
       </c>
-      <c r="E236" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F236" s="3" t="s">
+      <c r="G236" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H236" s="4" t="s">
         <v>887</v>
-      </c>
-[...4 lines deleted...]
-        <v>888</v>
       </c>
       <c r="I236" s="4"/>
       <c r="J236" s="1"/>
       <c r="K236" s="1"/>
       <c r="L236" s="1"/>
       <c r="M236" s="1"/>
       <c r="N236" s="1"/>
       <c r="O236" s="1"/>
       <c r="P236" s="1"/>
       <c r="Q236" s="1"/>
       <c r="R236" s="1"/>
       <c r="S236" s="1"/>
       <c r="T236" s="1"/>
       <c r="U236" s="1"/>
       <c r="V236" s="1"/>
       <c r="W236" s="1"/>
     </row>
     <row r="237" spans="1:23">
       <c r="A237" s="3">
         <v>235</v>
       </c>
       <c r="B237" s="3" t="s">
+        <v>888</v>
+      </c>
+      <c r="C237" s="3" t="s">
         <v>889</v>
       </c>
-      <c r="C237" s="3" t="s">
+      <c r="D237" s="3" t="s">
         <v>890</v>
       </c>
-      <c r="D237" s="3" t="s">
+      <c r="E237" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="F237" s="3" t="s">
         <v>891</v>
       </c>
-      <c r="E237" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F237" s="3" t="s">
+      <c r="G237" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H237" s="4" t="s">
         <v>892</v>
-      </c>
-[...4 lines deleted...]
-        <v>831</v>
       </c>
       <c r="I237" s="4"/>
       <c r="J237" s="1"/>
       <c r="K237" s="1"/>
       <c r="L237" s="1"/>
       <c r="M237" s="1"/>
       <c r="N237" s="1"/>
       <c r="O237" s="1"/>
       <c r="P237" s="1"/>
       <c r="Q237" s="1"/>
       <c r="R237" s="1"/>
       <c r="S237" s="1"/>
       <c r="T237" s="1"/>
       <c r="U237" s="1"/>
       <c r="V237" s="1"/>
       <c r="W237" s="1"/>
     </row>
     <row r="238" spans="1:23">
       <c r="A238" s="3">
         <v>236</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>893</v>
       </c>
       <c r="C238" s="3" t="s">
         <v>894</v>
       </c>
       <c r="D238" s="3" t="s">
         <v>895</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>40</v>
+        <v>304</v>
       </c>
       <c r="F238" s="3" t="s">
         <v>896</v>
       </c>
       <c r="G238" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H238" s="4" t="s">
-        <v>894</v>
+        <v>835</v>
       </c>
       <c r="I238" s="4"/>
       <c r="J238" s="1"/>
       <c r="K238" s="1"/>
       <c r="L238" s="1"/>
       <c r="M238" s="1"/>
       <c r="N238" s="1"/>
       <c r="O238" s="1"/>
       <c r="P238" s="1"/>
       <c r="Q238" s="1"/>
       <c r="R238" s="1"/>
       <c r="S238" s="1"/>
       <c r="T238" s="1"/>
       <c r="U238" s="1"/>
       <c r="V238" s="1"/>
       <c r="W238" s="1"/>
     </row>
     <row r="239" spans="1:23">
       <c r="A239" s="3">
         <v>237</v>
       </c>
       <c r="B239" s="3" t="s">
         <v>897</v>
       </c>
       <c r="C239" s="3" t="s">
-        <v>766</v>
+        <v>898</v>
       </c>
       <c r="D239" s="3" t="s">
+        <v>899</v>
+      </c>
+      <c r="E239" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F239" s="3" t="s">
+        <v>900</v>
+      </c>
+      <c r="G239" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H239" s="4" t="s">
         <v>898</v>
-      </c>
-[...10 lines deleted...]
-        <v>829</v>
       </c>
       <c r="I239" s="4"/>
       <c r="J239" s="1"/>
       <c r="K239" s="1"/>
       <c r="L239" s="1"/>
       <c r="M239" s="1"/>
       <c r="N239" s="1"/>
       <c r="O239" s="1"/>
       <c r="P239" s="1"/>
       <c r="Q239" s="1"/>
       <c r="R239" s="1"/>
       <c r="S239" s="1"/>
       <c r="T239" s="1"/>
       <c r="U239" s="1"/>
       <c r="V239" s="1"/>
       <c r="W239" s="1"/>
     </row>
     <row r="240" spans="1:23">
       <c r="A240" s="3">
         <v>238</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="C240" s="3" t="s">
-        <v>901</v>
+        <v>770</v>
       </c>
       <c r="D240" s="3" t="s">
         <v>902</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>40</v>
+        <v>196</v>
       </c>
       <c r="F240" s="3" t="s">
         <v>903</v>
       </c>
       <c r="G240" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H240" s="4" t="s">
-        <v>904</v>
+        <v>833</v>
       </c>
       <c r="I240" s="4"/>
       <c r="J240" s="1"/>
       <c r="K240" s="1"/>
       <c r="L240" s="1"/>
       <c r="M240" s="1"/>
       <c r="N240" s="1"/>
       <c r="O240" s="1"/>
       <c r="P240" s="1"/>
       <c r="Q240" s="1"/>
       <c r="R240" s="1"/>
       <c r="S240" s="1"/>
       <c r="T240" s="1"/>
       <c r="U240" s="1"/>
       <c r="V240" s="1"/>
       <c r="W240" s="1"/>
     </row>
     <row r="241" spans="1:23">
       <c r="A241" s="3">
         <v>239</v>
       </c>
       <c r="B241" s="3" t="s">
+        <v>904</v>
+      </c>
+      <c r="C241" s="3" t="s">
         <v>905</v>
       </c>
-      <c r="C241" s="3" t="s">
+      <c r="D241" s="3" t="s">
         <v>906</v>
       </c>
-      <c r="D241" s="3" t="s">
+      <c r="E241" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F241" s="3" t="s">
         <v>907</v>
       </c>
-      <c r="E241" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F241" s="3" t="s">
+      <c r="G241" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H241" s="4" t="s">
         <v>908</v>
-      </c>
-[...4 lines deleted...]
-        <v>906</v>
       </c>
       <c r="I241" s="4"/>
       <c r="J241" s="1"/>
       <c r="K241" s="1"/>
       <c r="L241" s="1"/>
       <c r="M241" s="1"/>
       <c r="N241" s="1"/>
       <c r="O241" s="1"/>
       <c r="P241" s="1"/>
       <c r="Q241" s="1"/>
       <c r="R241" s="1"/>
       <c r="S241" s="1"/>
       <c r="T241" s="1"/>
       <c r="U241" s="1"/>
       <c r="V241" s="1"/>
       <c r="W241" s="1"/>
     </row>
     <row r="242" spans="1:23">
       <c r="A242" s="3">
         <v>240</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>909</v>
       </c>
       <c r="C242" s="3" t="s">
         <v>910</v>
       </c>
       <c r="D242" s="3" t="s">
         <v>911</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="F242" s="3" t="s">
         <v>912</v>
       </c>
       <c r="G242" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H242" s="4" t="s">
         <v>910</v>
       </c>
       <c r="I242" s="4"/>
       <c r="J242" s="1"/>
       <c r="K242" s="1"/>
       <c r="L242" s="1"/>
       <c r="M242" s="1"/>
       <c r="N242" s="1"/>
       <c r="O242" s="1"/>
       <c r="P242" s="1"/>
       <c r="Q242" s="1"/>
       <c r="R242" s="1"/>
       <c r="S242" s="1"/>
       <c r="T242" s="1"/>
       <c r="U242" s="1"/>
       <c r="V242" s="1"/>
       <c r="W242" s="1"/>
     </row>
     <row r="243" spans="1:23">
       <c r="A243" s="3">
         <v>241</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>913</v>
       </c>
       <c r="C243" s="3" t="s">
         <v>914</v>
       </c>
       <c r="D243" s="3" t="s">
         <v>915</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>196</v>
+        <v>40</v>
       </c>
       <c r="F243" s="3" t="s">
         <v>916</v>
       </c>
       <c r="G243" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H243" s="4" t="s">
-        <v>917</v>
+        <v>914</v>
       </c>
       <c r="I243" s="4"/>
       <c r="J243" s="1"/>
       <c r="K243" s="1"/>
       <c r="L243" s="1"/>
       <c r="M243" s="1"/>
       <c r="N243" s="1"/>
       <c r="O243" s="1"/>
       <c r="P243" s="1"/>
       <c r="Q243" s="1"/>
       <c r="R243" s="1"/>
       <c r="S243" s="1"/>
       <c r="T243" s="1"/>
       <c r="U243" s="1"/>
       <c r="V243" s="1"/>
       <c r="W243" s="1"/>
     </row>
     <row r="244" spans="1:23">
       <c r="A244" s="3">
         <v>242</v>
       </c>
       <c r="B244" s="3" t="s">
+        <v>917</v>
+      </c>
+      <c r="C244" s="3" t="s">
         <v>918</v>
       </c>
-      <c r="C244" s="3" t="s">
+      <c r="D244" s="3" t="s">
         <v>919</v>
       </c>
-      <c r="D244" s="3" t="s">
+      <c r="E244" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="F244" s="3" t="s">
         <v>920</v>
       </c>
-      <c r="E244" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F244" s="3" t="s">
+      <c r="G244" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H244" s="4" t="s">
         <v>921</v>
-      </c>
-[...4 lines deleted...]
-        <v>922</v>
       </c>
       <c r="I244" s="4"/>
       <c r="J244" s="1"/>
       <c r="K244" s="1"/>
       <c r="L244" s="1"/>
       <c r="M244" s="1"/>
       <c r="N244" s="1"/>
       <c r="O244" s="1"/>
       <c r="P244" s="1"/>
       <c r="Q244" s="1"/>
       <c r="R244" s="1"/>
       <c r="S244" s="1"/>
       <c r="T244" s="1"/>
       <c r="U244" s="1"/>
       <c r="V244" s="1"/>
       <c r="W244" s="1"/>
     </row>
     <row r="245" spans="1:23">
       <c r="A245" s="3">
         <v>243</v>
       </c>
       <c r="B245" s="3" t="s">
+        <v>922</v>
+      </c>
+      <c r="C245" s="3" t="s">
         <v>923</v>
       </c>
-      <c r="C245" s="3" t="s">
+      <c r="D245" s="3" t="s">
         <v>924</v>
       </c>
-      <c r="D245" s="3" t="s">
+      <c r="E245" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="F245" s="3" t="s">
         <v>925</v>
       </c>
-      <c r="E245" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F245" s="3" t="s">
+      <c r="G245" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H245" s="4" t="s">
         <v>926</v>
-      </c>
-[...4 lines deleted...]
-        <v>924</v>
       </c>
       <c r="I245" s="4"/>
       <c r="J245" s="1"/>
       <c r="K245" s="1"/>
       <c r="L245" s="1"/>
       <c r="M245" s="1"/>
       <c r="N245" s="1"/>
       <c r="O245" s="1"/>
       <c r="P245" s="1"/>
       <c r="Q245" s="1"/>
       <c r="R245" s="1"/>
       <c r="S245" s="1"/>
       <c r="T245" s="1"/>
       <c r="U245" s="1"/>
       <c r="V245" s="1"/>
       <c r="W245" s="1"/>
     </row>
     <row r="246" spans="1:23">
       <c r="A246" s="3">
         <v>244</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>927</v>
       </c>
       <c r="C246" s="3" t="s">
         <v>928</v>
       </c>
       <c r="D246" s="3" t="s">
         <v>929</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>499</v>
+        <v>40</v>
       </c>
       <c r="F246" s="3" t="s">
         <v>930</v>
       </c>
       <c r="G246" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H246" s="4" t="s">
         <v>928</v>
       </c>
       <c r="I246" s="4"/>
       <c r="J246" s="1"/>
       <c r="K246" s="1"/>
       <c r="L246" s="1"/>
       <c r="M246" s="1"/>
       <c r="N246" s="1"/>
       <c r="O246" s="1"/>
       <c r="P246" s="1"/>
       <c r="Q246" s="1"/>
       <c r="R246" s="1"/>
       <c r="S246" s="1"/>
       <c r="T246" s="1"/>
       <c r="U246" s="1"/>
       <c r="V246" s="1"/>
       <c r="W246" s="1"/>
     </row>
     <row r="247" spans="1:23">
       <c r="A247" s="3">
         <v>245</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>931</v>
       </c>
       <c r="C247" s="3" t="s">
-        <v>904</v>
+        <v>932</v>
       </c>
       <c r="D247" s="3" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>933</v>
+        <v>499</v>
       </c>
       <c r="F247" s="3" t="s">
         <v>934</v>
       </c>
       <c r="G247" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H247" s="4" t="s">
-        <v>935</v>
+        <v>932</v>
       </c>
       <c r="I247" s="4"/>
       <c r="J247" s="1"/>
       <c r="K247" s="1"/>
       <c r="L247" s="1"/>
       <c r="M247" s="1"/>
       <c r="N247" s="1"/>
       <c r="O247" s="1"/>
       <c r="P247" s="1"/>
       <c r="Q247" s="1"/>
       <c r="R247" s="1"/>
       <c r="S247" s="1"/>
       <c r="T247" s="1"/>
       <c r="U247" s="1"/>
       <c r="V247" s="1"/>
       <c r="W247" s="1"/>
     </row>
     <row r="248" spans="1:23">
       <c r="A248" s="3">
         <v>246</v>
       </c>
       <c r="B248" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="C248" s="3" t="s">
+        <v>908</v>
+      </c>
+      <c r="D248" s="3" t="s">
         <v>936</v>
       </c>
-      <c r="C248" s="3" t="s">
+      <c r="E248" s="3" t="s">
         <v>937</v>
       </c>
-      <c r="D248" s="3" t="s">
+      <c r="F248" s="3" t="s">
         <v>938</v>
       </c>
-      <c r="E248" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F248" s="3" t="s">
+      <c r="G248" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H248" s="4" t="s">
         <v>939</v>
-      </c>
-[...4 lines deleted...]
-        <v>937</v>
       </c>
       <c r="I248" s="4"/>
       <c r="J248" s="1"/>
       <c r="K248" s="1"/>
       <c r="L248" s="1"/>
       <c r="M248" s="1"/>
       <c r="N248" s="1"/>
       <c r="O248" s="1"/>
       <c r="P248" s="1"/>
       <c r="Q248" s="1"/>
       <c r="R248" s="1"/>
       <c r="S248" s="1"/>
       <c r="T248" s="1"/>
       <c r="U248" s="1"/>
       <c r="V248" s="1"/>
       <c r="W248" s="1"/>
     </row>
     <row r="249" spans="1:23">
       <c r="A249" s="3">
         <v>247</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>940</v>
       </c>
       <c r="C249" s="3" t="s">
         <v>941</v>
       </c>
       <c r="D249" s="3" t="s">
         <v>942</v>
       </c>
       <c r="E249" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F249" s="3" t="s">
         <v>943</v>
-      </c>
-[...1 lines deleted...]
-        <v>944</v>
       </c>
       <c r="G249" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H249" s="4" t="s">
         <v>941</v>
       </c>
       <c r="I249" s="4"/>
       <c r="J249" s="1"/>
       <c r="K249" s="1"/>
       <c r="L249" s="1"/>
       <c r="M249" s="1"/>
       <c r="N249" s="1"/>
       <c r="O249" s="1"/>
       <c r="P249" s="1"/>
       <c r="Q249" s="1"/>
       <c r="R249" s="1"/>
       <c r="S249" s="1"/>
       <c r="T249" s="1"/>
       <c r="U249" s="1"/>
       <c r="V249" s="1"/>
       <c r="W249" s="1"/>
     </row>
     <row r="250" spans="1:23">
       <c r="A250" s="3">
         <v>248</v>
       </c>
       <c r="B250" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="C250" s="3" t="s">
         <v>945</v>
       </c>
-      <c r="C250" s="3" t="s">
+      <c r="D250" s="3" t="s">
         <v>946</v>
       </c>
-      <c r="D250" s="3" t="s">
+      <c r="E250" s="3" t="s">
         <v>947</v>
       </c>
-      <c r="E250" s="3" t="s">
+      <c r="F250" s="3" t="s">
         <v>948</v>
       </c>
-      <c r="F250" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G250" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H250" s="4" t="s">
-        <v>946</v>
+        <v>945</v>
       </c>
       <c r="I250" s="4"/>
       <c r="J250" s="1"/>
       <c r="K250" s="1"/>
       <c r="L250" s="1"/>
       <c r="M250" s="1"/>
       <c r="N250" s="1"/>
       <c r="O250" s="1"/>
       <c r="P250" s="1"/>
       <c r="Q250" s="1"/>
       <c r="R250" s="1"/>
       <c r="S250" s="1"/>
       <c r="T250" s="1"/>
       <c r="U250" s="1"/>
       <c r="V250" s="1"/>
       <c r="W250" s="1"/>
+    </row>
+    <row r="251" spans="1:23">
+      <c r="A251" s="3">
+        <v>249</v>
+      </c>
+      <c r="B251" s="3" t="s">
+        <v>949</v>
+      </c>
+      <c r="C251" s="3" t="s">
+        <v>950</v>
+      </c>
+      <c r="D251" s="3" t="s">
+        <v>951</v>
+      </c>
+      <c r="E251" s="3" t="s">
+        <v>952</v>
+      </c>
+      <c r="F251" s="3" t="s">
+        <v>953</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H251" s="4" t="s">
+        <v>950</v>
+      </c>
+      <c r="I251" s="4"/>
+      <c r="J251" s="1"/>
+      <c r="K251" s="1"/>
+      <c r="L251" s="1"/>
+      <c r="M251" s="1"/>
+      <c r="N251" s="1"/>
+      <c r="O251" s="1"/>
+      <c r="P251" s="1"/>
+      <c r="Q251" s="1"/>
+      <c r="R251" s="1"/>
+      <c r="S251" s="1"/>
+      <c r="T251" s="1"/>
+      <c r="U251" s="1"/>
+      <c r="V251" s="1"/>
+      <c r="W251" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>