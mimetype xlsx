--- v0 (2025-12-07)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2165">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -6318,50 +6318,68 @@
     <t>VMR/2024/001650</t>
   </si>
   <si>
     <t>0000000993</t>
   </si>
   <si>
     <t>REQ/2024/3275</t>
   </si>
   <si>
     <t>VMR/2024/001626</t>
   </si>
   <si>
     <t>0000000951</t>
   </si>
   <si>
     <t>2025-08-04</t>
   </si>
   <si>
     <t>REQ/2024/4583</t>
   </si>
   <si>
     <t>VMR/2024/2207</t>
   </si>
   <si>
     <t>0000000980</t>
+  </si>
+  <si>
+    <t>REQ/2024/4683</t>
+  </si>
+  <si>
+    <t>2024-09-23</t>
+  </si>
+  <si>
+    <t>VMR/2023/001998</t>
+  </si>
+  <si>
+    <t>Requesting for Vendor Code</t>
+  </si>
+  <si>
+    <t>0000000811</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
   </si>
   <si>
     <t>REQ/2024/3344</t>
   </si>
   <si>
     <t>VMR/2024/001588</t>
   </si>
   <si>
     <t>Working under this Division</t>
   </si>
   <si>
     <t>0000000959</t>
   </si>
   <si>
     <t>REQ/2024/4275</t>
   </si>
   <si>
     <t>2024-08-27</t>
   </si>
   <si>
     <t>VMR/2023/002579</t>
   </si>
   <si>
     <t>0000000974</t>
   </si>
@@ -6888,51 +6906,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W610"/>
+  <dimension ref="A1:W611"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="215.804443" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -30652,656 +30670,697 @@
       </c>
       <c r="I595" s="4"/>
       <c r="J595" s="1"/>
       <c r="K595" s="1"/>
       <c r="L595" s="1"/>
       <c r="M595" s="1"/>
       <c r="N595" s="1"/>
       <c r="O595" s="1"/>
       <c r="P595" s="1"/>
       <c r="Q595" s="1"/>
       <c r="R595" s="1"/>
       <c r="S595" s="1"/>
       <c r="T595" s="1"/>
       <c r="U595" s="1"/>
       <c r="V595" s="1"/>
       <c r="W595" s="1"/>
     </row>
     <row r="596" spans="1:23">
       <c r="A596" s="3">
         <v>594</v>
       </c>
       <c r="B596" s="3" t="s">
         <v>2102</v>
       </c>
       <c r="C596" s="3" t="s">
-        <v>2069</v>
+        <v>2103</v>
       </c>
       <c r="D596" s="3" t="s">
-        <v>2103</v>
+        <v>2104</v>
       </c>
       <c r="E596" s="3" t="s">
-        <v>2104</v>
+        <v>2105</v>
       </c>
       <c r="F596" s="3" t="s">
-        <v>2105</v>
+        <v>2106</v>
       </c>
       <c r="G596" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H596" s="4" t="s">
-        <v>2069</v>
+        <v>2107</v>
       </c>
       <c r="I596" s="4"/>
       <c r="J596" s="1"/>
       <c r="K596" s="1"/>
       <c r="L596" s="1"/>
       <c r="M596" s="1"/>
       <c r="N596" s="1"/>
       <c r="O596" s="1"/>
       <c r="P596" s="1"/>
       <c r="Q596" s="1"/>
       <c r="R596" s="1"/>
       <c r="S596" s="1"/>
       <c r="T596" s="1"/>
       <c r="U596" s="1"/>
       <c r="V596" s="1"/>
       <c r="W596" s="1"/>
     </row>
     <row r="597" spans="1:23">
       <c r="A597" s="3">
         <v>595</v>
       </c>
       <c r="B597" s="3" t="s">
-        <v>2106</v>
+        <v>2108</v>
       </c>
       <c r="C597" s="3" t="s">
-        <v>2107</v>
+        <v>2069</v>
       </c>
       <c r="D597" s="3" t="s">
-        <v>2108</v>
+        <v>2109</v>
       </c>
       <c r="E597" s="3" t="s">
-        <v>187</v>
+        <v>2110</v>
       </c>
       <c r="F597" s="3" t="s">
-        <v>2109</v>
+        <v>2111</v>
       </c>
       <c r="G597" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H597" s="4" t="s">
-        <v>2107</v>
+        <v>2069</v>
       </c>
       <c r="I597" s="4"/>
       <c r="J597" s="1"/>
       <c r="K597" s="1"/>
       <c r="L597" s="1"/>
       <c r="M597" s="1"/>
       <c r="N597" s="1"/>
       <c r="O597" s="1"/>
       <c r="P597" s="1"/>
       <c r="Q597" s="1"/>
       <c r="R597" s="1"/>
       <c r="S597" s="1"/>
       <c r="T597" s="1"/>
       <c r="U597" s="1"/>
       <c r="V597" s="1"/>
       <c r="W597" s="1"/>
     </row>
     <row r="598" spans="1:23">
       <c r="A598" s="3">
         <v>596</v>
       </c>
       <c r="B598" s="3" t="s">
-        <v>2110</v>
+        <v>2112</v>
       </c>
       <c r="C598" s="3" t="s">
-        <v>2111</v>
+        <v>2113</v>
       </c>
       <c r="D598" s="3" t="s">
-        <v>2112</v>
+        <v>2114</v>
       </c>
       <c r="E598" s="3" t="s">
-        <v>1166</v>
+        <v>187</v>
       </c>
       <c r="F598" s="3" t="s">
+        <v>2115</v>
+      </c>
+      <c r="G598" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H598" s="4" t="s">
         <v>2113</v>
-      </c>
-[...4 lines deleted...]
-        <v>2111</v>
       </c>
       <c r="I598" s="4"/>
       <c r="J598" s="1"/>
       <c r="K598" s="1"/>
       <c r="L598" s="1"/>
       <c r="M598" s="1"/>
       <c r="N598" s="1"/>
       <c r="O598" s="1"/>
       <c r="P598" s="1"/>
       <c r="Q598" s="1"/>
       <c r="R598" s="1"/>
       <c r="S598" s="1"/>
       <c r="T598" s="1"/>
       <c r="U598" s="1"/>
       <c r="V598" s="1"/>
       <c r="W598" s="1"/>
     </row>
     <row r="599" spans="1:23">
       <c r="A599" s="3">
         <v>597</v>
       </c>
       <c r="B599" s="3" t="s">
-        <v>2114</v>
+        <v>2116</v>
       </c>
       <c r="C599" s="3" t="s">
-        <v>1973</v>
+        <v>2117</v>
       </c>
       <c r="D599" s="3" t="s">
-        <v>2115</v>
+        <v>2118</v>
       </c>
       <c r="E599" s="3" t="s">
         <v>1166</v>
       </c>
       <c r="F599" s="3" t="s">
-        <v>2116</v>
+        <v>2119</v>
       </c>
       <c r="G599" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H599" s="4" t="s">
-        <v>1973</v>
+        <v>2117</v>
       </c>
       <c r="I599" s="4"/>
       <c r="J599" s="1"/>
       <c r="K599" s="1"/>
       <c r="L599" s="1"/>
       <c r="M599" s="1"/>
       <c r="N599" s="1"/>
       <c r="O599" s="1"/>
       <c r="P599" s="1"/>
       <c r="Q599" s="1"/>
       <c r="R599" s="1"/>
       <c r="S599" s="1"/>
       <c r="T599" s="1"/>
       <c r="U599" s="1"/>
       <c r="V599" s="1"/>
       <c r="W599" s="1"/>
     </row>
     <row r="600" spans="1:23">
       <c r="A600" s="3">
         <v>598</v>
       </c>
       <c r="B600" s="3" t="s">
-        <v>2117</v>
+        <v>2120</v>
       </c>
       <c r="C600" s="3" t="s">
-        <v>2118</v>
+        <v>1973</v>
       </c>
       <c r="D600" s="3" t="s">
-        <v>2119</v>
+        <v>2121</v>
       </c>
       <c r="E600" s="3" t="s">
-        <v>1303</v>
+        <v>1166</v>
       </c>
       <c r="F600" s="3" t="s">
-        <v>2120</v>
+        <v>2122</v>
       </c>
       <c r="G600" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H600" s="4" t="s">
-        <v>2118</v>
+        <v>1973</v>
       </c>
       <c r="I600" s="4"/>
       <c r="J600" s="1"/>
       <c r="K600" s="1"/>
       <c r="L600" s="1"/>
       <c r="M600" s="1"/>
       <c r="N600" s="1"/>
       <c r="O600" s="1"/>
       <c r="P600" s="1"/>
       <c r="Q600" s="1"/>
       <c r="R600" s="1"/>
       <c r="S600" s="1"/>
       <c r="T600" s="1"/>
       <c r="U600" s="1"/>
       <c r="V600" s="1"/>
       <c r="W600" s="1"/>
     </row>
     <row r="601" spans="1:23">
       <c r="A601" s="3">
         <v>599</v>
       </c>
       <c r="B601" s="3" t="s">
-        <v>2121</v>
+        <v>2123</v>
       </c>
       <c r="C601" s="3" t="s">
-        <v>2122</v>
+        <v>2124</v>
       </c>
       <c r="D601" s="3" t="s">
-        <v>2123</v>
+        <v>2125</v>
       </c>
       <c r="E601" s="3" t="s">
-        <v>1166</v>
+        <v>1303</v>
       </c>
       <c r="F601" s="3" t="s">
+        <v>2126</v>
+      </c>
+      <c r="G601" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H601" s="4" t="s">
         <v>2124</v>
-      </c>
-[...4 lines deleted...]
-        <v>2122</v>
       </c>
       <c r="I601" s="4"/>
       <c r="J601" s="1"/>
       <c r="K601" s="1"/>
       <c r="L601" s="1"/>
       <c r="M601" s="1"/>
       <c r="N601" s="1"/>
       <c r="O601" s="1"/>
       <c r="P601" s="1"/>
       <c r="Q601" s="1"/>
       <c r="R601" s="1"/>
       <c r="S601" s="1"/>
       <c r="T601" s="1"/>
       <c r="U601" s="1"/>
       <c r="V601" s="1"/>
       <c r="W601" s="1"/>
     </row>
     <row r="602" spans="1:23">
       <c r="A602" s="3">
         <v>600</v>
       </c>
       <c r="B602" s="3" t="s">
-        <v>2125</v>
+        <v>2127</v>
       </c>
       <c r="C602" s="3" t="s">
-        <v>2126</v>
+        <v>2128</v>
       </c>
       <c r="D602" s="3" t="s">
-        <v>2127</v>
+        <v>2129</v>
       </c>
       <c r="E602" s="3" t="s">
-        <v>1303</v>
+        <v>1166</v>
       </c>
       <c r="F602" s="3" t="s">
+        <v>2130</v>
+      </c>
+      <c r="G602" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H602" s="4" t="s">
         <v>2128</v>
-      </c>
-[...4 lines deleted...]
-        <v>2126</v>
       </c>
       <c r="I602" s="4"/>
       <c r="J602" s="1"/>
       <c r="K602" s="1"/>
       <c r="L602" s="1"/>
       <c r="M602" s="1"/>
       <c r="N602" s="1"/>
       <c r="O602" s="1"/>
       <c r="P602" s="1"/>
       <c r="Q602" s="1"/>
       <c r="R602" s="1"/>
       <c r="S602" s="1"/>
       <c r="T602" s="1"/>
       <c r="U602" s="1"/>
       <c r="V602" s="1"/>
       <c r="W602" s="1"/>
     </row>
     <row r="603" spans="1:23">
       <c r="A603" s="3">
         <v>601</v>
       </c>
       <c r="B603" s="3" t="s">
-        <v>2129</v>
+        <v>2131</v>
       </c>
       <c r="C603" s="3" t="s">
-        <v>1889</v>
+        <v>2132</v>
       </c>
       <c r="D603" s="3" t="s">
-        <v>2130</v>
+        <v>2133</v>
       </c>
       <c r="E603" s="3" t="s">
         <v>1303</v>
       </c>
       <c r="F603" s="3" t="s">
-        <v>2131</v>
+        <v>2134</v>
       </c>
       <c r="G603" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H603" s="4" t="s">
-        <v>1889</v>
+        <v>2132</v>
       </c>
       <c r="I603" s="4"/>
       <c r="J603" s="1"/>
       <c r="K603" s="1"/>
       <c r="L603" s="1"/>
       <c r="M603" s="1"/>
       <c r="N603" s="1"/>
       <c r="O603" s="1"/>
       <c r="P603" s="1"/>
       <c r="Q603" s="1"/>
       <c r="R603" s="1"/>
       <c r="S603" s="1"/>
       <c r="T603" s="1"/>
       <c r="U603" s="1"/>
       <c r="V603" s="1"/>
       <c r="W603" s="1"/>
     </row>
     <row r="604" spans="1:23">
       <c r="A604" s="3">
         <v>602</v>
       </c>
       <c r="B604" s="3" t="s">
-        <v>2132</v>
+        <v>2135</v>
       </c>
       <c r="C604" s="3" t="s">
-        <v>2133</v>
+        <v>1889</v>
       </c>
       <c r="D604" s="3" t="s">
-        <v>2134</v>
+        <v>2136</v>
       </c>
       <c r="E604" s="3" t="s">
         <v>1303</v>
       </c>
       <c r="F604" s="3" t="s">
-        <v>2135</v>
+        <v>2137</v>
       </c>
       <c r="G604" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H604" s="4" t="s">
-        <v>2133</v>
+        <v>1889</v>
       </c>
       <c r="I604" s="4"/>
       <c r="J604" s="1"/>
       <c r="K604" s="1"/>
       <c r="L604" s="1"/>
       <c r="M604" s="1"/>
       <c r="N604" s="1"/>
       <c r="O604" s="1"/>
       <c r="P604" s="1"/>
       <c r="Q604" s="1"/>
       <c r="R604" s="1"/>
       <c r="S604" s="1"/>
       <c r="T604" s="1"/>
       <c r="U604" s="1"/>
       <c r="V604" s="1"/>
       <c r="W604" s="1"/>
     </row>
     <row r="605" spans="1:23">
       <c r="A605" s="3">
         <v>603</v>
       </c>
       <c r="B605" s="3" t="s">
-        <v>2136</v>
+        <v>2138</v>
       </c>
       <c r="C605" s="3" t="s">
-        <v>1860</v>
+        <v>2139</v>
       </c>
       <c r="D605" s="3" t="s">
-        <v>2137</v>
+        <v>2140</v>
       </c>
       <c r="E605" s="3" t="s">
         <v>1303</v>
       </c>
       <c r="F605" s="3" t="s">
-        <v>2138</v>
+        <v>2141</v>
       </c>
       <c r="G605" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H605" s="4" t="s">
-        <v>1860</v>
+        <v>2139</v>
       </c>
       <c r="I605" s="4"/>
       <c r="J605" s="1"/>
       <c r="K605" s="1"/>
       <c r="L605" s="1"/>
       <c r="M605" s="1"/>
       <c r="N605" s="1"/>
       <c r="O605" s="1"/>
       <c r="P605" s="1"/>
       <c r="Q605" s="1"/>
       <c r="R605" s="1"/>
       <c r="S605" s="1"/>
       <c r="T605" s="1"/>
       <c r="U605" s="1"/>
       <c r="V605" s="1"/>
       <c r="W605" s="1"/>
     </row>
     <row r="606" spans="1:23">
       <c r="A606" s="3">
         <v>604</v>
       </c>
       <c r="B606" s="3" t="s">
-        <v>2139</v>
+        <v>2142</v>
       </c>
       <c r="C606" s="3" t="s">
-        <v>2140</v>
+        <v>1860</v>
       </c>
       <c r="D606" s="3" t="s">
-        <v>2141</v>
+        <v>2143</v>
       </c>
       <c r="E606" s="3" t="s">
-        <v>2142</v>
+        <v>1303</v>
       </c>
       <c r="F606" s="3" t="s">
-        <v>2143</v>
+        <v>2144</v>
       </c>
       <c r="G606" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H606" s="4" t="s">
-        <v>2126</v>
+        <v>1860</v>
       </c>
       <c r="I606" s="4"/>
       <c r="J606" s="1"/>
       <c r="K606" s="1"/>
       <c r="L606" s="1"/>
       <c r="M606" s="1"/>
       <c r="N606" s="1"/>
       <c r="O606" s="1"/>
       <c r="P606" s="1"/>
       <c r="Q606" s="1"/>
       <c r="R606" s="1"/>
       <c r="S606" s="1"/>
       <c r="T606" s="1"/>
       <c r="U606" s="1"/>
       <c r="V606" s="1"/>
       <c r="W606" s="1"/>
     </row>
     <row r="607" spans="1:23">
       <c r="A607" s="3">
         <v>605</v>
       </c>
       <c r="B607" s="3" t="s">
-        <v>2144</v>
+        <v>2145</v>
       </c>
       <c r="C607" s="3" t="s">
-        <v>2028</v>
+        <v>2146</v>
       </c>
       <c r="D607" s="3" t="s">
-        <v>2145</v>
+        <v>2147</v>
       </c>
       <c r="E607" s="3" t="s">
-        <v>2146</v>
+        <v>2148</v>
       </c>
       <c r="F607" s="3" t="s">
-        <v>2147</v>
+        <v>2149</v>
       </c>
       <c r="G607" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H607" s="4" t="s">
-        <v>2148</v>
+        <v>2132</v>
       </c>
       <c r="I607" s="4"/>
       <c r="J607" s="1"/>
       <c r="K607" s="1"/>
       <c r="L607" s="1"/>
       <c r="M607" s="1"/>
       <c r="N607" s="1"/>
       <c r="O607" s="1"/>
       <c r="P607" s="1"/>
       <c r="Q607" s="1"/>
       <c r="R607" s="1"/>
       <c r="S607" s="1"/>
       <c r="T607" s="1"/>
       <c r="U607" s="1"/>
       <c r="V607" s="1"/>
       <c r="W607" s="1"/>
     </row>
     <row r="608" spans="1:23">
       <c r="A608" s="3">
         <v>606</v>
       </c>
       <c r="B608" s="3" t="s">
-        <v>2149</v>
+        <v>2150</v>
       </c>
       <c r="C608" s="3" t="s">
-        <v>2150</v>
+        <v>2028</v>
       </c>
       <c r="D608" s="3" t="s">
         <v>2151</v>
       </c>
       <c r="E608" s="3" t="s">
-        <v>1303</v>
+        <v>2152</v>
       </c>
       <c r="F608" s="3" t="s">
-        <v>2152</v>
+        <v>2153</v>
       </c>
       <c r="G608" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H608" s="4" t="s">
-        <v>2150</v>
+        <v>2154</v>
       </c>
       <c r="I608" s="4"/>
       <c r="J608" s="1"/>
       <c r="K608" s="1"/>
       <c r="L608" s="1"/>
       <c r="M608" s="1"/>
       <c r="N608" s="1"/>
       <c r="O608" s="1"/>
       <c r="P608" s="1"/>
       <c r="Q608" s="1"/>
       <c r="R608" s="1"/>
       <c r="S608" s="1"/>
       <c r="T608" s="1"/>
       <c r="U608" s="1"/>
       <c r="V608" s="1"/>
       <c r="W608" s="1"/>
     </row>
     <row r="609" spans="1:23">
       <c r="A609" s="3">
         <v>607</v>
       </c>
       <c r="B609" s="3" t="s">
-        <v>2153</v>
+        <v>2155</v>
       </c>
       <c r="C609" s="3" t="s">
-        <v>2013</v>
+        <v>2156</v>
       </c>
       <c r="D609" s="3" t="s">
-        <v>2154</v>
+        <v>2157</v>
       </c>
       <c r="E609" s="3" t="s">
         <v>1303</v>
       </c>
       <c r="F609" s="3" t="s">
-        <v>2155</v>
+        <v>2158</v>
       </c>
       <c r="G609" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H609" s="4" t="s">
-        <v>2013</v>
+        <v>2156</v>
       </c>
       <c r="I609" s="4"/>
       <c r="J609" s="1"/>
       <c r="K609" s="1"/>
       <c r="L609" s="1"/>
       <c r="M609" s="1"/>
       <c r="N609" s="1"/>
       <c r="O609" s="1"/>
       <c r="P609" s="1"/>
       <c r="Q609" s="1"/>
       <c r="R609" s="1"/>
       <c r="S609" s="1"/>
       <c r="T609" s="1"/>
       <c r="U609" s="1"/>
       <c r="V609" s="1"/>
       <c r="W609" s="1"/>
     </row>
     <row r="610" spans="1:23">
       <c r="A610" s="3">
         <v>608</v>
       </c>
       <c r="B610" s="3" t="s">
-        <v>2156</v>
+        <v>2159</v>
       </c>
       <c r="C610" s="3" t="s">
-        <v>2088</v>
+        <v>2013</v>
       </c>
       <c r="D610" s="3" t="s">
-        <v>2157</v>
+        <v>2160</v>
       </c>
       <c r="E610" s="3" t="s">
         <v>1303</v>
       </c>
       <c r="F610" s="3" t="s">
-        <v>2158</v>
+        <v>2161</v>
       </c>
       <c r="G610" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H610" s="4" t="s">
-        <v>2088</v>
+        <v>2013</v>
       </c>
       <c r="I610" s="4"/>
       <c r="J610" s="1"/>
       <c r="K610" s="1"/>
       <c r="L610" s="1"/>
       <c r="M610" s="1"/>
       <c r="N610" s="1"/>
       <c r="O610" s="1"/>
       <c r="P610" s="1"/>
       <c r="Q610" s="1"/>
       <c r="R610" s="1"/>
       <c r="S610" s="1"/>
       <c r="T610" s="1"/>
       <c r="U610" s="1"/>
       <c r="V610" s="1"/>
       <c r="W610" s="1"/>
+    </row>
+    <row r="611" spans="1:23">
+      <c r="A611" s="3">
+        <v>609</v>
+      </c>
+      <c r="B611" s="3" t="s">
+        <v>2162</v>
+      </c>
+      <c r="C611" s="3" t="s">
+        <v>2088</v>
+      </c>
+      <c r="D611" s="3" t="s">
+        <v>2163</v>
+      </c>
+      <c r="E611" s="3" t="s">
+        <v>1303</v>
+      </c>
+      <c r="F611" s="3" t="s">
+        <v>2164</v>
+      </c>
+      <c r="G611" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H611" s="4" t="s">
+        <v>2088</v>
+      </c>
+      <c r="I611" s="4"/>
+      <c r="J611" s="1"/>
+      <c r="K611" s="1"/>
+      <c r="L611" s="1"/>
+      <c r="M611" s="1"/>
+      <c r="N611" s="1"/>
+      <c r="O611" s="1"/>
+      <c r="P611" s="1"/>
+      <c r="Q611" s="1"/>
+      <c r="R611" s="1"/>
+      <c r="S611" s="1"/>
+      <c r="T611" s="1"/>
+      <c r="U611" s="1"/>
+      <c r="V611" s="1"/>
+      <c r="W611" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>