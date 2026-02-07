--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2170">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -6507,50 +6507,65 @@
     <t>2024-09-24</t>
   </si>
   <si>
     <t>VMR/2024/2297</t>
   </si>
   <si>
     <t>0000000514</t>
   </si>
   <si>
     <t>REQ/2024/4992</t>
   </si>
   <si>
     <t>VMR/2024/2413</t>
   </si>
   <si>
     <t>0000000997</t>
   </si>
   <si>
     <t>REQ/2024/4955</t>
   </si>
   <si>
     <t>VMR/2024/2396</t>
   </si>
   <si>
     <t>0000000994</t>
+  </si>
+  <si>
+    <t>REQ/001325/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>VMR/2024/001494</t>
+  </si>
+  <si>
+    <t>for vendor code</t>
+  </si>
+  <si>
+    <t>0000000427</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -6906,51 +6921,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W611"/>
+  <dimension ref="A1:W612"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="215.804443" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -31317,50 +31332,91 @@
       </c>
       <c r="F611" s="3" t="s">
         <v>2164</v>
       </c>
       <c r="G611" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H611" s="4" t="s">
         <v>2088</v>
       </c>
       <c r="I611" s="4"/>
       <c r="J611" s="1"/>
       <c r="K611" s="1"/>
       <c r="L611" s="1"/>
       <c r="M611" s="1"/>
       <c r="N611" s="1"/>
       <c r="O611" s="1"/>
       <c r="P611" s="1"/>
       <c r="Q611" s="1"/>
       <c r="R611" s="1"/>
       <c r="S611" s="1"/>
       <c r="T611" s="1"/>
       <c r="U611" s="1"/>
       <c r="V611" s="1"/>
       <c r="W611" s="1"/>
+    </row>
+    <row r="612" spans="1:23">
+      <c r="A612" s="3">
+        <v>610</v>
+      </c>
+      <c r="B612" s="3" t="s">
+        <v>2165</v>
+      </c>
+      <c r="C612" s="3" t="s">
+        <v>2166</v>
+      </c>
+      <c r="D612" s="3" t="s">
+        <v>2167</v>
+      </c>
+      <c r="E612" s="3" t="s">
+        <v>2168</v>
+      </c>
+      <c r="F612" s="3" t="s">
+        <v>2169</v>
+      </c>
+      <c r="G612" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H612" s="4" t="s">
+        <v>2166</v>
+      </c>
+      <c r="I612" s="4"/>
+      <c r="J612" s="1"/>
+      <c r="K612" s="1"/>
+      <c r="L612" s="1"/>
+      <c r="M612" s="1"/>
+      <c r="N612" s="1"/>
+      <c r="O612" s="1"/>
+      <c r="P612" s="1"/>
+      <c r="Q612" s="1"/>
+      <c r="R612" s="1"/>
+      <c r="S612" s="1"/>
+      <c r="T612" s="1"/>
+      <c r="U612" s="1"/>
+      <c r="V612" s="1"/>
+      <c r="W612" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>