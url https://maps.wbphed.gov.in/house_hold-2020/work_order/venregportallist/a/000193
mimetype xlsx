--- v2 (2026-02-07)
+++ v3 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2170">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2176">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -4971,50 +4971,68 @@
     <t>REQ/2023/11012</t>
   </si>
   <si>
     <t>2023-12-14</t>
   </si>
   <si>
     <t>VMR/2023/000021</t>
   </si>
   <si>
     <t>0000000924</t>
   </si>
   <si>
     <t>REQ/2024/1283</t>
   </si>
   <si>
     <t>2024-04-21</t>
   </si>
   <si>
     <t>VMR/2023/001128</t>
   </si>
   <si>
     <t>for vendor registration</t>
   </si>
   <si>
     <t>0000000033</t>
+  </si>
+  <si>
+    <t>REQ/2024/1910</t>
+  </si>
+  <si>
+    <t>2024-05-07</t>
+  </si>
+  <si>
+    <t>VMR/2024/000978</t>
+  </si>
+  <si>
+    <t>kindly Accept my Vendor code Request so that i can access and track the bills.</t>
+  </si>
+  <si>
+    <t>0000001051</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
   </si>
   <si>
     <t>REQ/2023/10105</t>
   </si>
   <si>
     <t>VMR/2023/000850</t>
   </si>
   <si>
     <t>Vendor name corrected</t>
   </si>
   <si>
     <t>0000000746</t>
   </si>
   <si>
     <t>REQ/2023/11185</t>
   </si>
   <si>
     <t>2023-12-25</t>
   </si>
   <si>
     <t>VMR/2023/004008</t>
   </si>
   <si>
     <t>Sir, With due respect, I would like to request for provide of vendor code. please consider my prayer; I shall ever grateful to you, Thanking you, Yours faithfully, M/S MJA ENTERPRISE</t>
   </si>
@@ -6921,51 +6939,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W612"/>
+  <dimension ref="A1:W613"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="215.804443" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -26051,5372 +26069,5413 @@
       </c>
       <c r="I481" s="4"/>
       <c r="J481" s="1"/>
       <c r="K481" s="1"/>
       <c r="L481" s="1"/>
       <c r="M481" s="1"/>
       <c r="N481" s="1"/>
       <c r="O481" s="1"/>
       <c r="P481" s="1"/>
       <c r="Q481" s="1"/>
       <c r="R481" s="1"/>
       <c r="S481" s="1"/>
       <c r="T481" s="1"/>
       <c r="U481" s="1"/>
       <c r="V481" s="1"/>
       <c r="W481" s="1"/>
     </row>
     <row r="482" spans="1:23">
       <c r="A482" s="3">
         <v>480</v>
       </c>
       <c r="B482" s="3" t="s">
         <v>1653</v>
       </c>
       <c r="C482" s="3" t="s">
-        <v>718</v>
+        <v>1654</v>
       </c>
       <c r="D482" s="3" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="E482" s="3" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="F482" s="3" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
       <c r="G482" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H482" s="4" t="s">
-        <v>718</v>
+        <v>1658</v>
       </c>
       <c r="I482" s="4"/>
       <c r="J482" s="1"/>
       <c r="K482" s="1"/>
       <c r="L482" s="1"/>
       <c r="M482" s="1"/>
       <c r="N482" s="1"/>
       <c r="O482" s="1"/>
       <c r="P482" s="1"/>
       <c r="Q482" s="1"/>
       <c r="R482" s="1"/>
       <c r="S482" s="1"/>
       <c r="T482" s="1"/>
       <c r="U482" s="1"/>
       <c r="V482" s="1"/>
       <c r="W482" s="1"/>
     </row>
     <row r="483" spans="1:23">
       <c r="A483" s="3">
         <v>481</v>
       </c>
       <c r="B483" s="3" t="s">
-        <v>1657</v>
+        <v>1659</v>
       </c>
       <c r="C483" s="3" t="s">
-        <v>1658</v>
+        <v>718</v>
       </c>
       <c r="D483" s="3" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
       <c r="E483" s="3" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
       <c r="F483" s="3" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
       <c r="G483" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H483" s="4" t="s">
-        <v>1662</v>
+        <v>718</v>
       </c>
       <c r="I483" s="4"/>
       <c r="J483" s="1"/>
       <c r="K483" s="1"/>
       <c r="L483" s="1"/>
       <c r="M483" s="1"/>
       <c r="N483" s="1"/>
       <c r="O483" s="1"/>
       <c r="P483" s="1"/>
       <c r="Q483" s="1"/>
       <c r="R483" s="1"/>
       <c r="S483" s="1"/>
       <c r="T483" s="1"/>
       <c r="U483" s="1"/>
       <c r="V483" s="1"/>
       <c r="W483" s="1"/>
     </row>
     <row r="484" spans="1:23">
       <c r="A484" s="3">
         <v>482</v>
       </c>
       <c r="B484" s="3" t="s">
         <v>1663</v>
       </c>
       <c r="C484" s="3" t="s">
-        <v>708</v>
+        <v>1664</v>
       </c>
       <c r="D484" s="3" t="s">
-        <v>1664</v>
-[...1 lines deleted...]
-      <c r="E484" s="3"/>
+        <v>1665</v>
+      </c>
+      <c r="E484" s="3" t="s">
+        <v>1666</v>
+      </c>
       <c r="F484" s="3" t="s">
-        <v>1665</v>
+        <v>1667</v>
       </c>
       <c r="G484" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H484" s="4" t="s">
-        <v>708</v>
+        <v>1668</v>
       </c>
       <c r="I484" s="4"/>
       <c r="J484" s="1"/>
       <c r="K484" s="1"/>
       <c r="L484" s="1"/>
       <c r="M484" s="1"/>
       <c r="N484" s="1"/>
       <c r="O484" s="1"/>
       <c r="P484" s="1"/>
       <c r="Q484" s="1"/>
       <c r="R484" s="1"/>
       <c r="S484" s="1"/>
       <c r="T484" s="1"/>
       <c r="U484" s="1"/>
       <c r="V484" s="1"/>
       <c r="W484" s="1"/>
     </row>
     <row r="485" spans="1:23">
       <c r="A485" s="3">
         <v>483</v>
       </c>
       <c r="B485" s="3" t="s">
-        <v>1666</v>
+        <v>1669</v>
       </c>
       <c r="C485" s="3" t="s">
         <v>708</v>
       </c>
       <c r="D485" s="3" t="s">
-        <v>1667</v>
+        <v>1670</v>
       </c>
       <c r="E485" s="3"/>
       <c r="F485" s="3" t="s">
-        <v>1668</v>
+        <v>1671</v>
       </c>
       <c r="G485" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H485" s="4" t="s">
         <v>708</v>
       </c>
       <c r="I485" s="4"/>
       <c r="J485" s="1"/>
       <c r="K485" s="1"/>
       <c r="L485" s="1"/>
       <c r="M485" s="1"/>
       <c r="N485" s="1"/>
       <c r="O485" s="1"/>
       <c r="P485" s="1"/>
       <c r="Q485" s="1"/>
       <c r="R485" s="1"/>
       <c r="S485" s="1"/>
       <c r="T485" s="1"/>
       <c r="U485" s="1"/>
       <c r="V485" s="1"/>
       <c r="W485" s="1"/>
     </row>
     <row r="486" spans="1:23">
       <c r="A486" s="3">
         <v>484</v>
       </c>
       <c r="B486" s="3" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="C486" s="3" t="s">
-        <v>718</v>
+        <v>708</v>
       </c>
       <c r="D486" s="3" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="E486" s="3"/>
       <c r="F486" s="3" t="s">
-        <v>1671</v>
+        <v>1674</v>
       </c>
       <c r="G486" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H486" s="4" t="s">
-        <v>718</v>
+        <v>708</v>
       </c>
       <c r="I486" s="4"/>
       <c r="J486" s="1"/>
       <c r="K486" s="1"/>
       <c r="L486" s="1"/>
       <c r="M486" s="1"/>
       <c r="N486" s="1"/>
       <c r="O486" s="1"/>
       <c r="P486" s="1"/>
       <c r="Q486" s="1"/>
       <c r="R486" s="1"/>
       <c r="S486" s="1"/>
       <c r="T486" s="1"/>
       <c r="U486" s="1"/>
       <c r="V486" s="1"/>
       <c r="W486" s="1"/>
     </row>
     <row r="487" spans="1:23">
       <c r="A487" s="3">
         <v>485</v>
       </c>
       <c r="B487" s="3" t="s">
-        <v>1672</v>
+        <v>1675</v>
       </c>
       <c r="C487" s="3" t="s">
         <v>718</v>
       </c>
       <c r="D487" s="3" t="s">
-        <v>1673</v>
+        <v>1676</v>
       </c>
       <c r="E487" s="3"/>
       <c r="F487" s="3" t="s">
-        <v>1674</v>
+        <v>1677</v>
       </c>
       <c r="G487" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H487" s="4" t="s">
         <v>718</v>
       </c>
       <c r="I487" s="4"/>
       <c r="J487" s="1"/>
       <c r="K487" s="1"/>
       <c r="L487" s="1"/>
       <c r="M487" s="1"/>
       <c r="N487" s="1"/>
       <c r="O487" s="1"/>
       <c r="P487" s="1"/>
       <c r="Q487" s="1"/>
       <c r="R487" s="1"/>
       <c r="S487" s="1"/>
       <c r="T487" s="1"/>
       <c r="U487" s="1"/>
       <c r="V487" s="1"/>
       <c r="W487" s="1"/>
     </row>
     <row r="488" spans="1:23">
       <c r="A488" s="3">
         <v>486</v>
       </c>
       <c r="B488" s="3" t="s">
-        <v>1675</v>
+        <v>1678</v>
       </c>
       <c r="C488" s="3" t="s">
         <v>718</v>
       </c>
       <c r="D488" s="3" t="s">
-        <v>1676</v>
+        <v>1679</v>
       </c>
       <c r="E488" s="3"/>
       <c r="F488" s="3" t="s">
-        <v>1677</v>
+        <v>1680</v>
       </c>
       <c r="G488" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H488" s="4" t="s">
         <v>718</v>
       </c>
       <c r="I488" s="4"/>
       <c r="J488" s="1"/>
       <c r="K488" s="1"/>
       <c r="L488" s="1"/>
       <c r="M488" s="1"/>
       <c r="N488" s="1"/>
       <c r="O488" s="1"/>
       <c r="P488" s="1"/>
       <c r="Q488" s="1"/>
       <c r="R488" s="1"/>
       <c r="S488" s="1"/>
       <c r="T488" s="1"/>
       <c r="U488" s="1"/>
       <c r="V488" s="1"/>
       <c r="W488" s="1"/>
     </row>
     <row r="489" spans="1:23">
       <c r="A489" s="3">
         <v>487</v>
       </c>
       <c r="B489" s="3" t="s">
-        <v>1678</v>
+        <v>1681</v>
       </c>
       <c r="C489" s="3" t="s">
         <v>718</v>
       </c>
       <c r="D489" s="3" t="s">
-        <v>1679</v>
+        <v>1682</v>
       </c>
       <c r="E489" s="3"/>
       <c r="F489" s="3" t="s">
-        <v>1680</v>
+        <v>1683</v>
       </c>
       <c r="G489" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H489" s="4" t="s">
         <v>718</v>
       </c>
       <c r="I489" s="4"/>
       <c r="J489" s="1"/>
       <c r="K489" s="1"/>
       <c r="L489" s="1"/>
       <c r="M489" s="1"/>
       <c r="N489" s="1"/>
       <c r="O489" s="1"/>
       <c r="P489" s="1"/>
       <c r="Q489" s="1"/>
       <c r="R489" s="1"/>
       <c r="S489" s="1"/>
       <c r="T489" s="1"/>
       <c r="U489" s="1"/>
       <c r="V489" s="1"/>
       <c r="W489" s="1"/>
     </row>
     <row r="490" spans="1:23">
       <c r="A490" s="3">
         <v>488</v>
       </c>
       <c r="B490" s="3" t="s">
-        <v>1681</v>
+        <v>1684</v>
       </c>
       <c r="C490" s="3" t="s">
-        <v>1112</v>
+        <v>718</v>
       </c>
       <c r="D490" s="3" t="s">
-        <v>1682</v>
+        <v>1685</v>
       </c>
       <c r="E490" s="3"/>
       <c r="F490" s="3" t="s">
-        <v>1683</v>
+        <v>1686</v>
       </c>
       <c r="G490" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H490" s="4" t="s">
-        <v>1112</v>
+        <v>718</v>
       </c>
       <c r="I490" s="4"/>
       <c r="J490" s="1"/>
       <c r="K490" s="1"/>
       <c r="L490" s="1"/>
       <c r="M490" s="1"/>
       <c r="N490" s="1"/>
       <c r="O490" s="1"/>
       <c r="P490" s="1"/>
       <c r="Q490" s="1"/>
       <c r="R490" s="1"/>
       <c r="S490" s="1"/>
       <c r="T490" s="1"/>
       <c r="U490" s="1"/>
       <c r="V490" s="1"/>
       <c r="W490" s="1"/>
     </row>
     <row r="491" spans="1:23">
       <c r="A491" s="3">
         <v>489</v>
       </c>
       <c r="B491" s="3" t="s">
-        <v>1684</v>
+        <v>1687</v>
       </c>
       <c r="C491" s="3" t="s">
-        <v>1115</v>
+        <v>1112</v>
       </c>
       <c r="D491" s="3" t="s">
-        <v>1685</v>
-[...3 lines deleted...]
-      </c>
+        <v>1688</v>
+      </c>
+      <c r="E491" s="3"/>
       <c r="F491" s="3" t="s">
-        <v>1687</v>
+        <v>1689</v>
       </c>
       <c r="G491" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H491" s="4" t="s">
-        <v>1115</v>
+        <v>1112</v>
       </c>
       <c r="I491" s="4"/>
       <c r="J491" s="1"/>
       <c r="K491" s="1"/>
       <c r="L491" s="1"/>
       <c r="M491" s="1"/>
       <c r="N491" s="1"/>
       <c r="O491" s="1"/>
       <c r="P491" s="1"/>
       <c r="Q491" s="1"/>
       <c r="R491" s="1"/>
       <c r="S491" s="1"/>
       <c r="T491" s="1"/>
       <c r="U491" s="1"/>
       <c r="V491" s="1"/>
       <c r="W491" s="1"/>
     </row>
     <row r="492" spans="1:23">
       <c r="A492" s="3">
         <v>490</v>
       </c>
       <c r="B492" s="3" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
       <c r="C492" s="3" t="s">
-        <v>1689</v>
+        <v>1115</v>
       </c>
       <c r="D492" s="3" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
       <c r="E492" s="3" t="s">
-        <v>309</v>
+        <v>1692</v>
       </c>
       <c r="F492" s="3" t="s">
-        <v>1691</v>
+        <v>1693</v>
       </c>
       <c r="G492" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H492" s="4" t="s">
-        <v>1131</v>
+        <v>1115</v>
       </c>
       <c r="I492" s="4"/>
       <c r="J492" s="1"/>
       <c r="K492" s="1"/>
       <c r="L492" s="1"/>
       <c r="M492" s="1"/>
       <c r="N492" s="1"/>
       <c r="O492" s="1"/>
       <c r="P492" s="1"/>
       <c r="Q492" s="1"/>
       <c r="R492" s="1"/>
       <c r="S492" s="1"/>
       <c r="T492" s="1"/>
       <c r="U492" s="1"/>
       <c r="V492" s="1"/>
       <c r="W492" s="1"/>
     </row>
     <row r="493" spans="1:23">
       <c r="A493" s="3">
         <v>491</v>
       </c>
       <c r="B493" s="3" t="s">
-        <v>1692</v>
+        <v>1694</v>
       </c>
       <c r="C493" s="3" t="s">
-        <v>1693</v>
+        <v>1695</v>
       </c>
       <c r="D493" s="3" t="s">
-        <v>1694</v>
+        <v>1696</v>
       </c>
       <c r="E493" s="3" t="s">
-        <v>1695</v>
+        <v>309</v>
       </c>
       <c r="F493" s="3" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="G493" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H493" s="4" t="s">
-        <v>1693</v>
+        <v>1131</v>
       </c>
       <c r="I493" s="4"/>
       <c r="J493" s="1"/>
       <c r="K493" s="1"/>
       <c r="L493" s="1"/>
       <c r="M493" s="1"/>
       <c r="N493" s="1"/>
       <c r="O493" s="1"/>
       <c r="P493" s="1"/>
       <c r="Q493" s="1"/>
       <c r="R493" s="1"/>
       <c r="S493" s="1"/>
       <c r="T493" s="1"/>
       <c r="U493" s="1"/>
       <c r="V493" s="1"/>
       <c r="W493" s="1"/>
     </row>
     <row r="494" spans="1:23">
       <c r="A494" s="3">
         <v>492</v>
       </c>
       <c r="B494" s="3" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="C494" s="3" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="D494" s="3" t="s">
+        <v>1700</v>
+      </c>
+      <c r="E494" s="3" t="s">
+        <v>1701</v>
+      </c>
+      <c r="F494" s="3" t="s">
+        <v>1702</v>
+      </c>
+      <c r="G494" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H494" s="4" t="s">
         <v>1699</v>
-      </c>
-[...8 lines deleted...]
-        <v>1115</v>
       </c>
       <c r="I494" s="4"/>
       <c r="J494" s="1"/>
       <c r="K494" s="1"/>
       <c r="L494" s="1"/>
       <c r="M494" s="1"/>
       <c r="N494" s="1"/>
       <c r="O494" s="1"/>
       <c r="P494" s="1"/>
       <c r="Q494" s="1"/>
       <c r="R494" s="1"/>
       <c r="S494" s="1"/>
       <c r="T494" s="1"/>
       <c r="U494" s="1"/>
       <c r="V494" s="1"/>
       <c r="W494" s="1"/>
     </row>
     <row r="495" spans="1:23">
       <c r="A495" s="3">
         <v>493</v>
       </c>
       <c r="B495" s="3" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="C495" s="3" t="s">
-        <v>1112</v>
+        <v>1704</v>
       </c>
       <c r="D495" s="3" t="s">
-        <v>1702</v>
+        <v>1705</v>
       </c>
       <c r="E495" s="3"/>
       <c r="F495" s="3" t="s">
-        <v>1703</v>
+        <v>1706</v>
       </c>
       <c r="G495" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H495" s="4" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="I495" s="4"/>
       <c r="J495" s="1"/>
       <c r="K495" s="1"/>
       <c r="L495" s="1"/>
       <c r="M495" s="1"/>
       <c r="N495" s="1"/>
       <c r="O495" s="1"/>
       <c r="P495" s="1"/>
       <c r="Q495" s="1"/>
       <c r="R495" s="1"/>
       <c r="S495" s="1"/>
       <c r="T495" s="1"/>
       <c r="U495" s="1"/>
       <c r="V495" s="1"/>
       <c r="W495" s="1"/>
     </row>
     <row r="496" spans="1:23">
       <c r="A496" s="3">
         <v>494</v>
       </c>
       <c r="B496" s="3" t="s">
-        <v>1704</v>
+        <v>1707</v>
       </c>
       <c r="C496" s="3" t="s">
         <v>1112</v>
       </c>
       <c r="D496" s="3" t="s">
-        <v>1705</v>
+        <v>1708</v>
       </c>
       <c r="E496" s="3"/>
       <c r="F496" s="3" t="s">
-        <v>1706</v>
+        <v>1709</v>
       </c>
       <c r="G496" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H496" s="4" t="s">
         <v>1112</v>
       </c>
       <c r="I496" s="4"/>
       <c r="J496" s="1"/>
       <c r="K496" s="1"/>
       <c r="L496" s="1"/>
       <c r="M496" s="1"/>
       <c r="N496" s="1"/>
       <c r="O496" s="1"/>
       <c r="P496" s="1"/>
       <c r="Q496" s="1"/>
       <c r="R496" s="1"/>
       <c r="S496" s="1"/>
       <c r="T496" s="1"/>
       <c r="U496" s="1"/>
       <c r="V496" s="1"/>
       <c r="W496" s="1"/>
     </row>
     <row r="497" spans="1:23">
       <c r="A497" s="3">
         <v>495</v>
       </c>
       <c r="B497" s="3" t="s">
-        <v>1707</v>
+        <v>1710</v>
       </c>
       <c r="C497" s="3" t="s">
-        <v>1159</v>
+        <v>1112</v>
       </c>
       <c r="D497" s="3" t="s">
-        <v>1708</v>
-[...3 lines deleted...]
-      </c>
+        <v>1711</v>
+      </c>
+      <c r="E497" s="3"/>
       <c r="F497" s="3" t="s">
-        <v>1709</v>
+        <v>1712</v>
       </c>
       <c r="G497" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H497" s="4" t="s">
-        <v>1159</v>
+        <v>1112</v>
       </c>
       <c r="I497" s="4"/>
       <c r="J497" s="1"/>
       <c r="K497" s="1"/>
       <c r="L497" s="1"/>
       <c r="M497" s="1"/>
       <c r="N497" s="1"/>
       <c r="O497" s="1"/>
       <c r="P497" s="1"/>
       <c r="Q497" s="1"/>
       <c r="R497" s="1"/>
       <c r="S497" s="1"/>
       <c r="T497" s="1"/>
       <c r="U497" s="1"/>
       <c r="V497" s="1"/>
       <c r="W497" s="1"/>
     </row>
     <row r="498" spans="1:23">
       <c r="A498" s="3">
         <v>496</v>
       </c>
       <c r="B498" s="3" t="s">
-        <v>1710</v>
+        <v>1713</v>
       </c>
       <c r="C498" s="3" t="s">
-        <v>1711</v>
+        <v>1159</v>
       </c>
       <c r="D498" s="3" t="s">
-        <v>1712</v>
+        <v>1714</v>
       </c>
       <c r="E498" s="3" t="s">
-        <v>1713</v>
+        <v>1518</v>
       </c>
       <c r="F498" s="3" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="G498" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H498" s="4" t="s">
-        <v>1131</v>
+        <v>1159</v>
       </c>
       <c r="I498" s="4"/>
       <c r="J498" s="1"/>
       <c r="K498" s="1"/>
       <c r="L498" s="1"/>
       <c r="M498" s="1"/>
       <c r="N498" s="1"/>
       <c r="O498" s="1"/>
       <c r="P498" s="1"/>
       <c r="Q498" s="1"/>
       <c r="R498" s="1"/>
       <c r="S498" s="1"/>
       <c r="T498" s="1"/>
       <c r="U498" s="1"/>
       <c r="V498" s="1"/>
       <c r="W498" s="1"/>
     </row>
     <row r="499" spans="1:23">
       <c r="A499" s="3">
         <v>497</v>
       </c>
       <c r="B499" s="3" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="C499" s="3" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
       <c r="D499" s="3" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="E499" s="3" t="s">
-        <v>1166</v>
+        <v>1719</v>
       </c>
       <c r="F499" s="3" t="s">
-        <v>1718</v>
+        <v>1720</v>
       </c>
       <c r="G499" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H499" s="4" t="s">
-        <v>1716</v>
+        <v>1131</v>
       </c>
       <c r="I499" s="4"/>
       <c r="J499" s="1"/>
       <c r="K499" s="1"/>
       <c r="L499" s="1"/>
       <c r="M499" s="1"/>
       <c r="N499" s="1"/>
       <c r="O499" s="1"/>
       <c r="P499" s="1"/>
       <c r="Q499" s="1"/>
       <c r="R499" s="1"/>
       <c r="S499" s="1"/>
       <c r="T499" s="1"/>
       <c r="U499" s="1"/>
       <c r="V499" s="1"/>
       <c r="W499" s="1"/>
     </row>
     <row r="500" spans="1:23">
       <c r="A500" s="3">
         <v>498</v>
       </c>
       <c r="B500" s="3" t="s">
-        <v>1719</v>
+        <v>1721</v>
       </c>
       <c r="C500" s="3" t="s">
-        <v>1720</v>
+        <v>1722</v>
       </c>
       <c r="D500" s="3" t="s">
-        <v>1721</v>
+        <v>1723</v>
       </c>
       <c r="E500" s="3" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F500" s="3" t="s">
+        <v>1724</v>
+      </c>
+      <c r="G500" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H500" s="4" t="s">
         <v>1722</v>
-      </c>
-[...7 lines deleted...]
-        <v>1720</v>
       </c>
       <c r="I500" s="4"/>
       <c r="J500" s="1"/>
       <c r="K500" s="1"/>
       <c r="L500" s="1"/>
       <c r="M500" s="1"/>
       <c r="N500" s="1"/>
       <c r="O500" s="1"/>
       <c r="P500" s="1"/>
       <c r="Q500" s="1"/>
       <c r="R500" s="1"/>
       <c r="S500" s="1"/>
       <c r="T500" s="1"/>
       <c r="U500" s="1"/>
       <c r="V500" s="1"/>
       <c r="W500" s="1"/>
     </row>
     <row r="501" spans="1:23">
       <c r="A501" s="3">
         <v>499</v>
       </c>
       <c r="B501" s="3" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="C501" s="3" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
       <c r="D501" s="3" t="s">
+        <v>1727</v>
+      </c>
+      <c r="E501" s="3" t="s">
+        <v>1728</v>
+      </c>
+      <c r="F501" s="3" t="s">
+        <v>1729</v>
+      </c>
+      <c r="G501" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H501" s="4" t="s">
         <v>1726</v>
-      </c>
-[...10 lines deleted...]
-        <v>1725</v>
       </c>
       <c r="I501" s="4"/>
       <c r="J501" s="1"/>
       <c r="K501" s="1"/>
       <c r="L501" s="1"/>
       <c r="M501" s="1"/>
       <c r="N501" s="1"/>
       <c r="O501" s="1"/>
       <c r="P501" s="1"/>
       <c r="Q501" s="1"/>
       <c r="R501" s="1"/>
       <c r="S501" s="1"/>
       <c r="T501" s="1"/>
       <c r="U501" s="1"/>
       <c r="V501" s="1"/>
       <c r="W501" s="1"/>
     </row>
     <row r="502" spans="1:23">
       <c r="A502" s="3">
         <v>500</v>
       </c>
       <c r="B502" s="3" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="C502" s="3" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
       <c r="D502" s="3" t="s">
+        <v>1732</v>
+      </c>
+      <c r="E502" s="3" t="s">
+        <v>1733</v>
+      </c>
+      <c r="F502" s="3" t="s">
+        <v>1734</v>
+      </c>
+      <c r="G502" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H502" s="4" t="s">
         <v>1731</v>
-      </c>
-[...10 lines deleted...]
-        <v>1730</v>
       </c>
       <c r="I502" s="4"/>
       <c r="J502" s="1"/>
       <c r="K502" s="1"/>
       <c r="L502" s="1"/>
       <c r="M502" s="1"/>
       <c r="N502" s="1"/>
       <c r="O502" s="1"/>
       <c r="P502" s="1"/>
       <c r="Q502" s="1"/>
       <c r="R502" s="1"/>
       <c r="S502" s="1"/>
       <c r="T502" s="1"/>
       <c r="U502" s="1"/>
       <c r="V502" s="1"/>
       <c r="W502" s="1"/>
     </row>
     <row r="503" spans="1:23">
       <c r="A503" s="3">
         <v>501</v>
       </c>
       <c r="B503" s="3" t="s">
-        <v>1733</v>
+        <v>1735</v>
       </c>
       <c r="C503" s="3" t="s">
-        <v>1115</v>
+        <v>1736</v>
       </c>
       <c r="D503" s="3" t="s">
-        <v>1734</v>
+        <v>1737</v>
       </c>
       <c r="E503" s="3" t="s">
-        <v>1208</v>
+        <v>1166</v>
       </c>
       <c r="F503" s="3" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="G503" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H503" s="4" t="s">
-        <v>1115</v>
+        <v>1736</v>
       </c>
       <c r="I503" s="4"/>
       <c r="J503" s="1"/>
       <c r="K503" s="1"/>
       <c r="L503" s="1"/>
       <c r="M503" s="1"/>
       <c r="N503" s="1"/>
       <c r="O503" s="1"/>
       <c r="P503" s="1"/>
       <c r="Q503" s="1"/>
       <c r="R503" s="1"/>
       <c r="S503" s="1"/>
       <c r="T503" s="1"/>
       <c r="U503" s="1"/>
       <c r="V503" s="1"/>
       <c r="W503" s="1"/>
     </row>
     <row r="504" spans="1:23">
       <c r="A504" s="3">
         <v>502</v>
       </c>
       <c r="B504" s="3" t="s">
-        <v>1736</v>
+        <v>1739</v>
       </c>
       <c r="C504" s="3" t="s">
-        <v>1737</v>
+        <v>1115</v>
       </c>
       <c r="D504" s="3" t="s">
-        <v>1738</v>
+        <v>1740</v>
       </c>
       <c r="E504" s="3" t="s">
-        <v>1739</v>
+        <v>1208</v>
       </c>
       <c r="F504" s="3" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
       <c r="G504" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H504" s="4" t="s">
-        <v>1741</v>
+        <v>1115</v>
       </c>
       <c r="I504" s="4"/>
       <c r="J504" s="1"/>
       <c r="K504" s="1"/>
       <c r="L504" s="1"/>
       <c r="M504" s="1"/>
       <c r="N504" s="1"/>
       <c r="O504" s="1"/>
       <c r="P504" s="1"/>
       <c r="Q504" s="1"/>
       <c r="R504" s="1"/>
       <c r="S504" s="1"/>
       <c r="T504" s="1"/>
       <c r="U504" s="1"/>
       <c r="V504" s="1"/>
       <c r="W504" s="1"/>
     </row>
     <row r="505" spans="1:23">
       <c r="A505" s="3">
         <v>503</v>
       </c>
       <c r="B505" s="3" t="s">
         <v>1742</v>
       </c>
       <c r="C505" s="3" t="s">
-        <v>1730</v>
+        <v>1743</v>
       </c>
       <c r="D505" s="3" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="E505" s="3" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
       <c r="F505" s="3" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="G505" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H505" s="4" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
       <c r="I505" s="4"/>
       <c r="J505" s="1"/>
       <c r="K505" s="1"/>
       <c r="L505" s="1"/>
       <c r="M505" s="1"/>
       <c r="N505" s="1"/>
       <c r="O505" s="1"/>
       <c r="P505" s="1"/>
       <c r="Q505" s="1"/>
       <c r="R505" s="1"/>
       <c r="S505" s="1"/>
       <c r="T505" s="1"/>
       <c r="U505" s="1"/>
       <c r="V505" s="1"/>
       <c r="W505" s="1"/>
     </row>
     <row r="506" spans="1:23">
       <c r="A506" s="3">
         <v>504</v>
       </c>
       <c r="B506" s="3" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
       <c r="C506" s="3" t="s">
-        <v>1730</v>
+        <v>1736</v>
       </c>
       <c r="D506" s="3" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="E506" s="3" t="s">
-        <v>1744</v>
+        <v>1750</v>
       </c>
       <c r="F506" s="3" t="s">
-        <v>1749</v>
+        <v>1751</v>
       </c>
       <c r="G506" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H506" s="4" t="s">
-        <v>1746</v>
+        <v>1752</v>
       </c>
       <c r="I506" s="4"/>
       <c r="J506" s="1"/>
       <c r="K506" s="1"/>
       <c r="L506" s="1"/>
       <c r="M506" s="1"/>
       <c r="N506" s="1"/>
       <c r="O506" s="1"/>
       <c r="P506" s="1"/>
       <c r="Q506" s="1"/>
       <c r="R506" s="1"/>
       <c r="S506" s="1"/>
       <c r="T506" s="1"/>
       <c r="U506" s="1"/>
       <c r="V506" s="1"/>
       <c r="W506" s="1"/>
     </row>
     <row r="507" spans="1:23">
       <c r="A507" s="3">
         <v>505</v>
       </c>
       <c r="B507" s="3" t="s">
+        <v>1753</v>
+      </c>
+      <c r="C507" s="3" t="s">
+        <v>1736</v>
+      </c>
+      <c r="D507" s="3" t="s">
+        <v>1754</v>
+      </c>
+      <c r="E507" s="3" t="s">
         <v>1750</v>
       </c>
-      <c r="C507" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F507" s="3" t="s">
+        <v>1755</v>
+      </c>
+      <c r="G507" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H507" s="4" t="s">
         <v>1752</v>
-      </c>
-[...4 lines deleted...]
-        <v>1689</v>
       </c>
       <c r="I507" s="4"/>
       <c r="J507" s="1"/>
       <c r="K507" s="1"/>
       <c r="L507" s="1"/>
       <c r="M507" s="1"/>
       <c r="N507" s="1"/>
       <c r="O507" s="1"/>
       <c r="P507" s="1"/>
       <c r="Q507" s="1"/>
       <c r="R507" s="1"/>
       <c r="S507" s="1"/>
       <c r="T507" s="1"/>
       <c r="U507" s="1"/>
       <c r="V507" s="1"/>
       <c r="W507" s="1"/>
     </row>
     <row r="508" spans="1:23">
       <c r="A508" s="3">
         <v>506</v>
       </c>
       <c r="B508" s="3" t="s">
-        <v>1753</v>
+        <v>1756</v>
       </c>
       <c r="C508" s="3" t="s">
-        <v>1754</v>
+        <v>1695</v>
       </c>
       <c r="D508" s="3" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="E508" s="3" t="s">
         <v>1166</v>
       </c>
       <c r="F508" s="3" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="G508" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H508" s="4" t="s">
-        <v>1754</v>
+        <v>1695</v>
       </c>
       <c r="I508" s="4"/>
       <c r="J508" s="1"/>
       <c r="K508" s="1"/>
       <c r="L508" s="1"/>
       <c r="M508" s="1"/>
       <c r="N508" s="1"/>
       <c r="O508" s="1"/>
       <c r="P508" s="1"/>
       <c r="Q508" s="1"/>
       <c r="R508" s="1"/>
       <c r="S508" s="1"/>
       <c r="T508" s="1"/>
       <c r="U508" s="1"/>
       <c r="V508" s="1"/>
       <c r="W508" s="1"/>
     </row>
     <row r="509" spans="1:23">
       <c r="A509" s="3">
         <v>507</v>
       </c>
       <c r="B509" s="3" t="s">
-        <v>1757</v>
+        <v>1759</v>
       </c>
       <c r="C509" s="3" t="s">
-        <v>1115</v>
+        <v>1760</v>
       </c>
       <c r="D509" s="3" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
       <c r="E509" s="3" t="s">
-        <v>1759</v>
+        <v>1166</v>
       </c>
       <c r="F509" s="3" t="s">
+        <v>1762</v>
+      </c>
+      <c r="G509" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H509" s="4" t="s">
         <v>1760</v>
-      </c>
-[...4 lines deleted...]
-        <v>1115</v>
       </c>
       <c r="I509" s="4"/>
       <c r="J509" s="1"/>
       <c r="K509" s="1"/>
       <c r="L509" s="1"/>
       <c r="M509" s="1"/>
       <c r="N509" s="1"/>
       <c r="O509" s="1"/>
       <c r="P509" s="1"/>
       <c r="Q509" s="1"/>
       <c r="R509" s="1"/>
       <c r="S509" s="1"/>
       <c r="T509" s="1"/>
       <c r="U509" s="1"/>
       <c r="V509" s="1"/>
       <c r="W509" s="1"/>
     </row>
     <row r="510" spans="1:23">
       <c r="A510" s="3">
         <v>508</v>
       </c>
       <c r="B510" s="3" t="s">
-        <v>1761</v>
+        <v>1763</v>
       </c>
       <c r="C510" s="3" t="s">
-        <v>1211</v>
+        <v>1115</v>
       </c>
       <c r="D510" s="3" t="s">
-        <v>1762</v>
+        <v>1764</v>
       </c>
       <c r="E510" s="3" t="s">
-        <v>1763</v>
+        <v>1765</v>
       </c>
       <c r="F510" s="3" t="s">
-        <v>1764</v>
+        <v>1766</v>
       </c>
       <c r="G510" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H510" s="4" t="s">
-        <v>1211</v>
+        <v>1115</v>
       </c>
       <c r="I510" s="4"/>
       <c r="J510" s="1"/>
       <c r="K510" s="1"/>
       <c r="L510" s="1"/>
       <c r="M510" s="1"/>
       <c r="N510" s="1"/>
       <c r="O510" s="1"/>
       <c r="P510" s="1"/>
       <c r="Q510" s="1"/>
       <c r="R510" s="1"/>
       <c r="S510" s="1"/>
       <c r="T510" s="1"/>
       <c r="U510" s="1"/>
       <c r="V510" s="1"/>
       <c r="W510" s="1"/>
     </row>
     <row r="511" spans="1:23">
       <c r="A511" s="3">
         <v>509</v>
       </c>
       <c r="B511" s="3" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="C511" s="3" t="s">
-        <v>1766</v>
+        <v>1211</v>
       </c>
       <c r="D511" s="3" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="E511" s="3" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="F511" s="3" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="G511" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H511" s="4" t="s">
-        <v>1766</v>
+        <v>1211</v>
       </c>
       <c r="I511" s="4"/>
       <c r="J511" s="1"/>
       <c r="K511" s="1"/>
       <c r="L511" s="1"/>
       <c r="M511" s="1"/>
       <c r="N511" s="1"/>
       <c r="O511" s="1"/>
       <c r="P511" s="1"/>
       <c r="Q511" s="1"/>
       <c r="R511" s="1"/>
       <c r="S511" s="1"/>
       <c r="T511" s="1"/>
       <c r="U511" s="1"/>
       <c r="V511" s="1"/>
       <c r="W511" s="1"/>
     </row>
     <row r="512" spans="1:23">
       <c r="A512" s="3">
         <v>510</v>
       </c>
       <c r="B512" s="3" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
       <c r="C512" s="3" t="s">
-        <v>1689</v>
+        <v>1772</v>
       </c>
       <c r="D512" s="3" t="s">
-        <v>1771</v>
+        <v>1773</v>
       </c>
       <c r="E512" s="3" t="s">
-        <v>1166</v>
+        <v>1774</v>
       </c>
       <c r="F512" s="3" t="s">
+        <v>1775</v>
+      </c>
+      <c r="G512" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H512" s="4" t="s">
         <v>1772</v>
-      </c>
-[...4 lines deleted...]
-        <v>1689</v>
       </c>
       <c r="I512" s="4"/>
       <c r="J512" s="1"/>
       <c r="K512" s="1"/>
       <c r="L512" s="1"/>
       <c r="M512" s="1"/>
       <c r="N512" s="1"/>
       <c r="O512" s="1"/>
       <c r="P512" s="1"/>
       <c r="Q512" s="1"/>
       <c r="R512" s="1"/>
       <c r="S512" s="1"/>
       <c r="T512" s="1"/>
       <c r="U512" s="1"/>
       <c r="V512" s="1"/>
       <c r="W512" s="1"/>
     </row>
     <row r="513" spans="1:23">
       <c r="A513" s="3">
         <v>511</v>
       </c>
       <c r="B513" s="3" t="s">
-        <v>1773</v>
+        <v>1776</v>
       </c>
       <c r="C513" s="3" t="s">
-        <v>1112</v>
+        <v>1695</v>
       </c>
       <c r="D513" s="3" t="s">
-        <v>1774</v>
-[...1 lines deleted...]
-      <c r="E513" s="3"/>
+        <v>1777</v>
+      </c>
+      <c r="E513" s="3" t="s">
+        <v>1166</v>
+      </c>
       <c r="F513" s="3" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="G513" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H513" s="4" t="s">
-        <v>1112</v>
+        <v>1695</v>
       </c>
       <c r="I513" s="4"/>
       <c r="J513" s="1"/>
       <c r="K513" s="1"/>
       <c r="L513" s="1"/>
       <c r="M513" s="1"/>
       <c r="N513" s="1"/>
       <c r="O513" s="1"/>
       <c r="P513" s="1"/>
       <c r="Q513" s="1"/>
       <c r="R513" s="1"/>
       <c r="S513" s="1"/>
       <c r="T513" s="1"/>
       <c r="U513" s="1"/>
       <c r="V513" s="1"/>
       <c r="W513" s="1"/>
     </row>
     <row r="514" spans="1:23">
       <c r="A514" s="3">
         <v>512</v>
       </c>
       <c r="B514" s="3" t="s">
-        <v>1776</v>
+        <v>1779</v>
       </c>
       <c r="C514" s="3" t="s">
-        <v>1777</v>
+        <v>1112</v>
       </c>
       <c r="D514" s="3" t="s">
-        <v>1778</v>
-[...3 lines deleted...]
-      </c>
+        <v>1780</v>
+      </c>
+      <c r="E514" s="3"/>
       <c r="F514" s="3" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="G514" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H514" s="4" t="s">
-        <v>1777</v>
+        <v>1112</v>
       </c>
       <c r="I514" s="4"/>
       <c r="J514" s="1"/>
       <c r="K514" s="1"/>
       <c r="L514" s="1"/>
       <c r="M514" s="1"/>
       <c r="N514" s="1"/>
       <c r="O514" s="1"/>
       <c r="P514" s="1"/>
       <c r="Q514" s="1"/>
       <c r="R514" s="1"/>
       <c r="S514" s="1"/>
       <c r="T514" s="1"/>
       <c r="U514" s="1"/>
       <c r="V514" s="1"/>
       <c r="W514" s="1"/>
     </row>
     <row r="515" spans="1:23">
       <c r="A515" s="3">
         <v>513</v>
       </c>
       <c r="B515" s="3" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
       <c r="C515" s="3" t="s">
-        <v>718</v>
+        <v>1783</v>
       </c>
       <c r="D515" s="3" t="s">
-        <v>1781</v>
-[...1 lines deleted...]
-      <c r="E515" s="3"/>
+        <v>1784</v>
+      </c>
+      <c r="E515" s="3" t="s">
+        <v>1303</v>
+      </c>
       <c r="F515" s="3" t="s">
-        <v>1782</v>
+        <v>1785</v>
       </c>
       <c r="G515" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H515" s="4" t="s">
-        <v>718</v>
+        <v>1783</v>
       </c>
       <c r="I515" s="4"/>
       <c r="J515" s="1"/>
       <c r="K515" s="1"/>
       <c r="L515" s="1"/>
       <c r="M515" s="1"/>
       <c r="N515" s="1"/>
       <c r="O515" s="1"/>
       <c r="P515" s="1"/>
       <c r="Q515" s="1"/>
       <c r="R515" s="1"/>
       <c r="S515" s="1"/>
       <c r="T515" s="1"/>
       <c r="U515" s="1"/>
       <c r="V515" s="1"/>
       <c r="W515" s="1"/>
     </row>
     <row r="516" spans="1:23">
       <c r="A516" s="3">
         <v>514</v>
       </c>
       <c r="B516" s="3" t="s">
-        <v>1783</v>
+        <v>1786</v>
       </c>
       <c r="C516" s="3" t="s">
         <v>718</v>
       </c>
       <c r="D516" s="3" t="s">
-        <v>1784</v>
+        <v>1787</v>
       </c>
       <c r="E516" s="3"/>
       <c r="F516" s="3" t="s">
-        <v>1785</v>
+        <v>1788</v>
       </c>
       <c r="G516" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H516" s="4" t="s">
         <v>718</v>
       </c>
       <c r="I516" s="4"/>
       <c r="J516" s="1"/>
       <c r="K516" s="1"/>
       <c r="L516" s="1"/>
       <c r="M516" s="1"/>
       <c r="N516" s="1"/>
       <c r="O516" s="1"/>
       <c r="P516" s="1"/>
       <c r="Q516" s="1"/>
       <c r="R516" s="1"/>
       <c r="S516" s="1"/>
       <c r="T516" s="1"/>
       <c r="U516" s="1"/>
       <c r="V516" s="1"/>
       <c r="W516" s="1"/>
     </row>
     <row r="517" spans="1:23">
       <c r="A517" s="3">
         <v>515</v>
       </c>
       <c r="B517" s="3" t="s">
-        <v>1786</v>
+        <v>1789</v>
       </c>
       <c r="C517" s="3" t="s">
         <v>718</v>
       </c>
       <c r="D517" s="3" t="s">
-        <v>1787</v>
+        <v>1790</v>
       </c>
       <c r="E517" s="3"/>
       <c r="F517" s="3" t="s">
-        <v>1788</v>
+        <v>1791</v>
       </c>
       <c r="G517" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H517" s="4" t="s">
         <v>718</v>
       </c>
       <c r="I517" s="4"/>
       <c r="J517" s="1"/>
       <c r="K517" s="1"/>
       <c r="L517" s="1"/>
       <c r="M517" s="1"/>
       <c r="N517" s="1"/>
       <c r="O517" s="1"/>
       <c r="P517" s="1"/>
       <c r="Q517" s="1"/>
       <c r="R517" s="1"/>
       <c r="S517" s="1"/>
       <c r="T517" s="1"/>
       <c r="U517" s="1"/>
       <c r="V517" s="1"/>
       <c r="W517" s="1"/>
     </row>
     <row r="518" spans="1:23">
       <c r="A518" s="3">
         <v>516</v>
       </c>
       <c r="B518" s="3" t="s">
-        <v>1789</v>
+        <v>1792</v>
       </c>
       <c r="C518" s="3" t="s">
-        <v>1112</v>
+        <v>718</v>
       </c>
       <c r="D518" s="3" t="s">
-        <v>1790</v>
+        <v>1793</v>
       </c>
       <c r="E518" s="3"/>
       <c r="F518" s="3" t="s">
-        <v>1791</v>
+        <v>1794</v>
       </c>
       <c r="G518" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H518" s="4" t="s">
-        <v>1112</v>
+        <v>718</v>
       </c>
       <c r="I518" s="4"/>
       <c r="J518" s="1"/>
       <c r="K518" s="1"/>
       <c r="L518" s="1"/>
       <c r="M518" s="1"/>
       <c r="N518" s="1"/>
       <c r="O518" s="1"/>
       <c r="P518" s="1"/>
       <c r="Q518" s="1"/>
       <c r="R518" s="1"/>
       <c r="S518" s="1"/>
       <c r="T518" s="1"/>
       <c r="U518" s="1"/>
       <c r="V518" s="1"/>
       <c r="W518" s="1"/>
     </row>
     <row r="519" spans="1:23">
       <c r="A519" s="3">
         <v>517</v>
       </c>
       <c r="B519" s="3" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="C519" s="3" t="s">
         <v>1112</v>
       </c>
       <c r="D519" s="3" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="E519" s="3"/>
       <c r="F519" s="3" t="s">
-        <v>1794</v>
+        <v>1797</v>
       </c>
       <c r="G519" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H519" s="4" t="s">
         <v>1112</v>
       </c>
       <c r="I519" s="4"/>
       <c r="J519" s="1"/>
       <c r="K519" s="1"/>
       <c r="L519" s="1"/>
       <c r="M519" s="1"/>
       <c r="N519" s="1"/>
       <c r="O519" s="1"/>
       <c r="P519" s="1"/>
       <c r="Q519" s="1"/>
       <c r="R519" s="1"/>
       <c r="S519" s="1"/>
       <c r="T519" s="1"/>
       <c r="U519" s="1"/>
       <c r="V519" s="1"/>
       <c r="W519" s="1"/>
     </row>
     <row r="520" spans="1:23">
       <c r="A520" s="3">
         <v>518</v>
       </c>
       <c r="B520" s="3" t="s">
-        <v>1795</v>
+        <v>1798</v>
       </c>
       <c r="C520" s="3" t="s">
-        <v>1211</v>
+        <v>1112</v>
       </c>
       <c r="D520" s="3" t="s">
-        <v>1796</v>
-[...3 lines deleted...]
-      </c>
+        <v>1799</v>
+      </c>
+      <c r="E520" s="3"/>
       <c r="F520" s="3" t="s">
-        <v>1797</v>
+        <v>1800</v>
       </c>
       <c r="G520" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H520" s="4" t="s">
-        <v>1211</v>
+        <v>1112</v>
       </c>
       <c r="I520" s="4"/>
       <c r="J520" s="1"/>
       <c r="K520" s="1"/>
       <c r="L520" s="1"/>
       <c r="M520" s="1"/>
       <c r="N520" s="1"/>
       <c r="O520" s="1"/>
       <c r="P520" s="1"/>
       <c r="Q520" s="1"/>
       <c r="R520" s="1"/>
       <c r="S520" s="1"/>
       <c r="T520" s="1"/>
       <c r="U520" s="1"/>
       <c r="V520" s="1"/>
       <c r="W520" s="1"/>
     </row>
     <row r="521" spans="1:23">
       <c r="A521" s="3">
         <v>519</v>
       </c>
       <c r="B521" s="3" t="s">
-        <v>1798</v>
+        <v>1801</v>
       </c>
       <c r="C521" s="3" t="s">
-        <v>1799</v>
+        <v>1211</v>
       </c>
       <c r="D521" s="3" t="s">
-        <v>1800</v>
+        <v>1802</v>
       </c>
       <c r="E521" s="3" t="s">
-        <v>1361</v>
+        <v>1213</v>
       </c>
       <c r="F521" s="3" t="s">
-        <v>1801</v>
+        <v>1803</v>
       </c>
       <c r="G521" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H521" s="4" t="s">
-        <v>1799</v>
+        <v>1211</v>
       </c>
       <c r="I521" s="4"/>
       <c r="J521" s="1"/>
       <c r="K521" s="1"/>
       <c r="L521" s="1"/>
       <c r="M521" s="1"/>
       <c r="N521" s="1"/>
       <c r="O521" s="1"/>
       <c r="P521" s="1"/>
       <c r="Q521" s="1"/>
       <c r="R521" s="1"/>
       <c r="S521" s="1"/>
       <c r="T521" s="1"/>
       <c r="U521" s="1"/>
       <c r="V521" s="1"/>
       <c r="W521" s="1"/>
     </row>
     <row r="522" spans="1:23">
       <c r="A522" s="3">
         <v>520</v>
       </c>
       <c r="B522" s="3" t="s">
-        <v>1802</v>
+        <v>1804</v>
       </c>
       <c r="C522" s="3" t="s">
-        <v>1689</v>
+        <v>1805</v>
       </c>
       <c r="D522" s="3" t="s">
-        <v>1803</v>
+        <v>1806</v>
       </c>
       <c r="E522" s="3" t="s">
-        <v>1166</v>
+        <v>1361</v>
       </c>
       <c r="F522" s="3" t="s">
-        <v>1804</v>
+        <v>1807</v>
       </c>
       <c r="G522" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H522" s="4" t="s">
-        <v>1689</v>
+        <v>1805</v>
       </c>
       <c r="I522" s="4"/>
       <c r="J522" s="1"/>
       <c r="K522" s="1"/>
       <c r="L522" s="1"/>
       <c r="M522" s="1"/>
       <c r="N522" s="1"/>
       <c r="O522" s="1"/>
       <c r="P522" s="1"/>
       <c r="Q522" s="1"/>
       <c r="R522" s="1"/>
       <c r="S522" s="1"/>
       <c r="T522" s="1"/>
       <c r="U522" s="1"/>
       <c r="V522" s="1"/>
       <c r="W522" s="1"/>
     </row>
     <row r="523" spans="1:23">
       <c r="A523" s="3">
         <v>521</v>
       </c>
       <c r="B523" s="3" t="s">
-        <v>1805</v>
+        <v>1808</v>
       </c>
       <c r="C523" s="3" t="s">
-        <v>718</v>
+        <v>1695</v>
       </c>
       <c r="D523" s="3" t="s">
-        <v>1806</v>
-[...1 lines deleted...]
-      <c r="E523" s="3"/>
+        <v>1809</v>
+      </c>
+      <c r="E523" s="3" t="s">
+        <v>1166</v>
+      </c>
       <c r="F523" s="3" t="s">
-        <v>1807</v>
+        <v>1810</v>
       </c>
       <c r="G523" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H523" s="4" t="s">
-        <v>718</v>
+        <v>1695</v>
       </c>
       <c r="I523" s="4"/>
       <c r="J523" s="1"/>
       <c r="K523" s="1"/>
       <c r="L523" s="1"/>
       <c r="M523" s="1"/>
       <c r="N523" s="1"/>
       <c r="O523" s="1"/>
       <c r="P523" s="1"/>
       <c r="Q523" s="1"/>
       <c r="R523" s="1"/>
       <c r="S523" s="1"/>
       <c r="T523" s="1"/>
       <c r="U523" s="1"/>
       <c r="V523" s="1"/>
       <c r="W523" s="1"/>
     </row>
     <row r="524" spans="1:23">
       <c r="A524" s="3">
         <v>522</v>
       </c>
       <c r="B524" s="3" t="s">
-        <v>1808</v>
+        <v>1811</v>
       </c>
       <c r="C524" s="3" t="s">
-        <v>1112</v>
+        <v>718</v>
       </c>
       <c r="D524" s="3" t="s">
-        <v>1809</v>
+        <v>1812</v>
       </c>
       <c r="E524" s="3"/>
       <c r="F524" s="3" t="s">
-        <v>1810</v>
+        <v>1813</v>
       </c>
       <c r="G524" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H524" s="4" t="s">
-        <v>1112</v>
+        <v>718</v>
       </c>
       <c r="I524" s="4"/>
       <c r="J524" s="1"/>
       <c r="K524" s="1"/>
       <c r="L524" s="1"/>
       <c r="M524" s="1"/>
       <c r="N524" s="1"/>
       <c r="O524" s="1"/>
       <c r="P524" s="1"/>
       <c r="Q524" s="1"/>
       <c r="R524" s="1"/>
       <c r="S524" s="1"/>
       <c r="T524" s="1"/>
       <c r="U524" s="1"/>
       <c r="V524" s="1"/>
       <c r="W524" s="1"/>
     </row>
     <row r="525" spans="1:23">
       <c r="A525" s="3">
         <v>523</v>
       </c>
       <c r="B525" s="3" t="s">
-        <v>1811</v>
+        <v>1814</v>
       </c>
       <c r="C525" s="3" t="s">
-        <v>1211</v>
+        <v>1112</v>
       </c>
       <c r="D525" s="3" t="s">
-        <v>1812</v>
-[...3 lines deleted...]
-      </c>
+        <v>1815</v>
+      </c>
+      <c r="E525" s="3"/>
       <c r="F525" s="3" t="s">
-        <v>1813</v>
+        <v>1816</v>
       </c>
       <c r="G525" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H525" s="4" t="s">
-        <v>1211</v>
+        <v>1112</v>
       </c>
       <c r="I525" s="4"/>
       <c r="J525" s="1"/>
       <c r="K525" s="1"/>
       <c r="L525" s="1"/>
       <c r="M525" s="1"/>
       <c r="N525" s="1"/>
       <c r="O525" s="1"/>
       <c r="P525" s="1"/>
       <c r="Q525" s="1"/>
       <c r="R525" s="1"/>
       <c r="S525" s="1"/>
       <c r="T525" s="1"/>
       <c r="U525" s="1"/>
       <c r="V525" s="1"/>
       <c r="W525" s="1"/>
     </row>
     <row r="526" spans="1:23">
       <c r="A526" s="3">
         <v>524</v>
       </c>
       <c r="B526" s="3" t="s">
-        <v>1814</v>
+        <v>1817</v>
       </c>
       <c r="C526" s="3" t="s">
         <v>1211</v>
       </c>
       <c r="D526" s="3" t="s">
-        <v>1815</v>
+        <v>1818</v>
       </c>
       <c r="E526" s="3" t="s">
-        <v>1303</v>
+        <v>1769</v>
       </c>
       <c r="F526" s="3" t="s">
-        <v>1816</v>
+        <v>1819</v>
       </c>
       <c r="G526" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H526" s="4" t="s">
         <v>1211</v>
       </c>
       <c r="I526" s="4"/>
       <c r="J526" s="1"/>
       <c r="K526" s="1"/>
       <c r="L526" s="1"/>
       <c r="M526" s="1"/>
       <c r="N526" s="1"/>
       <c r="O526" s="1"/>
       <c r="P526" s="1"/>
       <c r="Q526" s="1"/>
       <c r="R526" s="1"/>
       <c r="S526" s="1"/>
       <c r="T526" s="1"/>
       <c r="U526" s="1"/>
       <c r="V526" s="1"/>
       <c r="W526" s="1"/>
     </row>
     <row r="527" spans="1:23">
       <c r="A527" s="3">
         <v>525</v>
       </c>
       <c r="B527" s="3" t="s">
-        <v>1817</v>
+        <v>1820</v>
       </c>
       <c r="C527" s="3" t="s">
-        <v>1818</v>
+        <v>1211</v>
       </c>
       <c r="D527" s="3" t="s">
-        <v>1819</v>
+        <v>1821</v>
       </c>
       <c r="E527" s="3" t="s">
-        <v>1166</v>
+        <v>1303</v>
       </c>
       <c r="F527" s="3" t="s">
-        <v>1820</v>
+        <v>1822</v>
       </c>
       <c r="G527" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H527" s="4" t="s">
-        <v>1818</v>
+        <v>1211</v>
       </c>
       <c r="I527" s="4"/>
       <c r="J527" s="1"/>
       <c r="K527" s="1"/>
       <c r="L527" s="1"/>
       <c r="M527" s="1"/>
       <c r="N527" s="1"/>
       <c r="O527" s="1"/>
       <c r="P527" s="1"/>
       <c r="Q527" s="1"/>
       <c r="R527" s="1"/>
       <c r="S527" s="1"/>
       <c r="T527" s="1"/>
       <c r="U527" s="1"/>
       <c r="V527" s="1"/>
       <c r="W527" s="1"/>
     </row>
     <row r="528" spans="1:23">
       <c r="A528" s="3">
         <v>526</v>
       </c>
       <c r="B528" s="3" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
       <c r="C528" s="3" t="s">
-        <v>1447</v>
+        <v>1824</v>
       </c>
       <c r="D528" s="3" t="s">
-        <v>1822</v>
+        <v>1825</v>
       </c>
       <c r="E528" s="3" t="s">
-        <v>1208</v>
+        <v>1166</v>
       </c>
       <c r="F528" s="3" t="s">
-        <v>1823</v>
+        <v>1826</v>
       </c>
       <c r="G528" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H528" s="4" t="s">
-        <v>1447</v>
+        <v>1824</v>
       </c>
       <c r="I528" s="4"/>
       <c r="J528" s="1"/>
       <c r="K528" s="1"/>
       <c r="L528" s="1"/>
       <c r="M528" s="1"/>
       <c r="N528" s="1"/>
       <c r="O528" s="1"/>
       <c r="P528" s="1"/>
       <c r="Q528" s="1"/>
       <c r="R528" s="1"/>
       <c r="S528" s="1"/>
       <c r="T528" s="1"/>
       <c r="U528" s="1"/>
       <c r="V528" s="1"/>
       <c r="W528" s="1"/>
     </row>
     <row r="529" spans="1:23">
       <c r="A529" s="3">
         <v>527</v>
       </c>
       <c r="B529" s="3" t="s">
-        <v>1824</v>
+        <v>1827</v>
       </c>
       <c r="C529" s="3" t="s">
-        <v>1144</v>
+        <v>1447</v>
       </c>
       <c r="D529" s="3" t="s">
-        <v>1825</v>
+        <v>1828</v>
       </c>
       <c r="E529" s="3" t="s">
-        <v>1166</v>
+        <v>1208</v>
       </c>
       <c r="F529" s="3" t="s">
-        <v>1826</v>
+        <v>1829</v>
       </c>
       <c r="G529" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H529" s="4" t="s">
-        <v>1144</v>
+        <v>1447</v>
       </c>
       <c r="I529" s="4"/>
       <c r="J529" s="1"/>
       <c r="K529" s="1"/>
       <c r="L529" s="1"/>
       <c r="M529" s="1"/>
       <c r="N529" s="1"/>
       <c r="O529" s="1"/>
       <c r="P529" s="1"/>
       <c r="Q529" s="1"/>
       <c r="R529" s="1"/>
       <c r="S529" s="1"/>
       <c r="T529" s="1"/>
       <c r="U529" s="1"/>
       <c r="V529" s="1"/>
       <c r="W529" s="1"/>
     </row>
     <row r="530" spans="1:23">
       <c r="A530" s="3">
         <v>528</v>
       </c>
       <c r="B530" s="3" t="s">
-        <v>1827</v>
+        <v>1830</v>
       </c>
       <c r="C530" s="3" t="s">
-        <v>1828</v>
+        <v>1144</v>
       </c>
       <c r="D530" s="3" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="E530" s="3" t="s">
-        <v>1830</v>
+        <v>1166</v>
       </c>
       <c r="F530" s="3" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
       <c r="G530" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H530" s="4" t="s">
-        <v>1220</v>
+        <v>1144</v>
       </c>
       <c r="I530" s="4"/>
       <c r="J530" s="1"/>
       <c r="K530" s="1"/>
       <c r="L530" s="1"/>
       <c r="M530" s="1"/>
       <c r="N530" s="1"/>
       <c r="O530" s="1"/>
       <c r="P530" s="1"/>
       <c r="Q530" s="1"/>
       <c r="R530" s="1"/>
       <c r="S530" s="1"/>
       <c r="T530" s="1"/>
       <c r="U530" s="1"/>
       <c r="V530" s="1"/>
       <c r="W530" s="1"/>
     </row>
     <row r="531" spans="1:23">
       <c r="A531" s="3">
         <v>529</v>
       </c>
       <c r="B531" s="3" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="C531" s="3" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
       <c r="D531" s="3" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
       <c r="E531" s="3" t="s">
-        <v>1303</v>
+        <v>1836</v>
       </c>
       <c r="F531" s="3" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
       <c r="G531" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H531" s="4" t="s">
-        <v>1833</v>
+        <v>1220</v>
       </c>
       <c r="I531" s="4"/>
       <c r="J531" s="1"/>
       <c r="K531" s="1"/>
       <c r="L531" s="1"/>
       <c r="M531" s="1"/>
       <c r="N531" s="1"/>
       <c r="O531" s="1"/>
       <c r="P531" s="1"/>
       <c r="Q531" s="1"/>
       <c r="R531" s="1"/>
       <c r="S531" s="1"/>
       <c r="T531" s="1"/>
       <c r="U531" s="1"/>
       <c r="V531" s="1"/>
       <c r="W531" s="1"/>
     </row>
     <row r="532" spans="1:23">
       <c r="A532" s="3">
         <v>530</v>
       </c>
       <c r="B532" s="3" t="s">
-        <v>1836</v>
+        <v>1838</v>
       </c>
       <c r="C532" s="3" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
       <c r="D532" s="3" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="E532" s="3" t="s">
+        <v>1303</v>
+      </c>
+      <c r="F532" s="3" t="s">
+        <v>1841</v>
+      </c>
+      <c r="G532" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H532" s="4" t="s">
         <v>1839</v>
-      </c>
-[...7 lines deleted...]
-        <v>1841</v>
       </c>
       <c r="I532" s="4"/>
       <c r="J532" s="1"/>
       <c r="K532" s="1"/>
       <c r="L532" s="1"/>
       <c r="M532" s="1"/>
       <c r="N532" s="1"/>
       <c r="O532" s="1"/>
       <c r="P532" s="1"/>
       <c r="Q532" s="1"/>
       <c r="R532" s="1"/>
       <c r="S532" s="1"/>
       <c r="T532" s="1"/>
       <c r="U532" s="1"/>
       <c r="V532" s="1"/>
       <c r="W532" s="1"/>
     </row>
     <row r="533" spans="1:23">
       <c r="A533" s="3">
         <v>531</v>
       </c>
       <c r="B533" s="3" t="s">
         <v>1842</v>
       </c>
       <c r="C533" s="3" t="s">
         <v>1843</v>
       </c>
       <c r="D533" s="3" t="s">
         <v>1844</v>
       </c>
       <c r="E533" s="3" t="s">
         <v>1845</v>
       </c>
       <c r="F533" s="3" t="s">
         <v>1846</v>
       </c>
       <c r="G533" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H533" s="4" t="s">
-        <v>1843</v>
+        <v>1847</v>
       </c>
       <c r="I533" s="4"/>
       <c r="J533" s="1"/>
       <c r="K533" s="1"/>
       <c r="L533" s="1"/>
       <c r="M533" s="1"/>
       <c r="N533" s="1"/>
       <c r="O533" s="1"/>
       <c r="P533" s="1"/>
       <c r="Q533" s="1"/>
       <c r="R533" s="1"/>
       <c r="S533" s="1"/>
       <c r="T533" s="1"/>
       <c r="U533" s="1"/>
       <c r="V533" s="1"/>
       <c r="W533" s="1"/>
     </row>
     <row r="534" spans="1:23">
       <c r="A534" s="3">
         <v>532</v>
       </c>
       <c r="B534" s="3" t="s">
-        <v>1847</v>
+        <v>1848</v>
       </c>
       <c r="C534" s="3" t="s">
-        <v>1848</v>
+        <v>1849</v>
       </c>
       <c r="D534" s="3" t="s">
+        <v>1850</v>
+      </c>
+      <c r="E534" s="3" t="s">
+        <v>1851</v>
+      </c>
+      <c r="F534" s="3" t="s">
+        <v>1852</v>
+      </c>
+      <c r="G534" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H534" s="4" t="s">
         <v>1849</v>
-      </c>
-[...10 lines deleted...]
-        <v>1848</v>
       </c>
       <c r="I534" s="4"/>
       <c r="J534" s="1"/>
       <c r="K534" s="1"/>
       <c r="L534" s="1"/>
       <c r="M534" s="1"/>
       <c r="N534" s="1"/>
       <c r="O534" s="1"/>
       <c r="P534" s="1"/>
       <c r="Q534" s="1"/>
       <c r="R534" s="1"/>
       <c r="S534" s="1"/>
       <c r="T534" s="1"/>
       <c r="U534" s="1"/>
       <c r="V534" s="1"/>
       <c r="W534" s="1"/>
     </row>
     <row r="535" spans="1:23">
       <c r="A535" s="3">
         <v>533</v>
       </c>
       <c r="B535" s="3" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="C535" s="3" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="D535" s="3" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="E535" s="3" t="s">
         <v>1303</v>
       </c>
       <c r="F535" s="3" t="s">
+        <v>1856</v>
+      </c>
+      <c r="G535" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H535" s="4" t="s">
         <v>1854</v>
-      </c>
-[...4 lines deleted...]
-        <v>1852</v>
       </c>
       <c r="I535" s="4"/>
       <c r="J535" s="1"/>
       <c r="K535" s="1"/>
       <c r="L535" s="1"/>
       <c r="M535" s="1"/>
       <c r="N535" s="1"/>
       <c r="O535" s="1"/>
       <c r="P535" s="1"/>
       <c r="Q535" s="1"/>
       <c r="R535" s="1"/>
       <c r="S535" s="1"/>
       <c r="T535" s="1"/>
       <c r="U535" s="1"/>
       <c r="V535" s="1"/>
       <c r="W535" s="1"/>
     </row>
     <row r="536" spans="1:23">
       <c r="A536" s="3">
         <v>534</v>
       </c>
       <c r="B536" s="3" t="s">
-        <v>1855</v>
+        <v>1857</v>
       </c>
       <c r="C536" s="3" t="s">
-        <v>1856</v>
+        <v>1858</v>
       </c>
       <c r="D536" s="3" t="s">
-        <v>1857</v>
+        <v>1859</v>
       </c>
       <c r="E536" s="3" t="s">
         <v>1303</v>
       </c>
       <c r="F536" s="3" t="s">
+        <v>1860</v>
+      </c>
+      <c r="G536" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H536" s="4" t="s">
         <v>1858</v>
-      </c>
-[...4 lines deleted...]
-        <v>1856</v>
       </c>
       <c r="I536" s="4"/>
       <c r="J536" s="1"/>
       <c r="K536" s="1"/>
       <c r="L536" s="1"/>
       <c r="M536" s="1"/>
       <c r="N536" s="1"/>
       <c r="O536" s="1"/>
       <c r="P536" s="1"/>
       <c r="Q536" s="1"/>
       <c r="R536" s="1"/>
       <c r="S536" s="1"/>
       <c r="T536" s="1"/>
       <c r="U536" s="1"/>
       <c r="V536" s="1"/>
       <c r="W536" s="1"/>
     </row>
     <row r="537" spans="1:23">
       <c r="A537" s="3">
         <v>535</v>
       </c>
       <c r="B537" s="3" t="s">
-        <v>1859</v>
+        <v>1861</v>
       </c>
       <c r="C537" s="3" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
       <c r="D537" s="3" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
       <c r="E537" s="3" t="s">
+        <v>1303</v>
+      </c>
+      <c r="F537" s="3" t="s">
+        <v>1864</v>
+      </c>
+      <c r="G537" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H537" s="4" t="s">
         <v>1862</v>
-      </c>
-[...7 lines deleted...]
-        <v>1860</v>
       </c>
       <c r="I537" s="4"/>
       <c r="J537" s="1"/>
       <c r="K537" s="1"/>
       <c r="L537" s="1"/>
       <c r="M537" s="1"/>
       <c r="N537" s="1"/>
       <c r="O537" s="1"/>
       <c r="P537" s="1"/>
       <c r="Q537" s="1"/>
       <c r="R537" s="1"/>
       <c r="S537" s="1"/>
       <c r="T537" s="1"/>
       <c r="U537" s="1"/>
       <c r="V537" s="1"/>
       <c r="W537" s="1"/>
     </row>
     <row r="538" spans="1:23">
       <c r="A538" s="3">
         <v>536</v>
       </c>
       <c r="B538" s="3" t="s">
-        <v>1864</v>
+        <v>1865</v>
       </c>
       <c r="C538" s="3" t="s">
-        <v>1865</v>
+        <v>1866</v>
       </c>
       <c r="D538" s="3" t="s">
+        <v>1867</v>
+      </c>
+      <c r="E538" s="3" t="s">
+        <v>1868</v>
+      </c>
+      <c r="F538" s="3" t="s">
+        <v>1869</v>
+      </c>
+      <c r="G538" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H538" s="4" t="s">
         <v>1866</v>
-      </c>
-[...10 lines deleted...]
-        <v>1865</v>
       </c>
       <c r="I538" s="4"/>
       <c r="J538" s="1"/>
       <c r="K538" s="1"/>
       <c r="L538" s="1"/>
       <c r="M538" s="1"/>
       <c r="N538" s="1"/>
       <c r="O538" s="1"/>
       <c r="P538" s="1"/>
       <c r="Q538" s="1"/>
       <c r="R538" s="1"/>
       <c r="S538" s="1"/>
       <c r="T538" s="1"/>
       <c r="U538" s="1"/>
       <c r="V538" s="1"/>
       <c r="W538" s="1"/>
     </row>
     <row r="539" spans="1:23">
       <c r="A539" s="3">
         <v>537</v>
       </c>
       <c r="B539" s="3" t="s">
-        <v>1868</v>
+        <v>1870</v>
       </c>
       <c r="C539" s="3" t="s">
-        <v>1869</v>
+        <v>1871</v>
       </c>
       <c r="D539" s="3" t="s">
-        <v>1870</v>
+        <v>1872</v>
       </c>
       <c r="E539" s="3" t="s">
-        <v>1303</v>
+        <v>1166</v>
       </c>
       <c r="F539" s="3" t="s">
+        <v>1873</v>
+      </c>
+      <c r="G539" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H539" s="4" t="s">
         <v>1871</v>
-      </c>
-[...4 lines deleted...]
-        <v>1869</v>
       </c>
       <c r="I539" s="4"/>
       <c r="J539" s="1"/>
       <c r="K539" s="1"/>
       <c r="L539" s="1"/>
       <c r="M539" s="1"/>
       <c r="N539" s="1"/>
       <c r="O539" s="1"/>
       <c r="P539" s="1"/>
       <c r="Q539" s="1"/>
       <c r="R539" s="1"/>
       <c r="S539" s="1"/>
       <c r="T539" s="1"/>
       <c r="U539" s="1"/>
       <c r="V539" s="1"/>
       <c r="W539" s="1"/>
     </row>
     <row r="540" spans="1:23">
       <c r="A540" s="3">
         <v>538</v>
       </c>
       <c r="B540" s="3" t="s">
-        <v>1872</v>
+        <v>1874</v>
       </c>
       <c r="C540" s="3" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="D540" s="3" t="s">
-        <v>1874</v>
+        <v>1876</v>
       </c>
       <c r="E540" s="3" t="s">
-        <v>1451</v>
+        <v>1303</v>
       </c>
       <c r="F540" s="3" t="s">
+        <v>1877</v>
+      </c>
+      <c r="G540" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H540" s="4" t="s">
         <v>1875</v>
-      </c>
-[...4 lines deleted...]
-        <v>1873</v>
       </c>
       <c r="I540" s="4"/>
       <c r="J540" s="1"/>
       <c r="K540" s="1"/>
       <c r="L540" s="1"/>
       <c r="M540" s="1"/>
       <c r="N540" s="1"/>
       <c r="O540" s="1"/>
       <c r="P540" s="1"/>
       <c r="Q540" s="1"/>
       <c r="R540" s="1"/>
       <c r="S540" s="1"/>
       <c r="T540" s="1"/>
       <c r="U540" s="1"/>
       <c r="V540" s="1"/>
       <c r="W540" s="1"/>
     </row>
     <row r="541" spans="1:23">
       <c r="A541" s="3">
         <v>539</v>
       </c>
       <c r="B541" s="3" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="C541" s="3" t="s">
-        <v>1877</v>
+        <v>1879</v>
       </c>
       <c r="D541" s="3" t="s">
-        <v>1878</v>
-[...1 lines deleted...]
-      <c r="E541" s="3"/>
+        <v>1880</v>
+      </c>
+      <c r="E541" s="3" t="s">
+        <v>1451</v>
+      </c>
       <c r="F541" s="3" t="s">
+        <v>1881</v>
+      </c>
+      <c r="G541" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H541" s="4" t="s">
         <v>1879</v>
-      </c>
-[...4 lines deleted...]
-        <v>1877</v>
       </c>
       <c r="I541" s="4"/>
       <c r="J541" s="1"/>
       <c r="K541" s="1"/>
       <c r="L541" s="1"/>
       <c r="M541" s="1"/>
       <c r="N541" s="1"/>
       <c r="O541" s="1"/>
       <c r="P541" s="1"/>
       <c r="Q541" s="1"/>
       <c r="R541" s="1"/>
       <c r="S541" s="1"/>
       <c r="T541" s="1"/>
       <c r="U541" s="1"/>
       <c r="V541" s="1"/>
       <c r="W541" s="1"/>
     </row>
     <row r="542" spans="1:23">
       <c r="A542" s="3">
         <v>540</v>
       </c>
       <c r="B542" s="3" t="s">
-        <v>1880</v>
+        <v>1882</v>
       </c>
       <c r="C542" s="3" t="s">
-        <v>1881</v>
+        <v>1883</v>
       </c>
       <c r="D542" s="3" t="s">
-        <v>1882</v>
-[...3 lines deleted...]
-      </c>
+        <v>1884</v>
+      </c>
+      <c r="E542" s="3"/>
       <c r="F542" s="3" t="s">
+        <v>1885</v>
+      </c>
+      <c r="G542" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H542" s="4" t="s">
         <v>1883</v>
-      </c>
-[...4 lines deleted...]
-        <v>1881</v>
       </c>
       <c r="I542" s="4"/>
       <c r="J542" s="1"/>
       <c r="K542" s="1"/>
       <c r="L542" s="1"/>
       <c r="M542" s="1"/>
       <c r="N542" s="1"/>
       <c r="O542" s="1"/>
       <c r="P542" s="1"/>
       <c r="Q542" s="1"/>
       <c r="R542" s="1"/>
       <c r="S542" s="1"/>
       <c r="T542" s="1"/>
       <c r="U542" s="1"/>
       <c r="V542" s="1"/>
       <c r="W542" s="1"/>
     </row>
     <row r="543" spans="1:23">
       <c r="A543" s="3">
         <v>541</v>
       </c>
       <c r="B543" s="3" t="s">
-        <v>1884</v>
+        <v>1886</v>
       </c>
       <c r="C543" s="3" t="s">
-        <v>1885</v>
+        <v>1887</v>
       </c>
       <c r="D543" s="3" t="s">
-        <v>1886</v>
+        <v>1888</v>
       </c>
       <c r="E543" s="3" t="s">
-        <v>1451</v>
+        <v>1303</v>
       </c>
       <c r="F543" s="3" t="s">
+        <v>1889</v>
+      </c>
+      <c r="G543" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H543" s="4" t="s">
         <v>1887</v>
-      </c>
-[...4 lines deleted...]
-        <v>1885</v>
       </c>
       <c r="I543" s="4"/>
       <c r="J543" s="1"/>
       <c r="K543" s="1"/>
       <c r="L543" s="1"/>
       <c r="M543" s="1"/>
       <c r="N543" s="1"/>
       <c r="O543" s="1"/>
       <c r="P543" s="1"/>
       <c r="Q543" s="1"/>
       <c r="R543" s="1"/>
       <c r="S543" s="1"/>
       <c r="T543" s="1"/>
       <c r="U543" s="1"/>
       <c r="V543" s="1"/>
       <c r="W543" s="1"/>
     </row>
     <row r="544" spans="1:23">
       <c r="A544" s="3">
         <v>542</v>
       </c>
       <c r="B544" s="3" t="s">
-        <v>1888</v>
+        <v>1890</v>
       </c>
       <c r="C544" s="3" t="s">
-        <v>1889</v>
+        <v>1891</v>
       </c>
       <c r="D544" s="3" t="s">
-        <v>1890</v>
+        <v>1892</v>
       </c>
       <c r="E544" s="3" t="s">
+        <v>1451</v>
+      </c>
+      <c r="F544" s="3" t="s">
+        <v>1893</v>
+      </c>
+      <c r="G544" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H544" s="4" t="s">
         <v>1891</v>
-      </c>
-[...7 lines deleted...]
-        <v>1889</v>
       </c>
       <c r="I544" s="4"/>
       <c r="J544" s="1"/>
       <c r="K544" s="1"/>
       <c r="L544" s="1"/>
       <c r="M544" s="1"/>
       <c r="N544" s="1"/>
       <c r="O544" s="1"/>
       <c r="P544" s="1"/>
       <c r="Q544" s="1"/>
       <c r="R544" s="1"/>
       <c r="S544" s="1"/>
       <c r="T544" s="1"/>
       <c r="U544" s="1"/>
       <c r="V544" s="1"/>
       <c r="W544" s="1"/>
     </row>
     <row r="545" spans="1:23">
       <c r="A545" s="3">
         <v>543</v>
       </c>
       <c r="B545" s="3" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="C545" s="3" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="D545" s="3" t="s">
+        <v>1896</v>
+      </c>
+      <c r="E545" s="3" t="s">
+        <v>1897</v>
+      </c>
+      <c r="F545" s="3" t="s">
+        <v>1898</v>
+      </c>
+      <c r="G545" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H545" s="4" t="s">
         <v>1895</v>
-      </c>
-[...8 lines deleted...]
-        <v>1894</v>
       </c>
       <c r="I545" s="4"/>
       <c r="J545" s="1"/>
       <c r="K545" s="1"/>
       <c r="L545" s="1"/>
       <c r="M545" s="1"/>
       <c r="N545" s="1"/>
       <c r="O545" s="1"/>
       <c r="P545" s="1"/>
       <c r="Q545" s="1"/>
       <c r="R545" s="1"/>
       <c r="S545" s="1"/>
       <c r="T545" s="1"/>
       <c r="U545" s="1"/>
       <c r="V545" s="1"/>
       <c r="W545" s="1"/>
     </row>
     <row r="546" spans="1:23">
       <c r="A546" s="3">
         <v>544</v>
       </c>
       <c r="B546" s="3" t="s">
-        <v>1897</v>
+        <v>1899</v>
       </c>
       <c r="C546" s="3" t="s">
-        <v>1898</v>
+        <v>1900</v>
       </c>
       <c r="D546" s="3" t="s">
-        <v>1899</v>
-[...3 lines deleted...]
-      </c>
+        <v>1901</v>
+      </c>
+      <c r="E546" s="3"/>
       <c r="F546" s="3" t="s">
+        <v>1902</v>
+      </c>
+      <c r="G546" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H546" s="4" t="s">
         <v>1900</v>
-      </c>
-[...4 lines deleted...]
-        <v>1898</v>
       </c>
       <c r="I546" s="4"/>
       <c r="J546" s="1"/>
       <c r="K546" s="1"/>
       <c r="L546" s="1"/>
       <c r="M546" s="1"/>
       <c r="N546" s="1"/>
       <c r="O546" s="1"/>
       <c r="P546" s="1"/>
       <c r="Q546" s="1"/>
       <c r="R546" s="1"/>
       <c r="S546" s="1"/>
       <c r="T546" s="1"/>
       <c r="U546" s="1"/>
       <c r="V546" s="1"/>
       <c r="W546" s="1"/>
     </row>
     <row r="547" spans="1:23">
       <c r="A547" s="3">
         <v>545</v>
       </c>
       <c r="B547" s="3" t="s">
-        <v>1901</v>
+        <v>1903</v>
       </c>
       <c r="C547" s="3" t="s">
-        <v>1902</v>
+        <v>1904</v>
       </c>
       <c r="D547" s="3" t="s">
-        <v>1903</v>
+        <v>1905</v>
       </c>
       <c r="E547" s="3" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F547" s="3" t="s">
+        <v>1906</v>
+      </c>
+      <c r="G547" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H547" s="4" t="s">
         <v>1904</v>
-      </c>
-[...7 lines deleted...]
-        <v>1902</v>
       </c>
       <c r="I547" s="4"/>
       <c r="J547" s="1"/>
       <c r="K547" s="1"/>
       <c r="L547" s="1"/>
       <c r="M547" s="1"/>
       <c r="N547" s="1"/>
       <c r="O547" s="1"/>
       <c r="P547" s="1"/>
       <c r="Q547" s="1"/>
       <c r="R547" s="1"/>
       <c r="S547" s="1"/>
       <c r="T547" s="1"/>
       <c r="U547" s="1"/>
       <c r="V547" s="1"/>
       <c r="W547" s="1"/>
     </row>
     <row r="548" spans="1:23">
       <c r="A548" s="3">
         <v>546</v>
       </c>
       <c r="B548" s="3" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="C548" s="3" t="s">
-        <v>1856</v>
+        <v>1908</v>
       </c>
       <c r="D548" s="3" t="s">
-        <v>1907</v>
+        <v>1909</v>
       </c>
       <c r="E548" s="3" t="s">
-        <v>1166</v>
+        <v>1910</v>
       </c>
       <c r="F548" s="3" t="s">
+        <v>1911</v>
+      </c>
+      <c r="G548" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H548" s="4" t="s">
         <v>1908</v>
-      </c>
-[...4 lines deleted...]
-        <v>1856</v>
       </c>
       <c r="I548" s="4"/>
       <c r="J548" s="1"/>
       <c r="K548" s="1"/>
       <c r="L548" s="1"/>
       <c r="M548" s="1"/>
       <c r="N548" s="1"/>
       <c r="O548" s="1"/>
       <c r="P548" s="1"/>
       <c r="Q548" s="1"/>
       <c r="R548" s="1"/>
       <c r="S548" s="1"/>
       <c r="T548" s="1"/>
       <c r="U548" s="1"/>
       <c r="V548" s="1"/>
       <c r="W548" s="1"/>
     </row>
     <row r="549" spans="1:23">
       <c r="A549" s="3">
         <v>547</v>
       </c>
       <c r="B549" s="3" t="s">
-        <v>1909</v>
+        <v>1912</v>
       </c>
       <c r="C549" s="3" t="s">
-        <v>1910</v>
+        <v>1862</v>
       </c>
       <c r="D549" s="3" t="s">
-        <v>1911</v>
+        <v>1913</v>
       </c>
       <c r="E549" s="3" t="s">
-        <v>1451</v>
+        <v>1166</v>
       </c>
       <c r="F549" s="3" t="s">
-        <v>1912</v>
+        <v>1914</v>
       </c>
       <c r="G549" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H549" s="4" t="s">
-        <v>1910</v>
+        <v>1862</v>
       </c>
       <c r="I549" s="4"/>
       <c r="J549" s="1"/>
       <c r="K549" s="1"/>
       <c r="L549" s="1"/>
       <c r="M549" s="1"/>
       <c r="N549" s="1"/>
       <c r="O549" s="1"/>
       <c r="P549" s="1"/>
       <c r="Q549" s="1"/>
       <c r="R549" s="1"/>
       <c r="S549" s="1"/>
       <c r="T549" s="1"/>
       <c r="U549" s="1"/>
       <c r="V549" s="1"/>
       <c r="W549" s="1"/>
     </row>
     <row r="550" spans="1:23">
       <c r="A550" s="3">
         <v>548</v>
       </c>
       <c r="B550" s="3" t="s">
-        <v>1913</v>
+        <v>1915</v>
       </c>
       <c r="C550" s="3" t="s">
-        <v>1914</v>
+        <v>1916</v>
       </c>
       <c r="D550" s="3" t="s">
-        <v>1915</v>
+        <v>1917</v>
       </c>
       <c r="E550" s="3" t="s">
-        <v>1166</v>
+        <v>1451</v>
       </c>
       <c r="F550" s="3" t="s">
+        <v>1918</v>
+      </c>
+      <c r="G550" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H550" s="4" t="s">
         <v>1916</v>
-      </c>
-[...4 lines deleted...]
-        <v>1914</v>
       </c>
       <c r="I550" s="4"/>
       <c r="J550" s="1"/>
       <c r="K550" s="1"/>
       <c r="L550" s="1"/>
       <c r="M550" s="1"/>
       <c r="N550" s="1"/>
       <c r="O550" s="1"/>
       <c r="P550" s="1"/>
       <c r="Q550" s="1"/>
       <c r="R550" s="1"/>
       <c r="S550" s="1"/>
       <c r="T550" s="1"/>
       <c r="U550" s="1"/>
       <c r="V550" s="1"/>
       <c r="W550" s="1"/>
     </row>
     <row r="551" spans="1:23">
       <c r="A551" s="3">
         <v>549</v>
       </c>
       <c r="B551" s="3" t="s">
-        <v>1917</v>
+        <v>1919</v>
       </c>
       <c r="C551" s="3" t="s">
-        <v>1918</v>
+        <v>1920</v>
       </c>
       <c r="D551" s="3" t="s">
-        <v>1919</v>
+        <v>1921</v>
       </c>
       <c r="E551" s="3" t="s">
         <v>1166</v>
       </c>
       <c r="F551" s="3" t="s">
+        <v>1922</v>
+      </c>
+      <c r="G551" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H551" s="4" t="s">
         <v>1920</v>
-      </c>
-[...4 lines deleted...]
-        <v>1918</v>
       </c>
       <c r="I551" s="4"/>
       <c r="J551" s="1"/>
       <c r="K551" s="1"/>
       <c r="L551" s="1"/>
       <c r="M551" s="1"/>
       <c r="N551" s="1"/>
       <c r="O551" s="1"/>
       <c r="P551" s="1"/>
       <c r="Q551" s="1"/>
       <c r="R551" s="1"/>
       <c r="S551" s="1"/>
       <c r="T551" s="1"/>
       <c r="U551" s="1"/>
       <c r="V551" s="1"/>
       <c r="W551" s="1"/>
     </row>
     <row r="552" spans="1:23">
       <c r="A552" s="3">
         <v>550</v>
       </c>
       <c r="B552" s="3" t="s">
-        <v>1921</v>
+        <v>1923</v>
       </c>
       <c r="C552" s="3" t="s">
-        <v>1922</v>
+        <v>1924</v>
       </c>
       <c r="D552" s="3" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
       <c r="E552" s="3" t="s">
-        <v>1303</v>
+        <v>1166</v>
       </c>
       <c r="F552" s="3" t="s">
+        <v>1926</v>
+      </c>
+      <c r="G552" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H552" s="4" t="s">
         <v>1924</v>
-      </c>
-[...4 lines deleted...]
-        <v>1922</v>
       </c>
       <c r="I552" s="4"/>
       <c r="J552" s="1"/>
       <c r="K552" s="1"/>
       <c r="L552" s="1"/>
       <c r="M552" s="1"/>
       <c r="N552" s="1"/>
       <c r="O552" s="1"/>
       <c r="P552" s="1"/>
       <c r="Q552" s="1"/>
       <c r="R552" s="1"/>
       <c r="S552" s="1"/>
       <c r="T552" s="1"/>
       <c r="U552" s="1"/>
       <c r="V552" s="1"/>
       <c r="W552" s="1"/>
     </row>
     <row r="553" spans="1:23">
       <c r="A553" s="3">
         <v>551</v>
       </c>
       <c r="B553" s="3" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
       <c r="C553" s="3" t="s">
-        <v>1926</v>
+        <v>1928</v>
       </c>
       <c r="D553" s="3" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="E553" s="3" t="s">
+        <v>1303</v>
+      </c>
+      <c r="F553" s="3" t="s">
+        <v>1930</v>
+      </c>
+      <c r="G553" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H553" s="4" t="s">
         <v>1928</v>
-      </c>
-[...7 lines deleted...]
-        <v>1926</v>
       </c>
       <c r="I553" s="4"/>
       <c r="J553" s="1"/>
       <c r="K553" s="1"/>
       <c r="L553" s="1"/>
       <c r="M553" s="1"/>
       <c r="N553" s="1"/>
       <c r="O553" s="1"/>
       <c r="P553" s="1"/>
       <c r="Q553" s="1"/>
       <c r="R553" s="1"/>
       <c r="S553" s="1"/>
       <c r="T553" s="1"/>
       <c r="U553" s="1"/>
       <c r="V553" s="1"/>
       <c r="W553" s="1"/>
     </row>
     <row r="554" spans="1:23">
       <c r="A554" s="3">
         <v>552</v>
       </c>
       <c r="B554" s="3" t="s">
-        <v>1930</v>
+        <v>1931</v>
       </c>
       <c r="C554" s="3" t="s">
-        <v>1931</v>
+        <v>1932</v>
       </c>
       <c r="D554" s="3" t="s">
+        <v>1933</v>
+      </c>
+      <c r="E554" s="3" t="s">
+        <v>1934</v>
+      </c>
+      <c r="F554" s="3" t="s">
+        <v>1935</v>
+      </c>
+      <c r="G554" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H554" s="4" t="s">
         <v>1932</v>
-      </c>
-[...10 lines deleted...]
-        <v>1931</v>
       </c>
       <c r="I554" s="4"/>
       <c r="J554" s="1"/>
       <c r="K554" s="1"/>
       <c r="L554" s="1"/>
       <c r="M554" s="1"/>
       <c r="N554" s="1"/>
       <c r="O554" s="1"/>
       <c r="P554" s="1"/>
       <c r="Q554" s="1"/>
       <c r="R554" s="1"/>
       <c r="S554" s="1"/>
       <c r="T554" s="1"/>
       <c r="U554" s="1"/>
       <c r="V554" s="1"/>
       <c r="W554" s="1"/>
     </row>
     <row r="555" spans="1:23">
       <c r="A555" s="3">
         <v>553</v>
       </c>
       <c r="B555" s="3" t="s">
-        <v>1935</v>
+        <v>1936</v>
       </c>
       <c r="C555" s="3" t="s">
-        <v>1936</v>
+        <v>1937</v>
       </c>
       <c r="D555" s="3" t="s">
+        <v>1938</v>
+      </c>
+      <c r="E555" s="3" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F555" s="3" t="s">
+        <v>1940</v>
+      </c>
+      <c r="G555" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H555" s="4" t="s">
         <v>1937</v>
-      </c>
-[...10 lines deleted...]
-        <v>1936</v>
       </c>
       <c r="I555" s="4"/>
       <c r="J555" s="1"/>
       <c r="K555" s="1"/>
       <c r="L555" s="1"/>
       <c r="M555" s="1"/>
       <c r="N555" s="1"/>
       <c r="O555" s="1"/>
       <c r="P555" s="1"/>
       <c r="Q555" s="1"/>
       <c r="R555" s="1"/>
       <c r="S555" s="1"/>
       <c r="T555" s="1"/>
       <c r="U555" s="1"/>
       <c r="V555" s="1"/>
       <c r="W555" s="1"/>
     </row>
     <row r="556" spans="1:23">
       <c r="A556" s="3">
         <v>554</v>
       </c>
       <c r="B556" s="3" t="s">
-        <v>1939</v>
+        <v>1941</v>
       </c>
       <c r="C556" s="3" t="s">
-        <v>1940</v>
+        <v>1942</v>
       </c>
       <c r="D556" s="3" t="s">
-        <v>1941</v>
+        <v>1943</v>
       </c>
       <c r="E556" s="3" t="s">
         <v>1166</v>
       </c>
       <c r="F556" s="3" t="s">
+        <v>1944</v>
+      </c>
+      <c r="G556" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H556" s="4" t="s">
         <v>1942</v>
-      </c>
-[...4 lines deleted...]
-        <v>1940</v>
       </c>
       <c r="I556" s="4"/>
       <c r="J556" s="1"/>
       <c r="K556" s="1"/>
       <c r="L556" s="1"/>
       <c r="M556" s="1"/>
       <c r="N556" s="1"/>
       <c r="O556" s="1"/>
       <c r="P556" s="1"/>
       <c r="Q556" s="1"/>
       <c r="R556" s="1"/>
       <c r="S556" s="1"/>
       <c r="T556" s="1"/>
       <c r="U556" s="1"/>
       <c r="V556" s="1"/>
       <c r="W556" s="1"/>
     </row>
     <row r="557" spans="1:23">
       <c r="A557" s="3">
         <v>555</v>
       </c>
       <c r="B557" s="3" t="s">
-        <v>1943</v>
+        <v>1945</v>
       </c>
       <c r="C557" s="3" t="s">
-        <v>1944</v>
+        <v>1946</v>
       </c>
       <c r="D557" s="3" t="s">
-        <v>1945</v>
+        <v>1947</v>
       </c>
       <c r="E557" s="3" t="s">
         <v>1166</v>
       </c>
       <c r="F557" s="3" t="s">
+        <v>1948</v>
+      </c>
+      <c r="G557" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H557" s="4" t="s">
         <v>1946</v>
-      </c>
-[...4 lines deleted...]
-        <v>1944</v>
       </c>
       <c r="I557" s="4"/>
       <c r="J557" s="1"/>
       <c r="K557" s="1"/>
       <c r="L557" s="1"/>
       <c r="M557" s="1"/>
       <c r="N557" s="1"/>
       <c r="O557" s="1"/>
       <c r="P557" s="1"/>
       <c r="Q557" s="1"/>
       <c r="R557" s="1"/>
       <c r="S557" s="1"/>
       <c r="T557" s="1"/>
       <c r="U557" s="1"/>
       <c r="V557" s="1"/>
       <c r="W557" s="1"/>
     </row>
     <row r="558" spans="1:23">
       <c r="A558" s="3">
         <v>556</v>
       </c>
       <c r="B558" s="3" t="s">
-        <v>1947</v>
+        <v>1949</v>
       </c>
       <c r="C558" s="3" t="s">
-        <v>1894</v>
+        <v>1950</v>
       </c>
       <c r="D558" s="3" t="s">
-        <v>1948</v>
+        <v>1951</v>
       </c>
       <c r="E558" s="3" t="s">
-        <v>1451</v>
+        <v>1166</v>
       </c>
       <c r="F558" s="3" t="s">
-        <v>1949</v>
+        <v>1952</v>
       </c>
       <c r="G558" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H558" s="4" t="s">
-        <v>1894</v>
+        <v>1950</v>
       </c>
       <c r="I558" s="4"/>
       <c r="J558" s="1"/>
       <c r="K558" s="1"/>
       <c r="L558" s="1"/>
       <c r="M558" s="1"/>
       <c r="N558" s="1"/>
       <c r="O558" s="1"/>
       <c r="P558" s="1"/>
       <c r="Q558" s="1"/>
       <c r="R558" s="1"/>
       <c r="S558" s="1"/>
       <c r="T558" s="1"/>
       <c r="U558" s="1"/>
       <c r="V558" s="1"/>
       <c r="W558" s="1"/>
     </row>
     <row r="559" spans="1:23">
       <c r="A559" s="3">
         <v>557</v>
       </c>
       <c r="B559" s="3" t="s">
-        <v>1950</v>
+        <v>1953</v>
       </c>
       <c r="C559" s="3" t="s">
-        <v>1951</v>
+        <v>1900</v>
       </c>
       <c r="D559" s="3" t="s">
-        <v>1952</v>
+        <v>1954</v>
       </c>
       <c r="E559" s="3" t="s">
-        <v>1768</v>
+        <v>1451</v>
       </c>
       <c r="F559" s="3" t="s">
-        <v>1953</v>
+        <v>1955</v>
       </c>
       <c r="G559" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H559" s="4" t="s">
-        <v>1951</v>
+        <v>1900</v>
       </c>
       <c r="I559" s="4"/>
       <c r="J559" s="1"/>
       <c r="K559" s="1"/>
       <c r="L559" s="1"/>
       <c r="M559" s="1"/>
       <c r="N559" s="1"/>
       <c r="O559" s="1"/>
       <c r="P559" s="1"/>
       <c r="Q559" s="1"/>
       <c r="R559" s="1"/>
       <c r="S559" s="1"/>
       <c r="T559" s="1"/>
       <c r="U559" s="1"/>
       <c r="V559" s="1"/>
       <c r="W559" s="1"/>
     </row>
     <row r="560" spans="1:23">
       <c r="A560" s="3">
         <v>558</v>
       </c>
       <c r="B560" s="3" t="s">
-        <v>1954</v>
+        <v>1956</v>
       </c>
       <c r="C560" s="3" t="s">
-        <v>1955</v>
+        <v>1957</v>
       </c>
       <c r="D560" s="3" t="s">
-        <v>1956</v>
+        <v>1958</v>
       </c>
       <c r="E560" s="3" t="s">
+        <v>1774</v>
+      </c>
+      <c r="F560" s="3" t="s">
+        <v>1959</v>
+      </c>
+      <c r="G560" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H560" s="4" t="s">
         <v>1957</v>
-      </c>
-[...7 lines deleted...]
-        <v>1860</v>
       </c>
       <c r="I560" s="4"/>
       <c r="J560" s="1"/>
       <c r="K560" s="1"/>
       <c r="L560" s="1"/>
       <c r="M560" s="1"/>
       <c r="N560" s="1"/>
       <c r="O560" s="1"/>
       <c r="P560" s="1"/>
       <c r="Q560" s="1"/>
       <c r="R560" s="1"/>
       <c r="S560" s="1"/>
       <c r="T560" s="1"/>
       <c r="U560" s="1"/>
       <c r="V560" s="1"/>
       <c r="W560" s="1"/>
     </row>
     <row r="561" spans="1:23">
       <c r="A561" s="3">
         <v>559</v>
       </c>
       <c r="B561" s="3" t="s">
-        <v>1959</v>
+        <v>1960</v>
       </c>
       <c r="C561" s="3" t="s">
-        <v>1960</v>
+        <v>1961</v>
       </c>
       <c r="D561" s="3" t="s">
-        <v>1961</v>
+        <v>1962</v>
       </c>
       <c r="E561" s="3" t="s">
-        <v>1962</v>
+        <v>1963</v>
       </c>
       <c r="F561" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G561" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H561" s="4" t="s">
-        <v>1960</v>
+        <v>1866</v>
       </c>
       <c r="I561" s="4"/>
       <c r="J561" s="1"/>
       <c r="K561" s="1"/>
       <c r="L561" s="1"/>
       <c r="M561" s="1"/>
       <c r="N561" s="1"/>
       <c r="O561" s="1"/>
       <c r="P561" s="1"/>
       <c r="Q561" s="1"/>
       <c r="R561" s="1"/>
       <c r="S561" s="1"/>
       <c r="T561" s="1"/>
       <c r="U561" s="1"/>
       <c r="V561" s="1"/>
       <c r="W561" s="1"/>
     </row>
     <row r="562" spans="1:23">
       <c r="A562" s="3">
         <v>560</v>
       </c>
       <c r="B562" s="3" t="s">
-        <v>1964</v>
+        <v>1965</v>
       </c>
       <c r="C562" s="3" t="s">
-        <v>1889</v>
+        <v>1966</v>
       </c>
       <c r="D562" s="3" t="s">
-        <v>1965</v>
+        <v>1967</v>
       </c>
       <c r="E562" s="3" t="s">
+        <v>1968</v>
+      </c>
+      <c r="F562" s="3" t="s">
+        <v>1969</v>
+      </c>
+      <c r="G562" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H562" s="4" t="s">
         <v>1966</v>
-      </c>
-[...7 lines deleted...]
-        <v>1922</v>
       </c>
       <c r="I562" s="4"/>
       <c r="J562" s="1"/>
       <c r="K562" s="1"/>
       <c r="L562" s="1"/>
       <c r="M562" s="1"/>
       <c r="N562" s="1"/>
       <c r="O562" s="1"/>
       <c r="P562" s="1"/>
       <c r="Q562" s="1"/>
       <c r="R562" s="1"/>
       <c r="S562" s="1"/>
       <c r="T562" s="1"/>
       <c r="U562" s="1"/>
       <c r="V562" s="1"/>
       <c r="W562" s="1"/>
     </row>
     <row r="563" spans="1:23">
       <c r="A563" s="3">
         <v>561</v>
       </c>
       <c r="B563" s="3" t="s">
-        <v>1968</v>
+        <v>1970</v>
       </c>
       <c r="C563" s="3" t="s">
-        <v>1969</v>
+        <v>1895</v>
       </c>
       <c r="D563" s="3" t="s">
-        <v>1970</v>
+        <v>1971</v>
       </c>
       <c r="E563" s="3" t="s">
-        <v>1303</v>
+        <v>1972</v>
       </c>
       <c r="F563" s="3" t="s">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="G563" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H563" s="4" t="s">
-        <v>1969</v>
+        <v>1928</v>
       </c>
       <c r="I563" s="4"/>
       <c r="J563" s="1"/>
       <c r="K563" s="1"/>
       <c r="L563" s="1"/>
       <c r="M563" s="1"/>
       <c r="N563" s="1"/>
       <c r="O563" s="1"/>
       <c r="P563" s="1"/>
       <c r="Q563" s="1"/>
       <c r="R563" s="1"/>
       <c r="S563" s="1"/>
       <c r="T563" s="1"/>
       <c r="U563" s="1"/>
       <c r="V563" s="1"/>
       <c r="W563" s="1"/>
     </row>
     <row r="564" spans="1:23">
       <c r="A564" s="3">
         <v>562</v>
       </c>
       <c r="B564" s="3" t="s">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="C564" s="3" t="s">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="D564" s="3" t="s">
-        <v>1974</v>
+        <v>1976</v>
       </c>
       <c r="E564" s="3" t="s">
-        <v>1166</v>
+        <v>1303</v>
       </c>
       <c r="F564" s="3" t="s">
+        <v>1977</v>
+      </c>
+      <c r="G564" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H564" s="4" t="s">
         <v>1975</v>
-      </c>
-[...4 lines deleted...]
-        <v>1973</v>
       </c>
       <c r="I564" s="4"/>
       <c r="J564" s="1"/>
       <c r="K564" s="1"/>
       <c r="L564" s="1"/>
       <c r="M564" s="1"/>
       <c r="N564" s="1"/>
       <c r="O564" s="1"/>
       <c r="P564" s="1"/>
       <c r="Q564" s="1"/>
       <c r="R564" s="1"/>
       <c r="S564" s="1"/>
       <c r="T564" s="1"/>
       <c r="U564" s="1"/>
       <c r="V564" s="1"/>
       <c r="W564" s="1"/>
     </row>
     <row r="565" spans="1:23">
       <c r="A565" s="3">
         <v>563</v>
       </c>
       <c r="B565" s="3" t="s">
-        <v>1976</v>
+        <v>1978</v>
       </c>
       <c r="C565" s="3" t="s">
-        <v>1889</v>
+        <v>1979</v>
       </c>
       <c r="D565" s="3" t="s">
-        <v>1977</v>
+        <v>1980</v>
       </c>
       <c r="E565" s="3" t="s">
-        <v>1303</v>
+        <v>1166</v>
       </c>
       <c r="F565" s="3" t="s">
-        <v>1978</v>
+        <v>1981</v>
       </c>
       <c r="G565" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H565" s="4" t="s">
-        <v>1889</v>
+        <v>1979</v>
       </c>
       <c r="I565" s="4"/>
       <c r="J565" s="1"/>
       <c r="K565" s="1"/>
       <c r="L565" s="1"/>
       <c r="M565" s="1"/>
       <c r="N565" s="1"/>
       <c r="O565" s="1"/>
       <c r="P565" s="1"/>
       <c r="Q565" s="1"/>
       <c r="R565" s="1"/>
       <c r="S565" s="1"/>
       <c r="T565" s="1"/>
       <c r="U565" s="1"/>
       <c r="V565" s="1"/>
       <c r="W565" s="1"/>
     </row>
     <row r="566" spans="1:23">
       <c r="A566" s="3">
         <v>564</v>
       </c>
       <c r="B566" s="3" t="s">
-        <v>1979</v>
+        <v>1982</v>
       </c>
       <c r="C566" s="3" t="s">
-        <v>1980</v>
+        <v>1895</v>
       </c>
       <c r="D566" s="3" t="s">
-        <v>1981</v>
+        <v>1983</v>
       </c>
       <c r="E566" s="3" t="s">
-        <v>1982</v>
+        <v>1303</v>
       </c>
       <c r="F566" s="3" t="s">
-        <v>1983</v>
+        <v>1984</v>
       </c>
       <c r="G566" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H566" s="4" t="s">
-        <v>1984</v>
+        <v>1895</v>
       </c>
       <c r="I566" s="4"/>
       <c r="J566" s="1"/>
       <c r="K566" s="1"/>
       <c r="L566" s="1"/>
       <c r="M566" s="1"/>
       <c r="N566" s="1"/>
       <c r="O566" s="1"/>
       <c r="P566" s="1"/>
       <c r="Q566" s="1"/>
       <c r="R566" s="1"/>
       <c r="S566" s="1"/>
       <c r="T566" s="1"/>
       <c r="U566" s="1"/>
       <c r="V566" s="1"/>
       <c r="W566" s="1"/>
     </row>
     <row r="567" spans="1:23">
       <c r="A567" s="3">
         <v>565</v>
       </c>
       <c r="B567" s="3" t="s">
         <v>1985</v>
       </c>
       <c r="C567" s="3" t="s">
-        <v>1902</v>
+        <v>1986</v>
       </c>
       <c r="D567" s="3" t="s">
-        <v>1986</v>
+        <v>1987</v>
       </c>
       <c r="E567" s="3" t="s">
-        <v>1166</v>
+        <v>1988</v>
       </c>
       <c r="F567" s="3" t="s">
-        <v>1987</v>
+        <v>1989</v>
       </c>
       <c r="G567" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H567" s="4" t="s">
-        <v>1902</v>
+        <v>1990</v>
       </c>
       <c r="I567" s="4"/>
       <c r="J567" s="1"/>
       <c r="K567" s="1"/>
       <c r="L567" s="1"/>
       <c r="M567" s="1"/>
       <c r="N567" s="1"/>
       <c r="O567" s="1"/>
       <c r="P567" s="1"/>
       <c r="Q567" s="1"/>
       <c r="R567" s="1"/>
       <c r="S567" s="1"/>
       <c r="T567" s="1"/>
       <c r="U567" s="1"/>
       <c r="V567" s="1"/>
       <c r="W567" s="1"/>
     </row>
     <row r="568" spans="1:23">
       <c r="A568" s="3">
         <v>566</v>
       </c>
       <c r="B568" s="3" t="s">
-        <v>1988</v>
+        <v>1991</v>
       </c>
       <c r="C568" s="3" t="s">
-        <v>1944</v>
+        <v>1908</v>
       </c>
       <c r="D568" s="3" t="s">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="E568" s="3" t="s">
-        <v>1451</v>
+        <v>1166</v>
       </c>
       <c r="F568" s="3" t="s">
-        <v>1990</v>
+        <v>1993</v>
       </c>
       <c r="G568" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H568" s="4" t="s">
-        <v>1944</v>
+        <v>1908</v>
       </c>
       <c r="I568" s="4"/>
       <c r="J568" s="1"/>
       <c r="K568" s="1"/>
       <c r="L568" s="1"/>
       <c r="M568" s="1"/>
       <c r="N568" s="1"/>
       <c r="O568" s="1"/>
       <c r="P568" s="1"/>
       <c r="Q568" s="1"/>
       <c r="R568" s="1"/>
       <c r="S568" s="1"/>
       <c r="T568" s="1"/>
       <c r="U568" s="1"/>
       <c r="V568" s="1"/>
       <c r="W568" s="1"/>
     </row>
     <row r="569" spans="1:23">
       <c r="A569" s="3">
         <v>567</v>
       </c>
       <c r="B569" s="3" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="C569" s="3" t="s">
-        <v>1992</v>
+        <v>1950</v>
       </c>
       <c r="D569" s="3" t="s">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="E569" s="3" t="s">
-        <v>1994</v>
+        <v>1451</v>
       </c>
       <c r="F569" s="3" t="s">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="G569" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H569" s="4" t="s">
-        <v>1996</v>
+        <v>1950</v>
       </c>
       <c r="I569" s="4"/>
       <c r="J569" s="1"/>
       <c r="K569" s="1"/>
       <c r="L569" s="1"/>
       <c r="M569" s="1"/>
       <c r="N569" s="1"/>
       <c r="O569" s="1"/>
       <c r="P569" s="1"/>
       <c r="Q569" s="1"/>
       <c r="R569" s="1"/>
       <c r="S569" s="1"/>
       <c r="T569" s="1"/>
       <c r="U569" s="1"/>
       <c r="V569" s="1"/>
       <c r="W569" s="1"/>
     </row>
     <row r="570" spans="1:23">
       <c r="A570" s="3">
         <v>568</v>
       </c>
       <c r="B570" s="3" t="s">
         <v>1997</v>
       </c>
       <c r="C570" s="3" t="s">
         <v>1998</v>
       </c>
       <c r="D570" s="3" t="s">
         <v>1999</v>
       </c>
       <c r="E570" s="3" t="s">
         <v>2000</v>
       </c>
       <c r="F570" s="3" t="s">
         <v>2001</v>
       </c>
       <c r="G570" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H570" s="4" t="s">
-        <v>1998</v>
+        <v>2002</v>
       </c>
       <c r="I570" s="4"/>
       <c r="J570" s="1"/>
       <c r="K570" s="1"/>
       <c r="L570" s="1"/>
       <c r="M570" s="1"/>
       <c r="N570" s="1"/>
       <c r="O570" s="1"/>
       <c r="P570" s="1"/>
       <c r="Q570" s="1"/>
       <c r="R570" s="1"/>
       <c r="S570" s="1"/>
       <c r="T570" s="1"/>
       <c r="U570" s="1"/>
       <c r="V570" s="1"/>
       <c r="W570" s="1"/>
     </row>
     <row r="571" spans="1:23">
       <c r="A571" s="3">
         <v>569</v>
       </c>
       <c r="B571" s="3" t="s">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="C571" s="3" t="s">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="D571" s="3" t="s">
+        <v>2005</v>
+      </c>
+      <c r="E571" s="3" t="s">
+        <v>2006</v>
+      </c>
+      <c r="F571" s="3" t="s">
+        <v>2007</v>
+      </c>
+      <c r="G571" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H571" s="4" t="s">
         <v>2004</v>
-      </c>
-[...10 lines deleted...]
-        <v>2003</v>
       </c>
       <c r="I571" s="4"/>
       <c r="J571" s="1"/>
       <c r="K571" s="1"/>
       <c r="L571" s="1"/>
       <c r="M571" s="1"/>
       <c r="N571" s="1"/>
       <c r="O571" s="1"/>
       <c r="P571" s="1"/>
       <c r="Q571" s="1"/>
       <c r="R571" s="1"/>
       <c r="S571" s="1"/>
       <c r="T571" s="1"/>
       <c r="U571" s="1"/>
       <c r="V571" s="1"/>
       <c r="W571" s="1"/>
     </row>
     <row r="572" spans="1:23">
       <c r="A572" s="3">
         <v>570</v>
       </c>
       <c r="B572" s="3" t="s">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="C572" s="3" t="s">
-        <v>1902</v>
+        <v>2009</v>
       </c>
       <c r="D572" s="3" t="s">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="E572" s="3" t="s">
         <v>1303</v>
       </c>
       <c r="F572" s="3" t="s">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="G572" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H572" s="4" t="s">
-        <v>1902</v>
+        <v>2009</v>
       </c>
       <c r="I572" s="4"/>
       <c r="J572" s="1"/>
       <c r="K572" s="1"/>
       <c r="L572" s="1"/>
       <c r="M572" s="1"/>
       <c r="N572" s="1"/>
       <c r="O572" s="1"/>
       <c r="P572" s="1"/>
       <c r="Q572" s="1"/>
       <c r="R572" s="1"/>
       <c r="S572" s="1"/>
       <c r="T572" s="1"/>
       <c r="U572" s="1"/>
       <c r="V572" s="1"/>
       <c r="W572" s="1"/>
     </row>
     <row r="573" spans="1:23">
       <c r="A573" s="3">
         <v>571</v>
       </c>
       <c r="B573" s="3" t="s">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="C573" s="3" t="s">
-        <v>1902</v>
+        <v>1908</v>
       </c>
       <c r="D573" s="3" t="s">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="E573" s="3" t="s">
-        <v>1485</v>
+        <v>1303</v>
       </c>
       <c r="F573" s="3" t="s">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="G573" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H573" s="4" t="s">
-        <v>1902</v>
+        <v>1908</v>
       </c>
       <c r="I573" s="4"/>
       <c r="J573" s="1"/>
       <c r="K573" s="1"/>
       <c r="L573" s="1"/>
       <c r="M573" s="1"/>
       <c r="N573" s="1"/>
       <c r="O573" s="1"/>
       <c r="P573" s="1"/>
       <c r="Q573" s="1"/>
       <c r="R573" s="1"/>
       <c r="S573" s="1"/>
       <c r="T573" s="1"/>
       <c r="U573" s="1"/>
       <c r="V573" s="1"/>
       <c r="W573" s="1"/>
     </row>
     <row r="574" spans="1:23">
       <c r="A574" s="3">
         <v>572</v>
       </c>
       <c r="B574" s="3" t="s">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="C574" s="3" t="s">
-        <v>2013</v>
+        <v>1908</v>
       </c>
       <c r="D574" s="3" t="s">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="E574" s="3" t="s">
-        <v>1303</v>
+        <v>1485</v>
       </c>
       <c r="F574" s="3" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G574" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H574" s="4" t="s">
-        <v>2013</v>
+        <v>1908</v>
       </c>
       <c r="I574" s="4"/>
       <c r="J574" s="1"/>
       <c r="K574" s="1"/>
       <c r="L574" s="1"/>
       <c r="M574" s="1"/>
       <c r="N574" s="1"/>
       <c r="O574" s="1"/>
       <c r="P574" s="1"/>
       <c r="Q574" s="1"/>
       <c r="R574" s="1"/>
       <c r="S574" s="1"/>
       <c r="T574" s="1"/>
       <c r="U574" s="1"/>
       <c r="V574" s="1"/>
       <c r="W574" s="1"/>
     </row>
     <row r="575" spans="1:23">
       <c r="A575" s="3">
         <v>573</v>
       </c>
       <c r="B575" s="3" t="s">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C575" s="3" t="s">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="D575" s="3" t="s">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="E575" s="3" t="s">
         <v>1303</v>
       </c>
       <c r="F575" s="3" t="s">
+        <v>2021</v>
+      </c>
+      <c r="G575" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H575" s="4" t="s">
         <v>2019</v>
-      </c>
-[...4 lines deleted...]
-        <v>2017</v>
       </c>
       <c r="I575" s="4"/>
       <c r="J575" s="1"/>
       <c r="K575" s="1"/>
       <c r="L575" s="1"/>
       <c r="M575" s="1"/>
       <c r="N575" s="1"/>
       <c r="O575" s="1"/>
       <c r="P575" s="1"/>
       <c r="Q575" s="1"/>
       <c r="R575" s="1"/>
       <c r="S575" s="1"/>
       <c r="T575" s="1"/>
       <c r="U575" s="1"/>
       <c r="V575" s="1"/>
       <c r="W575" s="1"/>
     </row>
     <row r="576" spans="1:23">
       <c r="A576" s="3">
         <v>574</v>
       </c>
       <c r="B576" s="3" t="s">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="C576" s="3" t="s">
-        <v>1885</v>
+        <v>2023</v>
       </c>
       <c r="D576" s="3" t="s">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="E576" s="3" t="s">
-        <v>1451</v>
+        <v>1303</v>
       </c>
       <c r="F576" s="3" t="s">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="G576" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H576" s="4" t="s">
-        <v>1885</v>
+        <v>2023</v>
       </c>
       <c r="I576" s="4"/>
       <c r="J576" s="1"/>
       <c r="K576" s="1"/>
       <c r="L576" s="1"/>
       <c r="M576" s="1"/>
       <c r="N576" s="1"/>
       <c r="O576" s="1"/>
       <c r="P576" s="1"/>
       <c r="Q576" s="1"/>
       <c r="R576" s="1"/>
       <c r="S576" s="1"/>
       <c r="T576" s="1"/>
       <c r="U576" s="1"/>
       <c r="V576" s="1"/>
       <c r="W576" s="1"/>
     </row>
     <row r="577" spans="1:23">
       <c r="A577" s="3">
         <v>575</v>
       </c>
       <c r="B577" s="3" t="s">
-        <v>2023</v>
+        <v>2026</v>
       </c>
       <c r="C577" s="3" t="s">
-        <v>2024</v>
+        <v>1891</v>
       </c>
       <c r="D577" s="3" t="s">
-        <v>2025</v>
+        <v>2027</v>
       </c>
       <c r="E577" s="3" t="s">
-        <v>1303</v>
+        <v>1451</v>
       </c>
       <c r="F577" s="3" t="s">
-        <v>2026</v>
+        <v>2028</v>
       </c>
       <c r="G577" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H577" s="4" t="s">
-        <v>2024</v>
+        <v>1891</v>
       </c>
       <c r="I577" s="4"/>
       <c r="J577" s="1"/>
       <c r="K577" s="1"/>
       <c r="L577" s="1"/>
       <c r="M577" s="1"/>
       <c r="N577" s="1"/>
       <c r="O577" s="1"/>
       <c r="P577" s="1"/>
       <c r="Q577" s="1"/>
       <c r="R577" s="1"/>
       <c r="S577" s="1"/>
       <c r="T577" s="1"/>
       <c r="U577" s="1"/>
       <c r="V577" s="1"/>
       <c r="W577" s="1"/>
     </row>
     <row r="578" spans="1:23">
       <c r="A578" s="3">
         <v>576</v>
       </c>
       <c r="B578" s="3" t="s">
-        <v>2027</v>
+        <v>2029</v>
       </c>
       <c r="C578" s="3" t="s">
-        <v>2028</v>
+        <v>2030</v>
       </c>
       <c r="D578" s="3" t="s">
-        <v>2029</v>
+        <v>2031</v>
       </c>
       <c r="E578" s="3" t="s">
-        <v>1166</v>
+        <v>1303</v>
       </c>
       <c r="F578" s="3" t="s">
+        <v>2032</v>
+      </c>
+      <c r="G578" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H578" s="4" t="s">
         <v>2030</v>
-      </c>
-[...4 lines deleted...]
-        <v>2028</v>
       </c>
       <c r="I578" s="4"/>
       <c r="J578" s="1"/>
       <c r="K578" s="1"/>
       <c r="L578" s="1"/>
       <c r="M578" s="1"/>
       <c r="N578" s="1"/>
       <c r="O578" s="1"/>
       <c r="P578" s="1"/>
       <c r="Q578" s="1"/>
       <c r="R578" s="1"/>
       <c r="S578" s="1"/>
       <c r="T578" s="1"/>
       <c r="U578" s="1"/>
       <c r="V578" s="1"/>
       <c r="W578" s="1"/>
     </row>
     <row r="579" spans="1:23">
       <c r="A579" s="3">
         <v>577</v>
       </c>
       <c r="B579" s="3" t="s">
-        <v>2031</v>
+        <v>2033</v>
       </c>
       <c r="C579" s="3" t="s">
-        <v>2032</v>
+        <v>2034</v>
       </c>
       <c r="D579" s="3" t="s">
-        <v>2033</v>
+        <v>2035</v>
       </c>
       <c r="E579" s="3" t="s">
         <v>1166</v>
       </c>
       <c r="F579" s="3" t="s">
+        <v>2036</v>
+      </c>
+      <c r="G579" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H579" s="4" t="s">
         <v>2034</v>
-      </c>
-[...4 lines deleted...]
-        <v>2032</v>
       </c>
       <c r="I579" s="4"/>
       <c r="J579" s="1"/>
       <c r="K579" s="1"/>
       <c r="L579" s="1"/>
       <c r="M579" s="1"/>
       <c r="N579" s="1"/>
       <c r="O579" s="1"/>
       <c r="P579" s="1"/>
       <c r="Q579" s="1"/>
       <c r="R579" s="1"/>
       <c r="S579" s="1"/>
       <c r="T579" s="1"/>
       <c r="U579" s="1"/>
       <c r="V579" s="1"/>
       <c r="W579" s="1"/>
     </row>
     <row r="580" spans="1:23">
       <c r="A580" s="3">
         <v>578</v>
       </c>
       <c r="B580" s="3" t="s">
-        <v>2035</v>
+        <v>2037</v>
       </c>
       <c r="C580" s="3" t="s">
-        <v>2036</v>
+        <v>2038</v>
       </c>
       <c r="D580" s="3" t="s">
-        <v>2037</v>
+        <v>2039</v>
       </c>
       <c r="E580" s="3" t="s">
-        <v>2000</v>
+        <v>1166</v>
       </c>
       <c r="F580" s="3" t="s">
+        <v>2040</v>
+      </c>
+      <c r="G580" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H580" s="4" t="s">
         <v>2038</v>
-      </c>
-[...4 lines deleted...]
-        <v>2036</v>
       </c>
       <c r="I580" s="4"/>
       <c r="J580" s="1"/>
       <c r="K580" s="1"/>
       <c r="L580" s="1"/>
       <c r="M580" s="1"/>
       <c r="N580" s="1"/>
       <c r="O580" s="1"/>
       <c r="P580" s="1"/>
       <c r="Q580" s="1"/>
       <c r="R580" s="1"/>
       <c r="S580" s="1"/>
       <c r="T580" s="1"/>
       <c r="U580" s="1"/>
       <c r="V580" s="1"/>
       <c r="W580" s="1"/>
     </row>
     <row r="581" spans="1:23">
       <c r="A581" s="3">
         <v>579</v>
       </c>
       <c r="B581" s="3" t="s">
-        <v>2039</v>
+        <v>2041</v>
       </c>
       <c r="C581" s="3" t="s">
-        <v>1841</v>
+        <v>2042</v>
       </c>
       <c r="D581" s="3" t="s">
-        <v>2040</v>
+        <v>2043</v>
       </c>
       <c r="E581" s="3" t="s">
-        <v>1303</v>
+        <v>2006</v>
       </c>
       <c r="F581" s="3" t="s">
-        <v>2041</v>
+        <v>2044</v>
       </c>
       <c r="G581" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H581" s="4" t="s">
-        <v>1841</v>
+        <v>2042</v>
       </c>
       <c r="I581" s="4"/>
       <c r="J581" s="1"/>
       <c r="K581" s="1"/>
       <c r="L581" s="1"/>
       <c r="M581" s="1"/>
       <c r="N581" s="1"/>
       <c r="O581" s="1"/>
       <c r="P581" s="1"/>
       <c r="Q581" s="1"/>
       <c r="R581" s="1"/>
       <c r="S581" s="1"/>
       <c r="T581" s="1"/>
       <c r="U581" s="1"/>
       <c r="V581" s="1"/>
       <c r="W581" s="1"/>
     </row>
     <row r="582" spans="1:23">
       <c r="A582" s="3">
         <v>580</v>
       </c>
       <c r="B582" s="3" t="s">
-        <v>2042</v>
+        <v>2045</v>
       </c>
       <c r="C582" s="3" t="s">
-        <v>1936</v>
+        <v>1847</v>
       </c>
       <c r="D582" s="3" t="s">
-        <v>2043</v>
+        <v>2046</v>
       </c>
       <c r="E582" s="3" t="s">
-        <v>1166</v>
+        <v>1303</v>
       </c>
       <c r="F582" s="3" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="G582" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H582" s="4" t="s">
-        <v>1936</v>
+        <v>1847</v>
       </c>
       <c r="I582" s="4"/>
       <c r="J582" s="1"/>
       <c r="K582" s="1"/>
       <c r="L582" s="1"/>
       <c r="M582" s="1"/>
       <c r="N582" s="1"/>
       <c r="O582" s="1"/>
       <c r="P582" s="1"/>
       <c r="Q582" s="1"/>
       <c r="R582" s="1"/>
       <c r="S582" s="1"/>
       <c r="T582" s="1"/>
       <c r="U582" s="1"/>
       <c r="V582" s="1"/>
       <c r="W582" s="1"/>
     </row>
     <row r="583" spans="1:23">
       <c r="A583" s="3">
         <v>581</v>
       </c>
       <c r="B583" s="3" t="s">
-        <v>2045</v>
+        <v>2048</v>
       </c>
       <c r="C583" s="3" t="s">
-        <v>2046</v>
+        <v>1942</v>
       </c>
       <c r="D583" s="3" t="s">
-        <v>2047</v>
+        <v>2049</v>
       </c>
       <c r="E583" s="3" t="s">
-        <v>1713</v>
+        <v>1166</v>
       </c>
       <c r="F583" s="3" t="s">
-        <v>2048</v>
+        <v>2050</v>
       </c>
       <c r="G583" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H583" s="4" t="s">
-        <v>2046</v>
+        <v>1942</v>
       </c>
       <c r="I583" s="4"/>
       <c r="J583" s="1"/>
       <c r="K583" s="1"/>
       <c r="L583" s="1"/>
       <c r="M583" s="1"/>
       <c r="N583" s="1"/>
       <c r="O583" s="1"/>
       <c r="P583" s="1"/>
       <c r="Q583" s="1"/>
       <c r="R583" s="1"/>
       <c r="S583" s="1"/>
       <c r="T583" s="1"/>
       <c r="U583" s="1"/>
       <c r="V583" s="1"/>
       <c r="W583" s="1"/>
     </row>
     <row r="584" spans="1:23">
       <c r="A584" s="3">
         <v>582</v>
       </c>
       <c r="B584" s="3" t="s">
-        <v>2049</v>
+        <v>2051</v>
       </c>
       <c r="C584" s="3" t="s">
-        <v>2050</v>
+        <v>2052</v>
       </c>
       <c r="D584" s="3" t="s">
-        <v>2051</v>
+        <v>2053</v>
       </c>
       <c r="E584" s="3" t="s">
-        <v>1166</v>
+        <v>1719</v>
       </c>
       <c r="F584" s="3" t="s">
+        <v>2054</v>
+      </c>
+      <c r="G584" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H584" s="4" t="s">
         <v>2052</v>
-      </c>
-[...4 lines deleted...]
-        <v>2050</v>
       </c>
       <c r="I584" s="4"/>
       <c r="J584" s="1"/>
       <c r="K584" s="1"/>
       <c r="L584" s="1"/>
       <c r="M584" s="1"/>
       <c r="N584" s="1"/>
       <c r="O584" s="1"/>
       <c r="P584" s="1"/>
       <c r="Q584" s="1"/>
       <c r="R584" s="1"/>
       <c r="S584" s="1"/>
       <c r="T584" s="1"/>
       <c r="U584" s="1"/>
       <c r="V584" s="1"/>
       <c r="W584" s="1"/>
     </row>
     <row r="585" spans="1:23">
       <c r="A585" s="3">
         <v>583</v>
       </c>
       <c r="B585" s="3" t="s">
-        <v>2053</v>
+        <v>2055</v>
       </c>
       <c r="C585" s="3" t="s">
-        <v>2054</v>
+        <v>2056</v>
       </c>
       <c r="D585" s="3" t="s">
-        <v>2055</v>
+        <v>2057</v>
       </c>
       <c r="E585" s="3" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F585" s="3" t="s">
+        <v>2058</v>
+      </c>
+      <c r="G585" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H585" s="4" t="s">
         <v>2056</v>
-      </c>
-[...7 lines deleted...]
-        <v>2058</v>
       </c>
       <c r="I585" s="4"/>
       <c r="J585" s="1"/>
       <c r="K585" s="1"/>
       <c r="L585" s="1"/>
       <c r="M585" s="1"/>
       <c r="N585" s="1"/>
       <c r="O585" s="1"/>
       <c r="P585" s="1"/>
       <c r="Q585" s="1"/>
       <c r="R585" s="1"/>
       <c r="S585" s="1"/>
       <c r="T585" s="1"/>
       <c r="U585" s="1"/>
       <c r="V585" s="1"/>
       <c r="W585" s="1"/>
     </row>
     <row r="586" spans="1:23">
       <c r="A586" s="3">
         <v>584</v>
       </c>
       <c r="B586" s="3" t="s">
         <v>2059</v>
       </c>
       <c r="C586" s="3" t="s">
         <v>2060</v>
       </c>
       <c r="D586" s="3" t="s">
         <v>2061</v>
       </c>
       <c r="E586" s="3" t="s">
-        <v>1713</v>
+        <v>2062</v>
       </c>
       <c r="F586" s="3" t="s">
-        <v>2062</v>
+        <v>2063</v>
       </c>
       <c r="G586" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H586" s="4" t="s">
-        <v>2063</v>
+        <v>2064</v>
       </c>
       <c r="I586" s="4"/>
       <c r="J586" s="1"/>
       <c r="K586" s="1"/>
       <c r="L586" s="1"/>
       <c r="M586" s="1"/>
       <c r="N586" s="1"/>
       <c r="O586" s="1"/>
       <c r="P586" s="1"/>
       <c r="Q586" s="1"/>
       <c r="R586" s="1"/>
       <c r="S586" s="1"/>
       <c r="T586" s="1"/>
       <c r="U586" s="1"/>
       <c r="V586" s="1"/>
       <c r="W586" s="1"/>
     </row>
     <row r="587" spans="1:23">
       <c r="A587" s="3">
         <v>585</v>
       </c>
       <c r="B587" s="3" t="s">
-        <v>2064</v>
+        <v>2065</v>
       </c>
       <c r="C587" s="3" t="s">
-        <v>2065</v>
+        <v>2066</v>
       </c>
       <c r="D587" s="3" t="s">
-        <v>2066</v>
+        <v>2067</v>
       </c>
       <c r="E587" s="3" t="s">
-        <v>1166</v>
+        <v>1719</v>
       </c>
       <c r="F587" s="3" t="s">
-        <v>2067</v>
+        <v>2068</v>
       </c>
       <c r="G587" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H587" s="4" t="s">
-        <v>2065</v>
+        <v>2069</v>
       </c>
       <c r="I587" s="4"/>
       <c r="J587" s="1"/>
       <c r="K587" s="1"/>
       <c r="L587" s="1"/>
       <c r="M587" s="1"/>
       <c r="N587" s="1"/>
       <c r="O587" s="1"/>
       <c r="P587" s="1"/>
       <c r="Q587" s="1"/>
       <c r="R587" s="1"/>
       <c r="S587" s="1"/>
       <c r="T587" s="1"/>
       <c r="U587" s="1"/>
       <c r="V587" s="1"/>
       <c r="W587" s="1"/>
     </row>
     <row r="588" spans="1:23">
       <c r="A588" s="3">
         <v>586</v>
       </c>
       <c r="B588" s="3" t="s">
-        <v>2068</v>
+        <v>2070</v>
       </c>
       <c r="C588" s="3" t="s">
-        <v>2069</v>
+        <v>2071</v>
       </c>
       <c r="D588" s="3" t="s">
-        <v>2070</v>
+        <v>2072</v>
       </c>
       <c r="E588" s="3" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F588" s="3" t="s">
+        <v>2073</v>
+      </c>
+      <c r="G588" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H588" s="4" t="s">
         <v>2071</v>
-      </c>
-[...7 lines deleted...]
-        <v>1951</v>
       </c>
       <c r="I588" s="4"/>
       <c r="J588" s="1"/>
       <c r="K588" s="1"/>
       <c r="L588" s="1"/>
       <c r="M588" s="1"/>
       <c r="N588" s="1"/>
       <c r="O588" s="1"/>
       <c r="P588" s="1"/>
       <c r="Q588" s="1"/>
       <c r="R588" s="1"/>
       <c r="S588" s="1"/>
       <c r="T588" s="1"/>
       <c r="U588" s="1"/>
       <c r="V588" s="1"/>
       <c r="W588" s="1"/>
     </row>
     <row r="589" spans="1:23">
       <c r="A589" s="3">
         <v>587</v>
       </c>
       <c r="B589" s="3" t="s">
-        <v>2073</v>
+        <v>2074</v>
       </c>
       <c r="C589" s="3" t="s">
-        <v>2074</v>
+        <v>2075</v>
       </c>
       <c r="D589" s="3" t="s">
-        <v>2075</v>
+        <v>2076</v>
       </c>
       <c r="E589" s="3" t="s">
-        <v>1166</v>
+        <v>2077</v>
       </c>
       <c r="F589" s="3" t="s">
-        <v>2076</v>
+        <v>2078</v>
       </c>
       <c r="G589" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H589" s="4" t="s">
-        <v>2074</v>
+        <v>1957</v>
       </c>
       <c r="I589" s="4"/>
       <c r="J589" s="1"/>
       <c r="K589" s="1"/>
       <c r="L589" s="1"/>
       <c r="M589" s="1"/>
       <c r="N589" s="1"/>
       <c r="O589" s="1"/>
       <c r="P589" s="1"/>
       <c r="Q589" s="1"/>
       <c r="R589" s="1"/>
       <c r="S589" s="1"/>
       <c r="T589" s="1"/>
       <c r="U589" s="1"/>
       <c r="V589" s="1"/>
       <c r="W589" s="1"/>
     </row>
     <row r="590" spans="1:23">
       <c r="A590" s="3">
         <v>588</v>
       </c>
       <c r="B590" s="3" t="s">
-        <v>2077</v>
+        <v>2079</v>
       </c>
       <c r="C590" s="3" t="s">
-        <v>2078</v>
+        <v>2080</v>
       </c>
       <c r="D590" s="3" t="s">
-        <v>2079</v>
+        <v>2081</v>
       </c>
       <c r="E590" s="3" t="s">
         <v>1166</v>
       </c>
       <c r="F590" s="3" t="s">
+        <v>2082</v>
+      </c>
+      <c r="G590" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H590" s="4" t="s">
         <v>2080</v>
-      </c>
-[...4 lines deleted...]
-        <v>2078</v>
       </c>
       <c r="I590" s="4"/>
       <c r="J590" s="1"/>
       <c r="K590" s="1"/>
       <c r="L590" s="1"/>
       <c r="M590" s="1"/>
       <c r="N590" s="1"/>
       <c r="O590" s="1"/>
       <c r="P590" s="1"/>
       <c r="Q590" s="1"/>
       <c r="R590" s="1"/>
       <c r="S590" s="1"/>
       <c r="T590" s="1"/>
       <c r="U590" s="1"/>
       <c r="V590" s="1"/>
       <c r="W590" s="1"/>
     </row>
     <row r="591" spans="1:23">
       <c r="A591" s="3">
         <v>589</v>
       </c>
       <c r="B591" s="3" t="s">
-        <v>2081</v>
+        <v>2083</v>
       </c>
       <c r="C591" s="3" t="s">
-        <v>2082</v>
+        <v>2084</v>
       </c>
       <c r="D591" s="3" t="s">
-        <v>2083</v>
+        <v>2085</v>
       </c>
       <c r="E591" s="3" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F591" s="3" t="s">
+        <v>2086</v>
+      </c>
+      <c r="G591" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H591" s="4" t="s">
         <v>2084</v>
-      </c>
-[...7 lines deleted...]
-        <v>2086</v>
       </c>
       <c r="I591" s="4"/>
       <c r="J591" s="1"/>
       <c r="K591" s="1"/>
       <c r="L591" s="1"/>
       <c r="M591" s="1"/>
       <c r="N591" s="1"/>
       <c r="O591" s="1"/>
       <c r="P591" s="1"/>
       <c r="Q591" s="1"/>
       <c r="R591" s="1"/>
       <c r="S591" s="1"/>
       <c r="T591" s="1"/>
       <c r="U591" s="1"/>
       <c r="V591" s="1"/>
       <c r="W591" s="1"/>
     </row>
     <row r="592" spans="1:23">
       <c r="A592" s="3">
         <v>590</v>
       </c>
       <c r="B592" s="3" t="s">
         <v>2087</v>
       </c>
       <c r="C592" s="3" t="s">
         <v>2088</v>
       </c>
       <c r="D592" s="3" t="s">
         <v>2089</v>
       </c>
       <c r="E592" s="3" t="s">
-        <v>2000</v>
+        <v>2090</v>
       </c>
       <c r="F592" s="3" t="s">
-        <v>2090</v>
+        <v>2091</v>
       </c>
       <c r="G592" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H592" s="4" t="s">
-        <v>2088</v>
+        <v>2092</v>
       </c>
       <c r="I592" s="4"/>
       <c r="J592" s="1"/>
       <c r="K592" s="1"/>
       <c r="L592" s="1"/>
       <c r="M592" s="1"/>
       <c r="N592" s="1"/>
       <c r="O592" s="1"/>
       <c r="P592" s="1"/>
       <c r="Q592" s="1"/>
       <c r="R592" s="1"/>
       <c r="S592" s="1"/>
       <c r="T592" s="1"/>
       <c r="U592" s="1"/>
       <c r="V592" s="1"/>
       <c r="W592" s="1"/>
     </row>
     <row r="593" spans="1:23">
       <c r="A593" s="3">
         <v>591</v>
       </c>
       <c r="B593" s="3" t="s">
-        <v>2091</v>
+        <v>2093</v>
       </c>
       <c r="C593" s="3" t="s">
-        <v>2092</v>
+        <v>2094</v>
       </c>
       <c r="D593" s="3" t="s">
-        <v>2093</v>
+        <v>2095</v>
       </c>
       <c r="E593" s="3" t="s">
-        <v>1303</v>
+        <v>2006</v>
       </c>
       <c r="F593" s="3" t="s">
+        <v>2096</v>
+      </c>
+      <c r="G593" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H593" s="4" t="s">
         <v>2094</v>
-      </c>
-[...4 lines deleted...]
-        <v>2092</v>
       </c>
       <c r="I593" s="4"/>
       <c r="J593" s="1"/>
       <c r="K593" s="1"/>
       <c r="L593" s="1"/>
       <c r="M593" s="1"/>
       <c r="N593" s="1"/>
       <c r="O593" s="1"/>
       <c r="P593" s="1"/>
       <c r="Q593" s="1"/>
       <c r="R593" s="1"/>
       <c r="S593" s="1"/>
       <c r="T593" s="1"/>
       <c r="U593" s="1"/>
       <c r="V593" s="1"/>
       <c r="W593" s="1"/>
     </row>
     <row r="594" spans="1:23">
       <c r="A594" s="3">
         <v>592</v>
       </c>
       <c r="B594" s="3" t="s">
-        <v>2095</v>
+        <v>2097</v>
       </c>
       <c r="C594" s="3" t="s">
-        <v>1973</v>
+        <v>2098</v>
       </c>
       <c r="D594" s="3" t="s">
-        <v>2096</v>
+        <v>2099</v>
       </c>
       <c r="E594" s="3" t="s">
-        <v>1166</v>
+        <v>1303</v>
       </c>
       <c r="F594" s="3" t="s">
-        <v>2097</v>
+        <v>2100</v>
       </c>
       <c r="G594" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H594" s="4" t="s">
         <v>2098</v>
       </c>
       <c r="I594" s="4"/>
       <c r="J594" s="1"/>
       <c r="K594" s="1"/>
       <c r="L594" s="1"/>
       <c r="M594" s="1"/>
       <c r="N594" s="1"/>
       <c r="O594" s="1"/>
       <c r="P594" s="1"/>
       <c r="Q594" s="1"/>
       <c r="R594" s="1"/>
       <c r="S594" s="1"/>
       <c r="T594" s="1"/>
       <c r="U594" s="1"/>
       <c r="V594" s="1"/>
       <c r="W594" s="1"/>
     </row>
     <row r="595" spans="1:23">
       <c r="A595" s="3">
         <v>593</v>
       </c>
       <c r="B595" s="3" t="s">
-        <v>2099</v>
+        <v>2101</v>
       </c>
       <c r="C595" s="3" t="s">
-        <v>2017</v>
+        <v>1979</v>
       </c>
       <c r="D595" s="3" t="s">
-        <v>2100</v>
+        <v>2102</v>
       </c>
       <c r="E595" s="3" t="s">
-        <v>1303</v>
+        <v>1166</v>
       </c>
       <c r="F595" s="3" t="s">
-        <v>2101</v>
+        <v>2103</v>
       </c>
       <c r="G595" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H595" s="4" t="s">
-        <v>2017</v>
+        <v>2104</v>
       </c>
       <c r="I595" s="4"/>
       <c r="J595" s="1"/>
       <c r="K595" s="1"/>
       <c r="L595" s="1"/>
       <c r="M595" s="1"/>
       <c r="N595" s="1"/>
       <c r="O595" s="1"/>
       <c r="P595" s="1"/>
       <c r="Q595" s="1"/>
       <c r="R595" s="1"/>
       <c r="S595" s="1"/>
       <c r="T595" s="1"/>
       <c r="U595" s="1"/>
       <c r="V595" s="1"/>
       <c r="W595" s="1"/>
     </row>
     <row r="596" spans="1:23">
       <c r="A596" s="3">
         <v>594</v>
       </c>
       <c r="B596" s="3" t="s">
-        <v>2102</v>
+        <v>2105</v>
       </c>
       <c r="C596" s="3" t="s">
-        <v>2103</v>
+        <v>2023</v>
       </c>
       <c r="D596" s="3" t="s">
-        <v>2104</v>
+        <v>2106</v>
       </c>
       <c r="E596" s="3" t="s">
-        <v>2105</v>
+        <v>1303</v>
       </c>
       <c r="F596" s="3" t="s">
-        <v>2106</v>
+        <v>2107</v>
       </c>
       <c r="G596" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H596" s="4" t="s">
-        <v>2107</v>
+        <v>2023</v>
       </c>
       <c r="I596" s="4"/>
       <c r="J596" s="1"/>
       <c r="K596" s="1"/>
       <c r="L596" s="1"/>
       <c r="M596" s="1"/>
       <c r="N596" s="1"/>
       <c r="O596" s="1"/>
       <c r="P596" s="1"/>
       <c r="Q596" s="1"/>
       <c r="R596" s="1"/>
       <c r="S596" s="1"/>
       <c r="T596" s="1"/>
       <c r="U596" s="1"/>
       <c r="V596" s="1"/>
       <c r="W596" s="1"/>
     </row>
     <row r="597" spans="1:23">
       <c r="A597" s="3">
         <v>595</v>
       </c>
       <c r="B597" s="3" t="s">
         <v>2108</v>
       </c>
       <c r="C597" s="3" t="s">
-        <v>2069</v>
+        <v>2109</v>
       </c>
       <c r="D597" s="3" t="s">
-        <v>2109</v>
+        <v>2110</v>
       </c>
       <c r="E597" s="3" t="s">
-        <v>2110</v>
+        <v>2111</v>
       </c>
       <c r="F597" s="3" t="s">
-        <v>2111</v>
+        <v>2112</v>
       </c>
       <c r="G597" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H597" s="4" t="s">
-        <v>2069</v>
+        <v>2113</v>
       </c>
       <c r="I597" s="4"/>
       <c r="J597" s="1"/>
       <c r="K597" s="1"/>
       <c r="L597" s="1"/>
       <c r="M597" s="1"/>
       <c r="N597" s="1"/>
       <c r="O597" s="1"/>
       <c r="P597" s="1"/>
       <c r="Q597" s="1"/>
       <c r="R597" s="1"/>
       <c r="S597" s="1"/>
       <c r="T597" s="1"/>
       <c r="U597" s="1"/>
       <c r="V597" s="1"/>
       <c r="W597" s="1"/>
     </row>
     <row r="598" spans="1:23">
       <c r="A598" s="3">
         <v>596</v>
       </c>
       <c r="B598" s="3" t="s">
-        <v>2112</v>
+        <v>2114</v>
       </c>
       <c r="C598" s="3" t="s">
-        <v>2113</v>
+        <v>2075</v>
       </c>
       <c r="D598" s="3" t="s">
-        <v>2114</v>
+        <v>2115</v>
       </c>
       <c r="E598" s="3" t="s">
-        <v>187</v>
+        <v>2116</v>
       </c>
       <c r="F598" s="3" t="s">
-        <v>2115</v>
+        <v>2117</v>
       </c>
       <c r="G598" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H598" s="4" t="s">
-        <v>2113</v>
+        <v>2075</v>
       </c>
       <c r="I598" s="4"/>
       <c r="J598" s="1"/>
       <c r="K598" s="1"/>
       <c r="L598" s="1"/>
       <c r="M598" s="1"/>
       <c r="N598" s="1"/>
       <c r="O598" s="1"/>
       <c r="P598" s="1"/>
       <c r="Q598" s="1"/>
       <c r="R598" s="1"/>
       <c r="S598" s="1"/>
       <c r="T598" s="1"/>
       <c r="U598" s="1"/>
       <c r="V598" s="1"/>
       <c r="W598" s="1"/>
     </row>
     <row r="599" spans="1:23">
       <c r="A599" s="3">
         <v>597</v>
       </c>
       <c r="B599" s="3" t="s">
-        <v>2116</v>
+        <v>2118</v>
       </c>
       <c r="C599" s="3" t="s">
-        <v>2117</v>
+        <v>2119</v>
       </c>
       <c r="D599" s="3" t="s">
-        <v>2118</v>
+        <v>2120</v>
       </c>
       <c r="E599" s="3" t="s">
-        <v>1166</v>
+        <v>187</v>
       </c>
       <c r="F599" s="3" t="s">
+        <v>2121</v>
+      </c>
+      <c r="G599" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H599" s="4" t="s">
         <v>2119</v>
-      </c>
-[...4 lines deleted...]
-        <v>2117</v>
       </c>
       <c r="I599" s="4"/>
       <c r="J599" s="1"/>
       <c r="K599" s="1"/>
       <c r="L599" s="1"/>
       <c r="M599" s="1"/>
       <c r="N599" s="1"/>
       <c r="O599" s="1"/>
       <c r="P599" s="1"/>
       <c r="Q599" s="1"/>
       <c r="R599" s="1"/>
       <c r="S599" s="1"/>
       <c r="T599" s="1"/>
       <c r="U599" s="1"/>
       <c r="V599" s="1"/>
       <c r="W599" s="1"/>
     </row>
     <row r="600" spans="1:23">
       <c r="A600" s="3">
         <v>598</v>
       </c>
       <c r="B600" s="3" t="s">
-        <v>2120</v>
+        <v>2122</v>
       </c>
       <c r="C600" s="3" t="s">
-        <v>1973</v>
+        <v>2123</v>
       </c>
       <c r="D600" s="3" t="s">
-        <v>2121</v>
+        <v>2124</v>
       </c>
       <c r="E600" s="3" t="s">
         <v>1166</v>
       </c>
       <c r="F600" s="3" t="s">
-        <v>2122</v>
+        <v>2125</v>
       </c>
       <c r="G600" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H600" s="4" t="s">
-        <v>1973</v>
+        <v>2123</v>
       </c>
       <c r="I600" s="4"/>
       <c r="J600" s="1"/>
       <c r="K600" s="1"/>
       <c r="L600" s="1"/>
       <c r="M600" s="1"/>
       <c r="N600" s="1"/>
       <c r="O600" s="1"/>
       <c r="P600" s="1"/>
       <c r="Q600" s="1"/>
       <c r="R600" s="1"/>
       <c r="S600" s="1"/>
       <c r="T600" s="1"/>
       <c r="U600" s="1"/>
       <c r="V600" s="1"/>
       <c r="W600" s="1"/>
     </row>
     <row r="601" spans="1:23">
       <c r="A601" s="3">
         <v>599</v>
       </c>
       <c r="B601" s="3" t="s">
-        <v>2123</v>
+        <v>2126</v>
       </c>
       <c r="C601" s="3" t="s">
-        <v>2124</v>
+        <v>1979</v>
       </c>
       <c r="D601" s="3" t="s">
-        <v>2125</v>
+        <v>2127</v>
       </c>
       <c r="E601" s="3" t="s">
-        <v>1303</v>
+        <v>1166</v>
       </c>
       <c r="F601" s="3" t="s">
-        <v>2126</v>
+        <v>2128</v>
       </c>
       <c r="G601" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H601" s="4" t="s">
-        <v>2124</v>
+        <v>1979</v>
       </c>
       <c r="I601" s="4"/>
       <c r="J601" s="1"/>
       <c r="K601" s="1"/>
       <c r="L601" s="1"/>
       <c r="M601" s="1"/>
       <c r="N601" s="1"/>
       <c r="O601" s="1"/>
       <c r="P601" s="1"/>
       <c r="Q601" s="1"/>
       <c r="R601" s="1"/>
       <c r="S601" s="1"/>
       <c r="T601" s="1"/>
       <c r="U601" s="1"/>
       <c r="V601" s="1"/>
       <c r="W601" s="1"/>
     </row>
     <row r="602" spans="1:23">
       <c r="A602" s="3">
         <v>600</v>
       </c>
       <c r="B602" s="3" t="s">
-        <v>2127</v>
+        <v>2129</v>
       </c>
       <c r="C602" s="3" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="D602" s="3" t="s">
-        <v>2129</v>
+        <v>2131</v>
       </c>
       <c r="E602" s="3" t="s">
-        <v>1166</v>
+        <v>1303</v>
       </c>
       <c r="F602" s="3" t="s">
+        <v>2132</v>
+      </c>
+      <c r="G602" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H602" s="4" t="s">
         <v>2130</v>
-      </c>
-[...4 lines deleted...]
-        <v>2128</v>
       </c>
       <c r="I602" s="4"/>
       <c r="J602" s="1"/>
       <c r="K602" s="1"/>
       <c r="L602" s="1"/>
       <c r="M602" s="1"/>
       <c r="N602" s="1"/>
       <c r="O602" s="1"/>
       <c r="P602" s="1"/>
       <c r="Q602" s="1"/>
       <c r="R602" s="1"/>
       <c r="S602" s="1"/>
       <c r="T602" s="1"/>
       <c r="U602" s="1"/>
       <c r="V602" s="1"/>
       <c r="W602" s="1"/>
     </row>
     <row r="603" spans="1:23">
       <c r="A603" s="3">
         <v>601</v>
       </c>
       <c r="B603" s="3" t="s">
-        <v>2131</v>
+        <v>2133</v>
       </c>
       <c r="C603" s="3" t="s">
-        <v>2132</v>
+        <v>2134</v>
       </c>
       <c r="D603" s="3" t="s">
-        <v>2133</v>
+        <v>2135</v>
       </c>
       <c r="E603" s="3" t="s">
-        <v>1303</v>
+        <v>1166</v>
       </c>
       <c r="F603" s="3" t="s">
+        <v>2136</v>
+      </c>
+      <c r="G603" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H603" s="4" t="s">
         <v>2134</v>
-      </c>
-[...4 lines deleted...]
-        <v>2132</v>
       </c>
       <c r="I603" s="4"/>
       <c r="J603" s="1"/>
       <c r="K603" s="1"/>
       <c r="L603" s="1"/>
       <c r="M603" s="1"/>
       <c r="N603" s="1"/>
       <c r="O603" s="1"/>
       <c r="P603" s="1"/>
       <c r="Q603" s="1"/>
       <c r="R603" s="1"/>
       <c r="S603" s="1"/>
       <c r="T603" s="1"/>
       <c r="U603" s="1"/>
       <c r="V603" s="1"/>
       <c r="W603" s="1"/>
     </row>
     <row r="604" spans="1:23">
       <c r="A604" s="3">
         <v>602</v>
       </c>
       <c r="B604" s="3" t="s">
-        <v>2135</v>
+        <v>2137</v>
       </c>
       <c r="C604" s="3" t="s">
-        <v>1889</v>
+        <v>2138</v>
       </c>
       <c r="D604" s="3" t="s">
-        <v>2136</v>
+        <v>2139</v>
       </c>
       <c r="E604" s="3" t="s">
         <v>1303</v>
       </c>
       <c r="F604" s="3" t="s">
-        <v>2137</v>
+        <v>2140</v>
       </c>
       <c r="G604" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H604" s="4" t="s">
-        <v>1889</v>
+        <v>2138</v>
       </c>
       <c r="I604" s="4"/>
       <c r="J604" s="1"/>
       <c r="K604" s="1"/>
       <c r="L604" s="1"/>
       <c r="M604" s="1"/>
       <c r="N604" s="1"/>
       <c r="O604" s="1"/>
       <c r="P604" s="1"/>
       <c r="Q604" s="1"/>
       <c r="R604" s="1"/>
       <c r="S604" s="1"/>
       <c r="T604" s="1"/>
       <c r="U604" s="1"/>
       <c r="V604" s="1"/>
       <c r="W604" s="1"/>
     </row>
     <row r="605" spans="1:23">
       <c r="A605" s="3">
         <v>603</v>
       </c>
       <c r="B605" s="3" t="s">
-        <v>2138</v>
+        <v>2141</v>
       </c>
       <c r="C605" s="3" t="s">
-        <v>2139</v>
+        <v>1895</v>
       </c>
       <c r="D605" s="3" t="s">
-        <v>2140</v>
+        <v>2142</v>
       </c>
       <c r="E605" s="3" t="s">
         <v>1303</v>
       </c>
       <c r="F605" s="3" t="s">
-        <v>2141</v>
+        <v>2143</v>
       </c>
       <c r="G605" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H605" s="4" t="s">
-        <v>2139</v>
+        <v>1895</v>
       </c>
       <c r="I605" s="4"/>
       <c r="J605" s="1"/>
       <c r="K605" s="1"/>
       <c r="L605" s="1"/>
       <c r="M605" s="1"/>
       <c r="N605" s="1"/>
       <c r="O605" s="1"/>
       <c r="P605" s="1"/>
       <c r="Q605" s="1"/>
       <c r="R605" s="1"/>
       <c r="S605" s="1"/>
       <c r="T605" s="1"/>
       <c r="U605" s="1"/>
       <c r="V605" s="1"/>
       <c r="W605" s="1"/>
     </row>
     <row r="606" spans="1:23">
       <c r="A606" s="3">
         <v>604</v>
       </c>
       <c r="B606" s="3" t="s">
-        <v>2142</v>
+        <v>2144</v>
       </c>
       <c r="C606" s="3" t="s">
-        <v>1860</v>
+        <v>2145</v>
       </c>
       <c r="D606" s="3" t="s">
-        <v>2143</v>
+        <v>2146</v>
       </c>
       <c r="E606" s="3" t="s">
         <v>1303</v>
       </c>
       <c r="F606" s="3" t="s">
-        <v>2144</v>
+        <v>2147</v>
       </c>
       <c r="G606" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H606" s="4" t="s">
-        <v>1860</v>
+        <v>2145</v>
       </c>
       <c r="I606" s="4"/>
       <c r="J606" s="1"/>
       <c r="K606" s="1"/>
       <c r="L606" s="1"/>
       <c r="M606" s="1"/>
       <c r="N606" s="1"/>
       <c r="O606" s="1"/>
       <c r="P606" s="1"/>
       <c r="Q606" s="1"/>
       <c r="R606" s="1"/>
       <c r="S606" s="1"/>
       <c r="T606" s="1"/>
       <c r="U606" s="1"/>
       <c r="V606" s="1"/>
       <c r="W606" s="1"/>
     </row>
     <row r="607" spans="1:23">
       <c r="A607" s="3">
         <v>605</v>
       </c>
       <c r="B607" s="3" t="s">
-        <v>2145</v>
+        <v>2148</v>
       </c>
       <c r="C607" s="3" t="s">
-        <v>2146</v>
+        <v>1866</v>
       </c>
       <c r="D607" s="3" t="s">
-        <v>2147</v>
+        <v>2149</v>
       </c>
       <c r="E607" s="3" t="s">
-        <v>2148</v>
+        <v>1303</v>
       </c>
       <c r="F607" s="3" t="s">
-        <v>2149</v>
+        <v>2150</v>
       </c>
       <c r="G607" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H607" s="4" t="s">
-        <v>2132</v>
+        <v>1866</v>
       </c>
       <c r="I607" s="4"/>
       <c r="J607" s="1"/>
       <c r="K607" s="1"/>
       <c r="L607" s="1"/>
       <c r="M607" s="1"/>
       <c r="N607" s="1"/>
       <c r="O607" s="1"/>
       <c r="P607" s="1"/>
       <c r="Q607" s="1"/>
       <c r="R607" s="1"/>
       <c r="S607" s="1"/>
       <c r="T607" s="1"/>
       <c r="U607" s="1"/>
       <c r="V607" s="1"/>
       <c r="W607" s="1"/>
     </row>
     <row r="608" spans="1:23">
       <c r="A608" s="3">
         <v>606</v>
       </c>
       <c r="B608" s="3" t="s">
-        <v>2150</v>
+        <v>2151</v>
       </c>
       <c r="C608" s="3" t="s">
-        <v>2028</v>
+        <v>2152</v>
       </c>
       <c r="D608" s="3" t="s">
-        <v>2151</v>
+        <v>2153</v>
       </c>
       <c r="E608" s="3" t="s">
-        <v>2152</v>
+        <v>2154</v>
       </c>
       <c r="F608" s="3" t="s">
-        <v>2153</v>
+        <v>2155</v>
       </c>
       <c r="G608" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H608" s="4" t="s">
-        <v>2154</v>
+        <v>2138</v>
       </c>
       <c r="I608" s="4"/>
       <c r="J608" s="1"/>
       <c r="K608" s="1"/>
       <c r="L608" s="1"/>
       <c r="M608" s="1"/>
       <c r="N608" s="1"/>
       <c r="O608" s="1"/>
       <c r="P608" s="1"/>
       <c r="Q608" s="1"/>
       <c r="R608" s="1"/>
       <c r="S608" s="1"/>
       <c r="T608" s="1"/>
       <c r="U608" s="1"/>
       <c r="V608" s="1"/>
       <c r="W608" s="1"/>
     </row>
     <row r="609" spans="1:23">
       <c r="A609" s="3">
         <v>607</v>
       </c>
       <c r="B609" s="3" t="s">
-        <v>2155</v>
+        <v>2156</v>
       </c>
       <c r="C609" s="3" t="s">
-        <v>2156</v>
+        <v>2034</v>
       </c>
       <c r="D609" s="3" t="s">
         <v>2157</v>
       </c>
       <c r="E609" s="3" t="s">
-        <v>1303</v>
+        <v>2158</v>
       </c>
       <c r="F609" s="3" t="s">
-        <v>2158</v>
+        <v>2159</v>
       </c>
       <c r="G609" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H609" s="4" t="s">
-        <v>2156</v>
+        <v>2160</v>
       </c>
       <c r="I609" s="4"/>
       <c r="J609" s="1"/>
       <c r="K609" s="1"/>
       <c r="L609" s="1"/>
       <c r="M609" s="1"/>
       <c r="N609" s="1"/>
       <c r="O609" s="1"/>
       <c r="P609" s="1"/>
       <c r="Q609" s="1"/>
       <c r="R609" s="1"/>
       <c r="S609" s="1"/>
       <c r="T609" s="1"/>
       <c r="U609" s="1"/>
       <c r="V609" s="1"/>
       <c r="W609" s="1"/>
     </row>
     <row r="610" spans="1:23">
       <c r="A610" s="3">
         <v>608</v>
       </c>
       <c r="B610" s="3" t="s">
-        <v>2159</v>
+        <v>2161</v>
       </c>
       <c r="C610" s="3" t="s">
-        <v>2013</v>
+        <v>2162</v>
       </c>
       <c r="D610" s="3" t="s">
-        <v>2160</v>
+        <v>2163</v>
       </c>
       <c r="E610" s="3" t="s">
         <v>1303</v>
       </c>
       <c r="F610" s="3" t="s">
-        <v>2161</v>
+        <v>2164</v>
       </c>
       <c r="G610" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H610" s="4" t="s">
-        <v>2013</v>
+        <v>2162</v>
       </c>
       <c r="I610" s="4"/>
       <c r="J610" s="1"/>
       <c r="K610" s="1"/>
       <c r="L610" s="1"/>
       <c r="M610" s="1"/>
       <c r="N610" s="1"/>
       <c r="O610" s="1"/>
       <c r="P610" s="1"/>
       <c r="Q610" s="1"/>
       <c r="R610" s="1"/>
       <c r="S610" s="1"/>
       <c r="T610" s="1"/>
       <c r="U610" s="1"/>
       <c r="V610" s="1"/>
       <c r="W610" s="1"/>
     </row>
     <row r="611" spans="1:23">
       <c r="A611" s="3">
         <v>609</v>
       </c>
       <c r="B611" s="3" t="s">
-        <v>2162</v>
+        <v>2165</v>
       </c>
       <c r="C611" s="3" t="s">
-        <v>2088</v>
+        <v>2019</v>
       </c>
       <c r="D611" s="3" t="s">
-        <v>2163</v>
+        <v>2166</v>
       </c>
       <c r="E611" s="3" t="s">
         <v>1303</v>
       </c>
       <c r="F611" s="3" t="s">
-        <v>2164</v>
+        <v>2167</v>
       </c>
       <c r="G611" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H611" s="4" t="s">
-        <v>2088</v>
+        <v>2019</v>
       </c>
       <c r="I611" s="4"/>
       <c r="J611" s="1"/>
       <c r="K611" s="1"/>
       <c r="L611" s="1"/>
       <c r="M611" s="1"/>
       <c r="N611" s="1"/>
       <c r="O611" s="1"/>
       <c r="P611" s="1"/>
       <c r="Q611" s="1"/>
       <c r="R611" s="1"/>
       <c r="S611" s="1"/>
       <c r="T611" s="1"/>
       <c r="U611" s="1"/>
       <c r="V611" s="1"/>
       <c r="W611" s="1"/>
     </row>
     <row r="612" spans="1:23">
       <c r="A612" s="3">
         <v>610</v>
       </c>
       <c r="B612" s="3" t="s">
-        <v>2165</v>
+        <v>2168</v>
       </c>
       <c r="C612" s="3" t="s">
-        <v>2166</v>
+        <v>2094</v>
       </c>
       <c r="D612" s="3" t="s">
-        <v>2167</v>
+        <v>2169</v>
       </c>
       <c r="E612" s="3" t="s">
-        <v>2168</v>
+        <v>1303</v>
       </c>
       <c r="F612" s="3" t="s">
-        <v>2169</v>
+        <v>2170</v>
       </c>
       <c r="G612" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H612" s="4" t="s">
-        <v>2166</v>
+        <v>2094</v>
       </c>
       <c r="I612" s="4"/>
       <c r="J612" s="1"/>
       <c r="K612" s="1"/>
       <c r="L612" s="1"/>
       <c r="M612" s="1"/>
       <c r="N612" s="1"/>
       <c r="O612" s="1"/>
       <c r="P612" s="1"/>
       <c r="Q612" s="1"/>
       <c r="R612" s="1"/>
       <c r="S612" s="1"/>
       <c r="T612" s="1"/>
       <c r="U612" s="1"/>
       <c r="V612" s="1"/>
       <c r="W612" s="1"/>
+    </row>
+    <row r="613" spans="1:23">
+      <c r="A613" s="3">
+        <v>611</v>
+      </c>
+      <c r="B613" s="3" t="s">
+        <v>2171</v>
+      </c>
+      <c r="C613" s="3" t="s">
+        <v>2172</v>
+      </c>
+      <c r="D613" s="3" t="s">
+        <v>2173</v>
+      </c>
+      <c r="E613" s="3" t="s">
+        <v>2174</v>
+      </c>
+      <c r="F613" s="3" t="s">
+        <v>2175</v>
+      </c>
+      <c r="G613" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H613" s="4" t="s">
+        <v>2172</v>
+      </c>
+      <c r="I613" s="4"/>
+      <c r="J613" s="1"/>
+      <c r="K613" s="1"/>
+      <c r="L613" s="1"/>
+      <c r="M613" s="1"/>
+      <c r="N613" s="1"/>
+      <c r="O613" s="1"/>
+      <c r="P613" s="1"/>
+      <c r="Q613" s="1"/>
+      <c r="R613" s="1"/>
+      <c r="S613" s="1"/>
+      <c r="T613" s="1"/>
+      <c r="U613" s="1"/>
+      <c r="V613" s="1"/>
+      <c r="W613" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>