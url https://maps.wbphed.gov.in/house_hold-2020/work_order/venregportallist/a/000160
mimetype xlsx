--- v0 (2025-12-07)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="692">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="697">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -1502,54 +1502,69 @@
   <si>
     <t>Request For Approve Vendor Code</t>
   </si>
   <si>
     <t>0000000246</t>
   </si>
   <si>
     <t>2024-05-30</t>
   </si>
   <si>
     <t>REQ/2024/2138</t>
   </si>
   <si>
     <t>2024-05-15</t>
   </si>
   <si>
     <t>VMR/2024/001083</t>
   </si>
   <si>
     <t>Request for vendor registration</t>
   </si>
   <si>
     <t>0000000005</t>
   </si>
   <si>
+    <t>REQ/2024/2175</t>
+  </si>
+  <si>
+    <t>2024-05-16</t>
+  </si>
+  <si>
+    <t>VMR/2024/001098</t>
+  </si>
+  <si>
+    <t>Please accept my request</t>
+  </si>
+  <si>
+    <t>0000000327</t>
+  </si>
+  <si>
+    <t>2025-12-10</t>
+  </si>
+  <si>
     <t>REQ/2024/2176</t>
-  </si>
-[...1 lines deleted...]
-    <t>2024-05-16</t>
   </si>
   <si>
     <t>VMR/2023/001028</t>
   </si>
   <si>
     <t>Vendor registration</t>
   </si>
   <si>
     <t>0000000260</t>
   </si>
   <si>
     <t>REQ/2024/2339</t>
   </si>
   <si>
     <t>2024-05-22</t>
   </si>
   <si>
     <t>VMR/2024/001178</t>
   </si>
   <si>
     <t>0000000196</t>
   </si>
   <si>
     <t>REQ/2024/2511</t>
   </si>
@@ -2487,51 +2502,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W181"/>
+  <dimension ref="A1:W182"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="120.256348" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -8081,133 +8096,133 @@
       <c r="W140" s="1"/>
     </row>
     <row r="141" spans="1:23">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>496</v>
       </c>
       <c r="C141" s="3" t="s">
         <v>497</v>
       </c>
       <c r="D141" s="3" t="s">
         <v>498</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>499</v>
       </c>
       <c r="F141" s="3" t="s">
         <v>500</v>
       </c>
       <c r="G141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H141" s="4" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="I141" s="4"/>
       <c r="J141" s="1"/>
       <c r="K141" s="1"/>
       <c r="L141" s="1"/>
       <c r="M141" s="1"/>
       <c r="N141" s="1"/>
       <c r="O141" s="1"/>
       <c r="P141" s="1"/>
       <c r="Q141" s="1"/>
       <c r="R141" s="1"/>
       <c r="S141" s="1"/>
       <c r="T141" s="1"/>
       <c r="U141" s="1"/>
       <c r="V141" s="1"/>
       <c r="W141" s="1"/>
     </row>
     <row r="142" spans="1:23">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C142" s="3" t="s">
-        <v>502</v>
+        <v>497</v>
       </c>
       <c r="D142" s="3" t="s">
         <v>503</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>468</v>
+        <v>504</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="G142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H142" s="4" t="s">
-        <v>502</v>
+        <v>497</v>
       </c>
       <c r="I142" s="4"/>
       <c r="J142" s="1"/>
       <c r="K142" s="1"/>
       <c r="L142" s="1"/>
       <c r="M142" s="1"/>
       <c r="N142" s="1"/>
       <c r="O142" s="1"/>
       <c r="P142" s="1"/>
       <c r="Q142" s="1"/>
       <c r="R142" s="1"/>
       <c r="S142" s="1"/>
       <c r="T142" s="1"/>
       <c r="U142" s="1"/>
       <c r="V142" s="1"/>
       <c r="W142" s="1"/>
     </row>
     <row r="143" spans="1:23">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C143" s="3" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D143" s="3" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>508</v>
+        <v>468</v>
       </c>
       <c r="F143" s="3" t="s">
         <v>509</v>
       </c>
       <c r="G143" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H143" s="4" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="I143" s="4"/>
       <c r="J143" s="1"/>
       <c r="K143" s="1"/>
       <c r="L143" s="1"/>
       <c r="M143" s="1"/>
       <c r="N143" s="1"/>
       <c r="O143" s="1"/>
       <c r="P143" s="1"/>
       <c r="Q143" s="1"/>
       <c r="R143" s="1"/>
       <c r="S143" s="1"/>
       <c r="T143" s="1"/>
       <c r="U143" s="1"/>
       <c r="V143" s="1"/>
       <c r="W143" s="1"/>
     </row>
     <row r="144" spans="1:23">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>510</v>
       </c>
       <c r="C144" s="3" t="s">
@@ -8230,1554 +8245,1595 @@
       </c>
       <c r="I144" s="4"/>
       <c r="J144" s="1"/>
       <c r="K144" s="1"/>
       <c r="L144" s="1"/>
       <c r="M144" s="1"/>
       <c r="N144" s="1"/>
       <c r="O144" s="1"/>
       <c r="P144" s="1"/>
       <c r="Q144" s="1"/>
       <c r="R144" s="1"/>
       <c r="S144" s="1"/>
       <c r="T144" s="1"/>
       <c r="U144" s="1"/>
       <c r="V144" s="1"/>
       <c r="W144" s="1"/>
     </row>
     <row r="145" spans="1:23">
       <c r="A145" s="3">
         <v>143</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>515</v>
       </c>
       <c r="C145" s="3" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="D145" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="F145" s="3" t="s">
+        <v>519</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H145" s="4" t="s">
         <v>516</v>
-      </c>
-[...10 lines deleted...]
-        <v>511</v>
       </c>
       <c r="I145" s="4"/>
       <c r="J145" s="1"/>
       <c r="K145" s="1"/>
       <c r="L145" s="1"/>
       <c r="M145" s="1"/>
       <c r="N145" s="1"/>
       <c r="O145" s="1"/>
       <c r="P145" s="1"/>
       <c r="Q145" s="1"/>
       <c r="R145" s="1"/>
       <c r="S145" s="1"/>
       <c r="T145" s="1"/>
       <c r="U145" s="1"/>
       <c r="V145" s="1"/>
       <c r="W145" s="1"/>
     </row>
     <row r="146" spans="1:23">
       <c r="A146" s="3">
         <v>144</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C146" s="3" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="D146" s="3" t="s">
         <v>521</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>522</v>
       </c>
       <c r="F146" s="3" t="s">
         <v>523</v>
       </c>
       <c r="G146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H146" s="4" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="I146" s="4"/>
       <c r="J146" s="1"/>
       <c r="K146" s="1"/>
       <c r="L146" s="1"/>
       <c r="M146" s="1"/>
       <c r="N146" s="1"/>
       <c r="O146" s="1"/>
       <c r="P146" s="1"/>
       <c r="Q146" s="1"/>
       <c r="R146" s="1"/>
       <c r="S146" s="1"/>
       <c r="T146" s="1"/>
       <c r="U146" s="1"/>
       <c r="V146" s="1"/>
       <c r="W146" s="1"/>
     </row>
     <row r="147" spans="1:23">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>524</v>
       </c>
       <c r="C147" s="3" t="s">
         <v>525</v>
       </c>
       <c r="D147" s="3" t="s">
         <v>526</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>463</v>
+        <v>527</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="G147" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H147" s="4" t="s">
         <v>525</v>
       </c>
       <c r="I147" s="4"/>
       <c r="J147" s="1"/>
       <c r="K147" s="1"/>
       <c r="L147" s="1"/>
       <c r="M147" s="1"/>
       <c r="N147" s="1"/>
       <c r="O147" s="1"/>
       <c r="P147" s="1"/>
       <c r="Q147" s="1"/>
       <c r="R147" s="1"/>
       <c r="S147" s="1"/>
       <c r="T147" s="1"/>
       <c r="U147" s="1"/>
       <c r="V147" s="1"/>
       <c r="W147" s="1"/>
     </row>
     <row r="148" spans="1:23">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="D148" s="3" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>531</v>
+        <v>463</v>
       </c>
       <c r="F148" s="3" t="s">
         <v>532</v>
       </c>
       <c r="G148" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H148" s="4" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
       <c r="I148" s="4"/>
       <c r="J148" s="1"/>
       <c r="K148" s="1"/>
       <c r="L148" s="1"/>
       <c r="M148" s="1"/>
       <c r="N148" s="1"/>
       <c r="O148" s="1"/>
       <c r="P148" s="1"/>
       <c r="Q148" s="1"/>
       <c r="R148" s="1"/>
       <c r="S148" s="1"/>
       <c r="T148" s="1"/>
       <c r="U148" s="1"/>
       <c r="V148" s="1"/>
       <c r="W148" s="1"/>
     </row>
     <row r="149" spans="1:23">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="C149" s="3" t="s">
         <v>534</v>
       </c>
-      <c r="C149" s="3" t="s">
+      <c r="D149" s="3" t="s">
         <v>535</v>
       </c>
-      <c r="D149" s="3" t="s">
+      <c r="E149" s="3" t="s">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>463</v>
       </c>
       <c r="F149" s="3" t="s">
         <v>537</v>
       </c>
       <c r="G149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H149" s="4" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="I149" s="4"/>
       <c r="J149" s="1"/>
       <c r="K149" s="1"/>
       <c r="L149" s="1"/>
       <c r="M149" s="1"/>
       <c r="N149" s="1"/>
       <c r="O149" s="1"/>
       <c r="P149" s="1"/>
       <c r="Q149" s="1"/>
       <c r="R149" s="1"/>
       <c r="S149" s="1"/>
       <c r="T149" s="1"/>
       <c r="U149" s="1"/>
       <c r="V149" s="1"/>
       <c r="W149" s="1"/>
     </row>
     <row r="150" spans="1:23">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="D150" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="F150" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H150" s="4" t="s">
         <v>540</v>
-      </c>
-[...10 lines deleted...]
-        <v>539</v>
       </c>
       <c r="I150" s="4"/>
       <c r="J150" s="1"/>
       <c r="K150" s="1"/>
       <c r="L150" s="1"/>
       <c r="M150" s="1"/>
       <c r="N150" s="1"/>
       <c r="O150" s="1"/>
       <c r="P150" s="1"/>
       <c r="Q150" s="1"/>
       <c r="R150" s="1"/>
       <c r="S150" s="1"/>
       <c r="T150" s="1"/>
       <c r="U150" s="1"/>
       <c r="V150" s="1"/>
       <c r="W150" s="1"/>
     </row>
     <row r="151" spans="1:23">
       <c r="A151" s="3">
         <v>149</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="C151" s="3" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="D151" s="3" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="E151" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="F151" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H151" s="4" t="s">
         <v>544</v>
-      </c>
-[...7 lines deleted...]
-        <v>542</v>
       </c>
       <c r="I151" s="4"/>
       <c r="J151" s="1"/>
       <c r="K151" s="1"/>
       <c r="L151" s="1"/>
       <c r="M151" s="1"/>
       <c r="N151" s="1"/>
       <c r="O151" s="1"/>
       <c r="P151" s="1"/>
       <c r="Q151" s="1"/>
       <c r="R151" s="1"/>
       <c r="S151" s="1"/>
       <c r="T151" s="1"/>
       <c r="U151" s="1"/>
       <c r="V151" s="1"/>
       <c r="W151" s="1"/>
     </row>
     <row r="152" spans="1:23">
       <c r="A152" s="3">
         <v>150</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>546</v>
       </c>
       <c r="C152" s="3" t="s">
         <v>547</v>
       </c>
       <c r="D152" s="3" t="s">
         <v>548</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>494</v>
+        <v>549</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="G152" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H152" s="4" t="s">
         <v>547</v>
       </c>
       <c r="I152" s="4"/>
       <c r="J152" s="1"/>
       <c r="K152" s="1"/>
       <c r="L152" s="1"/>
       <c r="M152" s="1"/>
       <c r="N152" s="1"/>
       <c r="O152" s="1"/>
       <c r="P152" s="1"/>
       <c r="Q152" s="1"/>
       <c r="R152" s="1"/>
       <c r="S152" s="1"/>
       <c r="T152" s="1"/>
       <c r="U152" s="1"/>
       <c r="V152" s="1"/>
       <c r="W152" s="1"/>
     </row>
     <row r="153" spans="1:23">
       <c r="A153" s="3">
         <v>151</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C153" s="3" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="D153" s="3" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>553</v>
+        <v>494</v>
       </c>
       <c r="F153" s="3" t="s">
         <v>554</v>
       </c>
       <c r="G153" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H153" s="4" t="s">
-        <v>555</v>
+        <v>552</v>
       </c>
       <c r="I153" s="4"/>
       <c r="J153" s="1"/>
       <c r="K153" s="1"/>
       <c r="L153" s="1"/>
       <c r="M153" s="1"/>
       <c r="N153" s="1"/>
       <c r="O153" s="1"/>
       <c r="P153" s="1"/>
       <c r="Q153" s="1"/>
       <c r="R153" s="1"/>
       <c r="S153" s="1"/>
       <c r="T153" s="1"/>
       <c r="U153" s="1"/>
       <c r="V153" s="1"/>
       <c r="W153" s="1"/>
     </row>
     <row r="154" spans="1:23">
       <c r="A154" s="3">
         <v>152</v>
       </c>
       <c r="B154" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="C154" s="3" t="s">
         <v>556</v>
       </c>
-      <c r="C154" s="3" t="s">
+      <c r="D154" s="3" t="s">
         <v>557</v>
       </c>
-      <c r="D154" s="3" t="s">
+      <c r="E154" s="3" t="s">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>488</v>
       </c>
       <c r="F154" s="3" t="s">
         <v>559</v>
       </c>
       <c r="G154" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H154" s="4" t="s">
         <v>560</v>
       </c>
       <c r="I154" s="4"/>
       <c r="J154" s="1"/>
       <c r="K154" s="1"/>
       <c r="L154" s="1"/>
       <c r="M154" s="1"/>
       <c r="N154" s="1"/>
       <c r="O154" s="1"/>
       <c r="P154" s="1"/>
       <c r="Q154" s="1"/>
       <c r="R154" s="1"/>
       <c r="S154" s="1"/>
       <c r="T154" s="1"/>
       <c r="U154" s="1"/>
       <c r="V154" s="1"/>
       <c r="W154" s="1"/>
     </row>
     <row r="155" spans="1:23">
       <c r="A155" s="3">
         <v>153</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>561</v>
       </c>
       <c r="C155" s="3" t="s">
         <v>562</v>
       </c>
       <c r="D155" s="3" t="s">
         <v>563</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>257</v>
+        <v>488</v>
       </c>
       <c r="F155" s="3" t="s">
         <v>564</v>
       </c>
       <c r="G155" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H155" s="4" t="s">
         <v>565</v>
       </c>
       <c r="I155" s="4"/>
       <c r="J155" s="1"/>
       <c r="K155" s="1"/>
       <c r="L155" s="1"/>
       <c r="M155" s="1"/>
       <c r="N155" s="1"/>
       <c r="O155" s="1"/>
       <c r="P155" s="1"/>
       <c r="Q155" s="1"/>
       <c r="R155" s="1"/>
       <c r="S155" s="1"/>
       <c r="T155" s="1"/>
       <c r="U155" s="1"/>
       <c r="V155" s="1"/>
       <c r="W155" s="1"/>
     </row>
     <row r="156" spans="1:23">
       <c r="A156" s="3">
         <v>154</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>566</v>
       </c>
       <c r="C156" s="3" t="s">
-        <v>542</v>
+        <v>567</v>
       </c>
       <c r="D156" s="3" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>468</v>
+        <v>257</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="G156" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H156" s="4" t="s">
-        <v>542</v>
+        <v>570</v>
       </c>
       <c r="I156" s="4"/>
       <c r="J156" s="1"/>
       <c r="K156" s="1"/>
       <c r="L156" s="1"/>
       <c r="M156" s="1"/>
       <c r="N156" s="1"/>
       <c r="O156" s="1"/>
       <c r="P156" s="1"/>
       <c r="Q156" s="1"/>
       <c r="R156" s="1"/>
       <c r="S156" s="1"/>
       <c r="T156" s="1"/>
       <c r="U156" s="1"/>
       <c r="V156" s="1"/>
       <c r="W156" s="1"/>
     </row>
     <row r="157" spans="1:23">
       <c r="A157" s="3">
         <v>155</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="C157" s="3" t="s">
-        <v>466</v>
+        <v>547</v>
       </c>
       <c r="D157" s="3" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>571</v>
+        <v>468</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="G157" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H157" s="4" t="s">
-        <v>477</v>
+        <v>547</v>
       </c>
       <c r="I157" s="4"/>
       <c r="J157" s="1"/>
       <c r="K157" s="1"/>
       <c r="L157" s="1"/>
       <c r="M157" s="1"/>
       <c r="N157" s="1"/>
       <c r="O157" s="1"/>
       <c r="P157" s="1"/>
       <c r="Q157" s="1"/>
       <c r="R157" s="1"/>
       <c r="S157" s="1"/>
       <c r="T157" s="1"/>
       <c r="U157" s="1"/>
       <c r="V157" s="1"/>
       <c r="W157" s="1"/>
     </row>
     <row r="158" spans="1:23">
       <c r="A158" s="3">
         <v>156</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="D158" s="3" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="G158" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H158" s="4" t="s">
-        <v>461</v>
+        <v>477</v>
       </c>
       <c r="I158" s="4"/>
       <c r="J158" s="1"/>
       <c r="K158" s="1"/>
       <c r="L158" s="1"/>
       <c r="M158" s="1"/>
       <c r="N158" s="1"/>
       <c r="O158" s="1"/>
       <c r="P158" s="1"/>
       <c r="Q158" s="1"/>
       <c r="R158" s="1"/>
       <c r="S158" s="1"/>
       <c r="T158" s="1"/>
       <c r="U158" s="1"/>
       <c r="V158" s="1"/>
       <c r="W158" s="1"/>
     </row>
     <row r="159" spans="1:23">
       <c r="A159" s="3">
         <v>157</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C159" s="3" t="s">
-        <v>578</v>
+        <v>461</v>
       </c>
       <c r="D159" s="3" t="s">
         <v>579</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>580</v>
       </c>
       <c r="F159" s="3" t="s">
         <v>581</v>
       </c>
       <c r="G159" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H159" s="4" t="s">
-        <v>582</v>
+        <v>461</v>
       </c>
       <c r="I159" s="4"/>
       <c r="J159" s="1"/>
       <c r="K159" s="1"/>
       <c r="L159" s="1"/>
       <c r="M159" s="1"/>
       <c r="N159" s="1"/>
       <c r="O159" s="1"/>
       <c r="P159" s="1"/>
       <c r="Q159" s="1"/>
       <c r="R159" s="1"/>
       <c r="S159" s="1"/>
       <c r="T159" s="1"/>
       <c r="U159" s="1"/>
       <c r="V159" s="1"/>
       <c r="W159" s="1"/>
     </row>
     <row r="160" spans="1:23">
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
+        <v>582</v>
+      </c>
+      <c r="C160" s="3" t="s">
         <v>583</v>
-      </c>
-[...1 lines deleted...]
-        <v>525</v>
       </c>
       <c r="D160" s="3" t="s">
         <v>584</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>463</v>
+        <v>585</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="G160" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H160" s="4" t="s">
-        <v>525</v>
+        <v>587</v>
       </c>
       <c r="I160" s="4"/>
       <c r="J160" s="1"/>
       <c r="K160" s="1"/>
       <c r="L160" s="1"/>
       <c r="M160" s="1"/>
       <c r="N160" s="1"/>
       <c r="O160" s="1"/>
       <c r="P160" s="1"/>
       <c r="Q160" s="1"/>
       <c r="R160" s="1"/>
       <c r="S160" s="1"/>
       <c r="T160" s="1"/>
       <c r="U160" s="1"/>
       <c r="V160" s="1"/>
       <c r="W160" s="1"/>
     </row>
     <row r="161" spans="1:23">
       <c r="A161" s="3">
         <v>159</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="C161" s="3" t="s">
-        <v>466</v>
+        <v>530</v>
       </c>
       <c r="D161" s="3" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>63</v>
+        <v>463</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="G161" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H161" s="4" t="s">
-        <v>589</v>
+        <v>530</v>
       </c>
       <c r="I161" s="4"/>
       <c r="J161" s="1"/>
       <c r="K161" s="1"/>
       <c r="L161" s="1"/>
       <c r="M161" s="1"/>
       <c r="N161" s="1"/>
       <c r="O161" s="1"/>
       <c r="P161" s="1"/>
       <c r="Q161" s="1"/>
       <c r="R161" s="1"/>
       <c r="S161" s="1"/>
       <c r="T161" s="1"/>
       <c r="U161" s="1"/>
       <c r="V161" s="1"/>
       <c r="W161" s="1"/>
     </row>
     <row r="162" spans="1:23">
       <c r="A162" s="3">
         <v>160</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="C162" s="3" t="s">
-        <v>591</v>
+        <v>466</v>
       </c>
       <c r="D162" s="3" t="s">
         <v>592</v>
       </c>
       <c r="E162" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F162" s="3" t="s">
         <v>593</v>
       </c>
-      <c r="F162" s="3" t="s">
+      <c r="G162" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H162" s="4" t="s">
         <v>594</v>
-      </c>
-[...4 lines deleted...]
-        <v>595</v>
       </c>
       <c r="I162" s="4"/>
       <c r="J162" s="1"/>
       <c r="K162" s="1"/>
       <c r="L162" s="1"/>
       <c r="M162" s="1"/>
       <c r="N162" s="1"/>
       <c r="O162" s="1"/>
       <c r="P162" s="1"/>
       <c r="Q162" s="1"/>
       <c r="R162" s="1"/>
       <c r="S162" s="1"/>
       <c r="T162" s="1"/>
       <c r="U162" s="1"/>
       <c r="V162" s="1"/>
       <c r="W162" s="1"/>
     </row>
     <row r="163" spans="1:23">
       <c r="A163" s="3">
         <v>161</v>
       </c>
       <c r="B163" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="C163" s="3" t="s">
         <v>596</v>
       </c>
-      <c r="C163" s="3" t="s">
+      <c r="D163" s="3" t="s">
         <v>597</v>
       </c>
-      <c r="D163" s="3" t="s">
+      <c r="E163" s="3" t="s">
         <v>598</v>
-      </c>
-[...1 lines deleted...]
-        <v>494</v>
       </c>
       <c r="F163" s="3" t="s">
         <v>599</v>
       </c>
       <c r="G163" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H163" s="4" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="I163" s="4"/>
       <c r="J163" s="1"/>
       <c r="K163" s="1"/>
       <c r="L163" s="1"/>
       <c r="M163" s="1"/>
       <c r="N163" s="1"/>
       <c r="O163" s="1"/>
       <c r="P163" s="1"/>
       <c r="Q163" s="1"/>
       <c r="R163" s="1"/>
       <c r="S163" s="1"/>
       <c r="T163" s="1"/>
       <c r="U163" s="1"/>
       <c r="V163" s="1"/>
       <c r="W163" s="1"/>
     </row>
     <row r="164" spans="1:23">
       <c r="A164" s="3">
         <v>162</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D164" s="3" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>603</v>
+        <v>494</v>
       </c>
       <c r="F164" s="3" t="s">
         <v>604</v>
       </c>
       <c r="G164" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H164" s="4" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="I164" s="4"/>
       <c r="J164" s="1"/>
       <c r="K164" s="1"/>
       <c r="L164" s="1"/>
       <c r="M164" s="1"/>
       <c r="N164" s="1"/>
       <c r="O164" s="1"/>
       <c r="P164" s="1"/>
       <c r="Q164" s="1"/>
       <c r="R164" s="1"/>
       <c r="S164" s="1"/>
       <c r="T164" s="1"/>
       <c r="U164" s="1"/>
       <c r="V164" s="1"/>
       <c r="W164" s="1"/>
     </row>
     <row r="165" spans="1:23">
       <c r="A165" s="3">
         <v>163</v>
       </c>
       <c r="B165" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="C165" s="3" t="s">
         <v>606</v>
       </c>
-      <c r="C165" s="3" t="s">
+      <c r="D165" s="3" t="s">
         <v>607</v>
       </c>
-      <c r="D165" s="3" t="s">
+      <c r="E165" s="3" t="s">
         <v>608</v>
       </c>
-      <c r="E165" s="3"/>
       <c r="F165" s="3" t="s">
         <v>609</v>
       </c>
       <c r="G165" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H165" s="4" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="I165" s="4"/>
       <c r="J165" s="1"/>
       <c r="K165" s="1"/>
       <c r="L165" s="1"/>
       <c r="M165" s="1"/>
       <c r="N165" s="1"/>
       <c r="O165" s="1"/>
       <c r="P165" s="1"/>
       <c r="Q165" s="1"/>
       <c r="R165" s="1"/>
       <c r="S165" s="1"/>
       <c r="T165" s="1"/>
       <c r="U165" s="1"/>
       <c r="V165" s="1"/>
       <c r="W165" s="1"/>
     </row>
     <row r="166" spans="1:23">
       <c r="A166" s="3">
         <v>164</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C166" s="3" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="D166" s="3" t="s">
-        <v>612</v>
-[...1 lines deleted...]
-      <c r="E166" s="3" t="s">
         <v>613</v>
       </c>
+      <c r="E166" s="3"/>
       <c r="F166" s="3" t="s">
         <v>614</v>
       </c>
       <c r="G166" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H166" s="4" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="I166" s="4"/>
       <c r="J166" s="1"/>
       <c r="K166" s="1"/>
       <c r="L166" s="1"/>
       <c r="M166" s="1"/>
       <c r="N166" s="1"/>
       <c r="O166" s="1"/>
       <c r="P166" s="1"/>
       <c r="Q166" s="1"/>
       <c r="R166" s="1"/>
       <c r="S166" s="1"/>
       <c r="T166" s="1"/>
       <c r="U166" s="1"/>
       <c r="V166" s="1"/>
       <c r="W166" s="1"/>
     </row>
     <row r="167" spans="1:23">
       <c r="A167" s="3">
         <v>165</v>
       </c>
       <c r="B167" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="C167" s="3" t="s">
         <v>616</v>
       </c>
-      <c r="C167" s="3" t="s">
+      <c r="D167" s="3" t="s">
         <v>617</v>
       </c>
-      <c r="D167" s="3" t="s">
+      <c r="E167" s="3" t="s">
         <v>618</v>
       </c>
-      <c r="E167" s="3" t="s">
+      <c r="F167" s="3" t="s">
         <v>619</v>
       </c>
-      <c r="F167" s="3" t="s">
+      <c r="G167" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H167" s="4" t="s">
         <v>620</v>
-      </c>
-[...4 lines deleted...]
-        <v>617</v>
       </c>
       <c r="I167" s="4"/>
       <c r="J167" s="1"/>
       <c r="K167" s="1"/>
       <c r="L167" s="1"/>
       <c r="M167" s="1"/>
       <c r="N167" s="1"/>
       <c r="O167" s="1"/>
       <c r="P167" s="1"/>
       <c r="Q167" s="1"/>
       <c r="R167" s="1"/>
       <c r="S167" s="1"/>
       <c r="T167" s="1"/>
       <c r="U167" s="1"/>
       <c r="V167" s="1"/>
       <c r="W167" s="1"/>
     </row>
     <row r="168" spans="1:23">
       <c r="A168" s="3">
         <v>166</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>621</v>
       </c>
       <c r="C168" s="3" t="s">
         <v>622</v>
       </c>
       <c r="D168" s="3" t="s">
         <v>623</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>624</v>
       </c>
       <c r="F168" s="3" t="s">
         <v>625</v>
       </c>
       <c r="G168" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H168" s="4" t="s">
-        <v>626</v>
+        <v>622</v>
       </c>
       <c r="I168" s="4"/>
       <c r="J168" s="1"/>
       <c r="K168" s="1"/>
       <c r="L168" s="1"/>
       <c r="M168" s="1"/>
       <c r="N168" s="1"/>
       <c r="O168" s="1"/>
       <c r="P168" s="1"/>
       <c r="Q168" s="1"/>
       <c r="R168" s="1"/>
       <c r="S168" s="1"/>
       <c r="T168" s="1"/>
       <c r="U168" s="1"/>
       <c r="V168" s="1"/>
       <c r="W168" s="1"/>
     </row>
     <row r="169" spans="1:23">
       <c r="A169" s="3">
         <v>167</v>
       </c>
       <c r="B169" s="3" t="s">
+        <v>626</v>
+      </c>
+      <c r="C169" s="3" t="s">
         <v>627</v>
-      </c>
-[...1 lines deleted...]
-        <v>605</v>
       </c>
       <c r="D169" s="3" t="s">
         <v>628</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>629</v>
       </c>
       <c r="F169" s="3" t="s">
         <v>630</v>
       </c>
       <c r="G169" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H169" s="4" t="s">
-        <v>605</v>
+        <v>631</v>
       </c>
       <c r="I169" s="4"/>
       <c r="J169" s="1"/>
       <c r="K169" s="1"/>
       <c r="L169" s="1"/>
       <c r="M169" s="1"/>
       <c r="N169" s="1"/>
       <c r="O169" s="1"/>
       <c r="P169" s="1"/>
       <c r="Q169" s="1"/>
       <c r="R169" s="1"/>
       <c r="S169" s="1"/>
       <c r="T169" s="1"/>
       <c r="U169" s="1"/>
       <c r="V169" s="1"/>
       <c r="W169" s="1"/>
     </row>
     <row r="170" spans="1:23">
       <c r="A170" s="3">
         <v>168</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C170" s="3" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="D170" s="3" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="G170" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H170" s="4" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="I170" s="4"/>
       <c r="J170" s="1"/>
       <c r="K170" s="1"/>
       <c r="L170" s="1"/>
       <c r="M170" s="1"/>
       <c r="N170" s="1"/>
       <c r="O170" s="1"/>
       <c r="P170" s="1"/>
       <c r="Q170" s="1"/>
       <c r="R170" s="1"/>
       <c r="S170" s="1"/>
       <c r="T170" s="1"/>
       <c r="U170" s="1"/>
       <c r="V170" s="1"/>
       <c r="W170" s="1"/>
     </row>
     <row r="171" spans="1:23">
       <c r="A171" s="3">
         <v>169</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C171" s="3" t="s">
-        <v>636</v>
+        <v>610</v>
       </c>
       <c r="D171" s="3" t="s">
         <v>637</v>
       </c>
-      <c r="E171" s="3"/>
+      <c r="E171" s="3" t="s">
+        <v>638</v>
+      </c>
       <c r="F171" s="3" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="G171" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H171" s="4" t="s">
-        <v>636</v>
+        <v>610</v>
       </c>
       <c r="I171" s="4"/>
       <c r="J171" s="1"/>
       <c r="K171" s="1"/>
       <c r="L171" s="1"/>
       <c r="M171" s="1"/>
       <c r="N171" s="1"/>
       <c r="O171" s="1"/>
       <c r="P171" s="1"/>
       <c r="Q171" s="1"/>
       <c r="R171" s="1"/>
       <c r="S171" s="1"/>
       <c r="T171" s="1"/>
       <c r="U171" s="1"/>
       <c r="V171" s="1"/>
       <c r="W171" s="1"/>
     </row>
     <row r="172" spans="1:23">
       <c r="A172" s="3">
         <v>170</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D172" s="3" t="s">
-        <v>641</v>
-[...1 lines deleted...]
-      <c r="E172" s="3" t="s">
         <v>642</v>
       </c>
+      <c r="E172" s="3"/>
       <c r="F172" s="3" t="s">
         <v>643</v>
       </c>
       <c r="G172" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H172" s="4" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="I172" s="4"/>
       <c r="J172" s="1"/>
       <c r="K172" s="1"/>
       <c r="L172" s="1"/>
       <c r="M172" s="1"/>
       <c r="N172" s="1"/>
       <c r="O172" s="1"/>
       <c r="P172" s="1"/>
       <c r="Q172" s="1"/>
       <c r="R172" s="1"/>
       <c r="S172" s="1"/>
       <c r="T172" s="1"/>
       <c r="U172" s="1"/>
       <c r="V172" s="1"/>
       <c r="W172" s="1"/>
     </row>
     <row r="173" spans="1:23">
       <c r="A173" s="3">
         <v>171</v>
       </c>
       <c r="B173" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="C173" s="3" t="s">
         <v>645</v>
       </c>
-      <c r="C173" s="3" t="s">
+      <c r="D173" s="3" t="s">
         <v>646</v>
       </c>
-      <c r="D173" s="3" t="s">
+      <c r="E173" s="3" t="s">
         <v>647</v>
       </c>
-      <c r="E173" s="3" t="s">
+      <c r="F173" s="3" t="s">
         <v>648</v>
       </c>
-      <c r="F173" s="3" t="s">
+      <c r="G173" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H173" s="4" t="s">
         <v>649</v>
-      </c>
-[...4 lines deleted...]
-        <v>650</v>
       </c>
       <c r="I173" s="4"/>
       <c r="J173" s="1"/>
       <c r="K173" s="1"/>
       <c r="L173" s="1"/>
       <c r="M173" s="1"/>
       <c r="N173" s="1"/>
       <c r="O173" s="1"/>
       <c r="P173" s="1"/>
       <c r="Q173" s="1"/>
       <c r="R173" s="1"/>
       <c r="S173" s="1"/>
       <c r="T173" s="1"/>
       <c r="U173" s="1"/>
       <c r="V173" s="1"/>
       <c r="W173" s="1"/>
     </row>
     <row r="174" spans="1:23">
       <c r="A174" s="3">
         <v>172</v>
       </c>
       <c r="B174" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="C174" s="3" t="s">
         <v>651</v>
       </c>
-      <c r="C174" s="3" t="s">
+      <c r="D174" s="3" t="s">
         <v>652</v>
       </c>
-      <c r="D174" s="3" t="s">
+      <c r="E174" s="3" t="s">
         <v>653</v>
       </c>
-      <c r="E174" s="3" t="s">
+      <c r="F174" s="3" t="s">
         <v>654</v>
       </c>
-      <c r="F174" s="3" t="s">
+      <c r="G174" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H174" s="4" t="s">
         <v>655</v>
-      </c>
-[...4 lines deleted...]
-        <v>652</v>
       </c>
       <c r="I174" s="4"/>
       <c r="J174" s="1"/>
       <c r="K174" s="1"/>
       <c r="L174" s="1"/>
       <c r="M174" s="1"/>
       <c r="N174" s="1"/>
       <c r="O174" s="1"/>
       <c r="P174" s="1"/>
       <c r="Q174" s="1"/>
       <c r="R174" s="1"/>
       <c r="S174" s="1"/>
       <c r="T174" s="1"/>
       <c r="U174" s="1"/>
       <c r="V174" s="1"/>
       <c r="W174" s="1"/>
     </row>
     <row r="175" spans="1:23">
       <c r="A175" s="3">
         <v>173</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>656</v>
       </c>
       <c r="C175" s="3" t="s">
         <v>657</v>
       </c>
       <c r="D175" s="3" t="s">
         <v>658</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>659</v>
       </c>
       <c r="F175" s="3" t="s">
         <v>660</v>
       </c>
       <c r="G175" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H175" s="4" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="I175" s="4"/>
       <c r="J175" s="1"/>
       <c r="K175" s="1"/>
       <c r="L175" s="1"/>
       <c r="M175" s="1"/>
       <c r="N175" s="1"/>
       <c r="O175" s="1"/>
       <c r="P175" s="1"/>
       <c r="Q175" s="1"/>
       <c r="R175" s="1"/>
       <c r="S175" s="1"/>
       <c r="T175" s="1"/>
       <c r="U175" s="1"/>
       <c r="V175" s="1"/>
       <c r="W175" s="1"/>
     </row>
     <row r="176" spans="1:23">
       <c r="A176" s="3">
         <v>174</v>
       </c>
       <c r="B176" s="3" t="s">
+        <v>661</v>
+      </c>
+      <c r="C176" s="3" t="s">
         <v>662</v>
       </c>
-      <c r="C176" s="3" t="s">
+      <c r="D176" s="3" t="s">
         <v>663</v>
       </c>
-      <c r="D176" s="3" t="s">
+      <c r="E176" s="3" t="s">
         <v>664</v>
       </c>
-      <c r="E176" s="3" t="s">
+      <c r="F176" s="3" t="s">
         <v>665</v>
       </c>
-      <c r="F176" s="3" t="s">
+      <c r="G176" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H176" s="4" t="s">
         <v>666</v>
-      </c>
-[...4 lines deleted...]
-        <v>667</v>
       </c>
       <c r="I176" s="4"/>
       <c r="J176" s="1"/>
       <c r="K176" s="1"/>
       <c r="L176" s="1"/>
       <c r="M176" s="1"/>
       <c r="N176" s="1"/>
       <c r="O176" s="1"/>
       <c r="P176" s="1"/>
       <c r="Q176" s="1"/>
       <c r="R176" s="1"/>
       <c r="S176" s="1"/>
       <c r="T176" s="1"/>
       <c r="U176" s="1"/>
       <c r="V176" s="1"/>
       <c r="W176" s="1"/>
     </row>
     <row r="177" spans="1:23">
       <c r="A177" s="3">
         <v>175</v>
       </c>
       <c r="B177" s="3" t="s">
+        <v>667</v>
+      </c>
+      <c r="C177" s="3" t="s">
         <v>668</v>
-      </c>
-[...1 lines deleted...]
-        <v>663</v>
       </c>
       <c r="D177" s="3" t="s">
         <v>669</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>670</v>
       </c>
       <c r="F177" s="3" t="s">
         <v>671</v>
       </c>
       <c r="G177" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H177" s="4" t="s">
-        <v>663</v>
+        <v>672</v>
       </c>
       <c r="I177" s="4"/>
       <c r="J177" s="1"/>
       <c r="K177" s="1"/>
       <c r="L177" s="1"/>
       <c r="M177" s="1"/>
       <c r="N177" s="1"/>
       <c r="O177" s="1"/>
       <c r="P177" s="1"/>
       <c r="Q177" s="1"/>
       <c r="R177" s="1"/>
       <c r="S177" s="1"/>
       <c r="T177" s="1"/>
       <c r="U177" s="1"/>
       <c r="V177" s="1"/>
       <c r="W177" s="1"/>
     </row>
     <row r="178" spans="1:23">
       <c r="A178" s="3">
         <v>176</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="D178" s="3" t="s">
         <v>674</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>675</v>
       </c>
       <c r="F178" s="3" t="s">
         <v>676</v>
       </c>
       <c r="G178" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H178" s="4" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="I178" s="4"/>
       <c r="J178" s="1"/>
       <c r="K178" s="1"/>
       <c r="L178" s="1"/>
       <c r="M178" s="1"/>
       <c r="N178" s="1"/>
       <c r="O178" s="1"/>
       <c r="P178" s="1"/>
       <c r="Q178" s="1"/>
       <c r="R178" s="1"/>
       <c r="S178" s="1"/>
       <c r="T178" s="1"/>
       <c r="U178" s="1"/>
       <c r="V178" s="1"/>
       <c r="W178" s="1"/>
     </row>
     <row r="179" spans="1:23">
       <c r="A179" s="3">
         <v>177</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>677</v>
       </c>
       <c r="C179" s="3" t="s">
         <v>678</v>
       </c>
       <c r="D179" s="3" t="s">
         <v>679</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>468</v>
+        <v>680</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="G179" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H179" s="4" t="s">
         <v>678</v>
       </c>
       <c r="I179" s="4"/>
       <c r="J179" s="1"/>
       <c r="K179" s="1"/>
       <c r="L179" s="1"/>
       <c r="M179" s="1"/>
       <c r="N179" s="1"/>
       <c r="O179" s="1"/>
       <c r="P179" s="1"/>
       <c r="Q179" s="1"/>
       <c r="R179" s="1"/>
       <c r="S179" s="1"/>
       <c r="T179" s="1"/>
       <c r="U179" s="1"/>
       <c r="V179" s="1"/>
       <c r="W179" s="1"/>
     </row>
     <row r="180" spans="1:23">
       <c r="A180" s="3">
         <v>178</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="D180" s="3" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>684</v>
+        <v>468</v>
       </c>
       <c r="F180" s="3" t="s">
         <v>685</v>
       </c>
       <c r="G180" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H180" s="4" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="I180" s="4"/>
       <c r="J180" s="1"/>
       <c r="K180" s="1"/>
       <c r="L180" s="1"/>
       <c r="M180" s="1"/>
       <c r="N180" s="1"/>
       <c r="O180" s="1"/>
       <c r="P180" s="1"/>
       <c r="Q180" s="1"/>
       <c r="R180" s="1"/>
       <c r="S180" s="1"/>
       <c r="T180" s="1"/>
       <c r="U180" s="1"/>
       <c r="V180" s="1"/>
       <c r="W180" s="1"/>
     </row>
     <row r="181" spans="1:23">
       <c r="A181" s="3">
         <v>179</v>
       </c>
       <c r="B181" s="3" t="s">
+        <v>686</v>
+      </c>
+      <c r="C181" s="3" t="s">
         <v>687</v>
       </c>
-      <c r="C181" s="3" t="s">
+      <c r="D181" s="3" t="s">
         <v>688</v>
       </c>
-      <c r="D181" s="3" t="s">
+      <c r="E181" s="3" t="s">
         <v>689</v>
-      </c>
-[...1 lines deleted...]
-        <v>580</v>
       </c>
       <c r="F181" s="3" t="s">
         <v>690</v>
       </c>
       <c r="G181" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H181" s="4" t="s">
         <v>691</v>
       </c>
       <c r="I181" s="4"/>
       <c r="J181" s="1"/>
       <c r="K181" s="1"/>
       <c r="L181" s="1"/>
       <c r="M181" s="1"/>
       <c r="N181" s="1"/>
       <c r="O181" s="1"/>
       <c r="P181" s="1"/>
       <c r="Q181" s="1"/>
       <c r="R181" s="1"/>
       <c r="S181" s="1"/>
       <c r="T181" s="1"/>
       <c r="U181" s="1"/>
       <c r="V181" s="1"/>
       <c r="W181" s="1"/>
+    </row>
+    <row r="182" spans="1:23">
+      <c r="A182" s="3">
+        <v>180</v>
+      </c>
+      <c r="B182" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="C182" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="D182" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="E182" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="F182" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H182" s="4" t="s">
+        <v>696</v>
+      </c>
+      <c r="I182" s="4"/>
+      <c r="J182" s="1"/>
+      <c r="K182" s="1"/>
+      <c r="L182" s="1"/>
+      <c r="M182" s="1"/>
+      <c r="N182" s="1"/>
+      <c r="O182" s="1"/>
+      <c r="P182" s="1"/>
+      <c r="Q182" s="1"/>
+      <c r="R182" s="1"/>
+      <c r="S182" s="1"/>
+      <c r="T182" s="1"/>
+      <c r="U182" s="1"/>
+      <c r="V182" s="1"/>
+      <c r="W182" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>