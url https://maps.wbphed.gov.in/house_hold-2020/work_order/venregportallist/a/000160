--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="697">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="702">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -2103,50 +2103,65 @@
     <t>VMR/2023/002978</t>
   </si>
   <si>
     <t>for documents</t>
   </si>
   <si>
     <t>0000000313</t>
   </si>
   <si>
     <t>2024-12-16</t>
   </si>
   <si>
     <t>REQ/000740/2024-2025</t>
   </si>
   <si>
     <t>2025-01-21</t>
   </si>
   <si>
     <t>VMR/2023/000799</t>
   </si>
   <si>
     <t>0000000222</t>
   </si>
   <si>
     <t>2025-01-28</t>
+  </si>
+  <si>
+    <t>REQ/001308/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>VMR/2023/001648</t>
+  </si>
+  <si>
+    <t>0000000329</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2502,51 +2517,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W182"/>
+  <dimension ref="A1:W183"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="120.256348" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -9790,50 +9805,89 @@
       </c>
       <c r="F182" s="3" t="s">
         <v>695</v>
       </c>
       <c r="G182" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H182" s="4" t="s">
         <v>696</v>
       </c>
       <c r="I182" s="4"/>
       <c r="J182" s="1"/>
       <c r="K182" s="1"/>
       <c r="L182" s="1"/>
       <c r="M182" s="1"/>
       <c r="N182" s="1"/>
       <c r="O182" s="1"/>
       <c r="P182" s="1"/>
       <c r="Q182" s="1"/>
       <c r="R182" s="1"/>
       <c r="S182" s="1"/>
       <c r="T182" s="1"/>
       <c r="U182" s="1"/>
       <c r="V182" s="1"/>
       <c r="W182" s="1"/>
+    </row>
+    <row r="183" spans="1:23">
+      <c r="A183" s="3">
+        <v>181</v>
+      </c>
+      <c r="B183" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="C183" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="D183" s="3" t="s">
+        <v>699</v>
+      </c>
+      <c r="E183" s="3"/>
+      <c r="F183" s="3" t="s">
+        <v>700</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H183" s="4" t="s">
+        <v>701</v>
+      </c>
+      <c r="I183" s="4"/>
+      <c r="J183" s="1"/>
+      <c r="K183" s="1"/>
+      <c r="L183" s="1"/>
+      <c r="M183" s="1"/>
+      <c r="N183" s="1"/>
+      <c r="O183" s="1"/>
+      <c r="P183" s="1"/>
+      <c r="Q183" s="1"/>
+      <c r="R183" s="1"/>
+      <c r="S183" s="1"/>
+      <c r="T183" s="1"/>
+      <c r="U183" s="1"/>
+      <c r="V183" s="1"/>
+      <c r="W183" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>