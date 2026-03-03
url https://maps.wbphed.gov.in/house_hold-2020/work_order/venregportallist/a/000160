--- v2 (2026-02-07)
+++ v3 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="702">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="711">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -2105,63 +2105,90 @@
   <si>
     <t>for documents</t>
   </si>
   <si>
     <t>0000000313</t>
   </si>
   <si>
     <t>2024-12-16</t>
   </si>
   <si>
     <t>REQ/000740/2024-2025</t>
   </si>
   <si>
     <t>2025-01-21</t>
   </si>
   <si>
     <t>VMR/2023/000799</t>
   </si>
   <si>
     <t>0000000222</t>
   </si>
   <si>
     <t>2025-01-28</t>
   </si>
   <si>
+    <t>REQ/001388/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
+    <t>VMR/2023/002535</t>
+  </si>
+  <si>
+    <t>0000000331</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
+    <t>REQ/001310/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>VMR/2023/002306</t>
+  </si>
+  <si>
+    <t>0000000330</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
     <t>REQ/001308/2025-2026</t>
   </si>
   <si>
     <t>2026-01-28</t>
   </si>
   <si>
     <t>VMR/2023/001648</t>
   </si>
   <si>
     <t>0000000329</t>
-  </si>
-[...1 lines deleted...]
-    <t>2026-01-29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2517,51 +2544,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W183"/>
+  <dimension ref="A1:W185"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="120.256348" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -9844,50 +9871,128 @@
       <c r="E183" s="3"/>
       <c r="F183" s="3" t="s">
         <v>700</v>
       </c>
       <c r="G183" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H183" s="4" t="s">
         <v>701</v>
       </c>
       <c r="I183" s="4"/>
       <c r="J183" s="1"/>
       <c r="K183" s="1"/>
       <c r="L183" s="1"/>
       <c r="M183" s="1"/>
       <c r="N183" s="1"/>
       <c r="O183" s="1"/>
       <c r="P183" s="1"/>
       <c r="Q183" s="1"/>
       <c r="R183" s="1"/>
       <c r="S183" s="1"/>
       <c r="T183" s="1"/>
       <c r="U183" s="1"/>
       <c r="V183" s="1"/>
       <c r="W183" s="1"/>
+    </row>
+    <row r="184" spans="1:23">
+      <c r="A184" s="3">
+        <v>182</v>
+      </c>
+      <c r="B184" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="C184" s="3" t="s">
+        <v>703</v>
+      </c>
+      <c r="D184" s="3" t="s">
+        <v>704</v>
+      </c>
+      <c r="E184" s="3"/>
+      <c r="F184" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H184" s="4" t="s">
+        <v>706</v>
+      </c>
+      <c r="I184" s="4"/>
+      <c r="J184" s="1"/>
+      <c r="K184" s="1"/>
+      <c r="L184" s="1"/>
+      <c r="M184" s="1"/>
+      <c r="N184" s="1"/>
+      <c r="O184" s="1"/>
+      <c r="P184" s="1"/>
+      <c r="Q184" s="1"/>
+      <c r="R184" s="1"/>
+      <c r="S184" s="1"/>
+      <c r="T184" s="1"/>
+      <c r="U184" s="1"/>
+      <c r="V184" s="1"/>
+      <c r="W184" s="1"/>
+    </row>
+    <row r="185" spans="1:23">
+      <c r="A185" s="3">
+        <v>183</v>
+      </c>
+      <c r="B185" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C185" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="D185" s="3" t="s">
+        <v>709</v>
+      </c>
+      <c r="E185" s="3"/>
+      <c r="F185" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H185" s="4" t="s">
+        <v>703</v>
+      </c>
+      <c r="I185" s="4"/>
+      <c r="J185" s="1"/>
+      <c r="K185" s="1"/>
+      <c r="L185" s="1"/>
+      <c r="M185" s="1"/>
+      <c r="N185" s="1"/>
+      <c r="O185" s="1"/>
+      <c r="P185" s="1"/>
+      <c r="Q185" s="1"/>
+      <c r="R185" s="1"/>
+      <c r="S185" s="1"/>
+      <c r="T185" s="1"/>
+      <c r="U185" s="1"/>
+      <c r="V185" s="1"/>
+      <c r="W185" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>