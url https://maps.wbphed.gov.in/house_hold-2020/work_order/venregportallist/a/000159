--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="936">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="963">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -2820,50 +2820,131 @@
     <t>2024-09-02</t>
   </si>
   <si>
     <t>REQ/2024/4722</t>
   </si>
   <si>
     <t>VMR/2024/2271</t>
   </si>
   <si>
     <t>EARNEST MONEY</t>
   </si>
   <si>
     <t>0000000712</t>
   </si>
   <si>
     <t>REQ/000297/2024-2025</t>
   </si>
   <si>
     <t>2024-11-30</t>
   </si>
   <si>
     <t>VMR/2024/2416</t>
   </si>
   <si>
     <t>0000000721</t>
+  </si>
+  <si>
+    <t>REQ/001291/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>VMR/2024/000668</t>
+  </si>
+  <si>
+    <t>Please accept my request</t>
+  </si>
+  <si>
+    <t>0000000751</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>REQ/001173/2025-2026</t>
+  </si>
+  <si>
+    <t>2025-11-14</t>
+  </si>
+  <si>
+    <t>VMR/2023/001685</t>
+  </si>
+  <si>
+    <t>working progress EMSD-I</t>
+  </si>
+  <si>
+    <t>0000000754</t>
+  </si>
+  <si>
+    <t>2026-02-02</t>
+  </si>
+  <si>
+    <t>REQ/001327/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>VMR/2023/002731</t>
+  </si>
+  <si>
+    <t>Please accept the vender request</t>
+  </si>
+  <si>
+    <t>0000000757</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>REQ/001296/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>VMR/2023/000208</t>
+  </si>
+  <si>
+    <t>Please Approve.</t>
+  </si>
+  <si>
+    <t>0000000753</t>
+  </si>
+  <si>
+    <t>REQ/001293/2025-2026</t>
+  </si>
+  <si>
+    <t>VMR/2023/002376</t>
+  </si>
+  <si>
+    <t>Please enroll me for new work</t>
+  </si>
+  <si>
+    <t>0000000755</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3219,51 +3300,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W250"/>
+  <dimension ref="A1:W255"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="134.395752" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -13351,50 +13432,255 @@
       <c r="E250" s="3"/>
       <c r="F250" s="3" t="s">
         <v>935</v>
       </c>
       <c r="G250" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H250" s="4" t="s">
         <v>877</v>
       </c>
       <c r="I250" s="4"/>
       <c r="J250" s="1"/>
       <c r="K250" s="1"/>
       <c r="L250" s="1"/>
       <c r="M250" s="1"/>
       <c r="N250" s="1"/>
       <c r="O250" s="1"/>
       <c r="P250" s="1"/>
       <c r="Q250" s="1"/>
       <c r="R250" s="1"/>
       <c r="S250" s="1"/>
       <c r="T250" s="1"/>
       <c r="U250" s="1"/>
       <c r="V250" s="1"/>
       <c r="W250" s="1"/>
+    </row>
+    <row r="251" spans="1:23">
+      <c r="A251" s="3">
+        <v>249</v>
+      </c>
+      <c r="B251" s="3" t="s">
+        <v>936</v>
+      </c>
+      <c r="C251" s="3" t="s">
+        <v>937</v>
+      </c>
+      <c r="D251" s="3" t="s">
+        <v>938</v>
+      </c>
+      <c r="E251" s="3" t="s">
+        <v>939</v>
+      </c>
+      <c r="F251" s="3" t="s">
+        <v>940</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H251" s="4" t="s">
+        <v>941</v>
+      </c>
+      <c r="I251" s="4"/>
+      <c r="J251" s="1"/>
+      <c r="K251" s="1"/>
+      <c r="L251" s="1"/>
+      <c r="M251" s="1"/>
+      <c r="N251" s="1"/>
+      <c r="O251" s="1"/>
+      <c r="P251" s="1"/>
+      <c r="Q251" s="1"/>
+      <c r="R251" s="1"/>
+      <c r="S251" s="1"/>
+      <c r="T251" s="1"/>
+      <c r="U251" s="1"/>
+      <c r="V251" s="1"/>
+      <c r="W251" s="1"/>
+    </row>
+    <row r="252" spans="1:23">
+      <c r="A252" s="3">
+        <v>250</v>
+      </c>
+      <c r="B252" s="3" t="s">
+        <v>942</v>
+      </c>
+      <c r="C252" s="3" t="s">
+        <v>943</v>
+      </c>
+      <c r="D252" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="E252" s="3" t="s">
+        <v>945</v>
+      </c>
+      <c r="F252" s="3" t="s">
+        <v>946</v>
+      </c>
+      <c r="G252" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H252" s="4" t="s">
+        <v>947</v>
+      </c>
+      <c r="I252" s="4"/>
+      <c r="J252" s="1"/>
+      <c r="K252" s="1"/>
+      <c r="L252" s="1"/>
+      <c r="M252" s="1"/>
+      <c r="N252" s="1"/>
+      <c r="O252" s="1"/>
+      <c r="P252" s="1"/>
+      <c r="Q252" s="1"/>
+      <c r="R252" s="1"/>
+      <c r="S252" s="1"/>
+      <c r="T252" s="1"/>
+      <c r="U252" s="1"/>
+      <c r="V252" s="1"/>
+      <c r="W252" s="1"/>
+    </row>
+    <row r="253" spans="1:23">
+      <c r="A253" s="3">
+        <v>251</v>
+      </c>
+      <c r="B253" s="3" t="s">
+        <v>948</v>
+      </c>
+      <c r="C253" s="3" t="s">
+        <v>949</v>
+      </c>
+      <c r="D253" s="3" t="s">
+        <v>950</v>
+      </c>
+      <c r="E253" s="3" t="s">
+        <v>951</v>
+      </c>
+      <c r="F253" s="3" t="s">
+        <v>952</v>
+      </c>
+      <c r="G253" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H253" s="4" t="s">
+        <v>953</v>
+      </c>
+      <c r="I253" s="4"/>
+      <c r="J253" s="1"/>
+      <c r="K253" s="1"/>
+      <c r="L253" s="1"/>
+      <c r="M253" s="1"/>
+      <c r="N253" s="1"/>
+      <c r="O253" s="1"/>
+      <c r="P253" s="1"/>
+      <c r="Q253" s="1"/>
+      <c r="R253" s="1"/>
+      <c r="S253" s="1"/>
+      <c r="T253" s="1"/>
+      <c r="U253" s="1"/>
+      <c r="V253" s="1"/>
+      <c r="W253" s="1"/>
+    </row>
+    <row r="254" spans="1:23">
+      <c r="A254" s="3">
+        <v>252</v>
+      </c>
+      <c r="B254" s="3" t="s">
+        <v>954</v>
+      </c>
+      <c r="C254" s="3" t="s">
+        <v>955</v>
+      </c>
+      <c r="D254" s="3" t="s">
+        <v>956</v>
+      </c>
+      <c r="E254" s="3" t="s">
+        <v>957</v>
+      </c>
+      <c r="F254" s="3" t="s">
+        <v>958</v>
+      </c>
+      <c r="G254" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H254" s="4" t="s">
+        <v>947</v>
+      </c>
+      <c r="I254" s="4"/>
+      <c r="J254" s="1"/>
+      <c r="K254" s="1"/>
+      <c r="L254" s="1"/>
+      <c r="M254" s="1"/>
+      <c r="N254" s="1"/>
+      <c r="O254" s="1"/>
+      <c r="P254" s="1"/>
+      <c r="Q254" s="1"/>
+      <c r="R254" s="1"/>
+      <c r="S254" s="1"/>
+      <c r="T254" s="1"/>
+      <c r="U254" s="1"/>
+      <c r="V254" s="1"/>
+      <c r="W254" s="1"/>
+    </row>
+    <row r="255" spans="1:23">
+      <c r="A255" s="3">
+        <v>253</v>
+      </c>
+      <c r="B255" s="3" t="s">
+        <v>959</v>
+      </c>
+      <c r="C255" s="3" t="s">
+        <v>941</v>
+      </c>
+      <c r="D255" s="3" t="s">
+        <v>960</v>
+      </c>
+      <c r="E255" s="3" t="s">
+        <v>961</v>
+      </c>
+      <c r="F255" s="3" t="s">
+        <v>962</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H255" s="4" t="s">
+        <v>947</v>
+      </c>
+      <c r="I255" s="4"/>
+      <c r="J255" s="1"/>
+      <c r="K255" s="1"/>
+      <c r="L255" s="1"/>
+      <c r="M255" s="1"/>
+      <c r="N255" s="1"/>
+      <c r="O255" s="1"/>
+      <c r="P255" s="1"/>
+      <c r="Q255" s="1"/>
+      <c r="R255" s="1"/>
+      <c r="S255" s="1"/>
+      <c r="T255" s="1"/>
+      <c r="U255" s="1"/>
+      <c r="V255" s="1"/>
+      <c r="W255" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>