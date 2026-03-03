--- v1 (2026-02-07)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="963">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1012">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -2840,84 +2840,231 @@
   <si>
     <t>VMR/2024/2416</t>
   </si>
   <si>
     <t>0000000721</t>
   </si>
   <si>
     <t>REQ/001291/2025-2026</t>
   </si>
   <si>
     <t>2026-01-19</t>
   </si>
   <si>
     <t>VMR/2024/000668</t>
   </si>
   <si>
     <t>Please accept my request</t>
   </si>
   <si>
     <t>0000000751</t>
   </si>
   <si>
     <t>2026-01-20</t>
   </si>
   <si>
+    <t>REQ/001393/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
+    <t>VMR/2023/000111</t>
+  </si>
+  <si>
+    <t>0000000766</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
     <t>REQ/001173/2025-2026</t>
   </si>
   <si>
     <t>2025-11-14</t>
   </si>
   <si>
     <t>VMR/2023/001685</t>
   </si>
   <si>
     <t>working progress EMSD-I</t>
   </si>
   <si>
     <t>0000000754</t>
   </si>
   <si>
     <t>2026-02-02</t>
   </si>
   <si>
+    <t>REQ/001328/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>VMR/2023/000820</t>
+  </si>
+  <si>
+    <t>0000000758</t>
+  </si>
+  <si>
+    <t>2026-02-09</t>
+  </si>
+  <si>
     <t>REQ/001327/2025-2026</t>
   </si>
   <si>
     <t>2026-02-04</t>
   </si>
   <si>
     <t>VMR/2023/002731</t>
   </si>
   <si>
     <t>Please accept the vender request</t>
   </si>
   <si>
     <t>0000000757</t>
   </si>
   <si>
-    <t>2026-02-05</t>
+    <t>REQ/001421/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>VMR/2024/000593</t>
+  </si>
+  <si>
+    <t>Vendor Registration</t>
+  </si>
+  <si>
+    <t>0000000765</t>
+  </si>
+  <si>
+    <t>REQ/001300/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-27</t>
+  </si>
+  <si>
+    <t>VMR/2024/000358</t>
+  </si>
+  <si>
+    <t>Please accept my vendor registration</t>
+  </si>
+  <si>
+    <t>0000000763</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>REQ/001326/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>VMR/2023/002791</t>
+  </si>
+  <si>
+    <t>REQUEST FOR VENDOR REGISTRATION</t>
+  </si>
+  <si>
+    <t>0000000761</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>REQ/001360/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>VMR/2023/001220</t>
+  </si>
+  <si>
+    <t>0000000637</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
+    <t>REQ/001359/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>VMR/2023/003076</t>
+  </si>
+  <si>
+    <t>Please add</t>
+  </si>
+  <si>
+    <t>0000000764</t>
+  </si>
+  <si>
+    <t>REQ/001338/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>VMR/2023/002342</t>
+  </si>
+  <si>
+    <t>Supply Of Chlorine</t>
+  </si>
+  <si>
+    <t>0000000759</t>
+  </si>
+  <si>
+    <t>REQ/001419/2025-2026</t>
+  </si>
+  <si>
+    <t>VMR/2023/001064</t>
+  </si>
+  <si>
+    <t>Request Accept</t>
+  </si>
+  <si>
+    <t>0000000767</t>
+  </si>
+  <si>
+    <t>REQ/001342/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>VMR/2023/000438</t>
+  </si>
+  <si>
+    <t>0000000762</t>
   </si>
   <si>
     <t>REQ/001296/2025-2026</t>
   </si>
   <si>
     <t>2026-01-22</t>
   </si>
   <si>
     <t>VMR/2023/000208</t>
   </si>
   <si>
     <t>Please Approve.</t>
   </si>
   <si>
     <t>0000000753</t>
   </si>
   <si>
     <t>REQ/001293/2025-2026</t>
   </si>
   <si>
     <t>VMR/2023/002376</t>
   </si>
   <si>
     <t>Please enroll me for new work</t>
   </si>
@@ -3300,51 +3447,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W255"/>
+  <dimension ref="A1:W265"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="134.395752" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -13487,200 +13634,606 @@
       <c r="M251" s="1"/>
       <c r="N251" s="1"/>
       <c r="O251" s="1"/>
       <c r="P251" s="1"/>
       <c r="Q251" s="1"/>
       <c r="R251" s="1"/>
       <c r="S251" s="1"/>
       <c r="T251" s="1"/>
       <c r="U251" s="1"/>
       <c r="V251" s="1"/>
       <c r="W251" s="1"/>
     </row>
     <row r="252" spans="1:23">
       <c r="A252" s="3">
         <v>250</v>
       </c>
       <c r="B252" s="3" t="s">
         <v>942</v>
       </c>
       <c r="C252" s="3" t="s">
         <v>943</v>
       </c>
       <c r="D252" s="3" t="s">
         <v>944</v>
       </c>
-      <c r="E252" s="3" t="s">
+      <c r="E252" s="3"/>
+      <c r="F252" s="3" t="s">
         <v>945</v>
       </c>
-      <c r="F252" s="3" t="s">
+      <c r="G252" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H252" s="4" t="s">
         <v>946</v>
-      </c>
-[...4 lines deleted...]
-        <v>947</v>
       </c>
       <c r="I252" s="4"/>
       <c r="J252" s="1"/>
       <c r="K252" s="1"/>
       <c r="L252" s="1"/>
       <c r="M252" s="1"/>
       <c r="N252" s="1"/>
       <c r="O252" s="1"/>
       <c r="P252" s="1"/>
       <c r="Q252" s="1"/>
       <c r="R252" s="1"/>
       <c r="S252" s="1"/>
       <c r="T252" s="1"/>
       <c r="U252" s="1"/>
       <c r="V252" s="1"/>
       <c r="W252" s="1"/>
     </row>
     <row r="253" spans="1:23">
       <c r="A253" s="3">
         <v>251</v>
       </c>
       <c r="B253" s="3" t="s">
+        <v>947</v>
+      </c>
+      <c r="C253" s="3" t="s">
         <v>948</v>
       </c>
-      <c r="C253" s="3" t="s">
+      <c r="D253" s="3" t="s">
         <v>949</v>
       </c>
-      <c r="D253" s="3" t="s">
+      <c r="E253" s="3" t="s">
         <v>950</v>
       </c>
-      <c r="E253" s="3" t="s">
+      <c r="F253" s="3" t="s">
         <v>951</v>
       </c>
-      <c r="F253" s="3" t="s">
+      <c r="G253" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H253" s="4" t="s">
         <v>952</v>
-      </c>
-[...4 lines deleted...]
-        <v>953</v>
       </c>
       <c r="I253" s="4"/>
       <c r="J253" s="1"/>
       <c r="K253" s="1"/>
       <c r="L253" s="1"/>
       <c r="M253" s="1"/>
       <c r="N253" s="1"/>
       <c r="O253" s="1"/>
       <c r="P253" s="1"/>
       <c r="Q253" s="1"/>
       <c r="R253" s="1"/>
       <c r="S253" s="1"/>
       <c r="T253" s="1"/>
       <c r="U253" s="1"/>
       <c r="V253" s="1"/>
       <c r="W253" s="1"/>
     </row>
     <row r="254" spans="1:23">
       <c r="A254" s="3">
         <v>252</v>
       </c>
       <c r="B254" s="3" t="s">
+        <v>953</v>
+      </c>
+      <c r="C254" s="3" t="s">
         <v>954</v>
       </c>
-      <c r="C254" s="3" t="s">
+      <c r="D254" s="3" t="s">
         <v>955</v>
       </c>
-      <c r="D254" s="3" t="s">
+      <c r="E254" s="3"/>
+      <c r="F254" s="3" t="s">
         <v>956</v>
       </c>
-      <c r="E254" s="3" t="s">
+      <c r="G254" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H254" s="4" t="s">
         <v>957</v>
-      </c>
-[...7 lines deleted...]
-        <v>947</v>
       </c>
       <c r="I254" s="4"/>
       <c r="J254" s="1"/>
       <c r="K254" s="1"/>
       <c r="L254" s="1"/>
       <c r="M254" s="1"/>
       <c r="N254" s="1"/>
       <c r="O254" s="1"/>
       <c r="P254" s="1"/>
       <c r="Q254" s="1"/>
       <c r="R254" s="1"/>
       <c r="S254" s="1"/>
       <c r="T254" s="1"/>
       <c r="U254" s="1"/>
       <c r="V254" s="1"/>
       <c r="W254" s="1"/>
     </row>
     <row r="255" spans="1:23">
       <c r="A255" s="3">
         <v>253</v>
       </c>
       <c r="B255" s="3" t="s">
+        <v>958</v>
+      </c>
+      <c r="C255" s="3" t="s">
         <v>959</v>
-      </c>
-[...1 lines deleted...]
-        <v>941</v>
       </c>
       <c r="D255" s="3" t="s">
         <v>960</v>
       </c>
       <c r="E255" s="3" t="s">
         <v>961</v>
       </c>
       <c r="F255" s="3" t="s">
         <v>962</v>
       </c>
       <c r="G255" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H255" s="4" t="s">
-        <v>947</v>
+        <v>954</v>
       </c>
       <c r="I255" s="4"/>
       <c r="J255" s="1"/>
       <c r="K255" s="1"/>
       <c r="L255" s="1"/>
       <c r="M255" s="1"/>
       <c r="N255" s="1"/>
       <c r="O255" s="1"/>
       <c r="P255" s="1"/>
       <c r="Q255" s="1"/>
       <c r="R255" s="1"/>
       <c r="S255" s="1"/>
       <c r="T255" s="1"/>
       <c r="U255" s="1"/>
       <c r="V255" s="1"/>
       <c r="W255" s="1"/>
+    </row>
+    <row r="256" spans="1:23">
+      <c r="A256" s="3">
+        <v>254</v>
+      </c>
+      <c r="B256" s="3" t="s">
+        <v>963</v>
+      </c>
+      <c r="C256" s="3" t="s">
+        <v>964</v>
+      </c>
+      <c r="D256" s="3" t="s">
+        <v>965</v>
+      </c>
+      <c r="E256" s="3" t="s">
+        <v>966</v>
+      </c>
+      <c r="F256" s="3" t="s">
+        <v>967</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H256" s="4" t="s">
+        <v>964</v>
+      </c>
+      <c r="I256" s="4"/>
+      <c r="J256" s="1"/>
+      <c r="K256" s="1"/>
+      <c r="L256" s="1"/>
+      <c r="M256" s="1"/>
+      <c r="N256" s="1"/>
+      <c r="O256" s="1"/>
+      <c r="P256" s="1"/>
+      <c r="Q256" s="1"/>
+      <c r="R256" s="1"/>
+      <c r="S256" s="1"/>
+      <c r="T256" s="1"/>
+      <c r="U256" s="1"/>
+      <c r="V256" s="1"/>
+      <c r="W256" s="1"/>
+    </row>
+    <row r="257" spans="1:23">
+      <c r="A257" s="3">
+        <v>255</v>
+      </c>
+      <c r="B257" s="3" t="s">
+        <v>968</v>
+      </c>
+      <c r="C257" s="3" t="s">
+        <v>969</v>
+      </c>
+      <c r="D257" s="3" t="s">
+        <v>970</v>
+      </c>
+      <c r="E257" s="3" t="s">
+        <v>971</v>
+      </c>
+      <c r="F257" s="3" t="s">
+        <v>972</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H257" s="4" t="s">
+        <v>973</v>
+      </c>
+      <c r="I257" s="4"/>
+      <c r="J257" s="1"/>
+      <c r="K257" s="1"/>
+      <c r="L257" s="1"/>
+      <c r="M257" s="1"/>
+      <c r="N257" s="1"/>
+      <c r="O257" s="1"/>
+      <c r="P257" s="1"/>
+      <c r="Q257" s="1"/>
+      <c r="R257" s="1"/>
+      <c r="S257" s="1"/>
+      <c r="T257" s="1"/>
+      <c r="U257" s="1"/>
+      <c r="V257" s="1"/>
+      <c r="W257" s="1"/>
+    </row>
+    <row r="258" spans="1:23">
+      <c r="A258" s="3">
+        <v>256</v>
+      </c>
+      <c r="B258" s="3" t="s">
+        <v>974</v>
+      </c>
+      <c r="C258" s="3" t="s">
+        <v>975</v>
+      </c>
+      <c r="D258" s="3" t="s">
+        <v>976</v>
+      </c>
+      <c r="E258" s="3" t="s">
+        <v>977</v>
+      </c>
+      <c r="F258" s="3" t="s">
+        <v>978</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H258" s="4" t="s">
+        <v>979</v>
+      </c>
+      <c r="I258" s="4"/>
+      <c r="J258" s="1"/>
+      <c r="K258" s="1"/>
+      <c r="L258" s="1"/>
+      <c r="M258" s="1"/>
+      <c r="N258" s="1"/>
+      <c r="O258" s="1"/>
+      <c r="P258" s="1"/>
+      <c r="Q258" s="1"/>
+      <c r="R258" s="1"/>
+      <c r="S258" s="1"/>
+      <c r="T258" s="1"/>
+      <c r="U258" s="1"/>
+      <c r="V258" s="1"/>
+      <c r="W258" s="1"/>
+    </row>
+    <row r="259" spans="1:23">
+      <c r="A259" s="3">
+        <v>257</v>
+      </c>
+      <c r="B259" s="3" t="s">
+        <v>980</v>
+      </c>
+      <c r="C259" s="3" t="s">
+        <v>981</v>
+      </c>
+      <c r="D259" s="3" t="s">
+        <v>982</v>
+      </c>
+      <c r="E259" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F259" s="3" t="s">
+        <v>983</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H259" s="4" t="s">
+        <v>984</v>
+      </c>
+      <c r="I259" s="4"/>
+      <c r="J259" s="1"/>
+      <c r="K259" s="1"/>
+      <c r="L259" s="1"/>
+      <c r="M259" s="1"/>
+      <c r="N259" s="1"/>
+      <c r="O259" s="1"/>
+      <c r="P259" s="1"/>
+      <c r="Q259" s="1"/>
+      <c r="R259" s="1"/>
+      <c r="S259" s="1"/>
+      <c r="T259" s="1"/>
+      <c r="U259" s="1"/>
+      <c r="V259" s="1"/>
+      <c r="W259" s="1"/>
+    </row>
+    <row r="260" spans="1:23">
+      <c r="A260" s="3">
+        <v>258</v>
+      </c>
+      <c r="B260" s="3" t="s">
+        <v>985</v>
+      </c>
+      <c r="C260" s="3" t="s">
+        <v>986</v>
+      </c>
+      <c r="D260" s="3" t="s">
+        <v>987</v>
+      </c>
+      <c r="E260" s="3" t="s">
+        <v>988</v>
+      </c>
+      <c r="F260" s="3" t="s">
+        <v>989</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H260" s="4" t="s">
+        <v>984</v>
+      </c>
+      <c r="I260" s="4"/>
+      <c r="J260" s="1"/>
+      <c r="K260" s="1"/>
+      <c r="L260" s="1"/>
+      <c r="M260" s="1"/>
+      <c r="N260" s="1"/>
+      <c r="O260" s="1"/>
+      <c r="P260" s="1"/>
+      <c r="Q260" s="1"/>
+      <c r="R260" s="1"/>
+      <c r="S260" s="1"/>
+      <c r="T260" s="1"/>
+      <c r="U260" s="1"/>
+      <c r="V260" s="1"/>
+      <c r="W260" s="1"/>
+    </row>
+    <row r="261" spans="1:23">
+      <c r="A261" s="3">
+        <v>259</v>
+      </c>
+      <c r="B261" s="3" t="s">
+        <v>990</v>
+      </c>
+      <c r="C261" s="3" t="s">
+        <v>991</v>
+      </c>
+      <c r="D261" s="3" t="s">
+        <v>992</v>
+      </c>
+      <c r="E261" s="3" t="s">
+        <v>993</v>
+      </c>
+      <c r="F261" s="3" t="s">
+        <v>994</v>
+      </c>
+      <c r="G261" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H261" s="4" t="s">
+        <v>991</v>
+      </c>
+      <c r="I261" s="4"/>
+      <c r="J261" s="1"/>
+      <c r="K261" s="1"/>
+      <c r="L261" s="1"/>
+      <c r="M261" s="1"/>
+      <c r="N261" s="1"/>
+      <c r="O261" s="1"/>
+      <c r="P261" s="1"/>
+      <c r="Q261" s="1"/>
+      <c r="R261" s="1"/>
+      <c r="S261" s="1"/>
+      <c r="T261" s="1"/>
+      <c r="U261" s="1"/>
+      <c r="V261" s="1"/>
+      <c r="W261" s="1"/>
+    </row>
+    <row r="262" spans="1:23">
+      <c r="A262" s="3">
+        <v>260</v>
+      </c>
+      <c r="B262" s="3" t="s">
+        <v>995</v>
+      </c>
+      <c r="C262" s="3" t="s">
+        <v>964</v>
+      </c>
+      <c r="D262" s="3" t="s">
+        <v>996</v>
+      </c>
+      <c r="E262" s="3" t="s">
+        <v>997</v>
+      </c>
+      <c r="F262" s="3" t="s">
+        <v>998</v>
+      </c>
+      <c r="G262" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H262" s="4" t="s">
+        <v>946</v>
+      </c>
+      <c r="I262" s="4"/>
+      <c r="J262" s="1"/>
+      <c r="K262" s="1"/>
+      <c r="L262" s="1"/>
+      <c r="M262" s="1"/>
+      <c r="N262" s="1"/>
+      <c r="O262" s="1"/>
+      <c r="P262" s="1"/>
+      <c r="Q262" s="1"/>
+      <c r="R262" s="1"/>
+      <c r="S262" s="1"/>
+      <c r="T262" s="1"/>
+      <c r="U262" s="1"/>
+      <c r="V262" s="1"/>
+      <c r="W262" s="1"/>
+    </row>
+    <row r="263" spans="1:23">
+      <c r="A263" s="3">
+        <v>261</v>
+      </c>
+      <c r="B263" s="3" t="s">
+        <v>999</v>
+      </c>
+      <c r="C263" s="3" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D263" s="3" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E263" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="F263" s="3" t="s">
+        <v>1002</v>
+      </c>
+      <c r="G263" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H263" s="4" t="s">
+        <v>973</v>
+      </c>
+      <c r="I263" s="4"/>
+      <c r="J263" s="1"/>
+      <c r="K263" s="1"/>
+      <c r="L263" s="1"/>
+      <c r="M263" s="1"/>
+      <c r="N263" s="1"/>
+      <c r="O263" s="1"/>
+      <c r="P263" s="1"/>
+      <c r="Q263" s="1"/>
+      <c r="R263" s="1"/>
+      <c r="S263" s="1"/>
+      <c r="T263" s="1"/>
+      <c r="U263" s="1"/>
+      <c r="V263" s="1"/>
+      <c r="W263" s="1"/>
+    </row>
+    <row r="264" spans="1:23">
+      <c r="A264" s="3">
+        <v>262</v>
+      </c>
+      <c r="B264" s="3" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C264" s="3" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D264" s="3" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E264" s="3" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F264" s="3" t="s">
+        <v>1007</v>
+      </c>
+      <c r="G264" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H264" s="4" t="s">
+        <v>952</v>
+      </c>
+      <c r="I264" s="4"/>
+      <c r="J264" s="1"/>
+      <c r="K264" s="1"/>
+      <c r="L264" s="1"/>
+      <c r="M264" s="1"/>
+      <c r="N264" s="1"/>
+      <c r="O264" s="1"/>
+      <c r="P264" s="1"/>
+      <c r="Q264" s="1"/>
+      <c r="R264" s="1"/>
+      <c r="S264" s="1"/>
+      <c r="T264" s="1"/>
+      <c r="U264" s="1"/>
+      <c r="V264" s="1"/>
+      <c r="W264" s="1"/>
+    </row>
+    <row r="265" spans="1:23">
+      <c r="A265" s="3">
+        <v>263</v>
+      </c>
+      <c r="B265" s="3" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C265" s="3" t="s">
+        <v>941</v>
+      </c>
+      <c r="D265" s="3" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E265" s="3" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F265" s="3" t="s">
+        <v>1011</v>
+      </c>
+      <c r="G265" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H265" s="4" t="s">
+        <v>952</v>
+      </c>
+      <c r="I265" s="4"/>
+      <c r="J265" s="1"/>
+      <c r="K265" s="1"/>
+      <c r="L265" s="1"/>
+      <c r="M265" s="1"/>
+      <c r="N265" s="1"/>
+      <c r="O265" s="1"/>
+      <c r="P265" s="1"/>
+      <c r="Q265" s="1"/>
+      <c r="R265" s="1"/>
+      <c r="S265" s="1"/>
+      <c r="T265" s="1"/>
+      <c r="U265" s="1"/>
+      <c r="V265" s="1"/>
+      <c r="W265" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>