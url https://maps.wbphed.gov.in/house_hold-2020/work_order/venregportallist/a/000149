--- v0 (2025-12-07)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="591">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="613">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -1769,66 +1769,132 @@
   <si>
     <t>2024-11-05</t>
   </si>
   <si>
     <t>VMR/2024/1882</t>
   </si>
   <si>
     <t>0000000618</t>
   </si>
   <si>
     <t>REQ/000582/2024-2025</t>
   </si>
   <si>
     <t>2025-01-02</t>
   </si>
   <si>
     <t>VMR/2023/002701</t>
   </si>
   <si>
     <t>0000000799</t>
   </si>
   <si>
     <t>2025-01-03</t>
   </si>
   <si>
+    <t>REQ/001251/2025-2026</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>VMR/2023/002734</t>
+  </si>
+  <si>
+    <t>please approve</t>
+  </si>
+  <si>
+    <t>0000000827</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>REQ/001216/2025-2026</t>
+  </si>
+  <si>
+    <t>2025-12-08</t>
+  </si>
+  <si>
+    <t>VMR/2024/001586</t>
+  </si>
+  <si>
+    <t>FOR BILLING PURPOSE</t>
+  </si>
+  <si>
+    <t>0000000825</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
     <t>REQ/001162/2025-2026</t>
   </si>
   <si>
     <t>2025-11-10</t>
   </si>
   <si>
     <t>VMR/2023/000750</t>
   </si>
   <si>
     <t>Request for vendor code.</t>
   </si>
   <si>
     <t>0000000822</t>
   </si>
   <si>
     <t>2025-11-11</t>
+  </si>
+  <si>
+    <t>REQ/001255/2025-2026</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>VMR/2023/001012</t>
+  </si>
+  <si>
+    <t>0000000505</t>
+  </si>
+  <si>
+    <t>REQ/001230/2025-2026</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>VMR/2023/000916</t>
+  </si>
+  <si>
+    <t>Vendor code required for getting bill</t>
+  </si>
+  <si>
+    <t>0000000826</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2184,51 +2250,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W144"/>
+  <dimension ref="A1:W148"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="147.392578" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -8048,50 +8114,214 @@
       </c>
       <c r="F144" s="3" t="s">
         <v>589</v>
       </c>
       <c r="G144" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H144" s="4" t="s">
         <v>590</v>
       </c>
       <c r="I144" s="4"/>
       <c r="J144" s="1"/>
       <c r="K144" s="1"/>
       <c r="L144" s="1"/>
       <c r="M144" s="1"/>
       <c r="N144" s="1"/>
       <c r="O144" s="1"/>
       <c r="P144" s="1"/>
       <c r="Q144" s="1"/>
       <c r="R144" s="1"/>
       <c r="S144" s="1"/>
       <c r="T144" s="1"/>
       <c r="U144" s="1"/>
       <c r="V144" s="1"/>
       <c r="W144" s="1"/>
+    </row>
+    <row r="145" spans="1:23">
+      <c r="A145" s="3">
+        <v>143</v>
+      </c>
+      <c r="B145" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="C145" s="3" t="s">
+        <v>592</v>
+      </c>
+      <c r="D145" s="3" t="s">
+        <v>593</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>594</v>
+      </c>
+      <c r="F145" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H145" s="4" t="s">
+        <v>596</v>
+      </c>
+      <c r="I145" s="4"/>
+      <c r="J145" s="1"/>
+      <c r="K145" s="1"/>
+      <c r="L145" s="1"/>
+      <c r="M145" s="1"/>
+      <c r="N145" s="1"/>
+      <c r="O145" s="1"/>
+      <c r="P145" s="1"/>
+      <c r="Q145" s="1"/>
+      <c r="R145" s="1"/>
+      <c r="S145" s="1"/>
+      <c r="T145" s="1"/>
+      <c r="U145" s="1"/>
+      <c r="V145" s="1"/>
+      <c r="W145" s="1"/>
+    </row>
+    <row r="146" spans="1:23">
+      <c r="A146" s="3">
+        <v>144</v>
+      </c>
+      <c r="B146" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="C146" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="D146" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="F146" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H146" s="4" t="s">
+        <v>602</v>
+      </c>
+      <c r="I146" s="4"/>
+      <c r="J146" s="1"/>
+      <c r="K146" s="1"/>
+      <c r="L146" s="1"/>
+      <c r="M146" s="1"/>
+      <c r="N146" s="1"/>
+      <c r="O146" s="1"/>
+      <c r="P146" s="1"/>
+      <c r="Q146" s="1"/>
+      <c r="R146" s="1"/>
+      <c r="S146" s="1"/>
+      <c r="T146" s="1"/>
+      <c r="U146" s="1"/>
+      <c r="V146" s="1"/>
+      <c r="W146" s="1"/>
+    </row>
+    <row r="147" spans="1:23">
+      <c r="A147" s="3">
+        <v>145</v>
+      </c>
+      <c r="B147" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="C147" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="D147" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F147" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H147" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="I147" s="4"/>
+      <c r="J147" s="1"/>
+      <c r="K147" s="1"/>
+      <c r="L147" s="1"/>
+      <c r="M147" s="1"/>
+      <c r="N147" s="1"/>
+      <c r="O147" s="1"/>
+      <c r="P147" s="1"/>
+      <c r="Q147" s="1"/>
+      <c r="R147" s="1"/>
+      <c r="S147" s="1"/>
+      <c r="T147" s="1"/>
+      <c r="U147" s="1"/>
+      <c r="V147" s="1"/>
+      <c r="W147" s="1"/>
+    </row>
+    <row r="148" spans="1:23">
+      <c r="A148" s="3">
+        <v>146</v>
+      </c>
+      <c r="B148" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="C148" s="3" t="s">
+        <v>608</v>
+      </c>
+      <c r="D148" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="F148" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H148" s="4" t="s">
+        <v>612</v>
+      </c>
+      <c r="I148" s="4"/>
+      <c r="J148" s="1"/>
+      <c r="K148" s="1"/>
+      <c r="L148" s="1"/>
+      <c r="M148" s="1"/>
+      <c r="N148" s="1"/>
+      <c r="O148" s="1"/>
+      <c r="P148" s="1"/>
+      <c r="Q148" s="1"/>
+      <c r="R148" s="1"/>
+      <c r="S148" s="1"/>
+      <c r="T148" s="1"/>
+      <c r="U148" s="1"/>
+      <c r="V148" s="1"/>
+      <c r="W148" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>