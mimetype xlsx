--- v0 (2025-12-07)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="893">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="898">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -2691,50 +2691,65 @@
     <t>VMR/2023/000362</t>
   </si>
   <si>
     <t>Please approve for vendor registration</t>
   </si>
   <si>
     <t>0000000556</t>
   </si>
   <si>
     <t>REQ/001205/2025-2026</t>
   </si>
   <si>
     <t>2025-11-28</t>
   </si>
   <si>
     <t>VMR/2023/002250</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>0000000568</t>
   </si>
   <si>
     <t>2025-11-29</t>
+  </si>
+  <si>
+    <t>REQ/001246/2025-2026</t>
+  </si>
+  <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>VMR/2024/2203</t>
+  </si>
+  <si>
+    <t>For Agency</t>
+  </si>
+  <si>
+    <t>0000000423</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3090,51 +3105,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W232"/>
+  <dimension ref="A1:W233"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="52.987061" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -12408,50 +12423,91 @@
       </c>
       <c r="F232" s="3" t="s">
         <v>891</v>
       </c>
       <c r="G232" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H232" s="4" t="s">
         <v>892</v>
       </c>
       <c r="I232" s="4"/>
       <c r="J232" s="1"/>
       <c r="K232" s="1"/>
       <c r="L232" s="1"/>
       <c r="M232" s="1"/>
       <c r="N232" s="1"/>
       <c r="O232" s="1"/>
       <c r="P232" s="1"/>
       <c r="Q232" s="1"/>
       <c r="R232" s="1"/>
       <c r="S232" s="1"/>
       <c r="T232" s="1"/>
       <c r="U232" s="1"/>
       <c r="V232" s="1"/>
       <c r="W232" s="1"/>
+    </row>
+    <row r="233" spans="1:23">
+      <c r="A233" s="3">
+        <v>231</v>
+      </c>
+      <c r="B233" s="3" t="s">
+        <v>893</v>
+      </c>
+      <c r="C233" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="D233" s="3" t="s">
+        <v>895</v>
+      </c>
+      <c r="E233" s="3" t="s">
+        <v>896</v>
+      </c>
+      <c r="F233" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="G233" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H233" s="4" t="s">
+        <v>894</v>
+      </c>
+      <c r="I233" s="4"/>
+      <c r="J233" s="1"/>
+      <c r="K233" s="1"/>
+      <c r="L233" s="1"/>
+      <c r="M233" s="1"/>
+      <c r="N233" s="1"/>
+      <c r="O233" s="1"/>
+      <c r="P233" s="1"/>
+      <c r="Q233" s="1"/>
+      <c r="R233" s="1"/>
+      <c r="S233" s="1"/>
+      <c r="T233" s="1"/>
+      <c r="U233" s="1"/>
+      <c r="V233" s="1"/>
+      <c r="W233" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>