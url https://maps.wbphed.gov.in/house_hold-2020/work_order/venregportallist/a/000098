--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="898">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="905">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -2673,50 +2673,71 @@
     <t>REQ/2024/4881</t>
   </si>
   <si>
     <t>VMR/2024/2353</t>
   </si>
   <si>
     <t>PLZ APPROVE</t>
   </si>
   <si>
     <t>0000000549</t>
   </si>
   <si>
     <t>REQ/000599/2024-2025</t>
   </si>
   <si>
     <t>2025-01-06</t>
   </si>
   <si>
     <t>VMR/2023/000362</t>
   </si>
   <si>
     <t>Please approve for vendor registration</t>
   </si>
   <si>
     <t>0000000556</t>
+  </si>
+  <si>
+    <t>REQ/001365/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>VMR/2023/003477</t>
+  </si>
+  <si>
+    <t>0000000571</t>
+  </si>
+  <si>
+    <t>REQ/001364/2025-2026</t>
+  </si>
+  <si>
+    <t>VMR/2023/003476</t>
+  </si>
+  <si>
+    <t>0000000570</t>
   </si>
   <si>
     <t>REQ/001205/2025-2026</t>
   </si>
   <si>
     <t>2025-11-28</t>
   </si>
   <si>
     <t>VMR/2023/002250</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>0000000568</t>
   </si>
   <si>
     <t>2025-11-29</t>
   </si>
   <si>
     <t>REQ/001246/2025-2026</t>
   </si>
   <si>
     <t>2025-12-22</t>
   </si>
@@ -3105,51 +3126,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W233"/>
+  <dimension ref="A1:W235"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="52.987061" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -12396,118 +12417,196 @@
       <c r="M231" s="1"/>
       <c r="N231" s="1"/>
       <c r="O231" s="1"/>
       <c r="P231" s="1"/>
       <c r="Q231" s="1"/>
       <c r="R231" s="1"/>
       <c r="S231" s="1"/>
       <c r="T231" s="1"/>
       <c r="U231" s="1"/>
       <c r="V231" s="1"/>
       <c r="W231" s="1"/>
     </row>
     <row r="232" spans="1:23">
       <c r="A232" s="3">
         <v>230</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>887</v>
       </c>
       <c r="C232" s="3" t="s">
         <v>888</v>
       </c>
       <c r="D232" s="3" t="s">
         <v>889</v>
       </c>
-      <c r="E232" s="3" t="s">
+      <c r="E232" s="3"/>
+      <c r="F232" s="3" t="s">
         <v>890</v>
       </c>
-      <c r="F232" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G232" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H232" s="4" t="s">
-        <v>892</v>
+        <v>888</v>
       </c>
       <c r="I232" s="4"/>
       <c r="J232" s="1"/>
       <c r="K232" s="1"/>
       <c r="L232" s="1"/>
       <c r="M232" s="1"/>
       <c r="N232" s="1"/>
       <c r="O232" s="1"/>
       <c r="P232" s="1"/>
       <c r="Q232" s="1"/>
       <c r="R232" s="1"/>
       <c r="S232" s="1"/>
       <c r="T232" s="1"/>
       <c r="U232" s="1"/>
       <c r="V232" s="1"/>
       <c r="W232" s="1"/>
     </row>
     <row r="233" spans="1:23">
       <c r="A233" s="3">
         <v>231</v>
       </c>
       <c r="B233" s="3" t="s">
+        <v>891</v>
+      </c>
+      <c r="C233" s="3" t="s">
+        <v>888</v>
+      </c>
+      <c r="D233" s="3" t="s">
+        <v>892</v>
+      </c>
+      <c r="E233" s="3"/>
+      <c r="F233" s="3" t="s">
         <v>893</v>
       </c>
-      <c r="C233" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G233" s="3" t="s">
         <v>14</v>
       </c>
       <c r="H233" s="4" t="s">
-        <v>894</v>
+        <v>888</v>
       </c>
       <c r="I233" s="4"/>
       <c r="J233" s="1"/>
       <c r="K233" s="1"/>
       <c r="L233" s="1"/>
       <c r="M233" s="1"/>
       <c r="N233" s="1"/>
       <c r="O233" s="1"/>
       <c r="P233" s="1"/>
       <c r="Q233" s="1"/>
       <c r="R233" s="1"/>
       <c r="S233" s="1"/>
       <c r="T233" s="1"/>
       <c r="U233" s="1"/>
       <c r="V233" s="1"/>
       <c r="W233" s="1"/>
+    </row>
+    <row r="234" spans="1:23">
+      <c r="A234" s="3">
+        <v>232</v>
+      </c>
+      <c r="B234" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="C234" s="3" t="s">
+        <v>895</v>
+      </c>
+      <c r="D234" s="3" t="s">
+        <v>896</v>
+      </c>
+      <c r="E234" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="F234" s="3" t="s">
+        <v>898</v>
+      </c>
+      <c r="G234" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H234" s="4" t="s">
+        <v>899</v>
+      </c>
+      <c r="I234" s="4"/>
+      <c r="J234" s="1"/>
+      <c r="K234" s="1"/>
+      <c r="L234" s="1"/>
+      <c r="M234" s="1"/>
+      <c r="N234" s="1"/>
+      <c r="O234" s="1"/>
+      <c r="P234" s="1"/>
+      <c r="Q234" s="1"/>
+      <c r="R234" s="1"/>
+      <c r="S234" s="1"/>
+      <c r="T234" s="1"/>
+      <c r="U234" s="1"/>
+      <c r="V234" s="1"/>
+      <c r="W234" s="1"/>
+    </row>
+    <row r="235" spans="1:23">
+      <c r="A235" s="3">
+        <v>233</v>
+      </c>
+      <c r="B235" s="3" t="s">
+        <v>900</v>
+      </c>
+      <c r="C235" s="3" t="s">
+        <v>901</v>
+      </c>
+      <c r="D235" s="3" t="s">
+        <v>902</v>
+      </c>
+      <c r="E235" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="F235" s="3" t="s">
+        <v>904</v>
+      </c>
+      <c r="G235" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H235" s="4" t="s">
+        <v>901</v>
+      </c>
+      <c r="I235" s="4"/>
+      <c r="J235" s="1"/>
+      <c r="K235" s="1"/>
+      <c r="L235" s="1"/>
+      <c r="M235" s="1"/>
+      <c r="N235" s="1"/>
+      <c r="O235" s="1"/>
+      <c r="P235" s="1"/>
+      <c r="Q235" s="1"/>
+      <c r="R235" s="1"/>
+      <c r="S235" s="1"/>
+      <c r="T235" s="1"/>
+      <c r="U235" s="1"/>
+      <c r="V235" s="1"/>
+      <c r="W235" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>