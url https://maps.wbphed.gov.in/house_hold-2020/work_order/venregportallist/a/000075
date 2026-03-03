--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1256">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1277">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -3780,50 +3780,113 @@
     <t>2024-08-28</t>
   </si>
   <si>
     <t>VMR/2024/2079</t>
   </si>
   <si>
     <t>Working in this division</t>
   </si>
   <si>
     <t>0000000827</t>
   </si>
   <si>
     <t>2024-09-10</t>
   </si>
   <si>
     <t>REQ/2024/5009</t>
   </si>
   <si>
     <t>2024-10-22</t>
   </si>
   <si>
     <t>VMR/2023/000332</t>
   </si>
   <si>
     <t>0000000844</t>
+  </si>
+  <si>
+    <t>REQ/001415/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>VMR/2023/000448</t>
+  </si>
+  <si>
+    <t>0000000872</t>
+  </si>
+  <si>
+    <t>REQ/001417/2025-2026</t>
+  </si>
+  <si>
+    <t>VMR/2024/000269</t>
+  </si>
+  <si>
+    <t>Pl Approved</t>
+  </si>
+  <si>
+    <t>0000000873</t>
+  </si>
+  <si>
+    <t>REQ/001395/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
+    <t>VMR/2023/000093</t>
+  </si>
+  <si>
+    <t>FOR WORK ORDER</t>
+  </si>
+  <si>
+    <t>0000000870</t>
+  </si>
+  <si>
+    <t>REQ/001398/2025-2026</t>
+  </si>
+  <si>
+    <t>VMR/2023/000288</t>
+  </si>
+  <si>
+    <t>Request for registration and vendor code.</t>
+  </si>
+  <si>
+    <t>0000000871</t>
+  </si>
+  <si>
+    <t>REQ/001403/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-26</t>
+  </si>
+  <si>
+    <t>VMR/2023/002562</t>
+  </si>
+  <si>
+    <t>0000000697</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4179,51 +4242,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W335"/>
+  <dimension ref="A1:W340"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="215.804443" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -17758,50 +17821,253 @@
       </c>
       <c r="F335" s="3" t="s">
         <v>1255</v>
       </c>
       <c r="G335" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H335" s="4" t="s">
         <v>1253</v>
       </c>
       <c r="I335" s="4"/>
       <c r="J335" s="1"/>
       <c r="K335" s="1"/>
       <c r="L335" s="1"/>
       <c r="M335" s="1"/>
       <c r="N335" s="1"/>
       <c r="O335" s="1"/>
       <c r="P335" s="1"/>
       <c r="Q335" s="1"/>
       <c r="R335" s="1"/>
       <c r="S335" s="1"/>
       <c r="T335" s="1"/>
       <c r="U335" s="1"/>
       <c r="V335" s="1"/>
       <c r="W335" s="1"/>
+    </row>
+    <row r="336" spans="1:23">
+      <c r="A336" s="3">
+        <v>334</v>
+      </c>
+      <c r="B336" s="3" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C336" s="3" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D336" s="3" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E336" s="3"/>
+      <c r="F336" s="3" t="s">
+        <v>1259</v>
+      </c>
+      <c r="G336" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H336" s="4" t="s">
+        <v>1257</v>
+      </c>
+      <c r="I336" s="4"/>
+      <c r="J336" s="1"/>
+      <c r="K336" s="1"/>
+      <c r="L336" s="1"/>
+      <c r="M336" s="1"/>
+      <c r="N336" s="1"/>
+      <c r="O336" s="1"/>
+      <c r="P336" s="1"/>
+      <c r="Q336" s="1"/>
+      <c r="R336" s="1"/>
+      <c r="S336" s="1"/>
+      <c r="T336" s="1"/>
+      <c r="U336" s="1"/>
+      <c r="V336" s="1"/>
+      <c r="W336" s="1"/>
+    </row>
+    <row r="337" spans="1:23">
+      <c r="A337" s="3">
+        <v>335</v>
+      </c>
+      <c r="B337" s="3" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C337" s="3" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D337" s="3" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E337" s="3" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F337" s="3" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G337" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H337" s="4" t="s">
+        <v>1257</v>
+      </c>
+      <c r="I337" s="4"/>
+      <c r="J337" s="1"/>
+      <c r="K337" s="1"/>
+      <c r="L337" s="1"/>
+      <c r="M337" s="1"/>
+      <c r="N337" s="1"/>
+      <c r="O337" s="1"/>
+      <c r="P337" s="1"/>
+      <c r="Q337" s="1"/>
+      <c r="R337" s="1"/>
+      <c r="S337" s="1"/>
+      <c r="T337" s="1"/>
+      <c r="U337" s="1"/>
+      <c r="V337" s="1"/>
+      <c r="W337" s="1"/>
+    </row>
+    <row r="338" spans="1:23">
+      <c r="A338" s="3">
+        <v>336</v>
+      </c>
+      <c r="B338" s="3" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C338" s="3" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D338" s="3" t="s">
+        <v>1266</v>
+      </c>
+      <c r="E338" s="3" t="s">
+        <v>1267</v>
+      </c>
+      <c r="F338" s="3" t="s">
+        <v>1268</v>
+      </c>
+      <c r="G338" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H338" s="4" t="s">
+        <v>1265</v>
+      </c>
+      <c r="I338" s="4"/>
+      <c r="J338" s="1"/>
+      <c r="K338" s="1"/>
+      <c r="L338" s="1"/>
+      <c r="M338" s="1"/>
+      <c r="N338" s="1"/>
+      <c r="O338" s="1"/>
+      <c r="P338" s="1"/>
+      <c r="Q338" s="1"/>
+      <c r="R338" s="1"/>
+      <c r="S338" s="1"/>
+      <c r="T338" s="1"/>
+      <c r="U338" s="1"/>
+      <c r="V338" s="1"/>
+      <c r="W338" s="1"/>
+    </row>
+    <row r="339" spans="1:23">
+      <c r="A339" s="3">
+        <v>337</v>
+      </c>
+      <c r="B339" s="3" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C339" s="3" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D339" s="3" t="s">
+        <v>1270</v>
+      </c>
+      <c r="E339" s="3" t="s">
+        <v>1271</v>
+      </c>
+      <c r="F339" s="3" t="s">
+        <v>1272</v>
+      </c>
+      <c r="G339" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H339" s="4" t="s">
+        <v>1265</v>
+      </c>
+      <c r="I339" s="4"/>
+      <c r="J339" s="1"/>
+      <c r="K339" s="1"/>
+      <c r="L339" s="1"/>
+      <c r="M339" s="1"/>
+      <c r="N339" s="1"/>
+      <c r="O339" s="1"/>
+      <c r="P339" s="1"/>
+      <c r="Q339" s="1"/>
+      <c r="R339" s="1"/>
+      <c r="S339" s="1"/>
+      <c r="T339" s="1"/>
+      <c r="U339" s="1"/>
+      <c r="V339" s="1"/>
+      <c r="W339" s="1"/>
+    </row>
+    <row r="340" spans="1:23">
+      <c r="A340" s="3">
+        <v>338</v>
+      </c>
+      <c r="B340" s="3" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C340" s="3" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D340" s="3" t="s">
+        <v>1275</v>
+      </c>
+      <c r="E340" s="3" t="s">
+        <v>1267</v>
+      </c>
+      <c r="F340" s="3" t="s">
+        <v>1276</v>
+      </c>
+      <c r="G340" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H340" s="4" t="s">
+        <v>1274</v>
+      </c>
+      <c r="I340" s="4"/>
+      <c r="J340" s="1"/>
+      <c r="K340" s="1"/>
+      <c r="L340" s="1"/>
+      <c r="M340" s="1"/>
+      <c r="N340" s="1"/>
+      <c r="O340" s="1"/>
+      <c r="P340" s="1"/>
+      <c r="Q340" s="1"/>
+      <c r="R340" s="1"/>
+      <c r="S340" s="1"/>
+      <c r="T340" s="1"/>
+      <c r="U340" s="1"/>
+      <c r="V340" s="1"/>
+      <c r="W340" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>