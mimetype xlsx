--- v0 (2025-12-07)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="812">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="817">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -2448,50 +2448,65 @@
     <t>0000000378</t>
   </si>
   <si>
     <t>REQ/000954/2024-2025</t>
   </si>
   <si>
     <t>2025-02-18</t>
   </si>
   <si>
     <t>VMR/2023/001634</t>
   </si>
   <si>
     <t>0000000381</t>
   </si>
   <si>
     <t>REQ/001215/2025-2026</t>
   </si>
   <si>
     <t>2025-12-05</t>
   </si>
   <si>
     <t>VMR/2024/001729</t>
   </si>
   <si>
     <t>0000000226</t>
+  </si>
+  <si>
+    <t>REQ/001275/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>VMR/2023/003741</t>
+  </si>
+  <si>
+    <t>Approved Request</t>
+  </si>
+  <si>
+    <t>0000000405</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2847,51 +2862,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W197"/>
+  <dimension ref="A1:W198"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="87.121582" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -10822,50 +10837,91 @@
       </c>
       <c r="F197" s="3" t="s">
         <v>811</v>
       </c>
       <c r="G197" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H197" s="4" t="s">
         <v>809</v>
       </c>
       <c r="I197" s="4"/>
       <c r="J197" s="1"/>
       <c r="K197" s="1"/>
       <c r="L197" s="1"/>
       <c r="M197" s="1"/>
       <c r="N197" s="1"/>
       <c r="O197" s="1"/>
       <c r="P197" s="1"/>
       <c r="Q197" s="1"/>
       <c r="R197" s="1"/>
       <c r="S197" s="1"/>
       <c r="T197" s="1"/>
       <c r="U197" s="1"/>
       <c r="V197" s="1"/>
       <c r="W197" s="1"/>
+    </row>
+    <row r="198" spans="1:23">
+      <c r="A198" s="3">
+        <v>196</v>
+      </c>
+      <c r="B198" s="3" t="s">
+        <v>812</v>
+      </c>
+      <c r="C198" s="3" t="s">
+        <v>813</v>
+      </c>
+      <c r="D198" s="3" t="s">
+        <v>814</v>
+      </c>
+      <c r="E198" s="3" t="s">
+        <v>815</v>
+      </c>
+      <c r="F198" s="3" t="s">
+        <v>816</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H198" s="4" t="s">
+        <v>813</v>
+      </c>
+      <c r="I198" s="4"/>
+      <c r="J198" s="1"/>
+      <c r="K198" s="1"/>
+      <c r="L198" s="1"/>
+      <c r="M198" s="1"/>
+      <c r="N198" s="1"/>
+      <c r="O198" s="1"/>
+      <c r="P198" s="1"/>
+      <c r="Q198" s="1"/>
+      <c r="R198" s="1"/>
+      <c r="S198" s="1"/>
+      <c r="T198" s="1"/>
+      <c r="U198" s="1"/>
+      <c r="V198" s="1"/>
+      <c r="W198" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>