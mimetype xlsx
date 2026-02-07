--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="817">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="822">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -2463,50 +2463,65 @@
     <t>REQ/001215/2025-2026</t>
   </si>
   <si>
     <t>2025-12-05</t>
   </si>
   <si>
     <t>VMR/2024/001729</t>
   </si>
   <si>
     <t>0000000226</t>
   </si>
   <si>
     <t>REQ/001275/2025-2026</t>
   </si>
   <si>
     <t>2026-01-09</t>
   </si>
   <si>
     <t>VMR/2023/003741</t>
   </si>
   <si>
     <t>Approved Request</t>
   </si>
   <si>
     <t>0000000405</t>
+  </si>
+  <si>
+    <t>REQ/001286/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>VMR/2023/000342</t>
+  </si>
+  <si>
+    <t>Please approve for vendor code</t>
+  </si>
+  <si>
+    <t>0000000406</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2862,51 +2877,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W198"/>
+  <dimension ref="A1:W199"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="87.121582" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -10878,50 +10893,91 @@
       </c>
       <c r="F198" s="3" t="s">
         <v>816</v>
       </c>
       <c r="G198" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H198" s="4" t="s">
         <v>813</v>
       </c>
       <c r="I198" s="4"/>
       <c r="J198" s="1"/>
       <c r="K198" s="1"/>
       <c r="L198" s="1"/>
       <c r="M198" s="1"/>
       <c r="N198" s="1"/>
       <c r="O198" s="1"/>
       <c r="P198" s="1"/>
       <c r="Q198" s="1"/>
       <c r="R198" s="1"/>
       <c r="S198" s="1"/>
       <c r="T198" s="1"/>
       <c r="U198" s="1"/>
       <c r="V198" s="1"/>
       <c r="W198" s="1"/>
+    </row>
+    <row r="199" spans="1:23">
+      <c r="A199" s="3">
+        <v>197</v>
+      </c>
+      <c r="B199" s="3" t="s">
+        <v>817</v>
+      </c>
+      <c r="C199" s="3" t="s">
+        <v>818</v>
+      </c>
+      <c r="D199" s="3" t="s">
+        <v>819</v>
+      </c>
+      <c r="E199" s="3" t="s">
+        <v>820</v>
+      </c>
+      <c r="F199" s="3" t="s">
+        <v>821</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H199" s="4" t="s">
+        <v>818</v>
+      </c>
+      <c r="I199" s="4"/>
+      <c r="J199" s="1"/>
+      <c r="K199" s="1"/>
+      <c r="L199" s="1"/>
+      <c r="M199" s="1"/>
+      <c r="N199" s="1"/>
+      <c r="O199" s="1"/>
+      <c r="P199" s="1"/>
+      <c r="Q199" s="1"/>
+      <c r="R199" s="1"/>
+      <c r="S199" s="1"/>
+      <c r="T199" s="1"/>
+      <c r="U199" s="1"/>
+      <c r="V199" s="1"/>
+      <c r="W199" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>