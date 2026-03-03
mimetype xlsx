--- v2 (2026-02-07)
+++ v3 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F5- Agency Registration Informa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="822">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="827">
   <si>
     <t>F5- Agency Registration Information</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Request No</t>
   </si>
   <si>
     <t>Request Date</t>
   </si>
   <si>
     <t>Registration No</t>
   </si>
   <si>
     <t>Registration Reason</t>
   </si>
   <si>
     <t>Vendor Code</t>
   </si>
   <si>
     <t>Approval Flags</t>
   </si>
   <si>
@@ -2436,50 +2436,65 @@
     <t>REQ/2024/4374</t>
   </si>
   <si>
     <t>2024-09-03</t>
   </si>
   <si>
     <t>VMR/2024/2116</t>
   </si>
   <si>
     <t>Please approve our request</t>
   </si>
   <si>
     <t>0000000378</t>
   </si>
   <si>
     <t>REQ/000954/2024-2025</t>
   </si>
   <si>
     <t>2025-02-18</t>
   </si>
   <si>
     <t>VMR/2023/001634</t>
   </si>
   <si>
     <t>0000000381</t>
+  </si>
+  <si>
+    <t>REQ/001423/2025-2026</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>VMR/2024/000592</t>
+  </si>
+  <si>
+    <t>0000000114</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
   </si>
   <si>
     <t>REQ/001215/2025-2026</t>
   </si>
   <si>
     <t>2025-12-05</t>
   </si>
   <si>
     <t>VMR/2024/001729</t>
   </si>
   <si>
     <t>0000000226</t>
   </si>
   <si>
     <t>REQ/001275/2025-2026</t>
   </si>
   <si>
     <t>2026-01-09</t>
   </si>
   <si>
     <t>VMR/2023/003741</t>
   </si>
   <si>
     <t>Approved Request</t>
   </si>
@@ -2877,51 +2892,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W199"/>
+  <dimension ref="A1:W200"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="87.121582" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
@@ -10826,101 +10841,101 @@
       <c r="N196" s="1"/>
       <c r="O196" s="1"/>
       <c r="P196" s="1"/>
       <c r="Q196" s="1"/>
       <c r="R196" s="1"/>
       <c r="S196" s="1"/>
       <c r="T196" s="1"/>
       <c r="U196" s="1"/>
       <c r="V196" s="1"/>
       <c r="W196" s="1"/>
     </row>
     <row r="197" spans="1:23">
       <c r="A197" s="3">
         <v>195</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>808</v>
       </c>
       <c r="C197" s="3" t="s">
         <v>809</v>
       </c>
       <c r="D197" s="3" t="s">
         <v>810</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>519</v>
+        <v>222</v>
       </c>
       <c r="F197" s="3" t="s">
         <v>811</v>
       </c>
       <c r="G197" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H197" s="4" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="I197" s="4"/>
       <c r="J197" s="1"/>
       <c r="K197" s="1"/>
       <c r="L197" s="1"/>
       <c r="M197" s="1"/>
       <c r="N197" s="1"/>
       <c r="O197" s="1"/>
       <c r="P197" s="1"/>
       <c r="Q197" s="1"/>
       <c r="R197" s="1"/>
       <c r="S197" s="1"/>
       <c r="T197" s="1"/>
       <c r="U197" s="1"/>
       <c r="V197" s="1"/>
       <c r="W197" s="1"/>
     </row>
     <row r="198" spans="1:23">
       <c r="A198" s="3">
         <v>196</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="D198" s="3" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>815</v>
+        <v>519</v>
       </c>
       <c r="F198" s="3" t="s">
         <v>816</v>
       </c>
       <c r="G198" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H198" s="4" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="I198" s="4"/>
       <c r="J198" s="1"/>
       <c r="K198" s="1"/>
       <c r="L198" s="1"/>
       <c r="M198" s="1"/>
       <c r="N198" s="1"/>
       <c r="O198" s="1"/>
       <c r="P198" s="1"/>
       <c r="Q198" s="1"/>
       <c r="R198" s="1"/>
       <c r="S198" s="1"/>
       <c r="T198" s="1"/>
       <c r="U198" s="1"/>
       <c r="V198" s="1"/>
       <c r="W198" s="1"/>
     </row>
     <row r="199" spans="1:23">
       <c r="A199" s="3">
         <v>197</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>817</v>
       </c>
       <c r="C199" s="3" t="s">
@@ -10934,50 +10949,91 @@
       </c>
       <c r="F199" s="3" t="s">
         <v>821</v>
       </c>
       <c r="G199" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H199" s="4" t="s">
         <v>818</v>
       </c>
       <c r="I199" s="4"/>
       <c r="J199" s="1"/>
       <c r="K199" s="1"/>
       <c r="L199" s="1"/>
       <c r="M199" s="1"/>
       <c r="N199" s="1"/>
       <c r="O199" s="1"/>
       <c r="P199" s="1"/>
       <c r="Q199" s="1"/>
       <c r="R199" s="1"/>
       <c r="S199" s="1"/>
       <c r="T199" s="1"/>
       <c r="U199" s="1"/>
       <c r="V199" s="1"/>
       <c r="W199" s="1"/>
+    </row>
+    <row r="200" spans="1:23">
+      <c r="A200" s="3">
+        <v>198</v>
+      </c>
+      <c r="B200" s="3" t="s">
+        <v>822</v>
+      </c>
+      <c r="C200" s="3" t="s">
+        <v>823</v>
+      </c>
+      <c r="D200" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="E200" s="3" t="s">
+        <v>825</v>
+      </c>
+      <c r="F200" s="3" t="s">
+        <v>826</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H200" s="4" t="s">
+        <v>823</v>
+      </c>
+      <c r="I200" s="4"/>
+      <c r="J200" s="1"/>
+      <c r="K200" s="1"/>
+      <c r="L200" s="1"/>
+      <c r="M200" s="1"/>
+      <c r="N200" s="1"/>
+      <c r="O200" s="1"/>
+      <c r="P200" s="1"/>
+      <c r="Q200" s="1"/>
+      <c r="R200" s="1"/>
+      <c r="S200" s="1"/>
+      <c r="T200" s="1"/>
+      <c r="U200" s="1"/>
+      <c r="V200" s="1"/>
+      <c r="W200" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>