--- v0 (2025-12-07)
+++ v1 (2026-01-12)
@@ -726,60 +726,60 @@
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="7">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="D4" s="3">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="E4" s="3">
         <v>275</v>
       </c>
       <c r="F4" s="3">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>9</v>
       </c>
@@ -798,90 +798,90 @@
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>3</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C6" s="7">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D6" s="3">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E6" s="3">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>4</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="7">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="D7" s="3">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="E7" s="3">
         <v>44</v>
       </c>
       <c r="F7" s="3">
         <v>114</v>
       </c>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
@@ -906,96 +906,96 @@
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="7">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D9" s="3">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="E9" s="3">
         <v>23</v>
       </c>
       <c r="F9" s="3">
         <v>12</v>
       </c>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="7">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D10" s="3">
         <v>337</v>
       </c>
       <c r="E10" s="3">
         <v>83</v>
       </c>
       <c r="F10" s="3">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="H10" s="1"/>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>8</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>15</v>
       </c>
@@ -1014,198 +1014,198 @@
       <c r="H11" s="1"/>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>9</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="7">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D12" s="3">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E12" s="3">
         <v>68</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
       <c r="P12" s="1"/>
       <c r="Q12" s="1"/>
       <c r="R12" s="1"/>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="7">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="D13" s="3">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="E13" s="3">
         <v>131</v>
       </c>
       <c r="F13" s="3">
         <v>13</v>
       </c>
       <c r="H13" s="1"/>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1"/>
       <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="7">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D14" s="3">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="E14" s="3">
         <v>52</v>
       </c>
       <c r="F14" s="3">
         <v>7</v>
       </c>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>12</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="7">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D15" s="3">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="E15" s="3">
         <v>103</v>
       </c>
       <c r="F15" s="3">
         <v>11</v>
       </c>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>13</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="7">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D16" s="3">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="E16" s="3">
         <v>124</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
@@ -1266,90 +1266,90 @@
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C19" s="7">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D19" s="3">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="E19" s="3">
         <v>62</v>
       </c>
       <c r="F19" s="3">
         <v>45</v>
       </c>
       <c r="H19" s="1"/>
       <c r="I19" s="1"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
       <c r="Q19" s="1"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>17</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C20" s="7">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D20" s="3">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="E20" s="3">
         <v>10</v>
       </c>
       <c r="F20" s="3">
         <v>4</v>
       </c>
       <c r="H20" s="1"/>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
@@ -1374,54 +1374,54 @@
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>19</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="7">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D22" s="3">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E22" s="3">
         <v>53</v>
       </c>
       <c r="F22" s="3">
         <v>14</v>
       </c>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
       <c r="Q22" s="1"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
@@ -1554,60 +1554,60 @@
       <c r="H26" s="1"/>
       <c r="I26" s="1"/>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="1"/>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>24</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="7">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D27" s="3">
         <v>311</v>
       </c>
       <c r="E27" s="3">
         <v>89</v>
       </c>
       <c r="F27" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>25</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>32</v>
       </c>
@@ -1698,54 +1698,54 @@
       <c r="H30" s="1"/>
       <c r="I30" s="1"/>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
       <c r="L30" s="1"/>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
       <c r="P30" s="1"/>
       <c r="Q30" s="1"/>
       <c r="R30" s="1"/>
       <c r="S30" s="1"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>28</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C31" s="7">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D31" s="3">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E31" s="3">
         <v>16</v>
       </c>
       <c r="F31" s="3">
         <v>73</v>
       </c>
       <c r="H31" s="1"/>
       <c r="I31" s="1"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
       <c r="Q31" s="1"/>
       <c r="R31" s="1"/>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
@@ -1950,54 +1950,54 @@
       <c r="H37" s="1"/>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="1"/>
       <c r="R37" s="1"/>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>35</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C38" s="7">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D38" s="3">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E38" s="3">
         <v>19</v>
       </c>
       <c r="F38" s="3">
         <v>12</v>
       </c>
       <c r="H38" s="1"/>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
       <c r="Q38" s="1"/>
       <c r="R38" s="1"/>
       <c r="S38" s="1"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
@@ -2022,60 +2022,60 @@
       <c r="H39" s="1"/>
       <c r="I39" s="1"/>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
       <c r="O39" s="1"/>
       <c r="P39" s="1"/>
       <c r="Q39" s="1"/>
       <c r="R39" s="1"/>
       <c r="S39" s="1"/>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>37</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C40" s="7">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="D40" s="3">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="E40" s="3">
         <v>2</v>
       </c>
       <c r="F40" s="3">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H40" s="1"/>
       <c r="I40" s="1"/>
       <c r="J40" s="1"/>
       <c r="K40" s="1"/>
       <c r="L40" s="1"/>
       <c r="M40" s="1"/>
       <c r="N40" s="1"/>
       <c r="O40" s="1"/>
       <c r="P40" s="1"/>
       <c r="Q40" s="1"/>
       <c r="R40" s="1"/>
       <c r="S40" s="1"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>38</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>45</v>
       </c>
@@ -2097,57 +2097,57 @@
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
       <c r="P41" s="1"/>
       <c r="Q41" s="1"/>
       <c r="R41" s="1"/>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>39</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C42" s="7">
         <v>244</v>
       </c>
       <c r="D42" s="3">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E42" s="3">
         <v>18</v>
       </c>
       <c r="F42" s="3">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="H42" s="1"/>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1"/>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>40</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>47</v>
       </c>
@@ -2310,60 +2310,60 @@
       <c r="H47" s="1"/>
       <c r="I47" s="1"/>
       <c r="J47" s="1"/>
       <c r="K47" s="1"/>
       <c r="L47" s="1"/>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
       <c r="O47" s="1"/>
       <c r="P47" s="1"/>
       <c r="Q47" s="1"/>
       <c r="R47" s="1"/>
       <c r="S47" s="1"/>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>45</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C48" s="7">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="D48" s="3">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E48" s="3">
         <v>6</v>
       </c>
       <c r="F48" s="3">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H48" s="1"/>
       <c r="I48" s="1"/>
       <c r="J48" s="1"/>
       <c r="K48" s="1"/>
       <c r="L48" s="1"/>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
       <c r="P48" s="1"/>
       <c r="Q48" s="1"/>
       <c r="R48" s="1"/>
       <c r="S48" s="1"/>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>46</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>53</v>
       </c>
@@ -2385,57 +2385,57 @@
       <c r="K49" s="1"/>
       <c r="L49" s="1"/>
       <c r="M49" s="1"/>
       <c r="N49" s="1"/>
       <c r="O49" s="1"/>
       <c r="P49" s="1"/>
       <c r="Q49" s="1"/>
       <c r="R49" s="1"/>
       <c r="S49" s="1"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>47</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C50" s="7">
         <v>694</v>
       </c>
       <c r="D50" s="3">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="E50" s="3">
         <v>60</v>
       </c>
       <c r="F50" s="3">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H50" s="1"/>
       <c r="I50" s="1"/>
       <c r="J50" s="1"/>
       <c r="K50" s="1"/>
       <c r="L50" s="1"/>
       <c r="M50" s="1"/>
       <c r="N50" s="1"/>
       <c r="O50" s="1"/>
       <c r="P50" s="1"/>
       <c r="Q50" s="1"/>
       <c r="R50" s="1"/>
       <c r="S50" s="1"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>48</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>55</v>
       </c>
@@ -2457,87 +2457,87 @@
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
       <c r="O51" s="1"/>
       <c r="P51" s="1"/>
       <c r="Q51" s="1"/>
       <c r="R51" s="1"/>
       <c r="S51" s="1"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>49</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C52" s="7">
         <v>359</v>
       </c>
       <c r="D52" s="3">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E52" s="3">
         <v>86</v>
       </c>
       <c r="F52" s="3">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H52" s="1"/>
       <c r="I52" s="1"/>
       <c r="J52" s="1"/>
       <c r="K52" s="1"/>
       <c r="L52" s="1"/>
       <c r="M52" s="1"/>
       <c r="N52" s="1"/>
       <c r="O52" s="1"/>
       <c r="P52" s="1"/>
       <c r="Q52" s="1"/>
       <c r="R52" s="1"/>
       <c r="S52" s="1"/>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>50</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C53" s="7">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="D53" s="3">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="E53" s="3">
         <v>197</v>
       </c>
       <c r="F53" s="3">
         <v>47</v>
       </c>
       <c r="H53" s="1"/>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
       <c r="Q53" s="1"/>
       <c r="R53" s="1"/>
       <c r="S53" s="1"/>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
@@ -2706,60 +2706,60 @@
       <c r="H58" s="1"/>
       <c r="I58" s="1"/>
       <c r="J58" s="1"/>
       <c r="K58" s="1"/>
       <c r="L58" s="1"/>
       <c r="M58" s="1"/>
       <c r="N58" s="1"/>
       <c r="O58" s="1"/>
       <c r="P58" s="1"/>
       <c r="Q58" s="1"/>
       <c r="R58" s="1"/>
       <c r="S58" s="1"/>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>56</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C59" s="7">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="D59" s="3">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="E59" s="3">
         <v>34</v>
       </c>
       <c r="F59" s="3">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="H59" s="1"/>
       <c r="I59" s="1"/>
       <c r="J59" s="1"/>
       <c r="K59" s="1"/>
       <c r="L59" s="1"/>
       <c r="M59" s="1"/>
       <c r="N59" s="1"/>
       <c r="O59" s="1"/>
       <c r="P59" s="1"/>
       <c r="Q59" s="1"/>
       <c r="R59" s="1"/>
       <c r="S59" s="1"/>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>57</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>64</v>
       </c>
@@ -2884,60 +2884,60 @@
         <v>49</v>
       </c>
       <c r="H63" s="1"/>
       <c r="I63" s="1"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1"/>
       <c r="L63" s="1"/>
       <c r="M63" s="1"/>
       <c r="N63" s="1"/>
       <c r="O63" s="1"/>
       <c r="P63" s="1"/>
       <c r="Q63" s="1"/>
       <c r="R63" s="1"/>
       <c r="S63" s="1"/>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B64" s="5"/>
       <c r="C64" s="8">
-        <v>16740</v>
+        <v>16776</v>
       </c>
       <c r="D64" s="5">
-        <v>12586</v>
+        <v>12617</v>
       </c>
       <c r="E64" s="5">
-        <v>2873</v>
+        <v>2874</v>
       </c>
       <c r="F64" s="5">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="H64" s="1"/>
       <c r="I64" s="1"/>
       <c r="J64" s="1"/>
       <c r="K64" s="1"/>
       <c r="L64" s="1"/>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
       <c r="O64" s="1"/>
       <c r="P64" s="1"/>
       <c r="Q64" s="1"/>
       <c r="R64" s="1"/>
       <c r="S64" s="1"/>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>