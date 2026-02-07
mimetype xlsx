--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -906,60 +906,60 @@
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="7">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D9" s="3">
         <v>299</v>
       </c>
       <c r="E9" s="3">
         <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>14</v>
       </c>
@@ -1050,90 +1050,90 @@
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
       <c r="P12" s="1"/>
       <c r="Q12" s="1"/>
       <c r="R12" s="1"/>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="7">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D13" s="3">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E13" s="3">
         <v>131</v>
       </c>
       <c r="F13" s="3">
         <v>13</v>
       </c>
       <c r="H13" s="1"/>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1"/>
       <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>11</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="7">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D14" s="3">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E14" s="3">
         <v>52</v>
       </c>
       <c r="F14" s="3">
         <v>7</v>
       </c>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
@@ -1194,96 +1194,96 @@
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>14</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C17" s="7">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D17" s="3">
         <v>333</v>
       </c>
       <c r="E17" s="3">
         <v>83</v>
       </c>
       <c r="F17" s="3">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H17" s="1"/>
       <c r="I17" s="1"/>
       <c r="J17" s="1"/>
       <c r="K17" s="1"/>
       <c r="L17" s="1"/>
       <c r="M17" s="1"/>
       <c r="N17" s="1"/>
       <c r="O17" s="1"/>
       <c r="P17" s="1"/>
       <c r="Q17" s="1"/>
       <c r="R17" s="1"/>
       <c r="S17" s="1"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>15</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C18" s="7">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="D18" s="3">
         <v>475</v>
       </c>
       <c r="E18" s="3">
         <v>177</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>16</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>23</v>
       </c>
@@ -1554,54 +1554,54 @@
       <c r="H26" s="1"/>
       <c r="I26" s="1"/>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="1"/>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>24</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="7">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D27" s="3">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E27" s="3">
         <v>89</v>
       </c>
       <c r="F27" s="3">
         <v>4</v>
       </c>
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
@@ -1662,162 +1662,162 @@
       <c r="H29" s="1"/>
       <c r="I29" s="1"/>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
       <c r="Q29" s="1"/>
       <c r="R29" s="1"/>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>27</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C30" s="7">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="D30" s="3">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E30" s="3">
         <v>22</v>
       </c>
       <c r="F30" s="3">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H30" s="1"/>
       <c r="I30" s="1"/>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
       <c r="L30" s="1"/>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
       <c r="P30" s="1"/>
       <c r="Q30" s="1"/>
       <c r="R30" s="1"/>
       <c r="S30" s="1"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>28</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C31" s="7">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D31" s="3">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E31" s="3">
         <v>16</v>
       </c>
       <c r="F31" s="3">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="H31" s="1"/>
       <c r="I31" s="1"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
       <c r="Q31" s="1"/>
       <c r="R31" s="1"/>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>29</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C32" s="7">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="D32" s="3">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E32" s="3">
         <v>52</v>
       </c>
       <c r="F32" s="3">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="H32" s="1"/>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1"/>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
       <c r="O32" s="1"/>
       <c r="P32" s="1"/>
       <c r="Q32" s="1"/>
       <c r="R32" s="1"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>30</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C33" s="7">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D33" s="3">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E33" s="3">
         <v>4</v>
       </c>
       <c r="F33" s="3">
         <v>47</v>
       </c>
       <c r="H33" s="1"/>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
       <c r="P33" s="1"/>
       <c r="Q33" s="1"/>
       <c r="R33" s="1"/>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
@@ -1842,54 +1842,54 @@
       <c r="H34" s="1"/>
       <c r="I34" s="1"/>
       <c r="J34" s="1"/>
       <c r="K34" s="1"/>
       <c r="L34" s="1"/>
       <c r="M34" s="1"/>
       <c r="N34" s="1"/>
       <c r="O34" s="1"/>
       <c r="P34" s="1"/>
       <c r="Q34" s="1"/>
       <c r="R34" s="1"/>
       <c r="S34" s="1"/>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>32</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C35" s="7">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D35" s="3">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="E35" s="3">
         <v>23</v>
       </c>
       <c r="F35" s="3">
         <v>2</v>
       </c>
       <c r="H35" s="1"/>
       <c r="I35" s="1"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1"/>
       <c r="L35" s="1"/>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
       <c r="O35" s="1"/>
       <c r="P35" s="1"/>
       <c r="Q35" s="1"/>
       <c r="R35" s="1"/>
       <c r="S35" s="1"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
@@ -1914,54 +1914,54 @@
       <c r="H36" s="1"/>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="1"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
       <c r="Q36" s="1"/>
       <c r="R36" s="1"/>
       <c r="S36" s="1"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>34</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C37" s="7">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D37" s="3">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E37" s="3">
         <v>12</v>
       </c>
       <c r="F37" s="3">
         <v>40</v>
       </c>
       <c r="H37" s="1"/>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="1"/>
       <c r="R37" s="1"/>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
@@ -2058,126 +2058,126 @@
       <c r="H40" s="1"/>
       <c r="I40" s="1"/>
       <c r="J40" s="1"/>
       <c r="K40" s="1"/>
       <c r="L40" s="1"/>
       <c r="M40" s="1"/>
       <c r="N40" s="1"/>
       <c r="O40" s="1"/>
       <c r="P40" s="1"/>
       <c r="Q40" s="1"/>
       <c r="R40" s="1"/>
       <c r="S40" s="1"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>38</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C41" s="7">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="D41" s="3">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="E41" s="3">
         <v>50</v>
       </c>
       <c r="F41" s="3">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H41" s="1"/>
       <c r="I41" s="1"/>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
       <c r="P41" s="1"/>
       <c r="Q41" s="1"/>
       <c r="R41" s="1"/>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>39</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C42" s="7">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D42" s="3">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E42" s="3">
         <v>18</v>
       </c>
       <c r="F42" s="3">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H42" s="1"/>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1"/>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>40</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C43" s="7">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D43" s="3">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E43" s="3">
         <v>18</v>
       </c>
       <c r="F43" s="3">
         <v>26</v>
       </c>
       <c r="H43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
       <c r="Q43" s="1"/>
       <c r="R43" s="1"/>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
@@ -2313,57 +2313,57 @@
       <c r="K47" s="1"/>
       <c r="L47" s="1"/>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
       <c r="O47" s="1"/>
       <c r="P47" s="1"/>
       <c r="Q47" s="1"/>
       <c r="R47" s="1"/>
       <c r="S47" s="1"/>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>45</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C48" s="7">
         <v>175</v>
       </c>
       <c r="D48" s="3">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="E48" s="3">
         <v>6</v>
       </c>
       <c r="F48" s="3">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="H48" s="1"/>
       <c r="I48" s="1"/>
       <c r="J48" s="1"/>
       <c r="K48" s="1"/>
       <c r="L48" s="1"/>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
       <c r="P48" s="1"/>
       <c r="Q48" s="1"/>
       <c r="R48" s="1"/>
       <c r="S48" s="1"/>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>46</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>53</v>
       </c>
@@ -2382,60 +2382,60 @@
       <c r="H49" s="1"/>
       <c r="I49" s="1"/>
       <c r="J49" s="1"/>
       <c r="K49" s="1"/>
       <c r="L49" s="1"/>
       <c r="M49" s="1"/>
       <c r="N49" s="1"/>
       <c r="O49" s="1"/>
       <c r="P49" s="1"/>
       <c r="Q49" s="1"/>
       <c r="R49" s="1"/>
       <c r="S49" s="1"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>47</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C50" s="7">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="D50" s="3">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="E50" s="3">
         <v>60</v>
       </c>
       <c r="F50" s="3">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H50" s="1"/>
       <c r="I50" s="1"/>
       <c r="J50" s="1"/>
       <c r="K50" s="1"/>
       <c r="L50" s="1"/>
       <c r="M50" s="1"/>
       <c r="N50" s="1"/>
       <c r="O50" s="1"/>
       <c r="P50" s="1"/>
       <c r="Q50" s="1"/>
       <c r="R50" s="1"/>
       <c r="S50" s="1"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>48</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>55</v>
       </c>
@@ -2454,132 +2454,132 @@
       <c r="H51" s="1"/>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
       <c r="O51" s="1"/>
       <c r="P51" s="1"/>
       <c r="Q51" s="1"/>
       <c r="R51" s="1"/>
       <c r="S51" s="1"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>49</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C52" s="7">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D52" s="3">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E52" s="3">
         <v>86</v>
       </c>
       <c r="F52" s="3">
         <v>26</v>
       </c>
       <c r="H52" s="1"/>
       <c r="I52" s="1"/>
       <c r="J52" s="1"/>
       <c r="K52" s="1"/>
       <c r="L52" s="1"/>
       <c r="M52" s="1"/>
       <c r="N52" s="1"/>
       <c r="O52" s="1"/>
       <c r="P52" s="1"/>
       <c r="Q52" s="1"/>
       <c r="R52" s="1"/>
       <c r="S52" s="1"/>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>50</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C53" s="7">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="D53" s="3">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="E53" s="3">
         <v>197</v>
       </c>
       <c r="F53" s="3">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H53" s="1"/>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
       <c r="Q53" s="1"/>
       <c r="R53" s="1"/>
       <c r="S53" s="1"/>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>51</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C54" s="7">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D54" s="3">
         <v>137</v>
       </c>
       <c r="E54" s="3">
         <v>22</v>
       </c>
       <c r="F54" s="3">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H54" s="1"/>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
       <c r="O54" s="1"/>
       <c r="P54" s="1"/>
       <c r="Q54" s="1"/>
       <c r="R54" s="1"/>
       <c r="S54" s="1"/>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>52</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>59</v>
       </c>
@@ -2706,60 +2706,60 @@
       <c r="H58" s="1"/>
       <c r="I58" s="1"/>
       <c r="J58" s="1"/>
       <c r="K58" s="1"/>
       <c r="L58" s="1"/>
       <c r="M58" s="1"/>
       <c r="N58" s="1"/>
       <c r="O58" s="1"/>
       <c r="P58" s="1"/>
       <c r="Q58" s="1"/>
       <c r="R58" s="1"/>
       <c r="S58" s="1"/>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>56</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C59" s="7">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="D59" s="3">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="E59" s="3">
         <v>34</v>
       </c>
       <c r="F59" s="3">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="H59" s="1"/>
       <c r="I59" s="1"/>
       <c r="J59" s="1"/>
       <c r="K59" s="1"/>
       <c r="L59" s="1"/>
       <c r="M59" s="1"/>
       <c r="N59" s="1"/>
       <c r="O59" s="1"/>
       <c r="P59" s="1"/>
       <c r="Q59" s="1"/>
       <c r="R59" s="1"/>
       <c r="S59" s="1"/>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>57</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>64</v>
       </c>
@@ -2814,130 +2814,130 @@
       <c r="H61" s="1"/>
       <c r="I61" s="1"/>
       <c r="J61" s="1"/>
       <c r="K61" s="1"/>
       <c r="L61" s="1"/>
       <c r="M61" s="1"/>
       <c r="N61" s="1"/>
       <c r="O61" s="1"/>
       <c r="P61" s="1"/>
       <c r="Q61" s="1"/>
       <c r="R61" s="1"/>
       <c r="S61" s="1"/>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>59</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C62" s="7">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="D62" s="3">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="E62" s="3">
         <v>25</v>
       </c>
       <c r="F62" s="3">
         <v>2</v>
       </c>
       <c r="H62" s="1"/>
       <c r="I62" s="1"/>
       <c r="J62" s="1"/>
       <c r="K62" s="1"/>
       <c r="L62" s="1"/>
       <c r="M62" s="1"/>
       <c r="N62" s="1"/>
       <c r="O62" s="1"/>
       <c r="P62" s="1"/>
       <c r="Q62" s="1"/>
       <c r="R62" s="1"/>
       <c r="S62" s="1"/>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>60</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C63" s="7">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D63" s="3">
         <v>139</v>
       </c>
       <c r="E63" s="3">
         <v>5</v>
       </c>
       <c r="F63" s="3">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H63" s="1"/>
       <c r="I63" s="1"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1"/>
       <c r="L63" s="1"/>
       <c r="M63" s="1"/>
       <c r="N63" s="1"/>
       <c r="O63" s="1"/>
       <c r="P63" s="1"/>
       <c r="Q63" s="1"/>
       <c r="R63" s="1"/>
       <c r="S63" s="1"/>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B64" s="5"/>
       <c r="C64" s="8">
-        <v>16776</v>
+        <v>16816</v>
       </c>
       <c r="D64" s="5">
-        <v>12617</v>
+        <v>12647</v>
       </c>
       <c r="E64" s="5">
         <v>2874</v>
       </c>
       <c r="F64" s="5">
-        <v>1285</v>
+        <v>1295</v>
       </c>
       <c r="H64" s="1"/>
       <c r="I64" s="1"/>
       <c r="J64" s="1"/>
       <c r="K64" s="1"/>
       <c r="L64" s="1"/>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
       <c r="O64" s="1"/>
       <c r="P64" s="1"/>
       <c r="Q64" s="1"/>
       <c r="R64" s="1"/>
       <c r="S64" s="1"/>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>