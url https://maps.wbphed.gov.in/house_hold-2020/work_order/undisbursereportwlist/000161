--- v0 (2025-12-07)
+++ v1 (2026-01-11)
@@ -65,51 +65,51 @@
   <si>
     <t>No of Bills</t>
   </si>
   <si>
     <t>Bill Amount</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>SM Code</t>
   </si>
   <si>
     <t>Requisition Amount</t>
   </si>
   <si>
     <t>Allotment Amount</t>
   </si>
   <si>
     <t>Northern Mechanical Division</t>
   </si>
   <si>
     <t>WEST BENGAL STATE ELECTRICITY</t>
   </si>
   <si>
-    <t>Infrastructure Cost for SAJNAPARA (REJU), T/W III, under DHUPGURI CCC, [APPLICATION NO. 100000076670, Reference ID : 860268400]</t>
+    <t>New Service Connection Charge for SAJNAPARA (REJU), T/W III, under DHUPGURI CCC, [APPLICATION NO. 4003123372, Reference ID : 402997124]</t>
   </si>
   <si>
     <t>000161</t>
   </si>
   <si>
     <t>null</t>
   </si>
   <si>
     <t>APPLICATIO</t>
   </si>
   <si>
     <t>04/05/2023</t>
   </si>
   <si>
     <t>Rejuvenation of Sajnapara Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/09391</t>
   </si>
   <si>
     <t>DEY ENTERPRISE (BALLY)</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components for GHASMARI PWSS, TW no I in the district of Jalpaiguri under Northern Mechanical Division, PHE Dte.</t>
   </si>