--- v0 (2025-12-07)
+++ v1 (2026-01-12)
@@ -65,66 +65,66 @@
   <si>
     <t>No of Bills</t>
   </si>
   <si>
     <t>Bill Amount</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>SM Code</t>
   </si>
   <si>
     <t>Requisition Amount</t>
   </si>
   <si>
     <t>Allotment Amount</t>
   </si>
   <si>
     <t>Bankura Mechanical Division</t>
   </si>
   <si>
     <t>WEST BENGAL STATE ELECTRICITY</t>
   </si>
   <si>
-    <t>Submission of Quotation for new service connection at Mouza Hetagora of Chakuparsole Zone-A w/s scheme .SM/17425</t>
+    <t>Submission of quotation for new service connection at mouza -Upar Amdahara jl no 146.SM/17426</t>
   </si>
   <si>
     <t>000147</t>
   </si>
   <si>
     <t>null</t>
   </si>
   <si>
-    <t>16/12/2024</t>
-[...5 lines deleted...]
-    <t>SM/17425</t>
+    <t>25/10/2024</t>
+  </si>
+  <si>
+    <t>Augmentation of Chakuparsole Zone-B Water Supply Scheme</t>
+  </si>
+  <si>
+    <t>SM/17426</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>#</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -631,51 +631,51 @@
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>16</v>
       </c>
       <c r="D3" s="10" t="s">
         <v>17</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G3" s="3">
-        <v>2005009303</v>
+        <v>2004677491</v>
       </c>
       <c r="H3" s="4" t="s">
         <v>20</v>
       </c>
       <c r="I3" s="4">
         <v>9</v>
       </c>
       <c r="J3" s="4">
         <v>45.25</v>
       </c>
       <c r="K3" s="13" t="s">
         <v>21</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M3" s="4">
         <v>45.25</v>
       </c>
       <c r="N3" s="4">
         <v>45.25</v>
       </c>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>