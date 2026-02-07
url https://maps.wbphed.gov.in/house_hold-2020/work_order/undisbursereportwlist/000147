--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -637,103 +637,103 @@
       <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>16</v>
       </c>
       <c r="D3" s="10" t="s">
         <v>17</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G3" s="3">
         <v>2004677491</v>
       </c>
       <c r="H3" s="4" t="s">
         <v>20</v>
       </c>
       <c r="I3" s="4">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="J3" s="4">
-        <v>45.25</v>
+        <v>31.55</v>
       </c>
       <c r="K3" s="13" t="s">
         <v>21</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M3" s="4">
-        <v>45.25</v>
+        <v>31.55</v>
       </c>
       <c r="N3" s="4">
-        <v>45.25</v>
+        <v>31.55</v>
       </c>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
       <c r="D4" s="11"/>
       <c r="E4" s="7"/>
       <c r="F4" s="7"/>
       <c r="G4" s="7"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="J4" s="8">
-        <v>45.25</v>
+        <v>31.55</v>
       </c>
       <c r="K4" s="14" t="s">
         <v>24</v>
       </c>
       <c r="L4" s="8"/>
       <c r="M4" s="8">
-        <v>45.25</v>
+        <v>31.55</v>
       </c>
       <c r="N4" s="8">
-        <v>45.25</v>
+        <v>31.55</v>
       </c>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="K4:L4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>