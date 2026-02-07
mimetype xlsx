--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -62,72 +62,72 @@
   <si>
     <t>Order Date</t>
   </si>
   <si>
     <t>No of Bills</t>
   </si>
   <si>
     <t>Bill Amount</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>SM Code</t>
   </si>
   <si>
     <t>Requisition Amount</t>
   </si>
   <si>
     <t>Allotment Amount</t>
   </si>
   <si>
     <t>Midnapore Mechanical Division</t>
   </si>
   <si>
-    <t>MENAKA ENTERPRISE</t>
-[...2 lines deleted...]
-    <t>Providing &amp; installation of pumping machinery and other electromechanical equipment for newly sunk T/W at P/H-II, Zone-I chandibeniya water supply scheme under MMD PHE Dte.(W/O No. 39/W/MMD dt. 11-01-2021)</t>
+    <t>WBSEDCL</t>
+  </si>
+  <si>
+    <t>DASPUR WATER SUPPLY SCHEME, PH - I, BLOCK - SABONG , SCHEME - SM/10658, REF. ID - 204147513, SABONG CCC,</t>
   </si>
   <si>
     <t>000146</t>
   </si>
   <si>
     <t>null</t>
   </si>
   <si>
-    <t>PHE/IV/161</t>
-[...8 lines deleted...]
-    <t>SM/06281</t>
+    <t>GO22230005</t>
+  </si>
+  <si>
+    <t>22/04/2023</t>
+  </si>
+  <si>
+    <t>Ground Based Mini Piped Water Supply Scheme for Daspur mouzas, Block - Sabang, District - Paschim Medinipur</t>
+  </si>
+  <si>
+    <t>SM/10658</t>
   </si>
   <si>
     <t>P.K.ENGINEERING</t>
   </si>
   <si>
     <t>Providing and installation of pumping machinery and other electromechanical equipment for newly newly sunked Tube well at P/H No-I, Zone-I Baranalgerya Water Supply Scheme under Midnapore Mechanical Division, P.H.E. Dte</t>
   </si>
   <si>
     <t>000146ORD/001253/2020-202</t>
   </si>
   <si>
     <t>ORD/001253/2020-2021</t>
   </si>
   <si>
     <t>33/W/MMD</t>
   </si>
   <si>
     <t>11/01/2021</t>
   </si>
   <si>
     <t>Bara Nalgerya Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/06300</t>
   </si>
@@ -553,51 +553,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:W5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="K2" sqref="K2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="35.2771" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="21.137695" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="50" customWidth="true" style="0"/>
     <col min="5" max="5" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="50" customWidth="true" style="0"/>
     <col min="12" max="12" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="19.995117" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>