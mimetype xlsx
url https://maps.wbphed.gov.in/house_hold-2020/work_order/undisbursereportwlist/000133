--- v0 (2025-12-07)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F4- Undisbursed Fund" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>F4- Undisbursed Fund</t>
   </si>
   <si>
     <t>SL No</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Agency</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
     <t>Unique Order No</t>
   </si>
   <si>
     <t>System Order No</t>
   </si>
   <si>
     <t>Order Memo No</t>
   </si>
   <si>
@@ -65,66 +65,69 @@
   <si>
     <t>No of Bills</t>
   </si>
   <si>
     <t>Bill Amount</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>SM Code</t>
   </si>
   <si>
     <t>Requisition Amount</t>
   </si>
   <si>
     <t>Allotment Amount</t>
   </si>
   <si>
     <t>Purulia Mechanical Division</t>
   </si>
   <si>
     <t>WBSEDCL PURULIA</t>
   </si>
   <si>
-    <t>FOR NEW SERVICE CONNECTION OF AUGMENTATION OF BUNDWAN WATER SUPPLY SCHEME</t>
+    <t>ENHANCEMENT OF CONTRACTUAL DEMAND FROM 125 KVA AT 0.4 KV TO 281/281/281/281/281 KVA RESPECTIVELY AT 11 KV FOR NEXT CONSECUTIVE FIVE YEARS PERIOD OF OPERATION i.r.o EX ENGG PMD PHE DTE. (CONSUMER ID : 942406300) TO THEIR PREMISES AT KOTSHILA WATER SUPPLY S</t>
   </si>
   <si>
     <t>000133</t>
   </si>
   <si>
     <t>null</t>
   </si>
   <si>
-    <t>02/11/2022</t>
-[...5 lines deleted...]
-    <t>SM/10198</t>
+    <t>RM/PRO/EX.</t>
+  </si>
+  <si>
+    <t>22/12/2022</t>
+  </si>
+  <si>
+    <t>Augmentation of Kotshila Water Supply Scheme.</t>
+  </si>
+  <si>
+    <t>SM/10723</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>#</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -630,103 +633,103 @@
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>16</v>
       </c>
       <c r="D3" s="10" t="s">
         <v>17</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="G3" s="3">
-        <v>2004074263</v>
+      <c r="G3" s="3" t="s">
+        <v>20</v>
       </c>
       <c r="H3" s="4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="I3" s="4">
         <v>4</v>
       </c>
       <c r="J3" s="4">
         <v>22.03</v>
       </c>
       <c r="K3" s="13" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="L3" s="4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="M3" s="4">
         <v>22.03</v>
       </c>
       <c r="N3" s="4">
         <v>22.03</v>
       </c>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
       <c r="D4" s="11"/>
       <c r="E4" s="7"/>
       <c r="F4" s="7"/>
       <c r="G4" s="7"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8">
         <v>4</v>
       </c>
       <c r="J4" s="8">
         <v>22.03</v>
       </c>
       <c r="K4" s="14" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="L4" s="8"/>
       <c r="M4" s="8">
         <v>22.03</v>
       </c>
       <c r="N4" s="8">
         <v>22.03</v>
       </c>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="K4:L4"/>
   </mergeCells>