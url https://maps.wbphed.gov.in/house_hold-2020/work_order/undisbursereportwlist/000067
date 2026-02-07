--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -12,140 +12,137 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F4- Undisbursed Fund" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>F4- Undisbursed Fund</t>
   </si>
   <si>
     <t>SL No</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Agency</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
     <t>Unique Order No</t>
   </si>
   <si>
     <t>System Order No</t>
   </si>
   <si>
     <t>Order Memo No</t>
   </si>
   <si>
     <t>Order Date</t>
   </si>
   <si>
     <t>No of Bills</t>
   </si>
   <si>
     <t>Bill Amount</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>SM Code</t>
   </si>
   <si>
     <t>Requisition Amount</t>
   </si>
   <si>
     <t>Allotment Amount</t>
   </si>
   <si>
     <t>RCFA Division I</t>
   </si>
   <si>
-    <t>SANDIP KUMAR KUNDU</t>
-[...2 lines deleted...]
-    <t>Monthly payment for Assistant Engineer - I</t>
+    <t>IONET</t>
+  </si>
+  <si>
+    <t>Supply of 6 nos battery (Microtech)</t>
   </si>
   <si>
     <t>000067</t>
   </si>
   <si>
     <t>null</t>
   </si>
   <si>
-    <t>20465/1-78</t>
-[...8 lines deleted...]
-    <t>SM/11975</t>
+    <t>GEMC-51168</t>
+  </si>
+  <si>
+    <t>17/07/2023</t>
+  </si>
+  <si>
+    <t>Supply, delivery and installation of Desktop computers and other allied accessories (through GeM portal) under Central Circle, PHE Directorate.</t>
+  </si>
+  <si>
+    <t>SM/13406</t>
   </si>
   <si>
     <t>MACHINO TECHNO</t>
   </si>
   <si>
     <t>Acceptation cum work order for Additional work for allied work in connection with Improvement of RCFA Part-I Water Supply Scheme within command area of Zone-V with LDS and FHTC work under RCFA Division-I PHE Dte.</t>
   </si>
   <si>
     <t>000067ORD/000246/2023-202</t>
   </si>
   <si>
     <t>ORD/000246/2023-2024</t>
   </si>
   <si>
     <t>2254/RCD-I</t>
-  </si>
-[...1 lines deleted...]
-    <t>17/07/2023</t>
   </si>
   <si>
     <t>Improvement of RCFA (Part-I) Piped Water Supply Scheme.</t>
   </si>
   <si>
     <t>SM/09916</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>#</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -553,51 +550,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:W5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="K2" sqref="K2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="22.280273" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="50" customWidth="true" style="0"/>
     <col min="5" max="5" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="50" customWidth="true" style="0"/>
     <col min="12" max="12" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="19.995117" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
@@ -714,99 +711,99 @@
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="10" t="s">
         <v>25</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="H4" s="4" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="I4" s="4">
         <v>1</v>
       </c>
       <c r="J4" s="4">
         <v>7.69</v>
       </c>
       <c r="K4" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="L4" s="4" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="M4" s="4">
         <v>7.69</v>
       </c>
       <c r="N4" s="4">
         <v>7.69</v>
       </c>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="7" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B5" s="7"/>
       <c r="C5" s="7"/>
       <c r="D5" s="11"/>
       <c r="E5" s="7"/>
       <c r="F5" s="7"/>
       <c r="G5" s="7"/>
       <c r="H5" s="8"/>
       <c r="I5" s="8">
         <v>4</v>
       </c>
       <c r="J5" s="8">
         <v>57.2</v>
       </c>
       <c r="K5" s="14" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="L5" s="8"/>
       <c r="M5" s="8">
         <v>57.2</v>
       </c>
       <c r="N5" s="8">
         <v>57.2</v>
       </c>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A5:H5"/>
     <mergeCell ref="K5:L5"/>
   </mergeCells>