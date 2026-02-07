--- v0 (2026-01-12)
+++ v1 (2026-02-07)
@@ -62,69 +62,69 @@
   <si>
     <t>Order Date</t>
   </si>
   <si>
     <t>No of Bills</t>
   </si>
   <si>
     <t>Bill Amount</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>SM Code</t>
   </si>
   <si>
     <t>Requisition Amount</t>
   </si>
   <si>
     <t>Allotment Amount</t>
   </si>
   <si>
     <t>Bankura Division</t>
   </si>
   <si>
-    <t>TALDANGRA CCC</t>
-[...2 lines deleted...]
-    <t>New Connection at Asnasundarpur, Taldangra,Pin-722102 PHE Dte</t>
+    <t>JOYPUR CCC</t>
+  </si>
+  <si>
+    <t>WBSEDCL service connection on Mohishkhoar site in connection of 431 Nos. Mini Piped water supply scheme under Bankura Mechanical Division PHE Dte.</t>
   </si>
   <si>
     <t>000054</t>
   </si>
   <si>
     <t>null</t>
   </si>
   <si>
-    <t>03/05/2023</t>
-[...5 lines deleted...]
-    <t>SM/11074</t>
+    <t>07/12/2022</t>
+  </si>
+  <si>
+    <t>Mini Piped Water Supply Scheme (Maximum 100 Households) WITHIN BISHNUPUR SUB-DIVISION, DISTRICT- BANKURA. Block- Bishnupur, Indas &amp; Joypur (Village Name: Mohishkhoar, House Hold No.: 78)</t>
+  </si>
+  <si>
+    <t>SM/11691</t>
   </si>
   <si>
     <t>SWAPAN KUMAR BIT</t>
   </si>
   <si>
     <t>Retrofitting works for creation of FHTC (Funtional House Hold Tap Connection in connection with Jal Jeevan Mission (JJM) and JAL SWAPNA of INDAS W/S Scheme under Bishnupur Sub - Division of Bankura Division, PHE Dte. Block - Indas, Name of OHR - Mirz</t>
   </si>
   <si>
     <t>000054ORD/000009/2020-202</t>
   </si>
   <si>
     <t>ORD/000009/2020-2021</t>
   </si>
   <si>
     <t>610/BQA</t>
   </si>
   <si>
     <t>10/02/2021</t>
   </si>
   <si>
     <t>Retrofitting works for creation of 'FHTC (Funtional House Hold Tap Connection' in connection with Jal Jeevan Mission (JJM) and JAL SWAPNA of INDAS W/S Scheme (Part-A)</t>
   </si>
   <si>
     <t>SM/07272</t>
   </si>
@@ -1213,51 +1213,51 @@
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>16</v>
       </c>
       <c r="D3" s="10" t="s">
         <v>17</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G3" s="3">
-        <v>2004295884</v>
+        <v>2004133318</v>
       </c>
       <c r="H3" s="4" t="s">
         <v>20</v>
       </c>
       <c r="I3" s="4">
         <v>24</v>
       </c>
       <c r="J3" s="4">
         <v>4.23</v>
       </c>
       <c r="K3" s="13" t="s">
         <v>21</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M3" s="4">
         <v>4.23</v>
       </c>
       <c r="N3" s="4">
         <v>4.23</v>
       </c>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>