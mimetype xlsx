--- v0 (2025-12-07)
+++ v1 (2026-01-11)
@@ -149,54 +149,54 @@
   <si>
     <t>Gobindanagar Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/10066</t>
   </si>
   <si>
     <t>GOBINDA MAITY</t>
   </si>
   <si>
     <t>Sinking of Tube Well ,Laying distribution pipe line, Pump House, Boundary wall, Soil investigation, 400 CuM OHR (Intze type with pile foundation) &amp; Accommodate FHTC under JJM with allied work for (i) Ranichak &amp; its adjoining mouzas W/S Scheme, (ii) J</t>
   </si>
   <si>
     <t>000051ORD/000499/2022-202</t>
   </si>
   <si>
     <t>ORD/000499/2022-2023</t>
   </si>
   <si>
     <t>2364/MD</t>
   </si>
   <si>
     <t>21/11/2022</t>
   </si>
   <si>
-    <t>Ground Based Pipe Water Supply Scheme for Ranichak &amp; its adjoining mouzas.</t>
-[...2 lines deleted...]
-    <t>SM/11624</t>
+    <t>Ground Based Pipe Water Supply Scheme for Ramkrishnapur &amp; its adjoining mouzas.</t>
+  </si>
+  <si>
+    <t>SM/11623</t>
   </si>
   <si>
     <t>SAI TUBE CO.</t>
   </si>
   <si>
     <t>Construction &amp; Commissioning including FHTC (Civil Part) with 3 (three) months trial run for proposed Mini Pipe W/S Scheme for Mouza ¿ Haripura, Block ¿ Sabang, District ¿ Paschim Medinipur under Midnapore Division, PHE Dte.</t>
   </si>
   <si>
     <t>000051ORD/000689/2021-202</t>
   </si>
   <si>
     <t>ORD/000689/2021-2022</t>
   </si>
   <si>
     <t>286/MD</t>
   </si>
   <si>
     <t>15/02/2022</t>
   </si>
   <si>
     <t>Ground Based Mini Piped Water Supply Scheme for Haripura mouzas, Block - Sabang, District - Paschim Medinipur.</t>
   </si>
   <si>
     <t>SM/09680</t>
   </si>