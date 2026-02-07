--- v1 (2026-01-11)
+++ v2 (2026-02-07)
@@ -757,66 +757,66 @@
       <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>16</v>
       </c>
       <c r="D3" s="10" t="s">
         <v>17</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G3" s="3">
         <v>5116877477</v>
       </c>
       <c r="H3" s="4" t="s">
         <v>20</v>
       </c>
       <c r="I3" s="4">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="J3" s="4">
-        <v>15.25</v>
+        <v>14.87</v>
       </c>
       <c r="K3" s="13" t="s">
         <v>21</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M3" s="4">
-        <v>15.25</v>
+        <v>14.87</v>
       </c>
       <c r="N3" s="4">
-        <v>15.25</v>
+        <v>14.87</v>
       </c>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E4" s="3" t="s">
@@ -1061,64 +1061,64 @@
       <c r="N8" s="4">
         <v>11.31</v>
       </c>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
         <v>63</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="11"/>
       <c r="E9" s="7"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="8"/>
       <c r="I9" s="8">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="J9" s="8">
-        <v>329.43</v>
+        <v>329.05</v>
       </c>
       <c r="K9" s="14" t="s">
         <v>64</v>
       </c>
       <c r="L9" s="8"/>
       <c r="M9" s="8">
-        <v>145.3</v>
+        <v>144.92</v>
       </c>
       <c r="N9" s="8">
-        <v>145.3</v>
+        <v>144.92</v>
       </c>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A9:H9"/>
     <mergeCell ref="K9:L9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>