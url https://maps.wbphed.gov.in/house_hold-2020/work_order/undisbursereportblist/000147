--- v0 (2025-12-13)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F4- Undisbursed Fund" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>F4- Undisbursed Fund</t>
   </si>
   <si>
     <t>SL No</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Unique Bill No</t>
   </si>
   <si>
     <t>System Bill No</t>
   </si>
   <si>
     <t>Bill Date</t>
   </si>
   <si>
     <t>Agency</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
@@ -188,192 +188,126 @@
   <si>
     <t>New service connection at JOVI village, Extension of Ghagra IBS Piped Water Supply Scheme's on-line boosting pump, Rudra gp of Ranibandh block under BMD PHE Dte.</t>
   </si>
   <si>
     <t>16/05/2025</t>
   </si>
   <si>
     <t>Augmentation works for Zone-I (Hatikheda), Zone-J (Rudra), Zone-L (Dhankura), Zone-M (Purnapani), Zone-O (Madandihi) and Zone-P (Nachna) under Khatra-Hirbandh-Ranibandh Water Supply Scheme (BRGF Ph - I)</t>
   </si>
   <si>
     <t>SM/18403</t>
   </si>
   <si>
     <t>359/BMD</t>
   </si>
   <si>
     <t>27/05/2025</t>
   </si>
   <si>
     <t>FAD/000129/2025</t>
   </si>
   <si>
     <t>28/07/2025</t>
   </si>
   <si>
-    <t>000147BILL/00357/2025-202</t>
-[...17 lines deleted...]
-    <t>SM/18042</t>
+    <t>000147BILL/00364/2025-202</t>
+  </si>
+  <si>
+    <t>BILL/00364/2025-2026</t>
+  </si>
+  <si>
+    <t>12/06/2025</t>
+  </si>
+  <si>
+    <t>New service connection at Kalpather of Kustora w/s scheme under BMD PHE Dte.(SM/17242)</t>
+  </si>
+  <si>
+    <t>20/08/2024</t>
+  </si>
+  <si>
+    <t>Augmentation works for KUSTORA (Zone- W) under Bankura - I, II &amp; Barjora Block Water Supply Scheme (BRGF Ph - I Project).</t>
+  </si>
+  <si>
+    <t>SM/17242</t>
   </si>
   <si>
     <t>503/BMD</t>
   </si>
   <si>
     <t>18/06/2025</t>
   </si>
   <si>
-    <t>000147BILL/00364/2025-202</t>
-[...19 lines deleted...]
-  <si>
     <t>000147BILL/00365/2025-202</t>
   </si>
   <si>
     <t>BILL/00365/2025-2026</t>
   </si>
   <si>
     <t>Submission of quotation for new service connection at mouza -Upar Amdahara jl no 146.SM/17426</t>
   </si>
   <si>
     <t>25/10/2024</t>
   </si>
   <si>
     <t>Augmentation of Chakuparsole Zone-B Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/17426</t>
   </si>
   <si>
-    <t>000147BILL/00367/2025-202</t>
-[...16 lines deleted...]
-  <si>
     <t>000147BILL/01599/2024-202</t>
   </si>
   <si>
     <t>BILL/01599/2024-2025</t>
   </si>
   <si>
     <t>17/02/2025</t>
   </si>
   <si>
     <t>New service connection for Chak Patrasayer water supply scheme at Patrasayer block under BMD PHE Dte.(SM/18401)</t>
   </si>
   <si>
     <t>07/03/2024</t>
   </si>
   <si>
     <t>Chak Patrasaer Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/18401</t>
   </si>
   <si>
     <t>2016/BMD</t>
   </si>
   <si>
     <t>04/03/2025</t>
   </si>
   <si>
     <t>FAD/003004/2024</t>
   </si>
   <si>
     <t>13/03/2025</t>
-  </si>
-[...25 lines deleted...]
-    <t>26/03/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>#</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -765,51 +699,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W12"/>
+  <dimension ref="A1:W9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="M2" sqref="M2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="35.2771" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="50" customWidth="true" style="0"/>
     <col min="14" max="14" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="23.422852" bestFit="true" customWidth="true" style="0"/>
@@ -1118,467 +1052,266 @@
       <c r="B6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>58</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>59</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>60</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>26</v>
       </c>
       <c r="G6" s="10" t="s">
         <v>61</v>
       </c>
       <c r="H6" s="4" t="s">
         <v>28</v>
       </c>
       <c r="I6" s="4" t="s">
         <v>29</v>
       </c>
       <c r="J6" s="4">
-        <v>204581654</v>
+        <v>2004859499</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L6" s="4">
-        <v>7.99</v>
+        <v>5.08</v>
       </c>
       <c r="M6" s="13" t="s">
         <v>63</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O6" s="4">
-        <v>7.99</v>
+        <v>5.08</v>
       </c>
       <c r="P6" s="4" t="s">
         <v>65</v>
       </c>
       <c r="Q6" s="4" t="s">
         <v>66</v>
       </c>
       <c r="R6" s="4" t="s">
         <v>56</v>
       </c>
       <c r="S6" s="4" t="s">
         <v>57</v>
       </c>
       <c r="T6" s="4" t="s">
         <v>56</v>
       </c>
       <c r="U6" s="4">
-        <v>7.99</v>
+        <v>5.08</v>
       </c>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>67</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>68</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>26</v>
       </c>
       <c r="G7" s="10" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="H7" s="4" t="s">
         <v>28</v>
       </c>
       <c r="I7" s="4" t="s">
         <v>29</v>
       </c>
       <c r="J7" s="4">
-        <v>2004859499</v>
+        <v>2004677491</v>
       </c>
       <c r="K7" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="L7" s="4">
+        <v>1.58</v>
+      </c>
+      <c r="M7" s="13" t="s">
         <v>71</v>
       </c>
-      <c r="L7" s="4">
-[...2 lines deleted...]
-      <c r="M7" s="13" t="s">
+      <c r="N7" s="4" t="s">
         <v>72</v>
       </c>
-      <c r="N7" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O7" s="4">
-        <v>5.08</v>
+        <v>1.58</v>
       </c>
       <c r="P7" s="4" t="s">
         <v>65</v>
       </c>
       <c r="Q7" s="4" t="s">
         <v>66</v>
       </c>
       <c r="R7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="S7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="T7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="U7" s="4">
-        <v>5.08</v>
+        <v>1.58</v>
       </c>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="D8" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="D8" s="3" t="s">
+      <c r="E8" s="3" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>26</v>
       </c>
       <c r="G8" s="10" t="s">
         <v>76</v>
       </c>
       <c r="H8" s="4" t="s">
         <v>28</v>
       </c>
       <c r="I8" s="4" t="s">
         <v>29</v>
       </c>
       <c r="J8" s="4">
-        <v>2004677491</v>
+        <v>2004634580</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L8" s="4">
-        <v>1.58</v>
+        <v>11.75</v>
       </c>
       <c r="M8" s="13" t="s">
         <v>78</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O8" s="4">
-        <v>1.58</v>
+        <v>11.75</v>
       </c>
       <c r="P8" s="4" t="s">
-        <v>65</v>
+        <v>80</v>
       </c>
       <c r="Q8" s="4" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="R8" s="4" t="s">
-        <v>56</v>
+        <v>82</v>
       </c>
       <c r="S8" s="4" t="s">
-        <v>57</v>
+        <v>83</v>
       </c>
       <c r="T8" s="4" t="s">
-        <v>56</v>
+        <v>82</v>
       </c>
       <c r="U8" s="4">
-        <v>1.58</v>
+        <v>11.75</v>
       </c>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
-      <c r="A9" s="3">
-[...35 lines deleted...]
-      <c r="M9" s="13" t="s">
+      <c r="A9" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="N9" s="4" t="s">
+      <c r="B9" s="7"/>
+      <c r="C9" s="7"/>
+      <c r="D9" s="7"/>
+      <c r="E9" s="7"/>
+      <c r="F9" s="7"/>
+      <c r="G9" s="11"/>
+      <c r="H9" s="8"/>
+      <c r="I9" s="8"/>
+      <c r="J9" s="8"/>
+      <c r="K9" s="8"/>
+      <c r="L9" s="8">
+        <v>31.56</v>
+      </c>
+      <c r="M9" s="14" t="s">
         <v>85</v>
       </c>
-      <c r="O9" s="4">
-[...18 lines deleted...]
-        <v>3.16</v>
+      <c r="N9" s="8"/>
+      <c r="O9" s="8">
+        <v>31.56</v>
+      </c>
+      <c r="P9" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="Q9" s="8"/>
+      <c r="R9" s="8"/>
+      <c r="S9" s="8"/>
+      <c r="T9" s="8"/>
+      <c r="U9" s="8">
+        <v>31.56</v>
       </c>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
-    </row>
-[...169 lines deleted...]
-      <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:U1"/>
-    <mergeCell ref="A12:K12"/>
-[...1 lines deleted...]
-    <mergeCell ref="P12:T12"/>
+    <mergeCell ref="A9:K9"/>
+    <mergeCell ref="M9:N9"/>
+    <mergeCell ref="P9:T9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>