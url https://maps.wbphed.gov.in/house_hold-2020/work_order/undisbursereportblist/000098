--- v0 (2025-12-14)
+++ v1 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F4- Undisbursed Fund" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1104">
   <si>
     <t>F4- Undisbursed Fund</t>
   </si>
   <si>
     <t>SL No</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Unique Bill No</t>
   </si>
   <si>
     <t>System Bill No</t>
   </si>
   <si>
     <t>Bill Date</t>
   </si>
   <si>
     <t>Agency</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
@@ -2823,74 +2823,50 @@
     <t>000098BILL/01197/2024-202</t>
   </si>
   <si>
     <t>BILL/01197/2024-2025</t>
   </si>
   <si>
     <t>Execution of different works related to PRAN MAJUMDER PWSS under JAL JEEVAN MISSION PART C</t>
   </si>
   <si>
     <t>000098ORD/000485/2023-202</t>
   </si>
   <si>
     <t>ORD/000485/2023-2024</t>
   </si>
   <si>
     <t>287/CD</t>
   </si>
   <si>
     <t>09/02/2024</t>
   </si>
   <si>
     <t>GROUND WATER BASED PRAN MAJUMDER PIPED WATER SUPPLY AUGMENTATION SCHEME</t>
   </si>
   <si>
     <t>SM/16525</t>
-  </si>
-[...22 lines deleted...]
-    <t>SM/09810</t>
   </si>
   <si>
     <t>000098BILL/01277/2024-202</t>
   </si>
   <si>
     <t>BILL/01277/2024-2025</t>
   </si>
   <si>
     <t>17/01/2025</t>
   </si>
   <si>
     <t>ANUGRAH CONSTRUCTION PRIVATE L</t>
   </si>
   <si>
     <t>Execution of different works related to DHANDHANIA PWSS under JAL JEEVAN MISSION</t>
   </si>
   <si>
     <t>000098ORD/000379/2023-202</t>
   </si>
   <si>
     <t>ORD/000379/2023-2024</t>
   </si>
   <si>
     <t>1363/CD</t>
   </si>
@@ -3777,51 +3753,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W102"/>
+  <dimension ref="A1:W101"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="M2" sqref="M2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="36.419678" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="50" customWidth="true" style="0"/>
     <col min="14" max="14" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="23.422852" bestFit="true" customWidth="true" style="0"/>
@@ -9408,1219 +9384,1152 @@
         <v>76</v>
       </c>
       <c r="T84" s="4" t="s">
         <v>75</v>
       </c>
       <c r="U84" s="4">
         <v>20.87</v>
       </c>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C85" s="3" t="s">
         <v>937</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>938</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>906</v>
+        <v>939</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>649</v>
+        <v>940</v>
       </c>
       <c r="G85" s="10" t="s">
+        <v>941</v>
+      </c>
+      <c r="H85" s="4" t="s">
+        <v>942</v>
+      </c>
+      <c r="I85" s="4" t="s">
+        <v>943</v>
+      </c>
+      <c r="J85" s="4" t="s">
+        <v>944</v>
+      </c>
+      <c r="K85" s="4" t="s">
+        <v>945</v>
+      </c>
+      <c r="L85" s="4">
+        <v>24.32</v>
+      </c>
+      <c r="M85" s="13" t="s">
+        <v>946</v>
+      </c>
+      <c r="N85" s="4" t="s">
+        <v>947</v>
+      </c>
+      <c r="O85" s="4">
+        <v>24.32</v>
+      </c>
+      <c r="P85" s="4" t="s">
+        <v>948</v>
+      </c>
+      <c r="Q85" s="4" t="s">
         <v>939</v>
       </c>
-      <c r="H85" s="4" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R85" s="4" t="s">
-        <v>914</v>
+        <v>926</v>
       </c>
       <c r="S85" s="4" t="s">
-        <v>915</v>
+        <v>927</v>
       </c>
       <c r="T85" s="4" t="s">
-        <v>914</v>
+        <v>926</v>
       </c>
       <c r="U85" s="4">
-        <v>45</v>
+        <v>24.32</v>
       </c>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="D86" s="3" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="G86" s="10" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="H86" s="4" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="I86" s="4" t="s">
+        <v>955</v>
+      </c>
+      <c r="J86" s="4" t="s">
+        <v>956</v>
+      </c>
+      <c r="K86" s="4" t="s">
+        <v>957</v>
+      </c>
+      <c r="L86" s="4">
+        <v>1.1</v>
+      </c>
+      <c r="M86" s="13" t="s">
+        <v>958</v>
+      </c>
+      <c r="N86" s="4" t="s">
+        <v>959</v>
+      </c>
+      <c r="O86" s="4">
+        <v>1.1</v>
+      </c>
+      <c r="P86" s="4" t="s">
+        <v>960</v>
+      </c>
+      <c r="Q86" s="4" t="s">
         <v>951</v>
       </c>
-      <c r="J86" s="4" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="R86" s="4" t="s">
-        <v>926</v>
+        <v>961</v>
       </c>
       <c r="S86" s="4" t="s">
-        <v>927</v>
+        <v>962</v>
       </c>
       <c r="T86" s="4" t="s">
-        <v>926</v>
+        <v>961</v>
       </c>
       <c r="U86" s="4">
-        <v>24.32</v>
+        <v>1.1</v>
       </c>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C87" s="3" t="s">
+        <v>963</v>
+      </c>
+      <c r="D87" s="3" t="s">
+        <v>964</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>951</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>965</v>
+      </c>
+      <c r="G87" s="10" t="s">
+        <v>966</v>
+      </c>
+      <c r="H87" s="4" t="s">
+        <v>967</v>
+      </c>
+      <c r="I87" s="4" t="s">
+        <v>968</v>
+      </c>
+      <c r="J87" s="4" t="s">
+        <v>969</v>
+      </c>
+      <c r="K87" s="4" t="s">
         <v>957</v>
       </c>
-      <c r="D87" s="3" t="s">
-[...5 lines deleted...]
-      <c r="F87" s="3" t="s">
+      <c r="L87" s="4">
+        <v>1.2</v>
+      </c>
+      <c r="M87" s="13" t="s">
+        <v>970</v>
+      </c>
+      <c r="N87" s="4" t="s">
+        <v>971</v>
+      </c>
+      <c r="O87" s="4">
+        <v>1.2</v>
+      </c>
+      <c r="P87" s="4" t="s">
         <v>960</v>
       </c>
-      <c r="G87" s="10" t="s">
+      <c r="Q87" s="4" t="s">
+        <v>951</v>
+      </c>
+      <c r="R87" s="4" t="s">
         <v>961</v>
       </c>
-      <c r="H87" s="4" t="s">
+      <c r="S87" s="4" t="s">
         <v>962</v>
       </c>
-      <c r="I87" s="4" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="T87" s="4" t="s">
-        <v>969</v>
+        <v>961</v>
       </c>
       <c r="U87" s="4">
-        <v>1.1</v>
+        <v>1.2</v>
       </c>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="D88" s="3" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>959</v>
+        <v>951</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>973</v>
+        <v>80</v>
       </c>
       <c r="G88" s="10" t="s">
         <v>974</v>
       </c>
       <c r="H88" s="4" t="s">
         <v>975</v>
       </c>
       <c r="I88" s="4" t="s">
         <v>976</v>
       </c>
       <c r="J88" s="4" t="s">
         <v>977</v>
       </c>
       <c r="K88" s="4" t="s">
-        <v>965</v>
+        <v>957</v>
       </c>
       <c r="L88" s="4">
-        <v>1.2</v>
+        <v>70</v>
       </c>
       <c r="M88" s="13" t="s">
         <v>978</v>
       </c>
       <c r="N88" s="4" t="s">
         <v>979</v>
       </c>
       <c r="O88" s="4">
-        <v>1.2</v>
+        <v>70</v>
       </c>
       <c r="P88" s="4" t="s">
-        <v>968</v>
+        <v>960</v>
       </c>
       <c r="Q88" s="4" t="s">
-        <v>959</v>
+        <v>951</v>
       </c>
       <c r="R88" s="4" t="s">
-        <v>969</v>
+        <v>961</v>
       </c>
       <c r="S88" s="4" t="s">
-        <v>970</v>
+        <v>962</v>
       </c>
       <c r="T88" s="4" t="s">
-        <v>969</v>
+        <v>961</v>
       </c>
       <c r="U88" s="4">
-        <v>1.2</v>
+        <v>70</v>
       </c>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C89" s="3" t="s">
         <v>980</v>
       </c>
       <c r="D89" s="3" t="s">
         <v>981</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>959</v>
+        <v>951</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>80</v>
+        <v>325</v>
       </c>
       <c r="G89" s="10" t="s">
         <v>982</v>
       </c>
       <c r="H89" s="4" t="s">
         <v>983</v>
       </c>
       <c r="I89" s="4" t="s">
         <v>984</v>
       </c>
       <c r="J89" s="4" t="s">
         <v>985</v>
       </c>
       <c r="K89" s="4" t="s">
-        <v>965</v>
+        <v>330</v>
       </c>
       <c r="L89" s="4">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="M89" s="13" t="s">
         <v>986</v>
       </c>
       <c r="N89" s="4" t="s">
         <v>987</v>
       </c>
       <c r="O89" s="4">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="P89" s="4" t="s">
-        <v>968</v>
+        <v>960</v>
       </c>
       <c r="Q89" s="4" t="s">
-        <v>959</v>
+        <v>951</v>
       </c>
       <c r="R89" s="4" t="s">
-        <v>969</v>
+        <v>961</v>
       </c>
       <c r="S89" s="4" t="s">
-        <v>970</v>
+        <v>962</v>
       </c>
       <c r="T89" s="4" t="s">
-        <v>969</v>
+        <v>961</v>
       </c>
       <c r="U89" s="4">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C90" s="3" t="s">
         <v>988</v>
       </c>
       <c r="D90" s="3" t="s">
         <v>989</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>959</v>
+        <v>990</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>325</v>
+        <v>277</v>
       </c>
       <c r="G90" s="10" t="s">
+        <v>991</v>
+      </c>
+      <c r="H90" s="4" t="s">
+        <v>992</v>
+      </c>
+      <c r="I90" s="4" t="s">
+        <v>993</v>
+      </c>
+      <c r="J90" s="4" t="s">
+        <v>994</v>
+      </c>
+      <c r="K90" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="L90" s="4">
+        <v>2.89</v>
+      </c>
+      <c r="M90" s="13" t="s">
+        <v>995</v>
+      </c>
+      <c r="N90" s="4" t="s">
+        <v>996</v>
+      </c>
+      <c r="O90" s="4">
+        <v>2.89</v>
+      </c>
+      <c r="P90" s="4" t="s">
+        <v>997</v>
+      </c>
+      <c r="Q90" s="4" t="s">
         <v>990</v>
       </c>
-      <c r="H90" s="4" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R90" s="4" t="s">
-        <v>969</v>
+        <v>998</v>
       </c>
       <c r="S90" s="4" t="s">
-        <v>970</v>
+        <v>990</v>
       </c>
       <c r="T90" s="4" t="s">
-        <v>969</v>
+        <v>998</v>
       </c>
       <c r="U90" s="4">
-        <v>50</v>
+        <v>2.89</v>
       </c>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="D91" s="3" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>998</v>
+        <v>990</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>277</v>
+        <v>649</v>
       </c>
       <c r="G91" s="10" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="H91" s="4" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="I91" s="4" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="J91" s="4" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="K91" s="4" t="s">
-        <v>139</v>
+        <v>512</v>
       </c>
       <c r="L91" s="4">
-        <v>2.89</v>
+        <v>212.62</v>
       </c>
       <c r="M91" s="13" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="N91" s="4" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="O91" s="4">
-        <v>2.89</v>
+        <v>212.62</v>
       </c>
       <c r="P91" s="4" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="Q91" s="4" t="s">
-        <v>998</v>
+        <v>990</v>
       </c>
       <c r="R91" s="4" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="S91" s="4" t="s">
-        <v>998</v>
+        <v>1009</v>
       </c>
       <c r="T91" s="4" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="U91" s="4">
-        <v>2.89</v>
+        <v>212.62</v>
       </c>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="D92" s="3" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>998</v>
+        <v>1012</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>649</v>
+        <v>134</v>
       </c>
       <c r="G92" s="10" t="s">
-        <v>1009</v>
+        <v>135</v>
       </c>
       <c r="H92" s="4" t="s">
-        <v>1010</v>
+        <v>136</v>
       </c>
       <c r="I92" s="4" t="s">
-        <v>1011</v>
+        <v>137</v>
       </c>
       <c r="J92" s="4" t="s">
-        <v>1012</v>
+        <v>138</v>
       </c>
       <c r="K92" s="4" t="s">
-        <v>512</v>
+        <v>139</v>
       </c>
       <c r="L92" s="4">
-        <v>212.62</v>
+        <v>13.03</v>
       </c>
       <c r="M92" s="13" t="s">
         <v>1013</v>
       </c>
       <c r="N92" s="4" t="s">
         <v>1014</v>
       </c>
       <c r="O92" s="4">
-        <v>212.62</v>
+        <v>13.03</v>
       </c>
       <c r="P92" s="4" t="s">
         <v>1015</v>
       </c>
       <c r="Q92" s="4" t="s">
-        <v>998</v>
+        <v>1012</v>
       </c>
       <c r="R92" s="4" t="s">
-        <v>1016</v>
+        <v>1008</v>
       </c>
       <c r="S92" s="4" t="s">
-        <v>1017</v>
+        <v>1009</v>
       </c>
       <c r="T92" s="4" t="s">
-        <v>1016</v>
+        <v>1008</v>
       </c>
       <c r="U92" s="4">
-        <v>212.62</v>
+        <v>13.03</v>
       </c>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C93" s="3" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D93" s="3" t="s">
+        <v>1017</v>
+      </c>
+      <c r="E93" s="3" t="s">
         <v>1018</v>
       </c>
-      <c r="D93" s="3" t="s">
+      <c r="F93" s="3" t="s">
         <v>1019</v>
       </c>
-      <c r="E93" s="3" t="s">
+      <c r="G93" s="10" t="s">
         <v>1020</v>
       </c>
-      <c r="F93" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H93" s="4" t="s">
-        <v>136</v>
+        <v>1021</v>
       </c>
       <c r="I93" s="4" t="s">
-        <v>137</v>
+        <v>1022</v>
       </c>
       <c r="J93" s="4" t="s">
-        <v>138</v>
+        <v>1023</v>
       </c>
       <c r="K93" s="4" t="s">
-        <v>139</v>
+        <v>1024</v>
       </c>
       <c r="L93" s="4">
-        <v>13.03</v>
+        <v>29.97</v>
       </c>
       <c r="M93" s="13" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="N93" s="4" t="s">
-        <v>1022</v>
+        <v>1026</v>
       </c>
       <c r="O93" s="4">
-        <v>13.03</v>
+        <v>29.97</v>
       </c>
       <c r="P93" s="4" t="s">
-        <v>1023</v>
+        <v>1027</v>
       </c>
       <c r="Q93" s="4" t="s">
-        <v>1020</v>
+        <v>1028</v>
       </c>
       <c r="R93" s="4" t="s">
-        <v>1016</v>
+        <v>1029</v>
       </c>
       <c r="S93" s="4" t="s">
-        <v>1017</v>
+        <v>1028</v>
       </c>
       <c r="T93" s="4" t="s">
-        <v>1016</v>
+        <v>1029</v>
       </c>
       <c r="U93" s="4">
-        <v>13.03</v>
+        <v>29.97</v>
       </c>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>1024</v>
+        <v>1030</v>
       </c>
       <c r="D94" s="3" t="s">
-        <v>1025</v>
+        <v>1031</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>1026</v>
+        <v>1032</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>1027</v>
+        <v>1033</v>
       </c>
       <c r="G94" s="10" t="s">
-        <v>1028</v>
+        <v>1034</v>
       </c>
       <c r="H94" s="4" t="s">
-        <v>1029</v>
+        <v>1035</v>
       </c>
       <c r="I94" s="4" t="s">
-        <v>1030</v>
+        <v>1036</v>
       </c>
       <c r="J94" s="4" t="s">
-        <v>1031</v>
+        <v>1037</v>
       </c>
       <c r="K94" s="4" t="s">
-        <v>1032</v>
+        <v>272</v>
       </c>
       <c r="L94" s="4">
-        <v>29.97</v>
+        <v>5.55</v>
       </c>
       <c r="M94" s="13" t="s">
-        <v>1033</v>
+        <v>1038</v>
       </c>
       <c r="N94" s="4" t="s">
-        <v>1034</v>
+        <v>1039</v>
       </c>
       <c r="O94" s="4">
-        <v>29.97</v>
+        <v>5.55</v>
       </c>
       <c r="P94" s="4" t="s">
-        <v>1035</v>
+        <v>1040</v>
       </c>
       <c r="Q94" s="4" t="s">
-        <v>1036</v>
+        <v>1041</v>
       </c>
       <c r="R94" s="4" t="s">
-        <v>1037</v>
+        <v>1042</v>
       </c>
       <c r="S94" s="4" t="s">
-        <v>1036</v>
+        <v>1043</v>
       </c>
       <c r="T94" s="4" t="s">
-        <v>1037</v>
+        <v>1042</v>
       </c>
       <c r="U94" s="4">
-        <v>29.97</v>
+        <v>5.55</v>
       </c>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>1038</v>
+        <v>1044</v>
       </c>
       <c r="D95" s="3" t="s">
-        <v>1039</v>
+        <v>1045</v>
       </c>
       <c r="E95" s="3" t="s">
+        <v>1046</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>1047</v>
+      </c>
+      <c r="G95" s="10" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H95" s="4" t="s">
+        <v>1049</v>
+      </c>
+      <c r="I95" s="4" t="s">
+        <v>1050</v>
+      </c>
+      <c r="J95" s="4" t="s">
+        <v>1051</v>
+      </c>
+      <c r="K95" s="4" t="s">
+        <v>1052</v>
+      </c>
+      <c r="L95" s="4">
+        <v>5.3</v>
+      </c>
+      <c r="M95" s="13" t="s">
+        <v>1053</v>
+      </c>
+      <c r="N95" s="4" t="s">
+        <v>1054</v>
+      </c>
+      <c r="O95" s="4">
+        <v>5.3</v>
+      </c>
+      <c r="P95" s="4" t="s">
         <v>1040</v>
       </c>
-      <c r="F95" s="3" t="s">
+      <c r="Q95" s="4" t="s">
         <v>1041</v>
       </c>
-      <c r="G95" s="10" t="s">
+      <c r="R95" s="4" t="s">
         <v>1042</v>
       </c>
-      <c r="H95" s="4" t="s">
+      <c r="S95" s="4" t="s">
         <v>1043</v>
       </c>
-      <c r="I95" s="4" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="T95" s="4" t="s">
-        <v>1050</v>
+        <v>1042</v>
       </c>
       <c r="U95" s="4">
-        <v>5.55</v>
+        <v>5.3</v>
       </c>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="D96" s="3" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>1055</v>
+        <v>593</v>
       </c>
       <c r="G96" s="10" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="H96" s="4" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="I96" s="4" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="J96" s="4" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="K96" s="4" t="s">
-        <v>1060</v>
+        <v>634</v>
       </c>
       <c r="L96" s="4">
-        <v>5.3</v>
+        <v>152.3</v>
       </c>
       <c r="M96" s="13" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="N96" s="4" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="O96" s="4">
-        <v>5.3</v>
+        <v>152.3</v>
       </c>
       <c r="P96" s="4" t="s">
-        <v>1048</v>
+        <v>1040</v>
       </c>
       <c r="Q96" s="4" t="s">
-        <v>1049</v>
+        <v>1041</v>
       </c>
       <c r="R96" s="4" t="s">
-        <v>1050</v>
+        <v>1042</v>
       </c>
       <c r="S96" s="4" t="s">
-        <v>1051</v>
+        <v>1043</v>
       </c>
       <c r="T96" s="4" t="s">
-        <v>1050</v>
+        <v>1042</v>
       </c>
       <c r="U96" s="4">
-        <v>5.3</v>
+        <v>152.3</v>
       </c>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="D97" s="3" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>593</v>
+        <v>398</v>
       </c>
       <c r="G97" s="10" t="s">
+        <v>769</v>
+      </c>
+      <c r="H97" s="4" t="s">
+        <v>770</v>
+      </c>
+      <c r="I97" s="4" t="s">
+        <v>771</v>
+      </c>
+      <c r="J97" s="4" t="s">
+        <v>772</v>
+      </c>
+      <c r="K97" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="L97" s="4">
+        <v>4.47</v>
+      </c>
+      <c r="M97" s="13" t="s">
+        <v>773</v>
+      </c>
+      <c r="N97" s="4" t="s">
+        <v>774</v>
+      </c>
+      <c r="O97" s="4">
+        <v>4.47</v>
+      </c>
+      <c r="P97" s="4" t="s">
+        <v>1067</v>
+      </c>
+      <c r="Q97" s="4" t="s">
         <v>1066</v>
       </c>
-      <c r="H97" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I97" s="4" t="s">
+      <c r="R97" s="4" t="s">
         <v>1068</v>
       </c>
-      <c r="J97" s="4" t="s">
+      <c r="S97" s="4" t="s">
         <v>1069</v>
       </c>
-      <c r="K97" s="4" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="T97" s="4" t="s">
-        <v>1050</v>
+        <v>1068</v>
       </c>
       <c r="U97" s="4">
-        <v>152.3</v>
+        <v>4.47</v>
       </c>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C98" s="3" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D98" s="3" t="s">
+        <v>1071</v>
+      </c>
+      <c r="E98" s="3" t="s">
         <v>1072</v>
       </c>
-      <c r="D98" s="3" t="s">
+      <c r="F98" s="3" t="s">
         <v>1073</v>
       </c>
-      <c r="E98" s="3" t="s">
+      <c r="G98" s="10" t="s">
         <v>1074</v>
       </c>
-      <c r="F98" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H98" s="4" t="s">
-        <v>770</v>
+        <v>1075</v>
       </c>
       <c r="I98" s="4" t="s">
-        <v>771</v>
+        <v>1076</v>
       </c>
       <c r="J98" s="4" t="s">
-        <v>772</v>
+        <v>1077</v>
       </c>
       <c r="K98" s="4" t="s">
-        <v>266</v>
+        <v>718</v>
       </c>
       <c r="L98" s="4">
-        <v>4.47</v>
+        <v>111.82</v>
       </c>
       <c r="M98" s="13" t="s">
-        <v>773</v>
+        <v>1078</v>
       </c>
       <c r="N98" s="4" t="s">
-        <v>774</v>
+        <v>1079</v>
       </c>
       <c r="O98" s="4">
-        <v>4.47</v>
+        <v>111.82</v>
       </c>
       <c r="P98" s="4" t="s">
-        <v>1075</v>
+        <v>1080</v>
       </c>
       <c r="Q98" s="4" t="s">
-        <v>1074</v>
+        <v>1081</v>
       </c>
       <c r="R98" s="4" t="s">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="S98" s="4" t="s">
-        <v>1077</v>
+        <v>1083</v>
       </c>
       <c r="T98" s="4" t="s">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="U98" s="4">
-        <v>4.47</v>
+        <v>111.82</v>
       </c>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>1078</v>
+        <v>1084</v>
       </c>
       <c r="D99" s="3" t="s">
-        <v>1079</v>
+        <v>1085</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>1081</v>
+        <v>412</v>
       </c>
       <c r="G99" s="10" t="s">
-        <v>1082</v>
+        <v>413</v>
       </c>
       <c r="H99" s="4" t="s">
+        <v>414</v>
+      </c>
+      <c r="I99" s="4" t="s">
+        <v>415</v>
+      </c>
+      <c r="J99" s="4" t="s">
+        <v>416</v>
+      </c>
+      <c r="K99" s="4" t="s">
+        <v>417</v>
+      </c>
+      <c r="L99" s="4">
+        <v>0.7</v>
+      </c>
+      <c r="M99" s="13" t="s">
+        <v>389</v>
+      </c>
+      <c r="N99" s="4" t="s">
+        <v>390</v>
+      </c>
+      <c r="O99" s="4">
+        <v>0.7</v>
+      </c>
+      <c r="P99" s="4" t="s">
+        <v>1086</v>
+      </c>
+      <c r="Q99" s="4" t="s">
         <v>1083</v>
       </c>
-      <c r="I99" s="4" t="s">
-[...14 lines deleted...]
-      <c r="N99" s="4" t="s">
+      <c r="R99" s="4" t="s">
         <v>1087</v>
       </c>
-      <c r="O99" s="4">
-[...2 lines deleted...]
-      <c r="P99" s="4" t="s">
+      <c r="S99" s="4" t="s">
         <v>1088</v>
       </c>
-      <c r="Q99" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T99" s="4" t="s">
-        <v>1090</v>
+        <v>1087</v>
       </c>
       <c r="U99" s="4">
-        <v>111.82</v>
+        <v>0.7</v>
       </c>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>1092</v>
+        <v>1089</v>
       </c>
       <c r="D100" s="3" t="s">
-        <v>1093</v>
+        <v>1090</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>1091</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>412</v>
+        <v>1092</v>
       </c>
       <c r="G100" s="10" t="s">
-        <v>413</v>
+        <v>1093</v>
       </c>
       <c r="H100" s="4" t="s">
-        <v>414</v>
+        <v>1094</v>
       </c>
       <c r="I100" s="4" t="s">
-        <v>415</v>
+        <v>1095</v>
       </c>
       <c r="J100" s="4" t="s">
-        <v>416</v>
+        <v>1096</v>
       </c>
       <c r="K100" s="4" t="s">
-        <v>417</v>
+        <v>1097</v>
       </c>
       <c r="L100" s="4">
-        <v>0.7</v>
+        <v>295.59</v>
       </c>
       <c r="M100" s="13" t="s">
-        <v>389</v>
+        <v>1098</v>
       </c>
       <c r="N100" s="4" t="s">
-        <v>390</v>
+        <v>1099</v>
       </c>
       <c r="O100" s="4">
-        <v>0.7</v>
+        <v>295.59</v>
       </c>
       <c r="P100" s="4" t="s">
-        <v>1094</v>
+        <v>1100</v>
       </c>
       <c r="Q100" s="4" t="s">
         <v>1091</v>
       </c>
       <c r="R100" s="4" t="s">
-        <v>1095</v>
+        <v>1101</v>
       </c>
       <c r="S100" s="4" t="s">
-        <v>1096</v>
+        <v>896</v>
       </c>
       <c r="T100" s="4" t="s">
-        <v>1095</v>
+        <v>1101</v>
       </c>
       <c r="U100" s="4">
-        <v>0.7</v>
+        <v>295.59</v>
       </c>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
     </row>
     <row r="101" spans="1:23">
-      <c r="A101" s="3">
-[...20 lines deleted...]
-      <c r="H101" s="4" t="s">
+      <c r="A101" s="7" t="s">
         <v>1102</v>
       </c>
-      <c r="I101" s="4" t="s">
+      <c r="B101" s="7"/>
+      <c r="C101" s="7"/>
+      <c r="D101" s="7"/>
+      <c r="E101" s="7"/>
+      <c r="F101" s="7"/>
+      <c r="G101" s="11"/>
+      <c r="H101" s="8"/>
+      <c r="I101" s="8"/>
+      <c r="J101" s="8"/>
+      <c r="K101" s="8"/>
+      <c r="L101" s="8">
+        <v>2518.71</v>
+      </c>
+      <c r="M101" s="14" t="s">
         <v>1103</v>
       </c>
-      <c r="J101" s="4" t="s">
-[...33 lines deleted...]
-        <v>295.59</v>
+      <c r="N101" s="8"/>
+      <c r="O101" s="8">
+        <v>2519.61</v>
+      </c>
+      <c r="P101" s="8" t="s">
+        <v>1103</v>
+      </c>
+      <c r="Q101" s="8"/>
+      <c r="R101" s="8"/>
+      <c r="S101" s="8"/>
+      <c r="T101" s="8"/>
+      <c r="U101" s="8">
+        <v>2519.61</v>
       </c>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
-    </row>
-[...35 lines deleted...]
-      <c r="W102" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:U1"/>
-    <mergeCell ref="A102:K102"/>
-[...1 lines deleted...]
-    <mergeCell ref="P102:T102"/>
+    <mergeCell ref="A101:K101"/>
+    <mergeCell ref="M101:N101"/>
+    <mergeCell ref="P101:T101"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>