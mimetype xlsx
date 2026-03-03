--- v1 (2026-01-11)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F4- Undisbursed Fund" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1081">
   <si>
     <t>F4- Undisbursed Fund</t>
   </si>
   <si>
     <t>SL No</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Unique Bill No</t>
   </si>
   <si>
     <t>System Bill No</t>
   </si>
   <si>
     <t>Bill Date</t>
   </si>
   <si>
     <t>Agency</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
@@ -203,2670 +203,2601 @@
   <si>
     <t>DULAL MAJUMDER</t>
   </si>
   <si>
     <t>Procurement of Chemicals Glassware &amp; consumables for Mekhliganj Sub-District Water testing Laboratories</t>
   </si>
   <si>
     <t>000098ORD/000312/2022-202</t>
   </si>
   <si>
     <t>ORD/000312/2022-2023</t>
   </si>
   <si>
     <t>921/CD</t>
   </si>
   <si>
     <t>26/09/2022</t>
   </si>
   <si>
     <t>Procurement of Chemicals &amp; Consumables, Glassware etc. and Annual O &amp; M of water testing laboratories .</t>
   </si>
   <si>
     <t>SM/06622</t>
   </si>
   <si>
-    <t>000098BILL/00030/2025-202</t>
-[...5 lines deleted...]
-    <t>24/04/2025</t>
+    <t>000098BILL/00039/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00039/2023-2024</t>
+  </si>
+  <si>
+    <t>24/04/2023</t>
+  </si>
+  <si>
+    <t>Z STAR COMMOTRADE PVT LTD</t>
+  </si>
+  <si>
+    <t>Providing FHTC Construction of 300 cum OHR and Laying of Pipe line at MORADANGA ZONE ¿ I I PWSS under JAL JEEVAN MISSION (PART ¿A)</t>
+  </si>
+  <si>
+    <t>000098ORD/000431/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000431/2022-2023</t>
+  </si>
+  <si>
+    <t>1333/CD</t>
+  </si>
+  <si>
+    <t>19/12/2022</t>
+  </si>
+  <si>
+    <t>Augmentation of MARADANGA Piped Water Supply Scheme</t>
+  </si>
+  <si>
+    <t>SM/14112</t>
+  </si>
+  <si>
+    <t>92/CD</t>
+  </si>
+  <si>
+    <t>FAD/000159/2023</t>
+  </si>
+  <si>
+    <t>27/04/2023</t>
+  </si>
+  <si>
+    <t>188/DPHE-12/38/</t>
+  </si>
+  <si>
+    <t>000098BILL/00048/2024-202</t>
+  </si>
+  <si>
+    <t>BILL/00048/2024-2025</t>
+  </si>
+  <si>
+    <t>17/05/2024</t>
+  </si>
+  <si>
+    <t>DISTRICT HEALTH &amp; FAMILY WELFA</t>
+  </si>
+  <si>
+    <t>FTK SA,MPLE TEST ASHA</t>
+  </si>
+  <si>
+    <t>000098</t>
+  </si>
+  <si>
+    <t>null</t>
+  </si>
+  <si>
+    <t>6171 6190</t>
+  </si>
+  <si>
+    <t>05/04/2021</t>
+  </si>
+  <si>
+    <t>Drinking water sample collection &amp; testing through Field Test Kits (FTKs) &amp; uploading charges for the same related to Water Quality Monitoring &amp; Surveillance Programme Under Jal Jeevan Mission</t>
+  </si>
+  <si>
+    <t>SM/13132</t>
+  </si>
+  <si>
+    <t>1054/cd</t>
+  </si>
+  <si>
+    <t>FAD/000478/2024</t>
+  </si>
+  <si>
+    <t>21/05/2024</t>
+  </si>
+  <si>
+    <t>000098BILL/00055/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00055/2023-2024</t>
+  </si>
+  <si>
+    <t>02/05/2023</t>
+  </si>
+  <si>
+    <t>CHAKRABORTY ENTERPRISE.</t>
+  </si>
+  <si>
+    <t>Providing FHTC &amp; Addl. laying of Pipe line and other allied works at DHALUABARI PWSS under JAL JEEVAN MISSION.</t>
+  </si>
+  <si>
+    <t>000098ORD/000236/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000236/2022-2023</t>
+  </si>
+  <si>
+    <t>722/CD</t>
+  </si>
+  <si>
+    <t>27/08/2022</t>
+  </si>
+  <si>
+    <t>Augmentation of dhaluabari water supply scheme</t>
+  </si>
+  <si>
+    <t>SM/09822</t>
+  </si>
+  <si>
+    <t>280/CD</t>
+  </si>
+  <si>
+    <t>FAD/000224/2023</t>
+  </si>
+  <si>
+    <t>04/05/2023</t>
+  </si>
+  <si>
+    <t>266/DPHE-12/38/</t>
+  </si>
+  <si>
+    <t>000098BILL/00059/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00059/2023-2024</t>
+  </si>
+  <si>
+    <t>M/S. NITYAGOPAL BANIK</t>
+  </si>
+  <si>
+    <t>Execution of different works related to CHHITRI BARI PWSS under JAL JEEVAN MISSIONSE NBC1/PHED A. O.: 985/1-5/NBC-1; DT: 19-01-23</t>
+  </si>
+  <si>
+    <t>000098ORD/000465/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000465/2022-2023</t>
+  </si>
+  <si>
+    <t>1516/CD</t>
+  </si>
+  <si>
+    <t>19/01/2023</t>
+  </si>
+  <si>
+    <t>CHHITRI BARI PIPED WATER SUPPLY SCHEME.</t>
+  </si>
+  <si>
+    <t>SM/13213</t>
+  </si>
+  <si>
+    <t>000098BILL/00063/2022-202</t>
+  </si>
+  <si>
+    <t>BILL/00063/2022-2023</t>
+  </si>
+  <si>
+    <t>08/12/2022</t>
+  </si>
+  <si>
+    <t>BIJOY ROY</t>
+  </si>
+  <si>
+    <t>Providing FHTC Works, Laying of pipe line Constructions of Switch Room, Boundary Wall at SINGIMARI PASCHIMPAR W.S.S under Cooch Behar Division P.H.E.Dte. PART A</t>
+  </si>
+  <si>
+    <t>000098ORD/000533/2021-202</t>
+  </si>
+  <si>
+    <t>ORD/000533/2021-2022</t>
+  </si>
+  <si>
+    <t>1633/CD</t>
+  </si>
+  <si>
+    <t>29/03/2022</t>
+  </si>
+  <si>
+    <t>Augmentation of Singimari Bhetaguri piped water supply scheme.</t>
+  </si>
+  <si>
+    <t>SM/10149</t>
+  </si>
+  <si>
+    <t>1291/CD</t>
+  </si>
+  <si>
+    <t>FAD/001797/2022</t>
+  </si>
+  <si>
+    <t>13/12/2022</t>
+  </si>
+  <si>
+    <t>2277/DPHE-12/14</t>
+  </si>
+  <si>
+    <t>000098BILL/00068/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00068/2023-2024</t>
+  </si>
+  <si>
+    <t>PALLAB BHAWAL</t>
+  </si>
+  <si>
+    <t>Construction of 450 cum OHR Providing FHTC &amp; New UPVC Pipe line &amp; other allied works (PART ¿A) at SITAI ZONE ¿ I PWSS under Cooch Behar Division, PHED</t>
+  </si>
+  <si>
+    <t>000098ORD/000559/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000559/2022-2023</t>
+  </si>
+  <si>
+    <t>1282/CD</t>
+  </si>
+  <si>
+    <t>02/12/2022</t>
+  </si>
+  <si>
+    <t>Augmentation of Sitai piped water supply scheme.</t>
+  </si>
+  <si>
+    <t>SM/10147</t>
+  </si>
+  <si>
+    <t>290/cd</t>
+  </si>
+  <si>
+    <t>05/05/2023</t>
+  </si>
+  <si>
+    <t>FAD/000260/2023</t>
+  </si>
+  <si>
+    <t>11/05/2023</t>
+  </si>
+  <si>
+    <t>322/DPHE-12/38/</t>
+  </si>
+  <si>
+    <t>000098BILL/00078/2022-202</t>
+  </si>
+  <si>
+    <t>BILL/00078/2022-2023</t>
+  </si>
+  <si>
+    <t>M/S PRADIP KUMAR PAL</t>
+  </si>
+  <si>
+    <t>Providing FHTC Construction of 250 cum OHR Construction of Pump House &amp; Sinking of Tubewell at JHAUKUTHI PWSS under JAL JEEVAN MISSION (PART ¿A)</t>
+  </si>
+  <si>
+    <t>000098ORD/000221/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000221/2022-2023</t>
+  </si>
+  <si>
+    <t>710/CD</t>
+  </si>
+  <si>
+    <t>Augmentation of JHAUKUTHI Piped Water Supply Scheme</t>
+  </si>
+  <si>
+    <t>SM/10220</t>
+  </si>
+  <si>
+    <t>1314/CD</t>
+  </si>
+  <si>
+    <t>14/12/2022</t>
+  </si>
+  <si>
+    <t>FAD/001849/2022</t>
+  </si>
+  <si>
+    <t>16/12/2022</t>
+  </si>
+  <si>
+    <t>2338/DPHE-12/14</t>
+  </si>
+  <si>
+    <t>000098BILL/00080/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00080/2023-2024</t>
+  </si>
+  <si>
+    <t>MS SSB CONSTRUCTION CO</t>
+  </si>
+  <si>
+    <t>Execution of different works related to BHUTKURA PWSS under JAL JEEVAN MISSION</t>
+  </si>
+  <si>
+    <t>000098ORD/000513/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000513/2022-2023</t>
+  </si>
+  <si>
+    <t>1631/CD</t>
+  </si>
+  <si>
+    <t>08/02/2023</t>
+  </si>
+  <si>
+    <t>BHUTKURA PIPED WATER SUPPLY SCHEME</t>
+  </si>
+  <si>
+    <t>SM/14730</t>
+  </si>
+  <si>
+    <t>000098BILL/00089/2022-202</t>
+  </si>
+  <si>
+    <t>BILL/00089/2022-2023</t>
+  </si>
+  <si>
+    <t>15/12/2022</t>
+  </si>
+  <si>
+    <t>M/S BADAL CH SAHA</t>
+  </si>
+  <si>
+    <t>Preparation of DPR for Bhoram Piped Water Supply Scheme under Cooch Behar Sadar Sub-Division of Cooch Behar Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>000098ORD/000557/2021-202</t>
+  </si>
+  <si>
+    <t>ORD/000557/2021-2022</t>
+  </si>
+  <si>
+    <t>1541/CD</t>
+  </si>
+  <si>
+    <t>17/03/2022</t>
+  </si>
+  <si>
+    <t>Procurement of service consultants for preparation of DPR of New Piped Water Supply Scheme for uncovered rural area of Jalpaiguri, Alipurduar and Coochbehar District in West Bengal.</t>
+  </si>
+  <si>
+    <t>SM/11505</t>
+  </si>
+  <si>
+    <t>1325/CD</t>
+  </si>
+  <si>
+    <t>FAD/001882/2022</t>
+  </si>
+  <si>
+    <t>2376/DPHE-12/14</t>
+  </si>
+  <si>
+    <t>000098BILL/00094/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00094/2023-2024</t>
+  </si>
+  <si>
+    <t>SHIBA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Providing FHTC, Construction of boundary wall, repairing of reservior,baoundary wall and laying new UPVC pipe line and other allied works at in-connection with augmentation KAUWARDARA PWSS under Cooch Behar Division, PHED.(Part-A)</t>
+  </si>
+  <si>
+    <t>000098ORD/000428/2021-202</t>
+  </si>
+  <si>
+    <t>ORD/000428/2021-2022</t>
+  </si>
+  <si>
+    <t>1524/CD</t>
+  </si>
+  <si>
+    <t>000098BILL/00098/2022-202</t>
+  </si>
+  <si>
+    <t>BILL/00098/2022-2023</t>
+  </si>
+  <si>
+    <t>ASHIM KUMAR CHAKRABORTY</t>
+  </si>
+  <si>
+    <t>Providing FHTC 3rd Site Pump House Boundary Wall SSPost with soak pit Sinking 250mm X 200mm Big dia Tubewell &amp; New UPVC/DI/GI Pipe line and other allied works (PART ¿B) at CHILAKHANA PWSS under Cooch Behar Division, PHED</t>
+  </si>
+  <si>
+    <t>000098ORD/000465/2021-202</t>
+  </si>
+  <si>
+    <t>ORD/000465/2021-2022</t>
+  </si>
+  <si>
+    <t>1605/CD</t>
+  </si>
+  <si>
+    <t>24/03/2022</t>
+  </si>
+  <si>
+    <t>Augmentation of Chilakhana piped water supply scheme.</t>
+  </si>
+  <si>
+    <t>SM/10148</t>
+  </si>
+  <si>
+    <t>000098BILL/00101/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00101/2023-2024</t>
+  </si>
+  <si>
+    <t>HIRAK CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Providing FHTC &amp; other allied works at RASIKBILL ZONE ¿ I PWSS under JAL JEEVAN MISSION</t>
+  </si>
+  <si>
+    <t>000098ORD/000416/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000416/2022-2023</t>
+  </si>
+  <si>
+    <t>1226/CD</t>
+  </si>
+  <si>
+    <t>28/11/2022</t>
+  </si>
+  <si>
+    <t>Augmentation of Rasikbil piped water supply scheme.</t>
+  </si>
+  <si>
+    <t>SM/09300</t>
+  </si>
+  <si>
+    <t>000098BILL/00102/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00102/2023-2024</t>
+  </si>
+  <si>
+    <t>Construction of pump house, Boundary wall at Head work site and laying of Pipe line and other allied works at inconnection with augmentation of NAGAR CHANGRABANDHA (Zone-II) PWSS under Cooch Behar Division, PHED. (Part-B)</t>
+  </si>
+  <si>
+    <t>000098ORD/000009/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000009/2022-2023</t>
+  </si>
+  <si>
+    <t>25/CD</t>
+  </si>
+  <si>
+    <t>07/04/2022</t>
+  </si>
+  <si>
+    <t>Augmentation works for providing functional household tap connection within command area of NAGAR CHANGRABANDA Piped Water Supply Scheme</t>
+  </si>
+  <si>
+    <t>SM/10159</t>
+  </si>
+  <si>
+    <t>291/CD</t>
+  </si>
+  <si>
+    <t>07/05/2023</t>
+  </si>
+  <si>
+    <t>000098BILL/00106/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00106/2023-2024</t>
+  </si>
+  <si>
+    <t>MESSRS A.B.G CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Providing FHTC 3rd Site Pump House Boundary Wall SSPost with soak pit Sinking 250mm X 200mm Big dia Tubewell &amp; New UPVC/DI/GI Pipe line and other allied works (PART ¿B) at SITAI ZONE ¿ I I PWSS under Cooch Behar Division, PHED</t>
+  </si>
+  <si>
+    <t>000098ORD/000466/2021-202</t>
+  </si>
+  <si>
+    <t>ORD/000466/2021-2022</t>
+  </si>
+  <si>
+    <t>1604/CD</t>
+  </si>
+  <si>
+    <t>000098BILL/00115/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00115/2023-2024</t>
+  </si>
+  <si>
+    <t>HARIDAS GHOSH</t>
+  </si>
+  <si>
+    <t>Execution of different works related to KOCHABARI PWSS under JAL JEEVAN MISSIONSE NBC1/PHED A. O.: 983/1-5/NBC-1; DT: 19-01-23</t>
+  </si>
+  <si>
+    <t>000098ORD/000463/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000463/2022-2023</t>
+  </si>
+  <si>
+    <t>1514/CD</t>
+  </si>
+  <si>
+    <t>KOCHABARI PIPED WATER SUPPLY SCHEME.</t>
+  </si>
+  <si>
+    <t>SM/13342</t>
+  </si>
+  <si>
+    <t>320/CD</t>
+  </si>
+  <si>
+    <t>13/05/2023</t>
+  </si>
+  <si>
+    <t>FAD/000341/2023</t>
+  </si>
+  <si>
+    <t>15/05/2023</t>
+  </si>
+  <si>
+    <t>414/DPHE-12/38/</t>
+  </si>
+  <si>
+    <t>000098BILL/00118/2022-202</t>
+  </si>
+  <si>
+    <t>BILL/00118/2022-2023</t>
+  </si>
+  <si>
+    <t>23/12/2022</t>
+  </si>
+  <si>
+    <t>DAS ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Providing FHTC &amp; laying of Pipe line and other allied works at Madhya Hudumdanga PWSS under JAL JEEVAN MISSION</t>
+  </si>
+  <si>
+    <t>000098ORD/000196/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000196/2022-2023</t>
+  </si>
+  <si>
+    <t>666/CD</t>
+  </si>
+  <si>
+    <t>23/08/2022</t>
+  </si>
+  <si>
+    <t>Augmentation works for providing Functional House hold Tap Connection Within the Command Area of MADHYA HUDUMDANGA Piped Water Supply Scheme</t>
+  </si>
+  <si>
+    <t>SM/10141</t>
+  </si>
+  <si>
+    <t>1398/CD</t>
+  </si>
+  <si>
+    <t>24/12/2022</t>
+  </si>
+  <si>
+    <t>FAD/002002/2022</t>
+  </si>
+  <si>
+    <t>29/12/2022</t>
+  </si>
+  <si>
+    <t>2511/DPHE-12/14</t>
+  </si>
+  <si>
+    <t>000098BILL/00122/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00122/2023-2024</t>
+  </si>
+  <si>
+    <t>12/05/2023</t>
+  </si>
+  <si>
+    <t>GOUTAM KUMAR DAS</t>
+  </si>
+  <si>
+    <t>Constructions of 250 Cum OHR as per Departmental Design &amp; drawing , Providing F.H.T.C ,New laying DI Pipe Line &amp; other allied work at CHHAT RAMPUR PWSS under JAL JEEVAN MISSION (PART ¿D)</t>
+  </si>
+  <si>
+    <t>000098ORD/000217/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000217/2022-2023</t>
+  </si>
+  <si>
+    <t>706/CD</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED CHHAT RAMPUR PWSS TUFANGANJ I BLOCK WITHIN COOCHBEHAR DISTRICT UNDER COOCHBEHAR DIVISION , PHE DTE</t>
+  </si>
+  <si>
+    <t>SM/16520</t>
+  </si>
+  <si>
+    <t>000098BILL/00129/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00129/2023-2024</t>
+  </si>
+  <si>
+    <t>SUCHITRO FUEL STATION</t>
+  </si>
+  <si>
+    <t>supply of fuel januar and feb 2023</t>
+  </si>
+  <si>
+    <t>02/10/2022</t>
+  </si>
+  <si>
+    <t>FAD/000385/2023</t>
+  </si>
+  <si>
+    <t>17/05/2023</t>
+  </si>
+  <si>
+    <t>459/DPHE-12/38/</t>
+  </si>
+  <si>
+    <t>000098BILL/00130/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00130/2023-2024</t>
+  </si>
+  <si>
+    <t>SUPPLY OF FUEL ASST ENGINEER TFG FOR THE PERIOD OCTOBER 2022</t>
+  </si>
+  <si>
+    <t>01/10/2022</t>
+  </si>
+  <si>
+    <t>000098BILL/00137/2022-202</t>
+  </si>
+  <si>
+    <t>BILL/00137/2022-2023</t>
+  </si>
+  <si>
+    <t>LONGLAST PIPES (INDIA) PVT. LT</t>
+  </si>
+  <si>
+    <t>Sinking of 250mm x 200 mm Big dia. Tube well with UPVC Pipes &amp; Strainer at 3rd Site of BARO DHAPERCHATRA PWSS under Cooch Behar Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>000098ORD/000064/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000064/2022-2023</t>
+  </si>
+  <si>
+    <t>261/CD</t>
+  </si>
+  <si>
+    <t>24/05/2022</t>
+  </si>
+  <si>
+    <t>Augmentation works for Providing Functional House Hold Tap Connection (FJTC) within command area of Baro Dhaperchatra Piped water supply Scheme.</t>
+  </si>
+  <si>
+    <t>SM/10158</t>
+  </si>
+  <si>
+    <t>1399/CD</t>
+  </si>
+  <si>
+    <t>000098BILL/00142/2022-202</t>
+  </si>
+  <si>
+    <t>BILL/00142/2022-2023</t>
+  </si>
+  <si>
+    <t>27/12/2022</t>
+  </si>
+  <si>
+    <t>MS BIDYUT SARKAR</t>
+  </si>
+  <si>
+    <t>Providing FHTC &amp; other allied works at GOSANIMARI ZONE - I PWSS under JAL JEEVAN MISSION</t>
+  </si>
+  <si>
+    <t>000098ORD/000413/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000413/2022-2023</t>
+  </si>
+  <si>
+    <t>1224/CD</t>
+  </si>
+  <si>
+    <t>Augmentation of Gosanimari piped water supply scheme.</t>
+  </si>
+  <si>
+    <t>SM/10150</t>
+  </si>
+  <si>
+    <t>1408/CD</t>
+  </si>
+  <si>
+    <t>28/12/2022</t>
+  </si>
+  <si>
+    <t>FAD/002043/2022</t>
+  </si>
+  <si>
+    <t>03/01/2023</t>
+  </si>
+  <si>
+    <t>2556/DPHE-12/14</t>
+  </si>
+  <si>
+    <t>000098BILL/00146/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00146/2023-2024</t>
+  </si>
+  <si>
+    <t>19/05/2023</t>
+  </si>
+  <si>
+    <t>SHREE RANI SATI ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Execution of different works related to Aug. of MUKUL DANGA PWSS under JAL JEEVAN MISSIONSE,NBC-1,PHED A.O. No.: 1377/1-5/NBC-1; Dt.: 28-03-23</t>
+  </si>
+  <si>
+    <t>000098ORD/000655/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000655/2022-2023</t>
+  </si>
+  <si>
+    <t>1999/CD</t>
+  </si>
+  <si>
+    <t>28/03/2023</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED MUKUL DANGA PWSS MATHABHANGA - II BLOCK WITHIN COOCHBEHAR DISTRICT UNDER COOCHBEHAR DIVISION, PHE DTE</t>
+  </si>
+  <si>
+    <t>SM/16473</t>
+  </si>
+  <si>
+    <t>360/CD</t>
+  </si>
+  <si>
+    <t>FAD/000437/2023</t>
+  </si>
+  <si>
+    <t>23/05/2023</t>
+  </si>
+  <si>
+    <t>524/DPHE-12/37/</t>
+  </si>
+  <si>
+    <t>000098BILL/00150/2022-202</t>
+  </si>
+  <si>
+    <t>BILL/00150/2022-2023</t>
+  </si>
+  <si>
+    <t>MATARA CONSTRUCTION CO.</t>
+  </si>
+  <si>
+    <t>Construction of 600 cum OHR Providing FHTC &amp; New UPVC Pipe line &amp; other allied works (PART ¿A) atBALARAMPUR ZONE ¿ I PWSS under Cooch Behar Division, PHED</t>
+  </si>
+  <si>
+    <t>000098ORD/000250/2021-202</t>
+  </si>
+  <si>
+    <t>ORD/000250/2021-2022</t>
+  </si>
+  <si>
+    <t>899/CD</t>
+  </si>
+  <si>
+    <t>24/12/2021</t>
+  </si>
+  <si>
+    <t>Retrofitting Cum Rejuvenation of existing ground water baed Balarampur piped water supply scheme</t>
+  </si>
+  <si>
+    <t>SM/10006</t>
+  </si>
+  <si>
+    <t>000098BILL/00177/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00177/2023-2024</t>
+  </si>
+  <si>
+    <t>31/05/2023</t>
+  </si>
+  <si>
+    <t>SWAPAN KR.SARKAR</t>
+  </si>
+  <si>
+    <t>Providing FHTC &amp; Repairing of OHR B/Wall suplly Stairecase constn of Addl. Phouse at Dhaluabari PWSS under JAL JEEVAN MISSION</t>
+  </si>
+  <si>
+    <t>000098ORD/000241/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000241/2022-2023</t>
+  </si>
+  <si>
+    <t>727/CD</t>
+  </si>
+  <si>
+    <t>437/CD</t>
+  </si>
+  <si>
+    <t>FAD/000537/2023</t>
+  </si>
+  <si>
+    <t>01/06/2023</t>
+  </si>
+  <si>
+    <t>640/DPHE-12/37/</t>
+  </si>
+  <si>
+    <t>000098BILL/00184/2022-202</t>
+  </si>
+  <si>
+    <t>BILL/00184/2022-2023</t>
+  </si>
+  <si>
+    <t>30/12/2022</t>
+  </si>
+  <si>
+    <t>SANKAR BANIK</t>
+  </si>
+  <si>
+    <t>Providing F.H.T.C &amp; Restoration of damage Pipeline allied Work at GOPALPUR Water Supply Scheme P.H.E Dte</t>
+  </si>
+  <si>
+    <t>000098ORD/000317/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000317/2022-2023</t>
+  </si>
+  <si>
+    <t>926/CD</t>
+  </si>
+  <si>
+    <t>BARA GOPALPUR PIPED WATER SUPPLY SCHEME.</t>
+  </si>
+  <si>
+    <t>SM/13161</t>
+  </si>
+  <si>
+    <t>1440/CD</t>
+  </si>
+  <si>
+    <t>FAD/002072/2022</t>
+  </si>
+  <si>
+    <t>04/01/2023</t>
+  </si>
+  <si>
+    <t>2586/DPHE-12/14</t>
+  </si>
+  <si>
+    <t>000098BILL/00184/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00184/2023-2024</t>
+  </si>
+  <si>
+    <t>WBSEDCL</t>
+  </si>
+  <si>
+    <t>SHIFTING OF EXISTING 25 KVA DTR</t>
+  </si>
+  <si>
+    <t>SM/MTBCCC2</t>
+  </si>
+  <si>
+    <t>30/05/2023</t>
+  </si>
+  <si>
+    <t>Rejuvenation of CHUNGERKHATA KHAGRIBARI Water Supply Scheme</t>
+  </si>
+  <si>
+    <t>SM/10711</t>
+  </si>
+  <si>
+    <t>000098BILL/00190/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00190/2023-2024</t>
+  </si>
+  <si>
+    <t>02/06/2023</t>
+  </si>
+  <si>
+    <t>Laying distribution system of pipe line with FHTC under Chandamari PWSS PHED. (Part-B-5)</t>
+  </si>
+  <si>
+    <t>000098ORD/000427/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000427/2022-2023</t>
+  </si>
+  <si>
+    <t>195/SD</t>
+  </si>
+  <si>
+    <t>27/06/2022</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF CHANDAMARI PIPED WATER SUPPLY SCHEME</t>
+  </si>
+  <si>
+    <t>SM/09302</t>
+  </si>
+  <si>
+    <t>469/CD</t>
+  </si>
+  <si>
+    <t>FAD/000566/2023</t>
+  </si>
+  <si>
+    <t>05/06/2023</t>
+  </si>
+  <si>
+    <t>677/DPHE-12/37/</t>
+  </si>
+  <si>
+    <t>000098BILL/00205/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00205/2023-2024</t>
+  </si>
+  <si>
+    <t>16/06/2023</t>
+  </si>
+  <si>
+    <t>NO 1 GURIAHATI CO OP LABOUR CO</t>
+  </si>
+  <si>
+    <t>Providing FHTC &amp; Laying P/Line at PAKHIHAGA PWSS under Cooch Behar Division, PHED</t>
+  </si>
+  <si>
+    <t>000098ORD/000020/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000020/2022-2023</t>
+  </si>
+  <si>
+    <t>36/CD</t>
+  </si>
+  <si>
+    <t>Retrofitting works for providing functional household tap connection(FHTC) eithin the cpmmand area of Pakhihaga Water Supply Scheme</t>
+  </si>
+  <si>
+    <t>SM/08150</t>
+  </si>
+  <si>
+    <t>516/cd</t>
+  </si>
+  <si>
+    <t>FAD/000728/2023</t>
+  </si>
+  <si>
+    <t>19/06/2023</t>
+  </si>
+  <si>
+    <t>865/DPHE-12/38/</t>
+  </si>
+  <si>
+    <t>000098BILL/00218/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00218/2023-2024</t>
+  </si>
+  <si>
+    <t>23/06/2023</t>
+  </si>
+  <si>
+    <t>PARAUDDIN MIAH</t>
+  </si>
+  <si>
+    <t>Extension Work order for Hiring of Diesel Vehicle of Bolero Maxi cab for the Office use of Assistant Engineer, Cooch Behar Sadar Sub-Division, PHE Dte. for 6 Months (February 2023 to July 2023)</t>
+  </si>
+  <si>
+    <t>000098ORD/000737/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000737/2022-2023</t>
+  </si>
+  <si>
+    <t>1575/CD</t>
+  </si>
+  <si>
+    <t>31/01/2023</t>
+  </si>
+  <si>
+    <t>550/CD</t>
+  </si>
+  <si>
+    <t>24/06/2023</t>
+  </si>
+  <si>
+    <t>FAD/000811/2023</t>
+  </si>
+  <si>
+    <t>27/06/2023</t>
+  </si>
+  <si>
+    <t>963/DPHE-12/37/</t>
+  </si>
+  <si>
+    <t>000098BILL/00226/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00226/2023-2024</t>
+  </si>
+  <si>
+    <t>30/06/2023</t>
+  </si>
+  <si>
+    <t>Execution of different works related to KHARIJA DURGANAGAR DWITIA KHANDA PWSS under JAL JEEVAN MISSION</t>
+  </si>
+  <si>
+    <t>000098ORD/000592/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000592/2022-2023</t>
+  </si>
+  <si>
+    <t>1672/CD</t>
+  </si>
+  <si>
+    <t>13/02/2023</t>
+  </si>
+  <si>
+    <t>KHARIJA DURGANAGAR DWITIYA KHANDA PWSS</t>
+  </si>
+  <si>
+    <t>SM/14449</t>
+  </si>
+  <si>
+    <t>593/cd</t>
+  </si>
+  <si>
+    <t>08/07/2023</t>
+  </si>
+  <si>
+    <t>FAD/000925/2023</t>
+  </si>
+  <si>
+    <t>10/07/2023</t>
+  </si>
+  <si>
+    <t>1092/DPHE-12/37</t>
+  </si>
+  <si>
+    <t>000098BILL/00256/2022-202</t>
+  </si>
+  <si>
+    <t>BILL/00256/2022-2023</t>
+  </si>
+  <si>
+    <t>07/02/2023</t>
+  </si>
+  <si>
+    <t>NABIN DEBNATH</t>
+  </si>
+  <si>
+    <t>Construction of 300 cum OHR Providing FHTC New Pipe line &amp; other allied works (PART ¿A) at ANDARAN FULBARI ZONE-II PWSS under Cooch Behar Division, PHED</t>
+  </si>
+  <si>
+    <t>000098ORD/000425/2021-202</t>
+  </si>
+  <si>
+    <t>ORD/000425/2021-2022</t>
+  </si>
+  <si>
+    <t>1475/CD</t>
+  </si>
+  <si>
+    <t>10/03/2022</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF ANDARAN PHULBARI PIPED WATER SUPPLY SCHEME</t>
+  </si>
+  <si>
+    <t>SM/10049</t>
+  </si>
+  <si>
+    <t>1627/CD</t>
+  </si>
+  <si>
+    <t>FAD/002384/2022</t>
+  </si>
+  <si>
+    <t>10/02/2023</t>
+  </si>
+  <si>
+    <t>2971/DPHE-12/14</t>
+  </si>
+  <si>
+    <t>000098BILL/00278/2022-202</t>
+  </si>
+  <si>
+    <t>BILL/00278/2022-2023</t>
+  </si>
+  <si>
+    <t>AUXILIARY TUBEWELL DRILLERS</t>
+  </si>
+  <si>
+    <t>Sinking of 250mm x 200 mm Big dia. Tube well with UPVC Pipes &amp; Strainer at 3rd Site of DEOCHARAIPWSS under Cooch Behar Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>000098ORD/000509/2021-202</t>
+  </si>
+  <si>
+    <t>ORD/000509/2021-2022</t>
+  </si>
+  <si>
+    <t>1457/CD</t>
+  </si>
+  <si>
+    <t>Rejuvenation of DEOCHARAI Water Supply Scheme</t>
+  </si>
+  <si>
+    <t>SM/10364</t>
+  </si>
+  <si>
+    <t>1704/CD</t>
+  </si>
+  <si>
+    <t>14/02/2023</t>
+  </si>
+  <si>
+    <t>FAD/002444/2022</t>
+  </si>
+  <si>
+    <t>17/02/2023</t>
+  </si>
+  <si>
+    <t>3047/DPHE-12/14</t>
+  </si>
+  <si>
+    <t>000098BILL/00286/2022-202</t>
+  </si>
+  <si>
+    <t>BILL/00286/2022-2023</t>
+  </si>
+  <si>
+    <t>16/02/2023</t>
+  </si>
+  <si>
+    <t>RADIANT</t>
+  </si>
+  <si>
+    <t>Preparation of DPR for Augmentation of HEMKUMARI (Zone-II) Piped Water Supply Scheme under MATHABHANGA Sub-Division of Cooch Behar Division,P.H.E.Dte.</t>
+  </si>
+  <si>
+    <t>000098ORD/000169/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000169/2022-2023</t>
+  </si>
+  <si>
+    <t>628/CD</t>
+  </si>
+  <si>
+    <t>16/08/2022</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASE HEMKUMARI ZONE-II ACCOMODATE FHTC IN HALDIBARI BLOCK WITHIN COOCH BEHAR DISTRICT UNDE COOCH BEHAR DIVISION .</t>
+  </si>
+  <si>
+    <t>SM/13148</t>
+  </si>
+  <si>
+    <t>1718/CD</t>
+  </si>
+  <si>
+    <t>FAD/002500/2022</t>
+  </si>
+  <si>
+    <t>22/02/2023</t>
+  </si>
+  <si>
+    <t>3115/DPHE-12/14</t>
+  </si>
+  <si>
+    <t>000098BILL/00292/2022-202</t>
+  </si>
+  <si>
+    <t>BILL/00292/2022-2023</t>
+  </si>
+  <si>
+    <t>Preparation of DPR for Augmentation of KUCHLIBARI (Zone-II) Piped Water Supply Scheme under MATHABHANGA Sub-Division of Cooch Behar Division,P.H.E.Dte.</t>
+  </si>
+  <si>
+    <t>000098ORD/000164/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000164/2022-2023</t>
+  </si>
+  <si>
+    <t>623/CD</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED KUCHLIBARI ZONE-II PWSS</t>
+  </si>
+  <si>
+    <t>SM/13225</t>
+  </si>
+  <si>
+    <t>000098BILL/00298/2022-202</t>
+  </si>
+  <si>
+    <t>BILL/00298/2022-2023</t>
+  </si>
+  <si>
+    <t>Sinking of 250mm x 200 mm Big dia. Tube well with UPVC Pipes &amp; Strainer at Different Location ofANDARAN FULBARI ZONE I &amp; II PWSS under Cooch Behar Division PHE Dte</t>
+  </si>
+  <si>
+    <t>000098ORD/000507/2021-202</t>
+  </si>
+  <si>
+    <t>ORD/000507/2021-2022</t>
+  </si>
+  <si>
+    <t>1455/CD</t>
+  </si>
+  <si>
+    <t>000098BILL/00307/2022-202</t>
+  </si>
+  <si>
+    <t>BILL/00307/2022-2023</t>
+  </si>
+  <si>
+    <t>20/02/2023</t>
+  </si>
+  <si>
+    <t>M/S SOBHA &amp; CO.</t>
+  </si>
+  <si>
+    <t>Preparation of DPR for Angarkata Paradubi Piped Water Supply Scheme under Mathabhanga Sub-Division of Cooch Behar Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>000098ORD/000571/2021-202</t>
+  </si>
+  <si>
+    <t>ORD/000571/2021-2022</t>
+  </si>
+  <si>
+    <t>1387/CD</t>
+  </si>
+  <si>
+    <t>04/03/2022</t>
+  </si>
+  <si>
+    <t>1722/CD</t>
+  </si>
+  <si>
+    <t>21/02/2023</t>
+  </si>
+  <si>
+    <t>FAD/002533/2022</t>
+  </si>
+  <si>
+    <t>24/02/2023</t>
+  </si>
+  <si>
+    <t>3153/DPHE-12/14</t>
+  </si>
+  <si>
+    <t>000098BILL/00312/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00312/2023-2024</t>
+  </si>
+  <si>
+    <t>25/07/2023</t>
+  </si>
+  <si>
+    <t>BENGAL YOUTH UN EMPLOYED ENGIN</t>
+  </si>
+  <si>
+    <t>Execution of different works related to SAJHERPAR KHATALBARI PWSS under JAL JEEVAN MISSION</t>
+  </si>
+  <si>
+    <t>000098ORD/000588/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000588/2022-2023</t>
+  </si>
+  <si>
+    <t>1676/CD</t>
+  </si>
+  <si>
+    <t>SAJHERPAR KHATALBARI</t>
+  </si>
+  <si>
+    <t>SM/13877</t>
+  </si>
+  <si>
+    <t>726/cd</t>
+  </si>
+  <si>
+    <t>26/07/2023</t>
+  </si>
+  <si>
+    <t>FAD/001159/2023</t>
+  </si>
+  <si>
+    <t>27/07/2023</t>
+  </si>
+  <si>
+    <t>1355/DPHE-12/38</t>
+  </si>
+  <si>
+    <t>000098BILL/00313/2022-202</t>
+  </si>
+  <si>
+    <t>BILL/00313/2022-2023</t>
+  </si>
+  <si>
+    <t>TISTA LABOUR CO-OP CONT AND CO</t>
+  </si>
+  <si>
+    <t>Providing functional house hold tap connection within command area of GAJENDRAPUR CHOWRANGEE Piped Water Supply Scheme under Mathabhanga Sub-Division, P.H.E.Dte. Under Jaldhara Programme. Part-B</t>
+  </si>
+  <si>
+    <t>000098ORD/000143/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000143/2022-2023</t>
+  </si>
+  <si>
+    <t>211/MTB</t>
+  </si>
+  <si>
+    <t>26/07/2022</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED GAJENDRAPUR CHOWRANGEE PWSS HALDIBARI BLOCK WITHIN COOCH BEHAR DISTRICT UNDER COOCH BEHAR DIVISION, P.H.E. DTE.</t>
+  </si>
+  <si>
+    <t>SM/14933</t>
+  </si>
+  <si>
+    <t>1742/CD</t>
+  </si>
+  <si>
+    <t>FAD/002565/2022</t>
+  </si>
+  <si>
+    <t>28/02/2023</t>
+  </si>
+  <si>
+    <t>3187/DPHE-12/14</t>
+  </si>
+  <si>
+    <t>000098BILL/00339/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00339/2023-2024</t>
+  </si>
+  <si>
+    <t>31/07/2023</t>
+  </si>
+  <si>
+    <t>Execution of different works related to SITALKUCHI Z2 PWSS under JAL JEEVAN MISSION</t>
+  </si>
+  <si>
+    <t>000098ORD/000779/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000779/2022-2023</t>
+  </si>
+  <si>
+    <t>1695/CD</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Sitalkuchi Water Supply Scheme Zone-II to Accommodate FHTC in Sitalkuchi Block.</t>
+  </si>
+  <si>
+    <t>SM/13289</t>
+  </si>
+  <si>
+    <t>1085/CD</t>
+  </si>
+  <si>
+    <t>01/10/2023</t>
+  </si>
+  <si>
+    <t>FAD/001998/2023</t>
+  </si>
+  <si>
+    <t>03/10/2023</t>
+  </si>
+  <si>
+    <t>2330/DPHE-12/38</t>
+  </si>
+  <si>
+    <t>000098BILL/00361/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00361/2023-2024</t>
+  </si>
+  <si>
+    <t>07/08/2023</t>
+  </si>
+  <si>
+    <t>831/cd</t>
+  </si>
+  <si>
+    <t>12/08/2023</t>
+  </si>
+  <si>
+    <t>FAD/001392/2023</t>
+  </si>
+  <si>
+    <t>14/08/2023</t>
+  </si>
+  <si>
+    <t>1613/DPHE-12/38</t>
+  </si>
+  <si>
+    <t>000098BILL/00397/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00397/2023-2024</t>
+  </si>
+  <si>
+    <t>MANABENDRA DE</t>
+  </si>
+  <si>
+    <t>Execution of different works related to KUCHLIBARI Z 2 PWSS under JAL JEEVAN MISSIONSE,NBC-1,PHED A.O. No.: 1013/1-5/NBC-1; Dt.: 24-01-23</t>
+  </si>
+  <si>
+    <t>000098ORD/000493/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000493/2022-2023</t>
+  </si>
+  <si>
+    <t>1558/CD</t>
+  </si>
+  <si>
+    <t>24/01/2023</t>
+  </si>
+  <si>
+    <t>000098BILL/00402/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00402/2023-2024</t>
+  </si>
+  <si>
+    <t>SUBHAS CHANDRA ROY</t>
+  </si>
+  <si>
+    <t>Execution of different works related to BARA GOPALPUR PWSS under JAL JEEVAN MISSIONSE,NBC-1,PHED A.O. No.: 1109/1-5/NBC-1; Dt.: 13-02-23</t>
+  </si>
+  <si>
+    <t>000098ORD/000586/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000586/2022-2023</t>
+  </si>
+  <si>
+    <t>1671/CD</t>
+  </si>
+  <si>
+    <t>850/CD</t>
+  </si>
+  <si>
+    <t>19/08/2023</t>
+  </si>
+  <si>
+    <t>FAD/001483/2023</t>
+  </si>
+  <si>
+    <t>21/08/2023</t>
+  </si>
+  <si>
+    <t>1717/DPHE-12/37</t>
+  </si>
+  <si>
+    <t>000098BILL/00416/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00416/2023-2024</t>
+  </si>
+  <si>
+    <t>18/08/2023</t>
+  </si>
+  <si>
+    <t>Providing FHTC Pump House SSPost &amp; New UPVC Pipe line and other allied works (PART ¿B) at RAKHALMARI PWSS under Cooch Behar Division, PHED</t>
+  </si>
+  <si>
+    <t>000098ORD/000269/2021-202</t>
+  </si>
+  <si>
+    <t>ORD/000269/2021-2022</t>
+  </si>
+  <si>
+    <t>948/CD</t>
+  </si>
+  <si>
+    <t>31/12/2021</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF RAKHALMARI PIPED WATER SUPPLY SCHEME</t>
+  </si>
+  <si>
+    <t>SM/09299</t>
+  </si>
+  <si>
+    <t>000098BILL/00417/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00417/2023-2024</t>
+  </si>
+  <si>
+    <t>S &amp; P ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Construction of 150 cum OHR Providing FHTC Sinking 250mm X 200mm Big dia Tubewell &amp; New UPVC/DI Pipe line &amp; other allied works (PART ¿A) at RAKHALMARI PWSS under Cooch Behar Division, PHED</t>
+  </si>
+  <si>
+    <t>000098ORD/000275/2021-202</t>
+  </si>
+  <si>
+    <t>ORD/000275/2021-2022</t>
+  </si>
+  <si>
+    <t>954/CD</t>
+  </si>
+  <si>
+    <t>000098BILL/00477/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00477/2023-2024</t>
+  </si>
+  <si>
+    <t>26/08/2023</t>
+  </si>
+  <si>
+    <t>PROVIDING FHTC LAYING OF PIPE LINE AT KALARAYER KUTHE (ZONE-II) PWSS under JAL JEEVAN MISSION (PART ¿C)</t>
+  </si>
+  <si>
+    <t>000098ORD/000480/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000480/2022-2023</t>
+  </si>
+  <si>
+    <t>1535/CD</t>
+  </si>
+  <si>
+    <t>20/01/2023</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF KALARAYERKUTHI PIPED WATER SUPPLY SCHEME</t>
+  </si>
+  <si>
+    <t>SM/14183</t>
+  </si>
+  <si>
+    <t>887/CD</t>
+  </si>
+  <si>
+    <t>28/08/2023</t>
+  </si>
+  <si>
+    <t>FAD/001614/2023</t>
+  </si>
+  <si>
+    <t>29/08/2023</t>
+  </si>
+  <si>
+    <t>1866/DPHE-12/38</t>
+  </si>
+  <si>
+    <t>000098BILL/00481/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00481/2023-2024</t>
+  </si>
+  <si>
+    <t>supply of fuel for the month of may 2023</t>
+  </si>
+  <si>
+    <t>01/05/2023</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF BALABHUT PIPED WATER SUPPLY SCHEME</t>
+  </si>
+  <si>
+    <t>SM/17439</t>
+  </si>
+  <si>
+    <t>000098BILL/00486/2022-202</t>
+  </si>
+  <si>
+    <t>BILL/00486/2022-2023</t>
+  </si>
+  <si>
+    <t>24/03/2023</t>
+  </si>
+  <si>
+    <t>RAJAT ROY</t>
+  </si>
+  <si>
+    <t>Providing FHTC Laying of Pipe Line &amp; other allied works at SITALKUCHI ZONE III PWSS under JAL JEEVAN MISSION</t>
+  </si>
+  <si>
+    <t>000098ORD/000505/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000505/2022-2023</t>
+  </si>
+  <si>
+    <t>1233/CD</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED SITALKUCHI WATER SUPPLY SCHEME ZONE-III TO ACCOMMODATE FHTC IN SITALKUCHI BLOCK</t>
+  </si>
+  <si>
+    <t>SM/13379</t>
+  </si>
+  <si>
+    <t>1958/cd</t>
+  </si>
+  <si>
+    <t>26/03/2023</t>
+  </si>
+  <si>
+    <t>FAD/002926/2022</t>
+  </si>
+  <si>
+    <t>3622/DPHE-12/14</t>
+  </si>
+  <si>
+    <t>000098BILL/00512/2022-202</t>
+  </si>
+  <si>
+    <t>BILL/00512/2022-2023</t>
+  </si>
+  <si>
+    <t>27/03/2023</t>
+  </si>
+  <si>
+    <t>GHOSH AND SAHA CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Execution of different works related to NAHARHATBANDAR PWSS under JAL JEEVAN MISSIONSE NBC1/PHED A. O.: 977/1-5/NBC-1; DT: 19-01-23</t>
+  </si>
+  <si>
+    <t>000098ORD/000457/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000457/2022-2023</t>
+  </si>
+  <si>
+    <t>1508/CD</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF NAHARHAT BANDAR PIPED WATER SUPPLY SCHEME</t>
+  </si>
+  <si>
+    <t>SM/11486</t>
+  </si>
+  <si>
+    <t>1983/CD</t>
+  </si>
+  <si>
+    <t>FAD/002958/2022</t>
+  </si>
+  <si>
+    <t>29/03/2023</t>
+  </si>
+  <si>
+    <t>3656/DPHE-12/14</t>
+  </si>
+  <si>
+    <t>000098BILL/00518/2022-202</t>
+  </si>
+  <si>
+    <t>BILL/00518/2022-2023</t>
+  </si>
+  <si>
+    <t>ABHIJIT KUMAR DAS</t>
+  </si>
+  <si>
+    <t>Providing FHTC, Repairing of Pump house, boundary wall and laying new Pipe line and other allied works at inconnection with augmentation of NIJTARAF PWSS under Cooch Behar Division, PHED.(Part-C)</t>
+  </si>
+  <si>
+    <t>000098ORD/000011/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000011/2022-2023</t>
+  </si>
+  <si>
+    <t>27/CD</t>
+  </si>
+  <si>
+    <t>Augmentation of NIJTARAF Piped water supply schemes</t>
+  </si>
+  <si>
+    <t>SM/10163</t>
+  </si>
+  <si>
+    <t>000098BILL/00519/2022-202</t>
+  </si>
+  <si>
+    <t>BILL/00519/2022-2023</t>
+  </si>
+  <si>
+    <t>000098BILL/00522/2022-202</t>
+  </si>
+  <si>
+    <t>BILL/00522/2022-2023</t>
+  </si>
+  <si>
+    <t>Providing FHTC, Sinking of big dia tube well( 250 mm X 200 mm), Construction of pump house, boundary wall, Repairing of boundary wall at head work site and laying of UPVC pipe line and other allied works at in-connection with augmentation NALANGIBARI P</t>
+  </si>
+  <si>
+    <t>000098ORD/000430/2021-202</t>
+  </si>
+  <si>
+    <t>ORD/000430/2021-2022</t>
+  </si>
+  <si>
+    <t>1526/CD</t>
+  </si>
+  <si>
+    <t>Augumentation of Nalangibari Water Supply scheme</t>
+  </si>
+  <si>
+    <t>SM/09823</t>
+  </si>
+  <si>
+    <t>000098BILL/00538/2022-202</t>
+  </si>
+  <si>
+    <t>BILL/00538/2022-2023</t>
+  </si>
+  <si>
+    <t>TAPAN CHANDA</t>
+  </si>
+  <si>
+    <t>Providing FHTC Construction of 450 cum OHR and Laying of Pipe line Construction of Pump House &amp; B/Wall Sinking of Tubewell at 3rd Site of RAMPUR ZONE ¿ I I PWSS under JAL JEEVAN MISSION (PART ¿A)</t>
+  </si>
+  <si>
+    <t>000098ORD/000178/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000178/2022-2023</t>
+  </si>
+  <si>
+    <t>650/CD</t>
+  </si>
+  <si>
+    <t>22/08/2022</t>
+  </si>
+  <si>
+    <t>Augmentation of RAMPUR Piped Water Supply Scheme</t>
+  </si>
+  <si>
+    <t>SM/11272</t>
+  </si>
+  <si>
+    <t>1997/CD</t>
+  </si>
+  <si>
+    <t>FAD/002988/2022</t>
+  </si>
+  <si>
+    <t>30/03/2023</t>
+  </si>
+  <si>
+    <t>3692/DPHE-12/14</t>
+  </si>
+  <si>
+    <t>000098BILL/00544/2022-202</t>
+  </si>
+  <si>
+    <t>BILL/00544/2022-2023</t>
+  </si>
+  <si>
+    <t>ELECTRO SERVICES PVT.LTD.</t>
+  </si>
+  <si>
+    <t>SUPPLY OF CANON LARGE FORMAT PRINTER IMG PROGRAF PC 20</t>
+  </si>
+  <si>
+    <t>GEMC-51168</t>
+  </si>
+  <si>
+    <t>09/03/2023</t>
+  </si>
+  <si>
+    <t>Up-gradation of PHED &amp; NGO Managed Laboratories under Water Quality Monitoring &amp; Surveillance Programme for 2018-19</t>
+  </si>
+  <si>
+    <t>SM/06349</t>
+  </si>
+  <si>
+    <t>000098BILL/00545/2022-202</t>
+  </si>
+  <si>
+    <t>BILL/00545/2022-2023</t>
+  </si>
+  <si>
+    <t>CYBERNET</t>
+  </si>
+  <si>
+    <t>SUUPLY OF UPS 650VA BRAND CYBER POWER</t>
+  </si>
+  <si>
+    <t>11/03/2023</t>
+  </si>
+  <si>
+    <t>000098BILL/00547/2022-202</t>
+  </si>
+  <si>
+    <t>BILL/00547/2022-2023</t>
+  </si>
+  <si>
+    <t>1999/cd</t>
+  </si>
+  <si>
+    <t>FAD/000008/2023</t>
+  </si>
+  <si>
+    <t>11/04/2023</t>
+  </si>
+  <si>
+    <t>9/DPHE-12/37/20</t>
+  </si>
+  <si>
+    <t>000098BILL/00553/2022-202</t>
+  </si>
+  <si>
+    <t>BILL/00553/2022-2023</t>
+  </si>
+  <si>
+    <t>Execution of different works related to BOXIRHAT PWSS under JAL JEEVAN MISSION</t>
+  </si>
+  <si>
+    <t>000098ORD/000792/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000792/2022-2023</t>
+  </si>
+  <si>
+    <t>1868/CD</t>
+  </si>
+  <si>
+    <t>14/03/2023</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF BAKSIRHAT PIPED WATER SUPPLY SCHEME</t>
+  </si>
+  <si>
+    <t>SM/10050</t>
+  </si>
+  <si>
+    <t>000098BILL/00554/2022-202</t>
+  </si>
+  <si>
+    <t>BILL/00554/2022-2023</t>
+  </si>
+  <si>
+    <t>AMBITIOUS ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Execution of different works related to AUG. of KHATTIMARI ZONE-II PWSS under JAL JEEVAN MISSION</t>
+  </si>
+  <si>
+    <t>000098ORD/000523/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000523/2022-2023</t>
+  </si>
+  <si>
+    <t>1678/CD</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based Khattimari Zone-II PWSS (Dinhata-II)</t>
+  </si>
+  <si>
+    <t>SM/13153</t>
+  </si>
+  <si>
+    <t>2004/CD</t>
+  </si>
+  <si>
+    <t>000098BILL/00594/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00594/2023-2024</t>
+  </si>
+  <si>
+    <t>05/09/2023</t>
+  </si>
+  <si>
+    <t>Execution of different works related to SITALKUCHI ZONE -III PWSS under JAL JEEVAN MISSIONSE,NBC-1,PHED A.O. No.: 1014/1-5/NBC-1; Dt.: 24-01-23</t>
+  </si>
+  <si>
+    <t>000098ORD/000492/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000492/2022-2023</t>
+  </si>
+  <si>
+    <t>1557/CD</t>
+  </si>
+  <si>
+    <t>1135/CD</t>
+  </si>
+  <si>
+    <t>05/10/2023</t>
+  </si>
+  <si>
+    <t>FAD/002065/2023</t>
+  </si>
+  <si>
+    <t>06/10/2023</t>
+  </si>
+  <si>
+    <t>2405/DPHE-12/37</t>
+  </si>
+  <si>
+    <t>000098BILL/00600/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00600/2023-2024</t>
+  </si>
+  <si>
+    <t>15/09/2023</t>
+  </si>
+  <si>
+    <t>Execution of different works related to UCHALPUKURI ZONE - II PWSS under JAL JEEVAN MISSIONSE,NBC-1,PHED A.O. No.: 1121/1-5/NBC-1; Dt.: 13-02-23</t>
+  </si>
+  <si>
+    <t>000098ORD/000572/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000572/2022-2023</t>
+  </si>
+  <si>
+    <t>1690/CD</t>
+  </si>
+  <si>
+    <t>Augmentation of Ground Water Based UCHALPUKURI ZONE-II Piped Water Supply Scheme to Accommodate FHTC in Mekhliganj Block within Cooch Behar District under Cooch Behar Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>SM/13157</t>
+  </si>
+  <si>
+    <t>1002/CD</t>
+  </si>
+  <si>
+    <t>FAD/001836/2023</t>
+  </si>
+  <si>
+    <t>19/09/2023</t>
+  </si>
+  <si>
+    <t>2133/DPHE-12/37</t>
+  </si>
+  <si>
+    <t>000098BILL/00622/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00622/2023-2024</t>
+  </si>
+  <si>
+    <t>16/09/2023</t>
+  </si>
+  <si>
+    <t>Sinking of 250mm x 200 mm Big dia. Tube well with UPVC Pipes &amp; Strainer at 3rd Site of MARICHBARI PWSS under Cooch Behar Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>000098ORD/000500/2021-202</t>
+  </si>
+  <si>
+    <t>ORD/000500/2021-2022</t>
+  </si>
+  <si>
+    <t>1448/CD</t>
+  </si>
+  <si>
+    <t>Rejuvenation of MARICHBARI Water Supply Scheme</t>
+  </si>
+  <si>
+    <t>SM/10369</t>
+  </si>
+  <si>
+    <t>1006/cd</t>
+  </si>
+  <si>
+    <t>000098BILL/00635/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00635/2023-2024</t>
+  </si>
+  <si>
+    <t>21/09/2023</t>
+  </si>
+  <si>
+    <t>Providing FHTC and Laying of pipe line, Const. Of Pump house , B/Wall at 3rd T/W site and other allied work of PAKHIHAGA PWSS under JAL JEEVAN MISSION (PART ¿A)</t>
+  </si>
+  <si>
+    <t>000098ORD/000184/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000184/2022-2023</t>
+  </si>
+  <si>
+    <t>658/CD</t>
+  </si>
+  <si>
+    <t>Pakhihaga Piped Water Supply Scheme</t>
+  </si>
+  <si>
+    <t>SM/05058</t>
+  </si>
+  <si>
+    <t>1058/cd</t>
+  </si>
+  <si>
+    <t>22/09/2023</t>
+  </si>
+  <si>
+    <t>FAD/001910/2023</t>
+  </si>
+  <si>
+    <t>26/09/2023</t>
+  </si>
+  <si>
+    <t>2223/DPHE-12/38</t>
+  </si>
+  <si>
+    <t>000098BILL/00644/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00644/2023-2024</t>
+  </si>
+  <si>
+    <t>Execution of different works related to DEBOTTAR BAKSHIGANJ PWSS under JAL JEEVAN MISSION</t>
+  </si>
+  <si>
+    <t>000098ORD/000555/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000555/2022-2023</t>
+  </si>
+  <si>
+    <t>1702/CD</t>
+  </si>
+  <si>
+    <t>Ground Water Based Piped Water Supply Scheme DEBOTTAR BAKSHIGANJ (BLOCK-HALDIBARI)</t>
+  </si>
+  <si>
+    <t>SM/13287</t>
+  </si>
+  <si>
+    <t>000098BILL/00712/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00712/2023-2024</t>
+  </si>
+  <si>
+    <t>27/09/2023</t>
+  </si>
+  <si>
+    <t>1197/cd</t>
+  </si>
+  <si>
+    <t>15/10/2023</t>
+  </si>
+  <si>
+    <t>FAD/002276/2023</t>
+  </si>
+  <si>
+    <t>16/10/2023</t>
+  </si>
+  <si>
+    <t>2648/DPHE-12/37</t>
+  </si>
+  <si>
+    <t>000098BILL/00729/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00729/2023-2024</t>
+  </si>
+  <si>
+    <t>29/09/2023</t>
+  </si>
+  <si>
+    <t>UDAY CHAKI</t>
+  </si>
+  <si>
+    <t>Execution of different works related to DAKSHIN BAJHEJAMA PWSS under JAL JEEVAN MISSION</t>
+  </si>
+  <si>
+    <t>000098ORD/000799/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000799/2022-2023</t>
+  </si>
+  <si>
+    <t>1872/CD</t>
+  </si>
+  <si>
+    <t>Augmentation of Dakshin Bajejama Water Supply Scheme.</t>
+  </si>
+  <si>
+    <t>SM/09807</t>
+  </si>
+  <si>
+    <t>000098BILL/00744/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00744/2023-2024</t>
+  </si>
+  <si>
+    <t>KHOKAN DAS</t>
+  </si>
+  <si>
+    <t>Providing FHTC &amp; other allied works at JHAUKUTHI PWSS under JAL JEEVAN MISSION</t>
+  </si>
+  <si>
+    <t>000098ORD/000235/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000235/2022-2023</t>
+  </si>
+  <si>
+    <t>719/CD</t>
+  </si>
+  <si>
+    <t>000098BILL/00866/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00866/2023-2024</t>
+  </si>
+  <si>
+    <t>13/10/2023</t>
+  </si>
+  <si>
+    <t>1187/CD</t>
+  </si>
+  <si>
+    <t>FAD/002242/2023</t>
+  </si>
+  <si>
+    <t>2607/DPHE-12/38</t>
+  </si>
+  <si>
+    <t>000098BILL/00867/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00867/2023-2024</t>
+  </si>
+  <si>
+    <t>SWAPAN KUMAR ROY</t>
+  </si>
+  <si>
+    <t>Construction of 300 cum OHR Providing FHTC New Pipe line &amp; other allied works (PART ¿A) at ANDARAN FULBARI ZONE-I PWSS under Cooch Behar Division, PHED</t>
+  </si>
+  <si>
+    <t>000098ORD/000426/2021-202</t>
+  </si>
+  <si>
+    <t>ORD/000426/2021-2022</t>
+  </si>
+  <si>
+    <t>1476/CD</t>
+  </si>
+  <si>
+    <t>000098BILL/00897/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00897/2023-2024</t>
+  </si>
+  <si>
+    <t>29/11/2023</t>
+  </si>
+  <si>
+    <t>Laying of Pipe Line &amp; Construction Of 250 CUM OHR At BARA PINJARER JHAR PWSS under JAL JEEVAN MISSION</t>
+  </si>
+  <si>
+    <t>000098ORD/000400/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000400/2022-2023</t>
+  </si>
+  <si>
+    <t>1133/CD W</t>
+  </si>
+  <si>
+    <t>03/11/2022</t>
+  </si>
+  <si>
+    <t>BARA PINJARIRJHAR PIPED WATER SUPPLY SCHEME.</t>
+  </si>
+  <si>
+    <t>SM/13163</t>
+  </si>
+  <si>
+    <t>1355/cd</t>
+  </si>
+  <si>
+    <t>FAD/002674/2023</t>
+  </si>
+  <si>
+    <t>30/11/2023</t>
+  </si>
+  <si>
+    <t>000098BILL/00912/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00912/2023-2024</t>
+  </si>
+  <si>
+    <t>M/S TORSHA CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Execution of different works related to NIJTARAF PWSS under JAL JEEVAN MISSION</t>
+  </si>
+  <si>
+    <t>000098ORD/000587/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000587/2022-2023</t>
+  </si>
+  <si>
+    <t>1677/CD</t>
+  </si>
+  <si>
+    <t>NIJTARAF PIPED WATER SUPPLY SCHEME at HALDIBARI.</t>
+  </si>
+  <si>
+    <t>SM/13120</t>
+  </si>
+  <si>
+    <t>1204/CD</t>
+  </si>
+  <si>
+    <t>17/10/2023</t>
+  </si>
+  <si>
+    <t>FAD/002331/2023</t>
+  </si>
+  <si>
+    <t>2704/DPHE-12/37</t>
+  </si>
+  <si>
+    <t>000098BILL/00977/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/00977/2023-2024</t>
+  </si>
+  <si>
+    <t>09/11/2023</t>
+  </si>
+  <si>
+    <t>Name of Work: Execution of different works related to KHAGRABARI AREA adjacent to CHAKCHAKA PWSS under JAL JEEVAN MISSION PART N</t>
+  </si>
+  <si>
+    <t>000098ORD/000255/2023-202</t>
+  </si>
+  <si>
+    <t>ORD/000255/2023-2024</t>
+  </si>
+  <si>
+    <t>1022/CD</t>
+  </si>
+  <si>
+    <t>AUGUMENTATION OF GROUND WATER BASED CHAKCHAKA ZONE I PWSS COOCHBEHAR II BLOCK WITHIN COOCHBEHAR DISTRICT UNDER COOCHBEHAR DIVISION , PHE DTE</t>
+  </si>
+  <si>
+    <t>SM/15934</t>
+  </si>
+  <si>
+    <t>1267/CD</t>
+  </si>
+  <si>
+    <t>FAD/002513/2023</t>
+  </si>
+  <si>
+    <t>10/11/2023</t>
+  </si>
+  <si>
+    <t>2914/DPHE-12/37</t>
+  </si>
+  <si>
+    <t>000098BILL/01006/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/01006/2023-2024</t>
+  </si>
+  <si>
+    <t>28/11/2023</t>
+  </si>
+  <si>
+    <t>Execution of different works related to PUTIMARI BAKSIBAS PWSS under JAL JEEVAN MISSIONSE NBC1/PHED A. O.: 978/1-5/NBC-1; DT: 19-01-23</t>
+  </si>
+  <si>
+    <t>000098ORD/000458/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000458/2022-2023</t>
+  </si>
+  <si>
+    <t>1509/CD</t>
+  </si>
+  <si>
+    <t>PUTIMARI BAKSIBAS PIPED WATER SUPPLY SCHEME.</t>
+  </si>
+  <si>
+    <t>SM/13816</t>
+  </si>
+  <si>
+    <t>1348/cd</t>
+  </si>
+  <si>
+    <t>FAD/002655/2023</t>
+  </si>
+  <si>
+    <t>000098BILL/01095/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/01095/2023-2024</t>
+  </si>
+  <si>
+    <t>13/12/2023</t>
+  </si>
+  <si>
+    <t>Providing FHTC &amp; Construction of Pump house at HW site &amp; 2nd Site GOSANIMARI ZONE ¿ I PWSS under JAL JEEVAN MISSION</t>
+  </si>
+  <si>
+    <t>000098ORD/000240/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000240/2022-2023</t>
+  </si>
+  <si>
+    <t>726/CD</t>
+  </si>
+  <si>
+    <t>41/CD</t>
+  </si>
+  <si>
+    <t>08/01/2024</t>
+  </si>
+  <si>
+    <t>FAD/003216/2023</t>
+  </si>
+  <si>
+    <t>09/01/2024</t>
+  </si>
+  <si>
+    <t>000098BILL/01103/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/01103/2023-2024</t>
+  </si>
+  <si>
+    <t>Training for improvement of Skillness of Pump Operator &amp; Valve Operator of different PWSS of Cooch Behar-II Block held at khagrabari under Cooch Behar Division, PHED.</t>
+  </si>
+  <si>
+    <t>000098ORD/000835/2022-202</t>
+  </si>
+  <si>
+    <t>ORD/000835/2022-2023</t>
+  </si>
+  <si>
+    <t>1617/CD/B</t>
+  </si>
+  <si>
+    <t>03/02/2023</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF KHAGRABARI PIPED WATER SUPPLY SCHEME.</t>
+  </si>
+  <si>
+    <t>SM/13403</t>
+  </si>
+  <si>
+    <t>780/Cd</t>
+  </si>
+  <si>
+    <t>27/03/2024</t>
+  </si>
+  <si>
+    <t>FAD/004444/2023</t>
+  </si>
+  <si>
+    <t>000098BILL/01132/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/01132/2023-2024</t>
+  </si>
+  <si>
+    <t>23/12/2023</t>
+  </si>
+  <si>
+    <t>1489/cd</t>
+  </si>
+  <si>
+    <t>FAD/003032/2023</t>
+  </si>
+  <si>
+    <t>26/12/2023</t>
+  </si>
+  <si>
+    <t>000098BILL/01174/2023-202</t>
+  </si>
+  <si>
+    <t>BILL/01174/2023-2024</t>
+  </si>
+  <si>
+    <t>30/12/2023</t>
+  </si>
+  <si>
+    <t>SENGUPTA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Uploading charges of (https://ejalshakti.gov.in/imisreports/IMISReportLogin.aspx) related to FHTC under Jal Jeevan Mission in presence of JJM Login authority under Cooch Behar Division, PHE Dte. (Part-A)</t>
+  </si>
+  <si>
+    <t>000098ORD/000398/2023-202</t>
+  </si>
+  <si>
+    <t>ORD/000398/2023-2024</t>
+  </si>
+  <si>
+    <t>1288/CD</t>
+  </si>
+  <si>
+    <t>21/11/2023</t>
+  </si>
+  <si>
+    <t>1532/CD</t>
+  </si>
+  <si>
+    <t>FAD/003109/2023</t>
+  </si>
+  <si>
+    <t>02/01/2024</t>
+  </si>
+  <si>
+    <t>000098BILL/01191/2024-202</t>
+  </si>
+  <si>
+    <t>BILL/01191/2024-2025</t>
+  </si>
+  <si>
+    <t>07/01/2025</t>
   </si>
   <si>
     <t>SHRI ANNAPURNA DISTRIBUTORS</t>
   </si>
   <si>
-    <t>Execution of different works related to AUG. of NAKKATIGACHHI PWSS under JAL JEEVAN MISSION</t>
-[...20 lines deleted...]
-    <t>572/CD</t>
+    <t>Execution of different works related (Within area of PURBADHULIA BALDIHATI) to UCHALPUKURI ZONE-II PWSS under JAL JEEVAN MISSION</t>
+  </si>
+  <si>
+    <t>000098ORD/000355/2023-202</t>
+  </si>
+  <si>
+    <t>ORD/000355/2023-2024</t>
+  </si>
+  <si>
+    <t>1339/CD</t>
+  </si>
+  <si>
+    <t>24/11/2023</t>
+  </si>
+  <si>
+    <t>38/CD</t>
+  </si>
+  <si>
+    <t>09/01/2025</t>
+  </si>
+  <si>
+    <t>FAD/000099/2025</t>
+  </si>
+  <si>
+    <t>25/07/2025</t>
+  </si>
+  <si>
+    <t>000098BILL/01197/2024-202</t>
+  </si>
+  <si>
+    <t>BILL/01197/2024-2025</t>
+  </si>
+  <si>
+    <t>Execution of different works related to PRAN MAJUMDER PWSS under JAL JEEVAN MISSION PART C</t>
+  </si>
+  <si>
+    <t>000098ORD/000485/2023-202</t>
+  </si>
+  <si>
+    <t>ORD/000485/2023-2024</t>
+  </si>
+  <si>
+    <t>287/CD</t>
+  </si>
+  <si>
+    <t>09/02/2024</t>
+  </si>
+  <si>
+    <t>GROUND WATER BASED PRAN MAJUMDER PIPED WATER SUPPLY AUGMENTATION SCHEME</t>
+  </si>
+  <si>
+    <t>SM/16525</t>
   </si>
   <si>
     <t>FAD/000159/2025</t>
   </si>
   <si>
     <t>07/08/2025</t>
-  </si>
-[...2578 lines deleted...]
-    <t>SM/16525</t>
   </si>
   <si>
     <t>000098BILL/01277/2024-202</t>
   </si>
   <si>
     <t>BILL/01277/2024-2025</t>
   </si>
   <si>
     <t>17/01/2025</t>
   </si>
   <si>
     <t>ANUGRAH CONSTRUCTION PRIVATE L</t>
   </si>
   <si>
     <t>Execution of different works related to DHANDHANIA PWSS under JAL JEEVAN MISSION</t>
   </si>
   <si>
     <t>000098ORD/000379/2023-202</t>
   </si>
   <si>
     <t>ORD/000379/2023-2024</t>
   </si>
   <si>
     <t>1363/CD</t>
   </si>
@@ -3753,51 +3684,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W101"/>
+  <dimension ref="A1:W99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="M2" sqref="M2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="36.419678" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="50" customWidth="true" style="0"/>
     <col min="14" max="14" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="23.422852" bestFit="true" customWidth="true" style="0"/>
@@ -4112,6424 +4043,6290 @@
       <c r="D6" s="3" t="s">
         <v>64</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>66</v>
       </c>
       <c r="G6" s="10" t="s">
         <v>67</v>
       </c>
       <c r="H6" s="4" t="s">
         <v>68</v>
       </c>
       <c r="I6" s="4" t="s">
         <v>69</v>
       </c>
       <c r="J6" s="4" t="s">
         <v>70</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L6" s="4">
-        <v>9.21</v>
+        <v>13.17</v>
       </c>
       <c r="M6" s="13" t="s">
         <v>72</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O6" s="4">
-        <v>9.21</v>
+        <v>13.17</v>
       </c>
       <c r="P6" s="4" t="s">
         <v>74</v>
       </c>
       <c r="Q6" s="4" t="s">
-        <v>65</v>
+        <v>51</v>
       </c>
       <c r="R6" s="4" t="s">
         <v>75</v>
       </c>
       <c r="S6" s="4" t="s">
         <v>76</v>
       </c>
       <c r="T6" s="4" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U6" s="4">
-        <v>9.21</v>
+        <v>13.17</v>
       </c>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D7" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F7" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="G7" s="10" t="s">
+        <v>82</v>
+      </c>
+      <c r="H7" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="I7" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="J7" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="K7" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="L7" s="4">
+        <v>16.78</v>
+      </c>
+      <c r="M7" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="N7" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="O7" s="4">
+        <v>16.78</v>
+      </c>
+      <c r="P7" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q7" s="4" t="s">
         <v>80</v>
       </c>
-      <c r="G7" s="10" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="R7" s="4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="S7" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="T7" s="4" t="s">
         <v>90</v>
       </c>
-      <c r="T7" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U7" s="4">
-        <v>13.17</v>
+        <v>16.78</v>
       </c>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>92</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>93</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>95</v>
       </c>
       <c r="G8" s="10" t="s">
         <v>96</v>
       </c>
       <c r="H8" s="4" t="s">
         <v>97</v>
       </c>
       <c r="I8" s="4" t="s">
         <v>98</v>
       </c>
       <c r="J8" s="4" t="s">
         <v>99</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>100</v>
       </c>
       <c r="L8" s="4">
-        <v>16.78</v>
+        <v>5.2</v>
       </c>
       <c r="M8" s="13" t="s">
         <v>101</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>102</v>
       </c>
       <c r="O8" s="4">
-        <v>16.78</v>
+        <v>5.2</v>
       </c>
       <c r="P8" s="4" t="s">
         <v>103</v>
       </c>
       <c r="Q8" s="4" t="s">
         <v>94</v>
       </c>
       <c r="R8" s="4" t="s">
         <v>104</v>
       </c>
       <c r="S8" s="4" t="s">
         <v>105</v>
       </c>
       <c r="T8" s="4" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="U8" s="4">
-        <v>16.78</v>
+        <v>5.2</v>
       </c>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C9" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>108</v>
+        <v>94</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>109</v>
       </c>
       <c r="G9" s="10" t="s">
         <v>110</v>
       </c>
       <c r="H9" s="4" t="s">
         <v>111</v>
       </c>
       <c r="I9" s="4" t="s">
         <v>112</v>
       </c>
       <c r="J9" s="4" t="s">
         <v>113</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>114</v>
       </c>
       <c r="L9" s="4">
-        <v>5.2</v>
+        <v>9.27</v>
       </c>
       <c r="M9" s="13" t="s">
         <v>115</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>116</v>
       </c>
       <c r="O9" s="4">
-        <v>5.2</v>
+        <v>9.27</v>
       </c>
       <c r="P9" s="4" t="s">
-        <v>117</v>
+        <v>103</v>
       </c>
       <c r="Q9" s="4" t="s">
-        <v>108</v>
+        <v>94</v>
       </c>
       <c r="R9" s="4" t="s">
-        <v>118</v>
+        <v>104</v>
       </c>
       <c r="S9" s="4" t="s">
-        <v>119</v>
+        <v>105</v>
       </c>
       <c r="T9" s="4" t="s">
-        <v>120</v>
+        <v>106</v>
       </c>
       <c r="U9" s="4">
-        <v>5.2</v>
+        <v>9.27</v>
       </c>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C10" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="D10" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="G10" s="10" t="s">
         <v>121</v>
       </c>
-      <c r="D10" s="3" t="s">
+      <c r="H10" s="4" t="s">
         <v>122</v>
       </c>
-      <c r="E10" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F10" s="3" t="s">
+      <c r="I10" s="4" t="s">
         <v>123</v>
       </c>
-      <c r="G10" s="10" t="s">
+      <c r="J10" s="4" t="s">
         <v>124</v>
       </c>
-      <c r="H10" s="4" t="s">
+      <c r="K10" s="4" t="s">
         <v>125</v>
       </c>
-      <c r="I10" s="4" t="s">
+      <c r="L10" s="4">
+        <v>27.91</v>
+      </c>
+      <c r="M10" s="13" t="s">
         <v>126</v>
       </c>
-      <c r="J10" s="4" t="s">
+      <c r="N10" s="4" t="s">
         <v>127</v>
       </c>
-      <c r="K10" s="4" t="s">
+      <c r="O10" s="4">
+        <v>27.91</v>
+      </c>
+      <c r="P10" s="4" t="s">
         <v>128</v>
       </c>
-      <c r="L10" s="4">
-[...2 lines deleted...]
-      <c r="M10" s="13" t="s">
+      <c r="Q10" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="R10" s="4" t="s">
         <v>129</v>
       </c>
-      <c r="N10" s="4" t="s">
+      <c r="S10" s="4" t="s">
         <v>130</v>
       </c>
-      <c r="O10" s="4">
-[...13 lines deleted...]
-      </c>
       <c r="T10" s="4" t="s">
-        <v>120</v>
+        <v>131</v>
       </c>
       <c r="U10" s="4">
-        <v>9.27</v>
+        <v>27.91</v>
       </c>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D11" s="3" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>133</v>
+        <v>105</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>134</v>
       </c>
       <c r="G11" s="10" t="s">
         <v>135</v>
       </c>
       <c r="H11" s="4" t="s">
         <v>136</v>
       </c>
       <c r="I11" s="4" t="s">
         <v>137</v>
       </c>
       <c r="J11" s="4" t="s">
         <v>138</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>139</v>
       </c>
       <c r="L11" s="4">
-        <v>27.91</v>
+        <v>74.32</v>
       </c>
       <c r="M11" s="13" t="s">
         <v>140</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>141</v>
       </c>
       <c r="O11" s="4">
-        <v>27.91</v>
+        <v>74.32</v>
       </c>
       <c r="P11" s="4" t="s">
         <v>142</v>
       </c>
       <c r="Q11" s="4" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="R11" s="4" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="S11" s="4" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="T11" s="4" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="U11" s="4">
-        <v>27.91</v>
+        <v>74.32</v>
       </c>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G12" s="10" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="H12" s="4" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="I12" s="4" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="J12" s="4" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="K12" s="4" t="s">
-        <v>153</v>
+        <v>100</v>
       </c>
       <c r="L12" s="4">
-        <v>74.32</v>
+        <v>34.13</v>
       </c>
       <c r="M12" s="13" t="s">
         <v>154</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>155</v>
       </c>
       <c r="O12" s="4">
-        <v>74.32</v>
+        <v>34.13</v>
       </c>
       <c r="P12" s="4" t="s">
         <v>156</v>
       </c>
       <c r="Q12" s="4" t="s">
         <v>157</v>
       </c>
       <c r="R12" s="4" t="s">
         <v>158</v>
       </c>
       <c r="S12" s="4" t="s">
         <v>159</v>
       </c>
       <c r="T12" s="4" t="s">
         <v>160</v>
       </c>
       <c r="U12" s="4">
-        <v>74.32</v>
+        <v>34.13</v>
       </c>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>161</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>162</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>163</v>
       </c>
       <c r="G13" s="10" t="s">
         <v>164</v>
       </c>
       <c r="H13" s="4" t="s">
         <v>165</v>
       </c>
       <c r="I13" s="4" t="s">
         <v>166</v>
       </c>
       <c r="J13" s="4" t="s">
         <v>167</v>
       </c>
       <c r="K13" s="4" t="s">
-        <v>114</v>
+        <v>168</v>
       </c>
       <c r="L13" s="4">
-        <v>34.13</v>
+        <v>42.75</v>
       </c>
       <c r="M13" s="13" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N13" s="4" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="O13" s="4">
-        <v>34.13</v>
+        <v>42.75</v>
       </c>
       <c r="P13" s="4" t="s">
-        <v>170</v>
+        <v>142</v>
       </c>
       <c r="Q13" s="4" t="s">
-        <v>171</v>
+        <v>143</v>
       </c>
       <c r="R13" s="4" t="s">
-        <v>172</v>
+        <v>144</v>
       </c>
       <c r="S13" s="4" t="s">
-        <v>173</v>
+        <v>145</v>
       </c>
       <c r="T13" s="4" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
       <c r="U13" s="4">
-        <v>34.13</v>
+        <v>42.75</v>
       </c>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C14" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="G14" s="10" t="s">
         <v>175</v>
       </c>
-      <c r="D14" s="3" t="s">
+      <c r="H14" s="4" t="s">
         <v>176</v>
       </c>
-      <c r="E14" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F14" s="3" t="s">
+      <c r="I14" s="4" t="s">
         <v>177</v>
       </c>
-      <c r="G14" s="10" t="s">
+      <c r="J14" s="4" t="s">
         <v>178</v>
       </c>
-      <c r="H14" s="4" t="s">
+      <c r="K14" s="4" t="s">
         <v>179</v>
       </c>
-      <c r="I14" s="4" t="s">
+      <c r="L14" s="4">
+        <v>2.25</v>
+      </c>
+      <c r="M14" s="13" t="s">
         <v>180</v>
       </c>
-      <c r="J14" s="4" t="s">
+      <c r="N14" s="4" t="s">
         <v>181</v>
       </c>
-      <c r="K14" s="4" t="s">
+      <c r="O14" s="4">
+        <v>3.15</v>
+      </c>
+      <c r="P14" s="4" t="s">
         <v>182</v>
       </c>
-      <c r="L14" s="4">
-[...2 lines deleted...]
-      <c r="M14" s="13" t="s">
+      <c r="Q14" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="R14" s="4" t="s">
         <v>183</v>
       </c>
-      <c r="N14" s="4" t="s">
+      <c r="S14" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="T14" s="4" t="s">
         <v>184</v>
       </c>
-      <c r="O14" s="4">
-[...16 lines deleted...]
-      </c>
       <c r="U14" s="4">
-        <v>42.75</v>
+        <v>3.15</v>
       </c>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>185</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>186</v>
       </c>
       <c r="E15" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="F15" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="F15" s="3" t="s">
+      <c r="G15" s="10" t="s">
         <v>188</v>
       </c>
-      <c r="G15" s="10" t="s">
+      <c r="H15" s="4" t="s">
         <v>189</v>
       </c>
-      <c r="H15" s="4" t="s">
+      <c r="I15" s="4" t="s">
         <v>190</v>
       </c>
-      <c r="I15" s="4" t="s">
+      <c r="J15" s="4" t="s">
         <v>191</v>
       </c>
-      <c r="J15" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K15" s="4" t="s">
-        <v>193</v>
+        <v>31</v>
       </c>
       <c r="L15" s="4">
-        <v>2.25</v>
+        <v>2.63</v>
       </c>
       <c r="M15" s="13" t="s">
-        <v>194</v>
+        <v>32</v>
       </c>
       <c r="N15" s="4" t="s">
-        <v>195</v>
+        <v>33</v>
       </c>
       <c r="O15" s="4">
-        <v>3.15</v>
+        <v>2.63</v>
       </c>
       <c r="P15" s="4" t="s">
-        <v>196</v>
+        <v>142</v>
       </c>
       <c r="Q15" s="4" t="s">
-        <v>187</v>
+        <v>143</v>
       </c>
       <c r="R15" s="4" t="s">
-        <v>197</v>
+        <v>144</v>
       </c>
       <c r="S15" s="4" t="s">
-        <v>85</v>
+        <v>145</v>
       </c>
       <c r="T15" s="4" t="s">
-        <v>198</v>
+        <v>146</v>
       </c>
       <c r="U15" s="4">
-        <v>3.15</v>
+        <v>2.63</v>
       </c>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C16" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="G16" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="H16" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="I16" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="J16" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="K16" s="4" t="s">
         <v>199</v>
       </c>
-      <c r="D16" s="3" t="s">
+      <c r="L16" s="4">
+        <v>22.99</v>
+      </c>
+      <c r="M16" s="13" t="s">
         <v>200</v>
       </c>
-      <c r="E16" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F16" s="3" t="s">
+      <c r="N16" s="4" t="s">
         <v>201</v>
       </c>
-      <c r="G16" s="10" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="O16" s="4">
-        <v>2.63</v>
+        <v>22.99</v>
       </c>
       <c r="P16" s="4" t="s">
-        <v>156</v>
+        <v>182</v>
       </c>
       <c r="Q16" s="4" t="s">
-        <v>157</v>
+        <v>173</v>
       </c>
       <c r="R16" s="4" t="s">
-        <v>158</v>
+        <v>183</v>
       </c>
       <c r="S16" s="4" t="s">
-        <v>159</v>
+        <v>71</v>
       </c>
       <c r="T16" s="4" t="s">
-        <v>160</v>
+        <v>184</v>
       </c>
       <c r="U16" s="4">
-        <v>2.63</v>
+        <v>22.99</v>
       </c>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C17" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="G17" s="10" t="s">
+        <v>205</v>
+      </c>
+      <c r="H17" s="4" t="s">
         <v>206</v>
       </c>
-      <c r="D17" s="3" t="s">
+      <c r="I17" s="4" t="s">
         <v>207</v>
       </c>
-      <c r="E17" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F17" s="3" t="s">
+      <c r="J17" s="4" t="s">
         <v>208</v>
       </c>
-      <c r="G17" s="10" t="s">
+      <c r="K17" s="4" t="s">
         <v>209</v>
       </c>
-      <c r="H17" s="4" t="s">
+      <c r="L17" s="4">
+        <v>4.2</v>
+      </c>
+      <c r="M17" s="13" t="s">
         <v>210</v>
       </c>
-      <c r="I17" s="4" t="s">
+      <c r="N17" s="4" t="s">
         <v>211</v>
       </c>
-      <c r="J17" s="4" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="O17" s="4">
-        <v>22.99</v>
+        <v>4.2</v>
       </c>
       <c r="P17" s="4" t="s">
-        <v>196</v>
+        <v>142</v>
       </c>
       <c r="Q17" s="4" t="s">
-        <v>187</v>
+        <v>143</v>
       </c>
       <c r="R17" s="4" t="s">
-        <v>197</v>
+        <v>144</v>
       </c>
       <c r="S17" s="4" t="s">
-        <v>85</v>
+        <v>145</v>
       </c>
       <c r="T17" s="4" t="s">
-        <v>198</v>
+        <v>146</v>
       </c>
       <c r="U17" s="4">
-        <v>22.99</v>
+        <v>4.2</v>
       </c>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C18" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G18" s="10" t="s">
+        <v>214</v>
+      </c>
+      <c r="H18" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="I18" s="4" t="s">
         <v>216</v>
       </c>
-      <c r="D18" s="3" t="s">
+      <c r="J18" s="4" t="s">
         <v>217</v>
       </c>
-      <c r="E18" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F18" s="3" t="s">
+      <c r="K18" s="4" t="s">
         <v>218</v>
       </c>
-      <c r="G18" s="10" t="s">
+      <c r="L18" s="4">
+        <v>3.93</v>
+      </c>
+      <c r="M18" s="13" t="s">
         <v>219</v>
       </c>
-      <c r="H18" s="4" t="s">
+      <c r="N18" s="4" t="s">
         <v>220</v>
       </c>
-      <c r="I18" s="4" t="s">
+      <c r="O18" s="4">
+        <v>3.93</v>
+      </c>
+      <c r="P18" s="4" t="s">
         <v>221</v>
       </c>
-      <c r="J18" s="4" t="s">
+      <c r="Q18" s="4" t="s">
         <v>222</v>
       </c>
-      <c r="K18" s="4" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="R18" s="4" t="s">
-        <v>158</v>
+        <v>144</v>
       </c>
       <c r="S18" s="4" t="s">
-        <v>159</v>
+        <v>145</v>
       </c>
       <c r="T18" s="4" t="s">
-        <v>160</v>
+        <v>146</v>
       </c>
       <c r="U18" s="4">
-        <v>4.2</v>
+        <v>3.93</v>
       </c>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C19" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G19" s="10" t="s">
         <v>226</v>
       </c>
-      <c r="D19" s="3" t="s">
+      <c r="H19" s="4" t="s">
         <v>227</v>
       </c>
-      <c r="E19" s="3" t="s">
-[...5 lines deleted...]
-      <c r="G19" s="10" t="s">
+      <c r="I19" s="4" t="s">
         <v>228</v>
       </c>
-      <c r="H19" s="4" t="s">
+      <c r="J19" s="4" t="s">
         <v>229</v>
       </c>
-      <c r="I19" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K19" s="4" t="s">
-        <v>232</v>
+        <v>199</v>
       </c>
       <c r="L19" s="4">
-        <v>3.93</v>
+        <v>5.72</v>
       </c>
       <c r="M19" s="13" t="s">
-        <v>233</v>
+        <v>140</v>
       </c>
       <c r="N19" s="4" t="s">
-        <v>234</v>
+        <v>141</v>
       </c>
       <c r="O19" s="4">
-        <v>3.93</v>
+        <v>5.72</v>
       </c>
       <c r="P19" s="4" t="s">
-        <v>235</v>
+        <v>221</v>
       </c>
       <c r="Q19" s="4" t="s">
-        <v>236</v>
+        <v>222</v>
       </c>
       <c r="R19" s="4" t="s">
-        <v>158</v>
+        <v>144</v>
       </c>
       <c r="S19" s="4" t="s">
-        <v>159</v>
+        <v>145</v>
       </c>
       <c r="T19" s="4" t="s">
-        <v>160</v>
+        <v>146</v>
       </c>
       <c r="U19" s="4">
-        <v>3.93</v>
+        <v>5.72</v>
       </c>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C20" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="G20" s="10" t="s">
+        <v>233</v>
+      </c>
+      <c r="H20" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="I20" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="J20" s="4" t="s">
+        <v>236</v>
+      </c>
+      <c r="K20" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="L20" s="4">
+        <v>60.87</v>
+      </c>
+      <c r="M20" s="13" t="s">
         <v>237</v>
       </c>
-      <c r="D20" s="3" t="s">
+      <c r="N20" s="4" t="s">
         <v>238</v>
       </c>
-      <c r="E20" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F20" s="3" t="s">
+      <c r="O20" s="4">
+        <v>60.87</v>
+      </c>
+      <c r="P20" s="4" t="s">
         <v>239</v>
       </c>
-      <c r="G20" s="10" t="s">
+      <c r="Q20" s="4" t="s">
         <v>240</v>
       </c>
-      <c r="H20" s="4" t="s">
+      <c r="R20" s="4" t="s">
         <v>241</v>
       </c>
-      <c r="I20" s="4" t="s">
+      <c r="S20" s="4" t="s">
         <v>242</v>
       </c>
-      <c r="J20" s="4" t="s">
+      <c r="T20" s="4" t="s">
         <v>243</v>
       </c>
-      <c r="K20" s="4" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="U20" s="4">
-        <v>5.72</v>
+        <v>60.87</v>
       </c>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>244</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>245</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>159</v>
+        <v>246</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="G21" s="10" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="H21" s="4" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="I21" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="J21" s="4" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="K21" s="4" t="s">
-        <v>128</v>
+        <v>252</v>
       </c>
       <c r="L21" s="4">
-        <v>60.87</v>
+        <v>7.18</v>
       </c>
       <c r="M21" s="13" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="N21" s="4" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="O21" s="4">
-        <v>60.87</v>
+        <v>7.18</v>
       </c>
       <c r="P21" s="4" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="Q21" s="4" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="R21" s="4" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="S21" s="4" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="T21" s="4" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="U21" s="4">
-        <v>60.87</v>
+        <v>7.18</v>
       </c>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="D22" s="3" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="G22" s="10" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="H22" s="4" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="I22" s="4" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="J22" s="4" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="K22" s="4" t="s">
-        <v>266</v>
+        <v>100</v>
       </c>
       <c r="L22" s="4">
-        <v>7.18</v>
+        <v>3.9</v>
       </c>
       <c r="M22" s="13" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="N22" s="4" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="O22" s="4">
-        <v>7.18</v>
+        <v>3.9</v>
       </c>
       <c r="P22" s="4" t="s">
-        <v>269</v>
+        <v>239</v>
       </c>
       <c r="Q22" s="4" t="s">
-        <v>270</v>
+        <v>240</v>
       </c>
       <c r="R22" s="4" t="s">
-        <v>271</v>
+        <v>241</v>
       </c>
       <c r="S22" s="4" t="s">
-        <v>272</v>
+        <v>242</v>
       </c>
       <c r="T22" s="4" t="s">
-        <v>273</v>
+        <v>243</v>
       </c>
       <c r="U22" s="4">
-        <v>7.18</v>
+        <v>3.9</v>
       </c>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C23" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G23" s="10" t="s">
+        <v>273</v>
+      </c>
+      <c r="H23" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="I23" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="J23" s="4" t="s">
         <v>274</v>
       </c>
-      <c r="D23" s="3" t="s">
+      <c r="K23" s="4" t="s">
+        <v>262</v>
+      </c>
+      <c r="L23" s="4">
+        <v>0.41</v>
+      </c>
+      <c r="M23" s="13" t="s">
+        <v>200</v>
+      </c>
+      <c r="N23" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="O23" s="4">
+        <v>0.41</v>
+      </c>
+      <c r="P23" s="4" t="s">
+        <v>239</v>
+      </c>
+      <c r="Q23" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="R23" s="4" t="s">
         <v>275</v>
       </c>
-      <c r="E23" s="3" t="s">
+      <c r="S23" s="4" t="s">
         <v>276</v>
       </c>
-      <c r="F23" s="3" t="s">
+      <c r="T23" s="4" t="s">
         <v>277</v>
       </c>
-      <c r="G23" s="10" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="U23" s="4">
-        <v>3.9</v>
+        <v>0.41</v>
       </c>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
       <c r="D24" s="3" t="s">
-        <v>285</v>
+        <v>279</v>
       </c>
       <c r="E24" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G24" s="10" t="s">
+        <v>280</v>
+      </c>
+      <c r="H24" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="I24" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="J24" s="4">
+        <v>40</v>
+      </c>
+      <c r="K24" s="4" t="s">
+        <v>281</v>
+      </c>
+      <c r="L24" s="4">
+        <v>0.21</v>
+      </c>
+      <c r="M24" s="13" t="s">
+        <v>200</v>
+      </c>
+      <c r="N24" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="O24" s="4">
+        <v>0.21</v>
+      </c>
+      <c r="P24" s="4" t="s">
+        <v>239</v>
+      </c>
+      <c r="Q24" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="R24" s="4" t="s">
+        <v>275</v>
+      </c>
+      <c r="S24" s="4" t="s">
         <v>276</v>
       </c>
-      <c r="F24" s="3" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="T24" s="4" t="s">
-        <v>291</v>
+        <v>277</v>
       </c>
       <c r="U24" s="4">
-        <v>0.41</v>
+        <v>0.21</v>
       </c>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C25" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="G25" s="10" t="s">
+        <v>285</v>
+      </c>
+      <c r="H25" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="I25" s="4" t="s">
+        <v>287</v>
+      </c>
+      <c r="J25" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="K25" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="L25" s="4">
+        <v>12</v>
+      </c>
+      <c r="M25" s="13" t="s">
+        <v>290</v>
+      </c>
+      <c r="N25" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="O25" s="4">
+        <v>12</v>
+      </c>
+      <c r="P25" s="4" t="s">
         <v>292</v>
       </c>
-      <c r="D25" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="Q25" s="4" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="R25" s="4" t="s">
-        <v>289</v>
+        <v>257</v>
       </c>
       <c r="S25" s="4" t="s">
-        <v>290</v>
+        <v>258</v>
       </c>
       <c r="T25" s="4" t="s">
-        <v>291</v>
+        <v>259</v>
       </c>
       <c r="U25" s="4">
-        <v>0.21</v>
+        <v>12</v>
       </c>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C26" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="F26" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="D26" s="3" t="s">
+      <c r="G26" s="10" t="s">
         <v>297</v>
       </c>
-      <c r="E26" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F26" s="3" t="s">
+      <c r="H26" s="4" t="s">
         <v>298</v>
       </c>
-      <c r="G26" s="10" t="s">
+      <c r="I26" s="4" t="s">
         <v>299</v>
       </c>
-      <c r="H26" s="4" t="s">
+      <c r="J26" s="4" t="s">
         <v>300</v>
       </c>
-      <c r="I26" s="4" t="s">
+      <c r="K26" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="L26" s="4">
+        <v>99.41</v>
+      </c>
+      <c r="M26" s="13" t="s">
         <v>301</v>
       </c>
-      <c r="J26" s="4" t="s">
+      <c r="N26" s="4" t="s">
         <v>302</v>
       </c>
-      <c r="K26" s="4" t="s">
+      <c r="O26" s="4">
+        <v>99.41</v>
+      </c>
+      <c r="P26" s="4" t="s">
         <v>303</v>
       </c>
-      <c r="L26" s="4">
-[...2 lines deleted...]
-      <c r="M26" s="13" t="s">
+      <c r="Q26" s="4" t="s">
         <v>304</v>
       </c>
-      <c r="N26" s="4" t="s">
+      <c r="R26" s="4" t="s">
         <v>305</v>
       </c>
-      <c r="O26" s="4">
-[...2 lines deleted...]
-      <c r="P26" s="4" t="s">
+      <c r="S26" s="4" t="s">
         <v>306</v>
       </c>
-      <c r="Q26" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T26" s="4" t="s">
-        <v>273</v>
+        <v>307</v>
       </c>
       <c r="U26" s="4">
-        <v>12</v>
+        <v>99.41</v>
       </c>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D27" s="3" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="F27" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="G27" s="10" t="s">
+        <v>312</v>
+      </c>
+      <c r="H27" s="4" t="s">
+        <v>313</v>
+      </c>
+      <c r="I27" s="4" t="s">
+        <v>314</v>
+      </c>
+      <c r="J27" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="K27" s="4" t="s">
+        <v>316</v>
+      </c>
+      <c r="L27" s="4">
+        <v>19.01</v>
+      </c>
+      <c r="M27" s="13" t="s">
+        <v>317</v>
+      </c>
+      <c r="N27" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="O27" s="4">
+        <v>19.01</v>
+      </c>
+      <c r="P27" s="4" t="s">
+        <v>319</v>
+      </c>
+      <c r="Q27" s="4" t="s">
         <v>310</v>
       </c>
-      <c r="G27" s="10" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="R27" s="4" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="S27" s="4" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="T27" s="4" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="U27" s="4">
-        <v>99.41</v>
+        <v>19.01</v>
       </c>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D28" s="3" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>324</v>
+        <v>295</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>325</v>
       </c>
       <c r="G28" s="10" t="s">
         <v>326</v>
       </c>
       <c r="H28" s="4" t="s">
         <v>327</v>
       </c>
       <c r="I28" s="4" t="s">
         <v>328</v>
       </c>
       <c r="J28" s="4" t="s">
         <v>329</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>330</v>
       </c>
       <c r="L28" s="4">
-        <v>19.01</v>
+        <v>37.69</v>
       </c>
       <c r="M28" s="13" t="s">
         <v>331</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>332</v>
       </c>
       <c r="O28" s="4">
-        <v>19.01</v>
+        <v>37.69</v>
       </c>
       <c r="P28" s="4" t="s">
-        <v>333</v>
+        <v>303</v>
       </c>
       <c r="Q28" s="4" t="s">
-        <v>324</v>
+        <v>304</v>
       </c>
       <c r="R28" s="4" t="s">
-        <v>334</v>
+        <v>305</v>
       </c>
       <c r="S28" s="4" t="s">
-        <v>335</v>
+        <v>306</v>
       </c>
       <c r="T28" s="4" t="s">
-        <v>336</v>
+        <v>307</v>
       </c>
       <c r="U28" s="4">
-        <v>19.01</v>
+        <v>37.69</v>
       </c>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C29" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="G29" s="10" t="s">
         <v>337</v>
       </c>
-      <c r="D29" s="3" t="s">
+      <c r="H29" s="4" t="s">
         <v>338</v>
       </c>
-      <c r="E29" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F29" s="3" t="s">
+      <c r="I29" s="4" t="s">
         <v>339</v>
       </c>
-      <c r="G29" s="10" t="s">
+      <c r="J29" s="4" t="s">
         <v>340</v>
       </c>
-      <c r="H29" s="4" t="s">
+      <c r="K29" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="L29" s="4">
+        <v>20.57</v>
+      </c>
+      <c r="M29" s="13" t="s">
+        <v>101</v>
+      </c>
+      <c r="N29" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="O29" s="4">
+        <v>20.57</v>
+      </c>
+      <c r="P29" s="4" t="s">
         <v>341</v>
       </c>
-      <c r="I29" s="4" t="s">
+      <c r="Q29" s="4" t="s">
+        <v>335</v>
+      </c>
+      <c r="R29" s="4" t="s">
         <v>342</v>
       </c>
-      <c r="J29" s="4" t="s">
+      <c r="S29" s="4" t="s">
         <v>343</v>
       </c>
-      <c r="K29" s="4" t="s">
+      <c r="T29" s="4" t="s">
         <v>344</v>
       </c>
-      <c r="L29" s="4">
-[...25 lines deleted...]
-      </c>
       <c r="U29" s="4">
-        <v>37.69</v>
+        <v>20.57</v>
       </c>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C30" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>347</v>
       </c>
-      <c r="D30" s="3" t="s">
+      <c r="F30" s="3" t="s">
         <v>348</v>
       </c>
-      <c r="E30" s="3" t="s">
+      <c r="G30" s="10" t="s">
         <v>349</v>
       </c>
-      <c r="F30" s="3" t="s">
+      <c r="H30" s="4" t="s">
         <v>350</v>
       </c>
-      <c r="G30" s="10" t="s">
+      <c r="I30" s="4" t="s">
         <v>351</v>
       </c>
-      <c r="H30" s="4" t="s">
+      <c r="J30" s="4" t="s">
         <v>352</v>
       </c>
-      <c r="I30" s="4" t="s">
+      <c r="K30" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="L30" s="4">
+        <v>4.33</v>
+      </c>
+      <c r="M30" s="13" t="s">
         <v>353</v>
       </c>
-      <c r="J30" s="4" t="s">
+      <c r="N30" s="4" t="s">
         <v>354</v>
       </c>
-      <c r="K30" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="O30" s="4">
-        <v>20.57</v>
+        <v>4.33</v>
       </c>
       <c r="P30" s="4" t="s">
         <v>355</v>
       </c>
       <c r="Q30" s="4" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="R30" s="4" t="s">
         <v>356</v>
       </c>
       <c r="S30" s="4" t="s">
         <v>357</v>
       </c>
       <c r="T30" s="4" t="s">
         <v>358</v>
       </c>
       <c r="U30" s="4">
-        <v>20.57</v>
+        <v>4.33</v>
       </c>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>359</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>360</v>
       </c>
       <c r="E31" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="F31" s="3" t="s">
         <v>361</v>
       </c>
-      <c r="F31" s="3" t="s">
+      <c r="G31" s="10" t="s">
         <v>362</v>
       </c>
-      <c r="G31" s="10" t="s">
+      <c r="H31" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="I31" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="J31" s="4" t="s">
         <v>363</v>
       </c>
-      <c r="H31" s="4" t="s">
+      <c r="K31" s="4" t="s">
         <v>364</v>
       </c>
-      <c r="I31" s="4" t="s">
+      <c r="L31" s="4">
+        <v>4.66</v>
+      </c>
+      <c r="M31" s="13" t="s">
         <v>365</v>
       </c>
-      <c r="J31" s="4" t="s">
+      <c r="N31" s="4" t="s">
         <v>366</v>
       </c>
-      <c r="K31" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="O31" s="4">
-        <v>4.33</v>
+        <v>4.66</v>
       </c>
       <c r="P31" s="4" t="s">
-        <v>369</v>
+        <v>341</v>
       </c>
       <c r="Q31" s="4" t="s">
-        <v>361</v>
+        <v>335</v>
       </c>
       <c r="R31" s="4" t="s">
-        <v>370</v>
+        <v>342</v>
       </c>
       <c r="S31" s="4" t="s">
-        <v>371</v>
+        <v>343</v>
       </c>
       <c r="T31" s="4" t="s">
-        <v>372</v>
+        <v>344</v>
       </c>
       <c r="U31" s="4">
-        <v>4.33</v>
+        <v>4.66</v>
       </c>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C32" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="G32" s="10" t="s">
+        <v>370</v>
+      </c>
+      <c r="H32" s="4" t="s">
+        <v>371</v>
+      </c>
+      <c r="I32" s="4" t="s">
+        <v>372</v>
+      </c>
+      <c r="J32" s="4" t="s">
         <v>373</v>
       </c>
-      <c r="D32" s="3" t="s">
+      <c r="K32" s="4" t="s">
         <v>374</v>
       </c>
-      <c r="E32" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F32" s="3" t="s">
+      <c r="L32" s="4">
+        <v>4.99</v>
+      </c>
+      <c r="M32" s="13" t="s">
         <v>375</v>
       </c>
-      <c r="G32" s="10" t="s">
+      <c r="N32" s="4" t="s">
         <v>376</v>
       </c>
-      <c r="H32" s="4" t="s">
-[...5 lines deleted...]
-      <c r="J32" s="4" t="s">
+      <c r="O32" s="4">
+        <v>4.99</v>
+      </c>
+      <c r="P32" s="4" t="s">
         <v>377</v>
       </c>
-      <c r="K32" s="4" t="s">
+      <c r="Q32" s="4" t="s">
+        <v>369</v>
+      </c>
+      <c r="R32" s="4" t="s">
         <v>378</v>
       </c>
-      <c r="L32" s="4">
-[...2 lines deleted...]
-      <c r="M32" s="13" t="s">
+      <c r="S32" s="4" t="s">
         <v>379</v>
       </c>
-      <c r="N32" s="4" t="s">
+      <c r="T32" s="4" t="s">
         <v>380</v>
       </c>
-      <c r="O32" s="4">
-[...16 lines deleted...]
-      </c>
       <c r="U32" s="4">
-        <v>4.66</v>
+        <v>4.99</v>
       </c>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>381</v>
       </c>
       <c r="D33" s="3" t="s">
         <v>382</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>383</v>
       </c>
       <c r="F33" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G33" s="10" t="s">
+        <v>385</v>
+      </c>
+      <c r="H33" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="I33" s="4" t="s">
+        <v>387</v>
+      </c>
+      <c r="J33" s="4" t="s">
+        <v>388</v>
+      </c>
+      <c r="K33" s="4" t="s">
         <v>218</v>
       </c>
-      <c r="G33" s="10" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="L33" s="4">
-        <v>4.99</v>
+        <v>2.89</v>
       </c>
       <c r="M33" s="13" t="s">
         <v>389</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>390</v>
       </c>
       <c r="O33" s="4">
-        <v>4.99</v>
+        <v>2.89</v>
       </c>
       <c r="P33" s="4" t="s">
         <v>391</v>
       </c>
       <c r="Q33" s="4" t="s">
         <v>383</v>
       </c>
       <c r="R33" s="4" t="s">
         <v>392</v>
       </c>
       <c r="S33" s="4" t="s">
         <v>393</v>
       </c>
       <c r="T33" s="4" t="s">
         <v>394</v>
       </c>
       <c r="U33" s="4">
-        <v>4.99</v>
+        <v>2.89</v>
       </c>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>395</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>396</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>397</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>398</v>
       </c>
       <c r="G34" s="10" t="s">
         <v>399</v>
       </c>
       <c r="H34" s="4" t="s">
         <v>400</v>
       </c>
       <c r="I34" s="4" t="s">
         <v>401</v>
       </c>
       <c r="J34" s="4" t="s">
         <v>402</v>
       </c>
       <c r="K34" s="4" t="s">
-        <v>232</v>
+        <v>403</v>
       </c>
       <c r="L34" s="4">
-        <v>2.89</v>
+        <v>0.38</v>
       </c>
       <c r="M34" s="13" t="s">
-        <v>403</v>
+        <v>375</v>
       </c>
       <c r="N34" s="4" t="s">
+        <v>376</v>
+      </c>
+      <c r="O34" s="4">
+        <v>0.38</v>
+      </c>
+      <c r="P34" s="4" t="s">
         <v>404</v>
       </c>
-      <c r="O34" s="4">
-[...2 lines deleted...]
-      <c r="P34" s="4" t="s">
+      <c r="Q34" s="4" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
       <c r="R34" s="4" t="s">
         <v>406</v>
       </c>
       <c r="S34" s="4" t="s">
         <v>407</v>
       </c>
       <c r="T34" s="4" t="s">
         <v>408</v>
       </c>
       <c r="U34" s="4">
-        <v>2.89</v>
+        <v>0.38</v>
       </c>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>409</v>
       </c>
       <c r="D35" s="3" t="s">
         <v>410</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>411</v>
       </c>
       <c r="F35" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="G35" s="10" t="s">
         <v>412</v>
       </c>
-      <c r="G35" s="10" t="s">
+      <c r="H35" s="4" t="s">
         <v>413</v>
       </c>
-      <c r="H35" s="4" t="s">
+      <c r="I35" s="4" t="s">
         <v>414</v>
       </c>
-      <c r="I35" s="4" t="s">
+      <c r="J35" s="4" t="s">
         <v>415</v>
       </c>
-      <c r="J35" s="4" t="s">
+      <c r="K35" s="4" t="s">
         <v>416</v>
       </c>
-      <c r="K35" s="4" t="s">
+      <c r="L35" s="4">
+        <v>1.99</v>
+      </c>
+      <c r="M35" s="13" t="s">
         <v>417</v>
       </c>
-      <c r="L35" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="N35" s="4" t="s">
-        <v>390</v>
+        <v>418</v>
       </c>
       <c r="O35" s="4">
-        <v>0.38</v>
+        <v>1.99</v>
       </c>
       <c r="P35" s="4" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="Q35" s="4" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="R35" s="4" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="S35" s="4" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="T35" s="4" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="U35" s="4">
-        <v>0.38</v>
+        <v>1.99</v>
       </c>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D36" s="3" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>177</v>
+        <v>427</v>
       </c>
       <c r="G36" s="10" t="s">
+        <v>428</v>
+      </c>
+      <c r="H36" s="4" t="s">
+        <v>429</v>
+      </c>
+      <c r="I36" s="4" t="s">
+        <v>430</v>
+      </c>
+      <c r="J36" s="4" t="s">
+        <v>431</v>
+      </c>
+      <c r="K36" s="4" t="s">
+        <v>432</v>
+      </c>
+      <c r="L36" s="4">
+        <v>19.9</v>
+      </c>
+      <c r="M36" s="13" t="s">
+        <v>433</v>
+      </c>
+      <c r="N36" s="4" t="s">
+        <v>434</v>
+      </c>
+      <c r="O36" s="4">
+        <v>19.9</v>
+      </c>
+      <c r="P36" s="4" t="s">
+        <v>435</v>
+      </c>
+      <c r="Q36" s="4" t="s">
         <v>426</v>
       </c>
-      <c r="H36" s="4" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R36" s="4" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="S36" s="4" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="T36" s="4" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="U36" s="4">
-        <v>1.99</v>
+        <v>19.9</v>
       </c>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D37" s="3" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>440</v>
+        <v>416</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>441</v>
       </c>
       <c r="G37" s="10" t="s">
         <v>442</v>
       </c>
       <c r="H37" s="4" t="s">
         <v>443</v>
       </c>
       <c r="I37" s="4" t="s">
         <v>444</v>
       </c>
       <c r="J37" s="4" t="s">
         <v>445</v>
       </c>
       <c r="K37" s="4" t="s">
+        <v>432</v>
+      </c>
+      <c r="L37" s="4">
+        <v>4.58</v>
+      </c>
+      <c r="M37" s="13" t="s">
         <v>446</v>
       </c>
-      <c r="L37" s="4">
-[...2 lines deleted...]
-      <c r="M37" s="13" t="s">
+      <c r="N37" s="4" t="s">
         <v>447</v>
       </c>
-      <c r="N37" s="4" t="s">
+      <c r="O37" s="4">
+        <v>4.58</v>
+      </c>
+      <c r="P37" s="4" t="s">
         <v>448</v>
       </c>
-      <c r="O37" s="4">
-[...2 lines deleted...]
-      <c r="P37" s="4" t="s">
+      <c r="Q37" s="4" t="s">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>440</v>
       </c>
       <c r="R37" s="4" t="s">
         <v>450</v>
       </c>
       <c r="S37" s="4" t="s">
         <v>451</v>
       </c>
       <c r="T37" s="4" t="s">
         <v>452</v>
       </c>
       <c r="U37" s="4">
-        <v>19.9</v>
+        <v>4.58</v>
       </c>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>453</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>454</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>430</v>
+        <v>455</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="G38" s="10" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="H38" s="4" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="I38" s="4" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J38" s="4" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="K38" s="4" t="s">
-        <v>446</v>
+        <v>461</v>
       </c>
       <c r="L38" s="4">
-        <v>4.58</v>
+        <v>3.02</v>
       </c>
       <c r="M38" s="13" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="N38" s="4" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="O38" s="4">
-        <v>4.58</v>
+        <v>3.02</v>
       </c>
       <c r="P38" s="4" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="Q38" s="4" t="s">
-        <v>463</v>
+        <v>451</v>
       </c>
       <c r="R38" s="4" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="S38" s="4" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="T38" s="4" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="U38" s="4">
-        <v>4.58</v>
+        <v>3.02</v>
       </c>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C39" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="D39" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="G39" s="10" t="s">
+        <v>470</v>
+      </c>
+      <c r="H39" s="4" t="s">
+        <v>471</v>
+      </c>
+      <c r="I39" s="4" t="s">
+        <v>472</v>
+      </c>
+      <c r="J39" s="4" t="s">
+        <v>473</v>
+      </c>
+      <c r="K39" s="4" t="s">
+        <v>461</v>
+      </c>
+      <c r="L39" s="4">
+        <v>3.08</v>
+      </c>
+      <c r="M39" s="13" t="s">
+        <v>474</v>
+      </c>
+      <c r="N39" s="4" t="s">
+        <v>475</v>
+      </c>
+      <c r="O39" s="4">
+        <v>3.08</v>
+      </c>
+      <c r="P39" s="4" t="s">
+        <v>464</v>
+      </c>
+      <c r="Q39" s="4" t="s">
+        <v>451</v>
+      </c>
+      <c r="R39" s="4" t="s">
+        <v>465</v>
+      </c>
+      <c r="S39" s="4" t="s">
+        <v>466</v>
+      </c>
+      <c r="T39" s="4" t="s">
         <v>467</v>
       </c>
-      <c r="D39" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="U39" s="4">
-        <v>3.02</v>
+        <v>3.08</v>
       </c>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="D40" s="3" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
       <c r="E40" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="G40" s="10" t="s">
+        <v>478</v>
+      </c>
+      <c r="H40" s="4" t="s">
+        <v>479</v>
+      </c>
+      <c r="I40" s="4" t="s">
+        <v>480</v>
+      </c>
+      <c r="J40" s="4" t="s">
+        <v>481</v>
+      </c>
+      <c r="K40" s="4" t="s">
+        <v>432</v>
+      </c>
+      <c r="L40" s="4">
+        <v>10.72</v>
+      </c>
+      <c r="M40" s="13" t="s">
+        <v>433</v>
+      </c>
+      <c r="N40" s="4" t="s">
+        <v>434</v>
+      </c>
+      <c r="O40" s="4">
+        <v>10.72</v>
+      </c>
+      <c r="P40" s="4" t="s">
+        <v>464</v>
+      </c>
+      <c r="Q40" s="4" t="s">
+        <v>451</v>
+      </c>
+      <c r="R40" s="4" t="s">
         <v>465</v>
       </c>
-      <c r="F40" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="S40" s="4" t="s">
-        <v>480</v>
+        <v>466</v>
       </c>
       <c r="T40" s="4" t="s">
-        <v>481</v>
+        <v>467</v>
       </c>
       <c r="U40" s="4">
-        <v>3.08</v>
+        <v>10.72</v>
       </c>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C41" s="3" t="s">
+        <v>482</v>
+      </c>
+      <c r="D41" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="G41" s="10" t="s">
+        <v>486</v>
+      </c>
+      <c r="H41" s="4" t="s">
+        <v>487</v>
+      </c>
+      <c r="I41" s="4" t="s">
+        <v>488</v>
+      </c>
+      <c r="J41" s="4" t="s">
+        <v>489</v>
+      </c>
+      <c r="K41" s="4" t="s">
         <v>490</v>
       </c>
-      <c r="D41" s="3" t="s">
+      <c r="L41" s="4">
+        <v>3.15</v>
+      </c>
+      <c r="M41" s="13" t="s">
+        <v>180</v>
+      </c>
+      <c r="N41" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="O41" s="4">
+        <v>3.15</v>
+      </c>
+      <c r="P41" s="4" t="s">
         <v>491</v>
       </c>
-      <c r="E41" s="3" t="s">
-[...5 lines deleted...]
-      <c r="G41" s="10" t="s">
+      <c r="Q41" s="4" t="s">
         <v>492</v>
       </c>
-      <c r="H41" s="4" t="s">
+      <c r="R41" s="4" t="s">
         <v>493</v>
       </c>
-      <c r="I41" s="4" t="s">
+      <c r="S41" s="4" t="s">
         <v>494</v>
       </c>
-      <c r="J41" s="4" t="s">
+      <c r="T41" s="4" t="s">
         <v>495</v>
       </c>
-      <c r="K41" s="4" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="U41" s="4">
-        <v>10.72</v>
+        <v>3.15</v>
       </c>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>496</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>497</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>498</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>499</v>
       </c>
       <c r="G42" s="10" t="s">
         <v>500</v>
       </c>
       <c r="H42" s="4" t="s">
         <v>501</v>
       </c>
       <c r="I42" s="4" t="s">
         <v>502</v>
       </c>
       <c r="J42" s="4" t="s">
         <v>503</v>
       </c>
       <c r="K42" s="4" t="s">
+        <v>416</v>
+      </c>
+      <c r="L42" s="4">
+        <v>73.48</v>
+      </c>
+      <c r="M42" s="13" t="s">
         <v>504</v>
       </c>
-      <c r="L42" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="N42" s="4" t="s">
-        <v>195</v>
+        <v>505</v>
       </c>
       <c r="O42" s="4">
-        <v>3.15</v>
+        <v>73.48</v>
       </c>
       <c r="P42" s="4" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="Q42" s="4" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="R42" s="4" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="S42" s="4" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="T42" s="4" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="U42" s="4">
-        <v>3.15</v>
+        <v>73.48</v>
       </c>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="D43" s="3" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>512</v>
+        <v>492</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>513</v>
       </c>
       <c r="G43" s="10" t="s">
         <v>514</v>
       </c>
       <c r="H43" s="4" t="s">
         <v>515</v>
       </c>
       <c r="I43" s="4" t="s">
         <v>516</v>
       </c>
       <c r="J43" s="4" t="s">
         <v>517</v>
       </c>
       <c r="K43" s="4" t="s">
-        <v>430</v>
+        <v>518</v>
       </c>
       <c r="L43" s="4">
-        <v>73.48</v>
+        <v>4.81</v>
       </c>
       <c r="M43" s="13" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N43" s="4" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="O43" s="4">
-        <v>73.48</v>
+        <v>4.81</v>
       </c>
       <c r="P43" s="4" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="Q43" s="4" t="s">
-        <v>521</v>
+        <v>494</v>
       </c>
       <c r="R43" s="4" t="s">
         <v>522</v>
       </c>
       <c r="S43" s="4" t="s">
         <v>523</v>
       </c>
       <c r="T43" s="4" t="s">
         <v>524</v>
       </c>
       <c r="U43" s="4">
-        <v>73.48</v>
+        <v>4.81</v>
       </c>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>525</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>526</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>506</v>
+        <v>527</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>527</v>
+        <v>263</v>
       </c>
       <c r="G44" s="10" t="s">
         <v>528</v>
       </c>
       <c r="H44" s="4" t="s">
         <v>529</v>
       </c>
       <c r="I44" s="4" t="s">
         <v>530</v>
       </c>
       <c r="J44" s="4" t="s">
         <v>531</v>
       </c>
       <c r="K44" s="4" t="s">
+        <v>416</v>
+      </c>
+      <c r="L44" s="4">
+        <v>6.69</v>
+      </c>
+      <c r="M44" s="13" t="s">
         <v>532</v>
       </c>
-      <c r="L44" s="4">
-[...2 lines deleted...]
-      <c r="M44" s="13" t="s">
+      <c r="N44" s="4" t="s">
         <v>533</v>
       </c>
-      <c r="N44" s="4" t="s">
+      <c r="O44" s="4">
+        <v>6.69</v>
+      </c>
+      <c r="P44" s="4" t="s">
         <v>534</v>
       </c>
-      <c r="O44" s="4">
-[...2 lines deleted...]
-      <c r="P44" s="4" t="s">
+      <c r="Q44" s="4" t="s">
         <v>535</v>
-      </c>
-[...1 lines deleted...]
-        <v>508</v>
       </c>
       <c r="R44" s="4" t="s">
         <v>536</v>
       </c>
       <c r="S44" s="4" t="s">
         <v>537</v>
       </c>
       <c r="T44" s="4" t="s">
         <v>538</v>
       </c>
       <c r="U44" s="4">
-        <v>4.81</v>
+        <v>6.69</v>
       </c>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>539</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>540</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>541</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>277</v>
+        <v>311</v>
       </c>
       <c r="G45" s="10" t="s">
+        <v>312</v>
+      </c>
+      <c r="H45" s="4" t="s">
+        <v>313</v>
+      </c>
+      <c r="I45" s="4" t="s">
+        <v>314</v>
+      </c>
+      <c r="J45" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="K45" s="4" t="s">
+        <v>316</v>
+      </c>
+      <c r="L45" s="4">
+        <v>4.14</v>
+      </c>
+      <c r="M45" s="13" t="s">
+        <v>317</v>
+      </c>
+      <c r="N45" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="O45" s="4">
+        <v>4.14</v>
+      </c>
+      <c r="P45" s="4" t="s">
         <v>542</v>
       </c>
-      <c r="H45" s="4" t="s">
+      <c r="Q45" s="4" t="s">
         <v>543</v>
       </c>
-      <c r="I45" s="4" t="s">
+      <c r="R45" s="4" t="s">
         <v>544</v>
       </c>
-      <c r="J45" s="4" t="s">
+      <c r="S45" s="4" t="s">
         <v>545</v>
       </c>
-      <c r="K45" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M45" s="13" t="s">
+      <c r="T45" s="4" t="s">
         <v>546</v>
       </c>
-      <c r="N45" s="4" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="U45" s="4">
-        <v>6.69</v>
+        <v>4.14</v>
       </c>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C46" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="D46" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>545</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>549</v>
+      </c>
+      <c r="G46" s="10" t="s">
+        <v>550</v>
+      </c>
+      <c r="H46" s="4" t="s">
+        <v>551</v>
+      </c>
+      <c r="I46" s="4" t="s">
+        <v>552</v>
+      </c>
+      <c r="J46" s="4" t="s">
         <v>553</v>
       </c>
-      <c r="D46" s="3" t="s">
+      <c r="K46" s="4" t="s">
         <v>554</v>
       </c>
-      <c r="E46" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="L46" s="4">
-        <v>4.14</v>
+        <v>15</v>
       </c>
       <c r="M46" s="13" t="s">
-        <v>331</v>
+        <v>474</v>
       </c>
       <c r="N46" s="4" t="s">
-        <v>332</v>
+        <v>475</v>
       </c>
       <c r="O46" s="4">
-        <v>4.14</v>
+        <v>15</v>
       </c>
       <c r="P46" s="4" t="s">
-        <v>556</v>
+        <v>534</v>
       </c>
       <c r="Q46" s="4" t="s">
-        <v>557</v>
+        <v>535</v>
       </c>
       <c r="R46" s="4" t="s">
-        <v>558</v>
+        <v>536</v>
       </c>
       <c r="S46" s="4" t="s">
-        <v>559</v>
+        <v>537</v>
       </c>
       <c r="T46" s="4" t="s">
-        <v>560</v>
+        <v>538</v>
       </c>
       <c r="U46" s="4">
-        <v>4.14</v>
+        <v>15</v>
       </c>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C47" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="D47" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>545</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="G47" s="10" t="s">
+        <v>558</v>
+      </c>
+      <c r="H47" s="4" t="s">
+        <v>559</v>
+      </c>
+      <c r="I47" s="4" t="s">
+        <v>560</v>
+      </c>
+      <c r="J47" s="4" t="s">
         <v>561</v>
       </c>
-      <c r="D47" s="3" t="s">
+      <c r="K47" s="4" t="s">
+        <v>416</v>
+      </c>
+      <c r="L47" s="4">
+        <v>3.79</v>
+      </c>
+      <c r="M47" s="13" t="s">
+        <v>353</v>
+      </c>
+      <c r="N47" s="4" t="s">
+        <v>354</v>
+      </c>
+      <c r="O47" s="4">
+        <v>3.79</v>
+      </c>
+      <c r="P47" s="4" t="s">
         <v>562</v>
       </c>
-      <c r="E47" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F47" s="3" t="s">
+      <c r="Q47" s="4" t="s">
         <v>563</v>
       </c>
-      <c r="G47" s="10" t="s">
+      <c r="R47" s="4" t="s">
         <v>564</v>
       </c>
-      <c r="H47" s="4" t="s">
+      <c r="S47" s="4" t="s">
         <v>565</v>
       </c>
-      <c r="I47" s="4" t="s">
+      <c r="T47" s="4" t="s">
         <v>566</v>
       </c>
-      <c r="J47" s="4" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="U47" s="4">
-        <v>15</v>
+        <v>3.79</v>
       </c>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C48" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="D48" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="E48" s="3" t="s">
         <v>569</v>
       </c>
-      <c r="D48" s="3" t="s">
+      <c r="F48" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="G48" s="10" t="s">
         <v>570</v>
       </c>
-      <c r="E48" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F48" s="3" t="s">
+      <c r="H48" s="4" t="s">
         <v>571</v>
       </c>
-      <c r="G48" s="10" t="s">
+      <c r="I48" s="4" t="s">
         <v>572</v>
       </c>
-      <c r="H48" s="4" t="s">
+      <c r="J48" s="4" t="s">
         <v>573</v>
       </c>
-      <c r="I48" s="4" t="s">
+      <c r="K48" s="4" t="s">
         <v>574</v>
       </c>
-      <c r="J48" s="4" t="s">
+      <c r="L48" s="4">
+        <v>13.41</v>
+      </c>
+      <c r="M48" s="13" t="s">
         <v>575</v>
       </c>
-      <c r="K48" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N48" s="4" t="s">
-        <v>368</v>
+        <v>576</v>
       </c>
       <c r="O48" s="4">
-        <v>3.79</v>
+        <v>13.41</v>
       </c>
       <c r="P48" s="4" t="s">
-        <v>576</v>
+        <v>562</v>
       </c>
       <c r="Q48" s="4" t="s">
-        <v>577</v>
+        <v>563</v>
       </c>
       <c r="R48" s="4" t="s">
-        <v>578</v>
+        <v>564</v>
       </c>
       <c r="S48" s="4" t="s">
-        <v>579</v>
+        <v>565</v>
       </c>
       <c r="T48" s="4" t="s">
-        <v>580</v>
+        <v>566</v>
       </c>
       <c r="U48" s="4">
-        <v>3.79</v>
+        <v>13.41</v>
       </c>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C49" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="D49" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="G49" s="10" t="s">
+        <v>580</v>
+      </c>
+      <c r="H49" s="4" t="s">
         <v>581</v>
       </c>
-      <c r="D49" s="3" t="s">
+      <c r="I49" s="4" t="s">
         <v>582</v>
       </c>
-      <c r="E49" s="3" t="s">
+      <c r="J49" s="4" t="s">
         <v>583</v>
       </c>
-      <c r="F49" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K49" s="4" t="s">
-        <v>588</v>
+        <v>574</v>
       </c>
       <c r="L49" s="4">
-        <v>13.41</v>
+        <v>38.41</v>
       </c>
       <c r="M49" s="13" t="s">
-        <v>589</v>
+        <v>575</v>
       </c>
       <c r="N49" s="4" t="s">
-        <v>590</v>
+        <v>576</v>
       </c>
       <c r="O49" s="4">
-        <v>13.41</v>
+        <v>38.41</v>
       </c>
       <c r="P49" s="4" t="s">
-        <v>576</v>
+        <v>562</v>
       </c>
       <c r="Q49" s="4" t="s">
-        <v>577</v>
+        <v>563</v>
       </c>
       <c r="R49" s="4" t="s">
-        <v>578</v>
+        <v>564</v>
       </c>
       <c r="S49" s="4" t="s">
-        <v>579</v>
+        <v>565</v>
       </c>
       <c r="T49" s="4" t="s">
-        <v>580</v>
+        <v>566</v>
       </c>
       <c r="U49" s="4">
-        <v>13.41</v>
+        <v>38.41</v>
       </c>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C50" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="D50" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>586</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G50" s="10" t="s">
+        <v>587</v>
+      </c>
+      <c r="H50" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="I50" s="4" t="s">
+        <v>589</v>
+      </c>
+      <c r="J50" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="K50" s="4" t="s">
         <v>591</v>
       </c>
-      <c r="D50" s="3" t="s">
+      <c r="L50" s="4">
+        <v>3.04</v>
+      </c>
+      <c r="M50" s="13" t="s">
         <v>592</v>
       </c>
-      <c r="E50" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F50" s="3" t="s">
+      <c r="N50" s="4" t="s">
         <v>593</v>
       </c>
-      <c r="G50" s="10" t="s">
+      <c r="O50" s="4">
+        <v>3.04</v>
+      </c>
+      <c r="P50" s="4" t="s">
         <v>594</v>
       </c>
-      <c r="H50" s="4" t="s">
+      <c r="Q50" s="4" t="s">
         <v>595</v>
       </c>
-      <c r="I50" s="4" t="s">
+      <c r="R50" s="4" t="s">
         <v>596</v>
       </c>
-      <c r="J50" s="4" t="s">
+      <c r="S50" s="4" t="s">
         <v>597</v>
       </c>
-      <c r="K50" s="4" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="T50" s="4" t="s">
-        <v>580</v>
+        <v>598</v>
       </c>
       <c r="U50" s="4">
-        <v>38.41</v>
+        <v>3.04</v>
       </c>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C51" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="D51" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="G51" s="10" t="s">
+        <v>601</v>
+      </c>
+      <c r="H51" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="I51" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="J51" s="4">
+        <v>446</v>
+      </c>
+      <c r="K51" s="4" t="s">
+        <v>602</v>
+      </c>
+      <c r="L51" s="4">
+        <v>0.41</v>
+      </c>
+      <c r="M51" s="13" t="s">
+        <v>603</v>
+      </c>
+      <c r="N51" s="4" t="s">
+        <v>604</v>
+      </c>
+      <c r="O51" s="4">
+        <v>0.41</v>
+      </c>
+      <c r="P51" s="4" t="s">
+        <v>594</v>
+      </c>
+      <c r="Q51" s="4" t="s">
+        <v>595</v>
+      </c>
+      <c r="R51" s="4" t="s">
+        <v>596</v>
+      </c>
+      <c r="S51" s="4" t="s">
+        <v>597</v>
+      </c>
+      <c r="T51" s="4" t="s">
         <v>598</v>
       </c>
-      <c r="D51" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="U51" s="4">
-        <v>5.73</v>
+        <v>0.41</v>
       </c>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C52" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="D52" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>608</v>
+      </c>
+      <c r="G52" s="10" t="s">
+        <v>609</v>
+      </c>
+      <c r="H52" s="4" t="s">
+        <v>610</v>
+      </c>
+      <c r="I52" s="4" t="s">
+        <v>611</v>
+      </c>
+      <c r="J52" s="4" t="s">
+        <v>612</v>
+      </c>
+      <c r="K52" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="L52" s="4">
+        <v>7.9</v>
+      </c>
+      <c r="M52" s="13" t="s">
         <v>613</v>
       </c>
-      <c r="D52" s="3" t="s">
+      <c r="N52" s="4" t="s">
         <v>614</v>
       </c>
-      <c r="E52" s="3" t="s">
-[...5 lines deleted...]
-      <c r="G52" s="10" t="s">
+      <c r="O52" s="4">
+        <v>7.9</v>
+      </c>
+      <c r="P52" s="4" t="s">
         <v>615</v>
       </c>
-      <c r="H52" s="4" t="s">
+      <c r="Q52" s="4" t="s">
         <v>616</v>
       </c>
-      <c r="I52" s="4" t="s">
+      <c r="R52" s="4" t="s">
         <v>617</v>
       </c>
-      <c r="J52" s="4" t="s">
+      <c r="S52" s="4" t="s">
+        <v>316</v>
+      </c>
+      <c r="T52" s="4" t="s">
         <v>618</v>
       </c>
-      <c r="K52" s="4" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="U52" s="4">
-        <v>3.04</v>
+        <v>7.9</v>
       </c>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C53" s="3" t="s">
+        <v>619</v>
+      </c>
+      <c r="D53" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="G53" s="10" t="s">
+        <v>623</v>
+      </c>
+      <c r="H53" s="4" t="s">
+        <v>624</v>
+      </c>
+      <c r="I53" s="4" t="s">
+        <v>625</v>
+      </c>
+      <c r="J53" s="4" t="s">
         <v>626</v>
       </c>
-      <c r="D53" s="3" t="s">
+      <c r="K53" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="L53" s="4">
+        <v>160</v>
+      </c>
+      <c r="M53" s="13" t="s">
         <v>627</v>
       </c>
-      <c r="E53" s="3" t="s">
-[...5 lines deleted...]
-      <c r="G53" s="10" t="s">
+      <c r="N53" s="4" t="s">
         <v>628</v>
       </c>
-      <c r="H53" s="4" t="s">
-[...8 lines deleted...]
-      <c r="K53" s="4" t="s">
+      <c r="O53" s="4">
+        <v>160</v>
+      </c>
+      <c r="P53" s="4" t="s">
         <v>629</v>
       </c>
-      <c r="L53" s="4">
-[...2 lines deleted...]
-      <c r="M53" s="13" t="s">
+      <c r="Q53" s="4" t="s">
+        <v>316</v>
+      </c>
+      <c r="R53" s="4" t="s">
         <v>630</v>
       </c>
-      <c r="N53" s="4" t="s">
+      <c r="S53" s="4" t="s">
         <v>631</v>
       </c>
-      <c r="O53" s="4">
-[...13 lines deleted...]
-      </c>
       <c r="T53" s="4" t="s">
-        <v>625</v>
+        <v>632</v>
       </c>
       <c r="U53" s="4">
-        <v>0.41</v>
+        <v>160</v>
       </c>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="D54" s="3" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>634</v>
+        <v>621</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>635</v>
       </c>
       <c r="G54" s="10" t="s">
         <v>636</v>
       </c>
       <c r="H54" s="4" t="s">
         <v>637</v>
       </c>
       <c r="I54" s="4" t="s">
         <v>638</v>
       </c>
       <c r="J54" s="4" t="s">
         <v>639</v>
       </c>
       <c r="K54" s="4" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="L54" s="4">
-        <v>7.9</v>
+        <v>27</v>
       </c>
       <c r="M54" s="13" t="s">
         <v>640</v>
       </c>
       <c r="N54" s="4" t="s">
         <v>641</v>
       </c>
       <c r="O54" s="4">
-        <v>7.9</v>
+        <v>27</v>
       </c>
       <c r="P54" s="4" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="Q54" s="4" t="s">
-        <v>643</v>
+        <v>316</v>
       </c>
       <c r="R54" s="4" t="s">
-        <v>644</v>
+        <v>630</v>
       </c>
       <c r="S54" s="4" t="s">
-        <v>330</v>
+        <v>631</v>
       </c>
       <c r="T54" s="4" t="s">
-        <v>645</v>
+        <v>632</v>
       </c>
       <c r="U54" s="4">
-        <v>7.9</v>
+        <v>27</v>
       </c>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>646</v>
+        <v>642</v>
       </c>
       <c r="D55" s="3" t="s">
-        <v>647</v>
+        <v>643</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>648</v>
+        <v>621</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>649</v>
+        <v>187</v>
       </c>
       <c r="G55" s="10" t="s">
-        <v>650</v>
+        <v>188</v>
       </c>
       <c r="H55" s="4" t="s">
-        <v>651</v>
+        <v>189</v>
       </c>
       <c r="I55" s="4" t="s">
-        <v>652</v>
+        <v>190</v>
       </c>
       <c r="J55" s="4" t="s">
-        <v>653</v>
+        <v>191</v>
       </c>
       <c r="K55" s="4" t="s">
-        <v>128</v>
+        <v>31</v>
       </c>
       <c r="L55" s="4">
-        <v>160</v>
+        <v>25</v>
       </c>
       <c r="M55" s="13" t="s">
-        <v>654</v>
+        <v>32</v>
       </c>
       <c r="N55" s="4" t="s">
-        <v>655</v>
+        <v>33</v>
       </c>
       <c r="O55" s="4">
-        <v>160</v>
+        <v>25</v>
       </c>
       <c r="P55" s="4" t="s">
-        <v>656</v>
+        <v>629</v>
       </c>
       <c r="Q55" s="4" t="s">
-        <v>330</v>
+        <v>316</v>
       </c>
       <c r="R55" s="4" t="s">
-        <v>657</v>
+        <v>630</v>
       </c>
       <c r="S55" s="4" t="s">
-        <v>658</v>
+        <v>631</v>
       </c>
       <c r="T55" s="4" t="s">
-        <v>659</v>
+        <v>632</v>
       </c>
       <c r="U55" s="4">
-        <v>160</v>
+        <v>25</v>
       </c>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>660</v>
+        <v>644</v>
       </c>
       <c r="D56" s="3" t="s">
-        <v>661</v>
+        <v>645</v>
       </c>
       <c r="E56" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="G56" s="10" t="s">
+        <v>646</v>
+      </c>
+      <c r="H56" s="4" t="s">
+        <v>647</v>
+      </c>
+      <c r="I56" s="4" t="s">
         <v>648</v>
       </c>
-      <c r="F56" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J56" s="4" t="s">
-        <v>666</v>
+        <v>649</v>
       </c>
       <c r="K56" s="4" t="s">
-        <v>232</v>
+        <v>31</v>
       </c>
       <c r="L56" s="4">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="M56" s="13" t="s">
-        <v>667</v>
+        <v>650</v>
       </c>
       <c r="N56" s="4" t="s">
-        <v>668</v>
+        <v>651</v>
       </c>
       <c r="O56" s="4">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="P56" s="4" t="s">
-        <v>656</v>
+        <v>629</v>
       </c>
       <c r="Q56" s="4" t="s">
-        <v>330</v>
+        <v>316</v>
       </c>
       <c r="R56" s="4" t="s">
-        <v>657</v>
+        <v>630</v>
       </c>
       <c r="S56" s="4" t="s">
-        <v>658</v>
+        <v>631</v>
       </c>
       <c r="T56" s="4" t="s">
-        <v>659</v>
+        <v>632</v>
       </c>
       <c r="U56" s="4">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>669</v>
+        <v>652</v>
       </c>
       <c r="D57" s="3" t="s">
-        <v>670</v>
+        <v>653</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>648</v>
+        <v>316</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>201</v>
+        <v>654</v>
       </c>
       <c r="G57" s="10" t="s">
-        <v>202</v>
+        <v>655</v>
       </c>
       <c r="H57" s="4" t="s">
-        <v>203</v>
+        <v>656</v>
       </c>
       <c r="I57" s="4" t="s">
-        <v>204</v>
+        <v>657</v>
       </c>
       <c r="J57" s="4" t="s">
-        <v>205</v>
+        <v>658</v>
       </c>
       <c r="K57" s="4" t="s">
-        <v>31</v>
+        <v>659</v>
       </c>
       <c r="L57" s="4">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="M57" s="13" t="s">
-        <v>32</v>
+        <v>660</v>
       </c>
       <c r="N57" s="4" t="s">
-        <v>33</v>
+        <v>661</v>
       </c>
       <c r="O57" s="4">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="P57" s="4" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="Q57" s="4" t="s">
-        <v>330</v>
+        <v>631</v>
       </c>
       <c r="R57" s="4" t="s">
-        <v>657</v>
+        <v>663</v>
       </c>
       <c r="S57" s="4" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="T57" s="4" t="s">
-        <v>659</v>
+        <v>665</v>
       </c>
       <c r="U57" s="4">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C58" s="3" t="s">
+        <v>666</v>
+      </c>
+      <c r="D58" s="3" t="s">
+        <v>667</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>668</v>
+      </c>
+      <c r="G58" s="10" t="s">
+        <v>669</v>
+      </c>
+      <c r="H58" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="I58" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="J58" s="4" t="s">
+        <v>670</v>
+      </c>
+      <c r="K58" s="4" t="s">
         <v>671</v>
       </c>
-      <c r="D58" s="3" t="s">
+      <c r="L58" s="4">
+        <v>0.6</v>
+      </c>
+      <c r="M58" s="13" t="s">
         <v>672</v>
       </c>
-      <c r="E58" s="3" t="s">
-[...5 lines deleted...]
-      <c r="G58" s="10" t="s">
+      <c r="N58" s="4" t="s">
         <v>673</v>
       </c>
-      <c r="H58" s="4" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="O58" s="4">
-        <v>33</v>
+        <v>0.6</v>
       </c>
       <c r="P58" s="4" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="Q58" s="4" t="s">
-        <v>330</v>
+        <v>631</v>
       </c>
       <c r="R58" s="4" t="s">
-        <v>657</v>
+        <v>663</v>
       </c>
       <c r="S58" s="4" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="T58" s="4" t="s">
-        <v>659</v>
+        <v>665</v>
       </c>
       <c r="U58" s="4">
-        <v>33</v>
+        <v>0.6</v>
       </c>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>679</v>
+        <v>674</v>
       </c>
       <c r="D59" s="3" t="s">
-        <v>680</v>
+        <v>675</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>330</v>
+        <v>316</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>681</v>
+        <v>676</v>
       </c>
       <c r="G59" s="10" t="s">
-        <v>682</v>
+        <v>677</v>
       </c>
       <c r="H59" s="4" t="s">
-        <v>683</v>
+        <v>83</v>
       </c>
       <c r="I59" s="4" t="s">
-        <v>684</v>
+        <v>84</v>
       </c>
       <c r="J59" s="4" t="s">
-        <v>685</v>
+        <v>670</v>
       </c>
       <c r="K59" s="4" t="s">
-        <v>686</v>
+        <v>678</v>
       </c>
       <c r="L59" s="4">
-        <v>48</v>
+        <v>0.85</v>
       </c>
       <c r="M59" s="13" t="s">
-        <v>687</v>
+        <v>672</v>
       </c>
       <c r="N59" s="4" t="s">
-        <v>688</v>
+        <v>673</v>
       </c>
       <c r="O59" s="4">
-        <v>48</v>
+        <v>0.85</v>
       </c>
       <c r="P59" s="4" t="s">
-        <v>689</v>
+        <v>662</v>
       </c>
       <c r="Q59" s="4" t="s">
-        <v>658</v>
+        <v>631</v>
       </c>
       <c r="R59" s="4" t="s">
-        <v>690</v>
+        <v>663</v>
       </c>
       <c r="S59" s="4" t="s">
-        <v>691</v>
+        <v>664</v>
       </c>
       <c r="T59" s="4" t="s">
-        <v>692</v>
+        <v>665</v>
       </c>
       <c r="U59" s="4">
-        <v>48</v>
+        <v>0.85</v>
       </c>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>693</v>
+        <v>679</v>
       </c>
       <c r="D60" s="3" t="s">
-        <v>694</v>
+        <v>680</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>330</v>
+        <v>316</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>695</v>
+        <v>204</v>
       </c>
       <c r="G60" s="10" t="s">
-        <v>696</v>
+        <v>205</v>
       </c>
       <c r="H60" s="4" t="s">
-        <v>97</v>
+        <v>206</v>
       </c>
       <c r="I60" s="4" t="s">
-        <v>98</v>
+        <v>207</v>
       </c>
       <c r="J60" s="4" t="s">
-        <v>697</v>
+        <v>208</v>
       </c>
       <c r="K60" s="4" t="s">
-        <v>698</v>
+        <v>209</v>
       </c>
       <c r="L60" s="4">
-        <v>0.6</v>
+        <v>29.2</v>
       </c>
       <c r="M60" s="13" t="s">
-        <v>699</v>
+        <v>210</v>
       </c>
       <c r="N60" s="4" t="s">
-        <v>700</v>
+        <v>211</v>
       </c>
       <c r="O60" s="4">
-        <v>0.6</v>
+        <v>29.2</v>
       </c>
       <c r="P60" s="4" t="s">
-        <v>689</v>
+        <v>681</v>
       </c>
       <c r="Q60" s="4" t="s">
-        <v>658</v>
+        <v>631</v>
       </c>
       <c r="R60" s="4" t="s">
-        <v>690</v>
+        <v>682</v>
       </c>
       <c r="S60" s="4" t="s">
-        <v>691</v>
+        <v>683</v>
       </c>
       <c r="T60" s="4" t="s">
-        <v>692</v>
+        <v>684</v>
       </c>
       <c r="U60" s="4">
-        <v>0.6</v>
+        <v>29.2</v>
       </c>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>701</v>
+        <v>685</v>
       </c>
       <c r="D61" s="3" t="s">
-        <v>702</v>
+        <v>686</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>330</v>
+        <v>316</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>703</v>
+        <v>120</v>
       </c>
       <c r="G61" s="10" t="s">
-        <v>704</v>
+        <v>687</v>
       </c>
       <c r="H61" s="4" t="s">
-        <v>97</v>
+        <v>688</v>
       </c>
       <c r="I61" s="4" t="s">
-        <v>98</v>
+        <v>689</v>
       </c>
       <c r="J61" s="4" t="s">
-        <v>697</v>
+        <v>690</v>
       </c>
       <c r="K61" s="4" t="s">
-        <v>705</v>
+        <v>691</v>
       </c>
       <c r="L61" s="4">
-        <v>0.85</v>
+        <v>15</v>
       </c>
       <c r="M61" s="13" t="s">
-        <v>699</v>
+        <v>692</v>
       </c>
       <c r="N61" s="4" t="s">
-        <v>700</v>
+        <v>693</v>
       </c>
       <c r="O61" s="4">
-        <v>0.85</v>
+        <v>15</v>
       </c>
       <c r="P61" s="4" t="s">
-        <v>689</v>
+        <v>681</v>
       </c>
       <c r="Q61" s="4" t="s">
-        <v>658</v>
+        <v>631</v>
       </c>
       <c r="R61" s="4" t="s">
-        <v>690</v>
+        <v>682</v>
       </c>
       <c r="S61" s="4" t="s">
-        <v>691</v>
+        <v>683</v>
       </c>
       <c r="T61" s="4" t="s">
-        <v>692</v>
+        <v>684</v>
       </c>
       <c r="U61" s="4">
-        <v>0.85</v>
+        <v>15</v>
       </c>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>706</v>
+        <v>694</v>
       </c>
       <c r="D62" s="3" t="s">
-        <v>707</v>
+        <v>695</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>330</v>
+        <v>631</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>218</v>
+        <v>696</v>
       </c>
       <c r="G62" s="10" t="s">
-        <v>219</v>
+        <v>697</v>
       </c>
       <c r="H62" s="4" t="s">
-        <v>220</v>
+        <v>698</v>
       </c>
       <c r="I62" s="4" t="s">
-        <v>221</v>
+        <v>699</v>
       </c>
       <c r="J62" s="4" t="s">
-        <v>222</v>
+        <v>700</v>
       </c>
       <c r="K62" s="4" t="s">
-        <v>223</v>
+        <v>416</v>
       </c>
       <c r="L62" s="4">
-        <v>29.2</v>
+        <v>53.6</v>
       </c>
       <c r="M62" s="13" t="s">
-        <v>224</v>
+        <v>701</v>
       </c>
       <c r="N62" s="4" t="s">
-        <v>225</v>
+        <v>702</v>
       </c>
       <c r="O62" s="4">
-        <v>29.2</v>
+        <v>53.6</v>
       </c>
       <c r="P62" s="4" t="s">
-        <v>708</v>
+        <v>703</v>
       </c>
       <c r="Q62" s="4" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="R62" s="4" t="s">
-        <v>709</v>
+        <v>682</v>
       </c>
       <c r="S62" s="4" t="s">
-        <v>710</v>
+        <v>683</v>
       </c>
       <c r="T62" s="4" t="s">
-        <v>711</v>
+        <v>684</v>
       </c>
       <c r="U62" s="4">
-        <v>29.2</v>
+        <v>53.6</v>
       </c>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C63" s="3" t="s">
+        <v>704</v>
+      </c>
+      <c r="D63" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G63" s="10" t="s">
+        <v>707</v>
+      </c>
+      <c r="H63" s="4" t="s">
+        <v>708</v>
+      </c>
+      <c r="I63" s="4" t="s">
+        <v>709</v>
+      </c>
+      <c r="J63" s="4" t="s">
+        <v>710</v>
+      </c>
+      <c r="K63" s="4" t="s">
+        <v>554</v>
+      </c>
+      <c r="L63" s="4">
+        <v>28.95</v>
+      </c>
+      <c r="M63" s="13" t="s">
+        <v>613</v>
+      </c>
+      <c r="N63" s="4" t="s">
+        <v>614</v>
+      </c>
+      <c r="O63" s="4">
+        <v>28.95</v>
+      </c>
+      <c r="P63" s="4" t="s">
+        <v>711</v>
+      </c>
+      <c r="Q63" s="4" t="s">
         <v>712</v>
       </c>
-      <c r="D63" s="3" t="s">
+      <c r="R63" s="4" t="s">
         <v>713</v>
       </c>
-      <c r="E63" s="3" t="s">
-[...5 lines deleted...]
-      <c r="G63" s="10" t="s">
+      <c r="S63" s="4" t="s">
         <v>714</v>
       </c>
-      <c r="H63" s="4" t="s">
+      <c r="T63" s="4" t="s">
         <v>715</v>
       </c>
-      <c r="I63" s="4" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="U63" s="4">
-        <v>15</v>
+        <v>28.95</v>
       </c>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C64" s="3" t="s">
+        <v>716</v>
+      </c>
+      <c r="D64" s="3" t="s">
+        <v>717</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>718</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="G64" s="10" t="s">
+        <v>719</v>
+      </c>
+      <c r="H64" s="4" t="s">
+        <v>720</v>
+      </c>
+      <c r="I64" s="4" t="s">
         <v>721</v>
       </c>
-      <c r="D64" s="3" t="s">
+      <c r="J64" s="4" t="s">
         <v>722</v>
       </c>
-      <c r="E64" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F64" s="3" t="s">
+      <c r="K64" s="4" t="s">
+        <v>416</v>
+      </c>
+      <c r="L64" s="4">
+        <v>5.42</v>
+      </c>
+      <c r="M64" s="13" t="s">
         <v>723</v>
       </c>
-      <c r="G64" s="10" t="s">
+      <c r="N64" s="4" t="s">
         <v>724</v>
       </c>
-      <c r="H64" s="4" t="s">
+      <c r="O64" s="4">
+        <v>5.42</v>
+      </c>
+      <c r="P64" s="4" t="s">
         <v>725</v>
       </c>
-      <c r="I64" s="4" t="s">
+      <c r="Q64" s="4" t="s">
+        <v>718</v>
+      </c>
+      <c r="R64" s="4" t="s">
         <v>726</v>
       </c>
-      <c r="J64" s="4" t="s">
+      <c r="S64" s="4" t="s">
         <v>727</v>
       </c>
-      <c r="K64" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M64" s="13" t="s">
+      <c r="T64" s="4" t="s">
         <v>728</v>
       </c>
-      <c r="N64" s="4" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="U64" s="4">
-        <v>53.6</v>
+        <v>5.42</v>
       </c>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C65" s="3" t="s">
+        <v>729</v>
+      </c>
+      <c r="D65" s="3" t="s">
+        <v>730</v>
+      </c>
+      <c r="E65" s="3" t="s">
         <v>731</v>
       </c>
-      <c r="D65" s="3" t="s">
+      <c r="F65" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="G65" s="10" t="s">
         <v>732</v>
       </c>
-      <c r="E65" s="3" t="s">
+      <c r="H65" s="4" t="s">
         <v>733</v>
       </c>
-      <c r="F65" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G65" s="10" t="s">
+      <c r="I65" s="4" t="s">
         <v>734</v>
       </c>
-      <c r="H65" s="4" t="s">
+      <c r="J65" s="4" t="s">
         <v>735</v>
       </c>
-      <c r="I65" s="4" t="s">
+      <c r="K65" s="4" t="s">
+        <v>432</v>
+      </c>
+      <c r="L65" s="4">
+        <v>10.65</v>
+      </c>
+      <c r="M65" s="13" t="s">
         <v>736</v>
       </c>
-      <c r="J65" s="4" t="s">
+      <c r="N65" s="4" t="s">
         <v>737</v>
       </c>
-      <c r="K65" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="O65" s="4">
-        <v>28.95</v>
+        <v>10.65</v>
       </c>
       <c r="P65" s="4" t="s">
         <v>738</v>
       </c>
       <c r="Q65" s="4" t="s">
-        <v>739</v>
+        <v>731</v>
       </c>
       <c r="R65" s="4" t="s">
-        <v>740</v>
+        <v>726</v>
       </c>
       <c r="S65" s="4" t="s">
-        <v>741</v>
+        <v>727</v>
       </c>
       <c r="T65" s="4" t="s">
-        <v>742</v>
+        <v>728</v>
       </c>
       <c r="U65" s="4">
-        <v>28.95</v>
+        <v>10.65</v>
       </c>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C66" s="3" t="s">
+        <v>739</v>
+      </c>
+      <c r="D66" s="3" t="s">
+        <v>740</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>741</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G66" s="10" t="s">
+        <v>742</v>
+      </c>
+      <c r="H66" s="4" t="s">
         <v>743</v>
       </c>
-      <c r="D66" s="3" t="s">
+      <c r="I66" s="4" t="s">
         <v>744</v>
       </c>
-      <c r="E66" s="3" t="s">
+      <c r="J66" s="4" t="s">
         <v>745</v>
       </c>
-      <c r="F66" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G66" s="10" t="s">
+      <c r="K66" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="L66" s="4">
+        <v>30.14</v>
+      </c>
+      <c r="M66" s="13" t="s">
         <v>746</v>
       </c>
-      <c r="H66" s="4" t="s">
+      <c r="N66" s="4" t="s">
         <v>747</v>
       </c>
-      <c r="I66" s="4" t="s">
+      <c r="O66" s="4">
+        <v>30.14</v>
+      </c>
+      <c r="P66" s="4" t="s">
         <v>748</v>
       </c>
-      <c r="J66" s="4" t="s">
+      <c r="Q66" s="4" t="s">
         <v>749</v>
       </c>
-      <c r="K66" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M66" s="13" t="s">
+      <c r="R66" s="4" t="s">
         <v>750</v>
       </c>
-      <c r="N66" s="4" t="s">
+      <c r="S66" s="4" t="s">
         <v>751</v>
       </c>
-      <c r="O66" s="4">
-[...2 lines deleted...]
-      <c r="P66" s="4" t="s">
+      <c r="T66" s="4" t="s">
         <v>752</v>
       </c>
-      <c r="Q66" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="U66" s="4">
-        <v>5.42</v>
+        <v>30.14</v>
       </c>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C67" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="D67" s="3" t="s">
+        <v>754</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>749</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="G67" s="10" t="s">
+        <v>755</v>
+      </c>
+      <c r="H67" s="4" t="s">
         <v>756</v>
       </c>
-      <c r="D67" s="3" t="s">
+      <c r="I67" s="4" t="s">
         <v>757</v>
       </c>
-      <c r="E67" s="3" t="s">
+      <c r="J67" s="4" t="s">
         <v>758</v>
       </c>
-      <c r="F67" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G67" s="10" t="s">
+      <c r="K67" s="4" t="s">
+        <v>416</v>
+      </c>
+      <c r="L67" s="4">
+        <v>35.11</v>
+      </c>
+      <c r="M67" s="13" t="s">
         <v>759</v>
       </c>
-      <c r="H67" s="4" t="s">
+      <c r="N67" s="4" t="s">
         <v>760</v>
       </c>
-      <c r="I67" s="4" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="O67" s="4">
-        <v>10.65</v>
+        <v>35.11</v>
       </c>
       <c r="P67" s="4" t="s">
-        <v>765</v>
+        <v>748</v>
       </c>
       <c r="Q67" s="4" t="s">
-        <v>758</v>
+        <v>749</v>
       </c>
       <c r="R67" s="4" t="s">
-        <v>753</v>
+        <v>750</v>
       </c>
       <c r="S67" s="4" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
       <c r="T67" s="4" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="U67" s="4">
-        <v>10.65</v>
+        <v>35.11</v>
       </c>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C68" s="3" t="s">
+        <v>761</v>
+      </c>
+      <c r="D68" s="3" t="s">
+        <v>762</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>654</v>
+      </c>
+      <c r="G68" s="10" t="s">
+        <v>655</v>
+      </c>
+      <c r="H68" s="4" t="s">
+        <v>656</v>
+      </c>
+      <c r="I68" s="4" t="s">
+        <v>657</v>
+      </c>
+      <c r="J68" s="4" t="s">
+        <v>658</v>
+      </c>
+      <c r="K68" s="4" t="s">
+        <v>659</v>
+      </c>
+      <c r="L68" s="4">
+        <v>12.06</v>
+      </c>
+      <c r="M68" s="13" t="s">
+        <v>660</v>
+      </c>
+      <c r="N68" s="4" t="s">
+        <v>661</v>
+      </c>
+      <c r="O68" s="4">
+        <v>12.06</v>
+      </c>
+      <c r="P68" s="4" t="s">
+        <v>764</v>
+      </c>
+      <c r="Q68" s="4" t="s">
+        <v>765</v>
+      </c>
+      <c r="R68" s="4" t="s">
         <v>766</v>
       </c>
-      <c r="D68" s="3" t="s">
+      <c r="S68" s="4" t="s">
         <v>767</v>
       </c>
-      <c r="E68" s="3" t="s">
+      <c r="T68" s="4" t="s">
         <v>768</v>
       </c>
-      <c r="F68" s="3" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="U68" s="4">
-        <v>30.14</v>
+        <v>12.06</v>
       </c>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>780</v>
+        <v>769</v>
       </c>
       <c r="D69" s="3" t="s">
-        <v>781</v>
+        <v>770</v>
       </c>
       <c r="E69" s="3" t="s">
+        <v>771</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="G69" s="10" t="s">
+        <v>773</v>
+      </c>
+      <c r="H69" s="4" t="s">
+        <v>774</v>
+      </c>
+      <c r="I69" s="4" t="s">
+        <v>775</v>
+      </c>
+      <c r="J69" s="4" t="s">
         <v>776</v>
       </c>
-      <c r="F69" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K69" s="4" t="s">
-        <v>430</v>
+        <v>691</v>
       </c>
       <c r="L69" s="4">
-        <v>35.11</v>
+        <v>1.17</v>
       </c>
       <c r="M69" s="13" t="s">
-        <v>786</v>
+        <v>777</v>
       </c>
       <c r="N69" s="4" t="s">
-        <v>787</v>
+        <v>778</v>
       </c>
       <c r="O69" s="4">
-        <v>35.11</v>
+        <v>1.17</v>
       </c>
       <c r="P69" s="4" t="s">
-        <v>775</v>
+        <v>534</v>
       </c>
       <c r="Q69" s="4" t="s">
-        <v>776</v>
+        <v>535</v>
       </c>
       <c r="R69" s="4" t="s">
-        <v>777</v>
+        <v>536</v>
       </c>
       <c r="S69" s="4" t="s">
-        <v>778</v>
+        <v>537</v>
       </c>
       <c r="T69" s="4" t="s">
-        <v>779</v>
+        <v>538</v>
       </c>
       <c r="U69" s="4">
-        <v>35.11</v>
+        <v>1.17</v>
       </c>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>788</v>
+        <v>779</v>
       </c>
       <c r="D70" s="3" t="s">
-        <v>789</v>
+        <v>780</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>790</v>
+        <v>771</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>681</v>
+        <v>781</v>
       </c>
       <c r="G70" s="10" t="s">
-        <v>682</v>
+        <v>782</v>
       </c>
       <c r="H70" s="4" t="s">
-        <v>683</v>
+        <v>783</v>
       </c>
       <c r="I70" s="4" t="s">
-        <v>684</v>
+        <v>784</v>
       </c>
       <c r="J70" s="4" t="s">
-        <v>685</v>
+        <v>785</v>
       </c>
       <c r="K70" s="4" t="s">
-        <v>686</v>
+        <v>100</v>
       </c>
       <c r="L70" s="4">
-        <v>12.06</v>
+        <v>3.68</v>
       </c>
       <c r="M70" s="13" t="s">
-        <v>687</v>
+        <v>154</v>
       </c>
       <c r="N70" s="4" t="s">
-        <v>688</v>
+        <v>155</v>
       </c>
       <c r="O70" s="4">
-        <v>12.06</v>
+        <v>3.68</v>
       </c>
       <c r="P70" s="4" t="s">
-        <v>791</v>
+        <v>534</v>
       </c>
       <c r="Q70" s="4" t="s">
-        <v>792</v>
+        <v>535</v>
       </c>
       <c r="R70" s="4" t="s">
-        <v>793</v>
+        <v>536</v>
       </c>
       <c r="S70" s="4" t="s">
-        <v>794</v>
+        <v>537</v>
       </c>
       <c r="T70" s="4" t="s">
-        <v>795</v>
+        <v>538</v>
       </c>
       <c r="U70" s="4">
-        <v>12.06</v>
+        <v>3.68</v>
       </c>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>796</v>
+        <v>786</v>
       </c>
       <c r="D71" s="3" t="s">
-        <v>797</v>
+        <v>787</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>798</v>
+        <v>788</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>799</v>
+        <v>427</v>
       </c>
       <c r="G71" s="10" t="s">
-        <v>800</v>
+        <v>428</v>
       </c>
       <c r="H71" s="4" t="s">
-        <v>801</v>
+        <v>429</v>
       </c>
       <c r="I71" s="4" t="s">
-        <v>802</v>
+        <v>430</v>
       </c>
       <c r="J71" s="4" t="s">
-        <v>803</v>
+        <v>431</v>
       </c>
       <c r="K71" s="4" t="s">
-        <v>718</v>
+        <v>432</v>
       </c>
       <c r="L71" s="4">
-        <v>1.17</v>
+        <v>7</v>
       </c>
       <c r="M71" s="13" t="s">
-        <v>804</v>
+        <v>433</v>
       </c>
       <c r="N71" s="4" t="s">
-        <v>805</v>
+        <v>434</v>
       </c>
       <c r="O71" s="4">
-        <v>1.17</v>
+        <v>7</v>
       </c>
       <c r="P71" s="4" t="s">
-        <v>548</v>
+        <v>789</v>
       </c>
       <c r="Q71" s="4" t="s">
-        <v>549</v>
+        <v>788</v>
       </c>
       <c r="R71" s="4" t="s">
-        <v>550</v>
+        <v>790</v>
       </c>
       <c r="S71" s="4" t="s">
-        <v>551</v>
+        <v>788</v>
       </c>
       <c r="T71" s="4" t="s">
-        <v>552</v>
+        <v>791</v>
       </c>
       <c r="U71" s="4">
-        <v>1.17</v>
+        <v>7</v>
       </c>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>806</v>
+        <v>792</v>
       </c>
       <c r="D72" s="3" t="s">
-        <v>807</v>
+        <v>793</v>
       </c>
       <c r="E72" s="3" t="s">
+        <v>788</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>794</v>
+      </c>
+      <c r="G72" s="10" t="s">
+        <v>795</v>
+      </c>
+      <c r="H72" s="4" t="s">
+        <v>796</v>
+      </c>
+      <c r="I72" s="4" t="s">
+        <v>797</v>
+      </c>
+      <c r="J72" s="4" t="s">
         <v>798</v>
       </c>
-      <c r="F72" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K72" s="4" t="s">
-        <v>114</v>
+        <v>432</v>
       </c>
       <c r="L72" s="4">
-        <v>3.68</v>
+        <v>7</v>
       </c>
       <c r="M72" s="13" t="s">
-        <v>168</v>
+        <v>433</v>
       </c>
       <c r="N72" s="4" t="s">
-        <v>169</v>
+        <v>434</v>
       </c>
       <c r="O72" s="4">
-        <v>3.68</v>
+        <v>7</v>
       </c>
       <c r="P72" s="4" t="s">
-        <v>548</v>
+        <v>789</v>
       </c>
       <c r="Q72" s="4" t="s">
-        <v>549</v>
+        <v>788</v>
       </c>
       <c r="R72" s="4" t="s">
-        <v>550</v>
+        <v>790</v>
       </c>
       <c r="S72" s="4" t="s">
-        <v>551</v>
+        <v>788</v>
       </c>
       <c r="T72" s="4" t="s">
-        <v>552</v>
+        <v>791</v>
       </c>
       <c r="U72" s="4">
-        <v>3.68</v>
+        <v>7</v>
       </c>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>813</v>
+        <v>799</v>
       </c>
       <c r="D73" s="3" t="s">
-        <v>814</v>
+        <v>800</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>815</v>
+        <v>801</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>441</v>
+        <v>557</v>
       </c>
       <c r="G73" s="10" t="s">
-        <v>442</v>
+        <v>802</v>
       </c>
       <c r="H73" s="4" t="s">
-        <v>443</v>
+        <v>803</v>
       </c>
       <c r="I73" s="4" t="s">
-        <v>444</v>
+        <v>804</v>
       </c>
       <c r="J73" s="4" t="s">
-        <v>445</v>
+        <v>805</v>
       </c>
       <c r="K73" s="4" t="s">
-        <v>446</v>
+        <v>806</v>
       </c>
       <c r="L73" s="4">
-        <v>7</v>
+        <v>8.01</v>
       </c>
       <c r="M73" s="13" t="s">
-        <v>447</v>
+        <v>807</v>
       </c>
       <c r="N73" s="4" t="s">
-        <v>448</v>
+        <v>808</v>
       </c>
       <c r="O73" s="4">
-        <v>7</v>
+        <v>8.01</v>
       </c>
       <c r="P73" s="4" t="s">
-        <v>816</v>
+        <v>809</v>
       </c>
       <c r="Q73" s="4" t="s">
-        <v>815</v>
+        <v>801</v>
       </c>
       <c r="R73" s="4" t="s">
-        <v>817</v>
+        <v>810</v>
       </c>
       <c r="S73" s="4" t="s">
-        <v>815</v>
+        <v>811</v>
       </c>
       <c r="T73" s="4" t="s">
-        <v>818</v>
+        <v>810</v>
       </c>
       <c r="U73" s="4">
-        <v>7</v>
+        <v>8.01</v>
       </c>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C74" s="3" t="s">
+        <v>812</v>
+      </c>
+      <c r="D74" s="3" t="s">
+        <v>813</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>767</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>814</v>
+      </c>
+      <c r="G74" s="10" t="s">
+        <v>815</v>
+      </c>
+      <c r="H74" s="4" t="s">
+        <v>816</v>
+      </c>
+      <c r="I74" s="4" t="s">
+        <v>817</v>
+      </c>
+      <c r="J74" s="4" t="s">
+        <v>818</v>
+      </c>
+      <c r="K74" s="4" t="s">
+        <v>416</v>
+      </c>
+      <c r="L74" s="4">
+        <v>12</v>
+      </c>
+      <c r="M74" s="13" t="s">
         <v>819</v>
       </c>
-      <c r="D74" s="3" t="s">
+      <c r="N74" s="4" t="s">
         <v>820</v>
       </c>
-      <c r="E74" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F74" s="3" t="s">
+      <c r="O74" s="4">
+        <v>12</v>
+      </c>
+      <c r="P74" s="4" t="s">
         <v>821</v>
       </c>
-      <c r="G74" s="10" t="s">
+      <c r="Q74" s="4" t="s">
         <v>822</v>
       </c>
-      <c r="H74" s="4" t="s">
+      <c r="R74" s="4" t="s">
         <v>823</v>
       </c>
-      <c r="I74" s="4" t="s">
+      <c r="S74" s="4" t="s">
+        <v>822</v>
+      </c>
+      <c r="T74" s="4" t="s">
         <v>824</v>
       </c>
-      <c r="J74" s="4" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="U74" s="4">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C75" s="3" t="s">
+        <v>825</v>
+      </c>
+      <c r="D75" s="3" t="s">
         <v>826</v>
       </c>
-      <c r="D75" s="3" t="s">
+      <c r="E75" s="3" t="s">
         <v>827</v>
       </c>
-      <c r="E75" s="3" t="s">
+      <c r="F75" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="G75" s="10" t="s">
         <v>828</v>
       </c>
-      <c r="F75" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G75" s="10" t="s">
+      <c r="H75" s="4" t="s">
         <v>829</v>
       </c>
-      <c r="H75" s="4" t="s">
+      <c r="I75" s="4" t="s">
         <v>830</v>
       </c>
-      <c r="I75" s="4" t="s">
+      <c r="J75" s="4" t="s">
         <v>831</v>
       </c>
-      <c r="J75" s="4" t="s">
+      <c r="K75" s="4" t="s">
+        <v>749</v>
+      </c>
+      <c r="L75" s="4">
+        <v>47.78</v>
+      </c>
+      <c r="M75" s="13" t="s">
         <v>832</v>
       </c>
-      <c r="K75" s="4" t="s">
+      <c r="N75" s="4" t="s">
         <v>833</v>
       </c>
-      <c r="L75" s="4">
-[...2 lines deleted...]
-      <c r="M75" s="13" t="s">
+      <c r="O75" s="4">
+        <v>47.78</v>
+      </c>
+      <c r="P75" s="4" t="s">
         <v>834</v>
       </c>
-      <c r="N75" s="4" t="s">
+      <c r="Q75" s="4" t="s">
+        <v>827</v>
+      </c>
+      <c r="R75" s="4" t="s">
         <v>835</v>
       </c>
-      <c r="O75" s="4">
-[...2 lines deleted...]
-      <c r="P75" s="4" t="s">
+      <c r="S75" s="4" t="s">
         <v>836</v>
-      </c>
-[...7 lines deleted...]
-        <v>838</v>
       </c>
       <c r="T75" s="4" t="s">
         <v>837</v>
       </c>
       <c r="U75" s="4">
-        <v>8.01</v>
+        <v>47.78</v>
       </c>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C76" s="3" t="s">
+        <v>838</v>
+      </c>
+      <c r="D76" s="3" t="s">
         <v>839</v>
       </c>
-      <c r="D76" s="3" t="s">
+      <c r="E76" s="3" t="s">
         <v>840</v>
       </c>
-      <c r="E76" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F76" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="G76" s="10" t="s">
         <v>841</v>
       </c>
-      <c r="G76" s="10" t="s">
+      <c r="H76" s="4" t="s">
         <v>842</v>
       </c>
-      <c r="H76" s="4" t="s">
+      <c r="I76" s="4" t="s">
         <v>843</v>
       </c>
-      <c r="I76" s="4" t="s">
+      <c r="J76" s="4" t="s">
         <v>844</v>
       </c>
-      <c r="J76" s="4" t="s">
+      <c r="K76" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="L76" s="4">
+        <v>30.77</v>
+      </c>
+      <c r="M76" s="13" t="s">
         <v>845</v>
       </c>
-      <c r="K76" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M76" s="13" t="s">
+      <c r="N76" s="4" t="s">
         <v>846</v>
       </c>
-      <c r="N76" s="4" t="s">
+      <c r="O76" s="4">
+        <v>30.77</v>
+      </c>
+      <c r="P76" s="4" t="s">
         <v>847</v>
       </c>
-      <c r="O76" s="4">
-[...2 lines deleted...]
-      <c r="P76" s="4" t="s">
+      <c r="Q76" s="4" t="s">
+        <v>840</v>
+      </c>
+      <c r="R76" s="4" t="s">
         <v>848</v>
       </c>
-      <c r="Q76" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S76" s="4" t="s">
-        <v>849</v>
+        <v>801</v>
       </c>
       <c r="T76" s="4" t="s">
-        <v>851</v>
+        <v>848</v>
       </c>
       <c r="U76" s="4">
-        <v>12</v>
+        <v>30.77</v>
       </c>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C77" s="3" t="s">
+        <v>849</v>
+      </c>
+      <c r="D77" s="3" t="s">
+        <v>850</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>851</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="G77" s="10" t="s">
         <v>852</v>
       </c>
-      <c r="D77" s="3" t="s">
+      <c r="H77" s="4" t="s">
         <v>853</v>
       </c>
-      <c r="E77" s="3" t="s">
+      <c r="I77" s="4" t="s">
         <v>854</v>
       </c>
-      <c r="F77" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G77" s="10" t="s">
+      <c r="J77" s="4" t="s">
         <v>855</v>
       </c>
-      <c r="H77" s="4" t="s">
+      <c r="K77" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="L77" s="4">
+        <v>3.77</v>
+      </c>
+      <c r="M77" s="13" t="s">
+        <v>301</v>
+      </c>
+      <c r="N77" s="4" t="s">
+        <v>302</v>
+      </c>
+      <c r="O77" s="4">
+        <v>3.77</v>
+      </c>
+      <c r="P77" s="4" t="s">
         <v>856</v>
       </c>
-      <c r="I77" s="4" t="s">
+      <c r="Q77" s="4" t="s">
         <v>857</v>
       </c>
-      <c r="J77" s="4" t="s">
+      <c r="R77" s="4" t="s">
         <v>858</v>
       </c>
-      <c r="K77" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M77" s="13" t="s">
+      <c r="S77" s="4" t="s">
         <v>859</v>
       </c>
-      <c r="N77" s="4" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="T77" s="4" t="s">
-        <v>864</v>
+        <v>858</v>
       </c>
       <c r="U77" s="4">
-        <v>47.78</v>
+        <v>3.77</v>
       </c>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C78" s="3" t="s">
+        <v>860</v>
+      </c>
+      <c r="D78" s="3" t="s">
+        <v>861</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>851</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="G78" s="10" t="s">
+        <v>862</v>
+      </c>
+      <c r="H78" s="4" t="s">
+        <v>863</v>
+      </c>
+      <c r="I78" s="4" t="s">
+        <v>864</v>
+      </c>
+      <c r="J78" s="4" t="s">
         <v>865</v>
       </c>
-      <c r="D78" s="3" t="s">
+      <c r="K78" s="4" t="s">
         <v>866</v>
       </c>
-      <c r="E78" s="3" t="s">
+      <c r="L78" s="4">
+        <v>0.4</v>
+      </c>
+      <c r="M78" s="13" t="s">
         <v>867</v>
       </c>
-      <c r="F78" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G78" s="10" t="s">
+      <c r="N78" s="4" t="s">
         <v>868</v>
       </c>
-      <c r="H78" s="4" t="s">
+      <c r="O78" s="4">
+        <v>0.4</v>
+      </c>
+      <c r="P78" s="4" t="s">
         <v>869</v>
       </c>
-      <c r="I78" s="4" t="s">
+      <c r="Q78" s="4" t="s">
         <v>870</v>
       </c>
-      <c r="J78" s="4" t="s">
+      <c r="R78" s="4" t="s">
         <v>871</v>
       </c>
-      <c r="K78" s="4" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="S78" s="4" t="s">
-        <v>828</v>
+        <v>870</v>
       </c>
       <c r="T78" s="4" t="s">
-        <v>875</v>
+        <v>871</v>
       </c>
       <c r="U78" s="4">
-        <v>30.77</v>
+        <v>0.4</v>
       </c>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C79" s="3" t="s">
+        <v>872</v>
+      </c>
+      <c r="D79" s="3" t="s">
+        <v>873</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>874</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="G79" s="10" t="s">
+        <v>135</v>
+      </c>
+      <c r="H79" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="I79" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="J79" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="K79" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="L79" s="4">
+        <v>71.51</v>
+      </c>
+      <c r="M79" s="13" t="s">
+        <v>140</v>
+      </c>
+      <c r="N79" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="O79" s="4">
+        <v>71.51</v>
+      </c>
+      <c r="P79" s="4" t="s">
+        <v>875</v>
+      </c>
+      <c r="Q79" s="4" t="s">
+        <v>874</v>
+      </c>
+      <c r="R79" s="4" t="s">
         <v>876</v>
       </c>
-      <c r="D79" s="3" t="s">
+      <c r="S79" s="4" t="s">
         <v>877</v>
       </c>
-      <c r="E79" s="3" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="T79" s="4" t="s">
-        <v>885</v>
+        <v>876</v>
       </c>
       <c r="U79" s="4">
-        <v>3.77</v>
+        <v>71.51</v>
       </c>
       <c r="V79" s="1"/>
       <c r="W79" s="1"/>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C80" s="3" t="s">
+        <v>878</v>
+      </c>
+      <c r="D80" s="3" t="s">
+        <v>879</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>880</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>881</v>
+      </c>
+      <c r="G80" s="10" t="s">
+        <v>882</v>
+      </c>
+      <c r="H80" s="4" t="s">
+        <v>883</v>
+      </c>
+      <c r="I80" s="4" t="s">
+        <v>884</v>
+      </c>
+      <c r="J80" s="4" t="s">
+        <v>885</v>
+      </c>
+      <c r="K80" s="4" t="s">
+        <v>886</v>
+      </c>
+      <c r="L80" s="4">
+        <v>0.97</v>
+      </c>
+      <c r="M80" s="13" t="s">
+        <v>692</v>
+      </c>
+      <c r="N80" s="4" t="s">
+        <v>693</v>
+      </c>
+      <c r="O80" s="4">
+        <v>0.97</v>
+      </c>
+      <c r="P80" s="4" t="s">
         <v>887</v>
       </c>
-      <c r="D80" s="3" t="s">
+      <c r="Q80" s="4" t="s">
+        <v>880</v>
+      </c>
+      <c r="R80" s="4" t="s">
         <v>888</v>
       </c>
-      <c r="E80" s="3" t="s">
-[...5 lines deleted...]
-      <c r="G80" s="10" t="s">
+      <c r="S80" s="4" t="s">
         <v>889</v>
       </c>
-      <c r="H80" s="4" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="T80" s="4" t="s">
-        <v>897</v>
+        <v>888</v>
       </c>
       <c r="U80" s="4">
-        <v>0.4</v>
+        <v>0.97</v>
       </c>
       <c r="V80" s="1"/>
       <c r="W80" s="1"/>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C81" s="3" t="s">
+        <v>890</v>
+      </c>
+      <c r="D81" s="3" t="s">
+        <v>891</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>892</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>893</v>
+      </c>
+      <c r="G81" s="10" t="s">
+        <v>894</v>
+      </c>
+      <c r="H81" s="4" t="s">
+        <v>895</v>
+      </c>
+      <c r="I81" s="4" t="s">
+        <v>896</v>
+      </c>
+      <c r="J81" s="4" t="s">
+        <v>897</v>
+      </c>
+      <c r="K81" s="4" t="s">
         <v>898</v>
       </c>
-      <c r="D81" s="3" t="s">
+      <c r="L81" s="4">
+        <v>10.53</v>
+      </c>
+      <c r="M81" s="13" t="s">
+        <v>723</v>
+      </c>
+      <c r="N81" s="4" t="s">
+        <v>724</v>
+      </c>
+      <c r="O81" s="4">
+        <v>10.53</v>
+      </c>
+      <c r="P81" s="4" t="s">
         <v>899</v>
-      </c>
-[...34 lines deleted...]
-        <v>901</v>
       </c>
       <c r="Q81" s="4" t="s">
         <v>900</v>
       </c>
       <c r="R81" s="4" t="s">
+        <v>901</v>
+      </c>
+      <c r="S81" s="4" t="s">
         <v>902</v>
       </c>
-      <c r="S81" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T81" s="4" t="s">
-        <v>902</v>
+        <v>901</v>
       </c>
       <c r="U81" s="4">
-        <v>71.51</v>
+        <v>10.53</v>
       </c>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C82" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="D82" s="3" t="s">
         <v>904</v>
       </c>
-      <c r="D82" s="3" t="s">
+      <c r="E82" s="3" t="s">
+        <v>900</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>893</v>
+      </c>
+      <c r="G82" s="10" t="s">
         <v>905</v>
       </c>
-      <c r="E82" s="3" t="s">
+      <c r="H82" s="4" t="s">
         <v>906</v>
       </c>
-      <c r="F82" s="3" t="s">
+      <c r="I82" s="4" t="s">
         <v>907</v>
       </c>
-      <c r="G82" s="10" t="s">
+      <c r="J82" s="4" t="s">
         <v>908</v>
       </c>
-      <c r="H82" s="4" t="s">
+      <c r="K82" s="4" t="s">
         <v>909</v>
       </c>
-      <c r="I82" s="4" t="s">
+      <c r="L82" s="4">
+        <v>20.87</v>
+      </c>
+      <c r="M82" s="13" t="s">
         <v>910</v>
       </c>
-      <c r="J82" s="4" t="s">
+      <c r="N82" s="4" t="s">
         <v>911</v>
       </c>
-      <c r="K82" s="4" t="s">
+      <c r="O82" s="4">
+        <v>20.87</v>
+      </c>
+      <c r="P82" s="4" t="s">
+        <v>899</v>
+      </c>
+      <c r="Q82" s="4" t="s">
+        <v>900</v>
+      </c>
+      <c r="R82" s="4" t="s">
         <v>912</v>
       </c>
-      <c r="L82" s="4">
-[...11 lines deleted...]
-      <c r="P82" s="4" t="s">
+      <c r="S82" s="4" t="s">
         <v>913</v>
       </c>
-      <c r="Q82" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T82" s="4" t="s">
-        <v>914</v>
+        <v>912</v>
       </c>
       <c r="U82" s="4">
-        <v>0.97</v>
+        <v>20.87</v>
       </c>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C83" s="3" t="s">
+        <v>914</v>
+      </c>
+      <c r="D83" s="3" t="s">
+        <v>915</v>
+      </c>
+      <c r="E83" s="3" t="s">
         <v>916</v>
       </c>
-      <c r="D83" s="3" t="s">
+      <c r="F83" s="3" t="s">
         <v>917</v>
       </c>
-      <c r="E83" s="3" t="s">
+      <c r="G83" s="10" t="s">
         <v>918</v>
       </c>
-      <c r="F83" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G83" s="10" t="s">
+      <c r="H83" s="4" t="s">
         <v>919</v>
       </c>
-      <c r="H83" s="4" t="s">
+      <c r="I83" s="4" t="s">
         <v>920</v>
       </c>
-      <c r="I83" s="4" t="s">
+      <c r="J83" s="4" t="s">
         <v>921</v>
       </c>
-      <c r="J83" s="4" t="s">
+      <c r="K83" s="4" t="s">
         <v>922</v>
       </c>
-      <c r="K83" s="4" t="s">
+      <c r="L83" s="4">
+        <v>24.32</v>
+      </c>
+      <c r="M83" s="13" t="s">
         <v>923</v>
       </c>
-      <c r="L83" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="N83" s="4" t="s">
-        <v>751</v>
+        <v>924</v>
       </c>
       <c r="O83" s="4">
-        <v>10.53</v>
+        <v>24.32</v>
       </c>
       <c r="P83" s="4" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="Q83" s="4" t="s">
-        <v>925</v>
+        <v>916</v>
       </c>
       <c r="R83" s="4" t="s">
-        <v>926</v>
+        <v>901</v>
       </c>
       <c r="S83" s="4" t="s">
-        <v>927</v>
+        <v>902</v>
       </c>
       <c r="T83" s="4" t="s">
-        <v>926</v>
+        <v>901</v>
       </c>
       <c r="U83" s="4">
-        <v>10.53</v>
+        <v>24.32</v>
       </c>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C84" s="3" t="s">
+        <v>926</v>
+      </c>
+      <c r="D84" s="3" t="s">
+        <v>927</v>
+      </c>
+      <c r="E84" s="3" t="s">
         <v>928</v>
       </c>
-      <c r="D84" s="3" t="s">
+      <c r="F84" s="3" t="s">
         <v>929</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
       <c r="G84" s="10" t="s">
         <v>930</v>
       </c>
       <c r="H84" s="4" t="s">
         <v>931</v>
       </c>
       <c r="I84" s="4" t="s">
         <v>932</v>
       </c>
       <c r="J84" s="4" t="s">
         <v>933</v>
       </c>
       <c r="K84" s="4" t="s">
         <v>934</v>
       </c>
       <c r="L84" s="4">
-        <v>20.87</v>
+        <v>1.1</v>
       </c>
       <c r="M84" s="13" t="s">
         <v>935</v>
       </c>
       <c r="N84" s="4" t="s">
         <v>936</v>
       </c>
       <c r="O84" s="4">
-        <v>20.87</v>
+        <v>1.1</v>
       </c>
       <c r="P84" s="4" t="s">
-        <v>924</v>
+        <v>937</v>
       </c>
       <c r="Q84" s="4" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="R84" s="4" t="s">
-        <v>75</v>
+        <v>938</v>
       </c>
       <c r="S84" s="4" t="s">
-        <v>76</v>
+        <v>939</v>
       </c>
       <c r="T84" s="4" t="s">
-        <v>75</v>
+        <v>938</v>
       </c>
       <c r="U84" s="4">
-        <v>20.87</v>
+        <v>1.1</v>
       </c>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C85" s="3" t="s">
+        <v>940</v>
+      </c>
+      <c r="D85" s="3" t="s">
+        <v>941</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>928</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>942</v>
+      </c>
+      <c r="G85" s="10" t="s">
+        <v>943</v>
+      </c>
+      <c r="H85" s="4" t="s">
+        <v>944</v>
+      </c>
+      <c r="I85" s="4" t="s">
+        <v>945</v>
+      </c>
+      <c r="J85" s="4" t="s">
+        <v>946</v>
+      </c>
+      <c r="K85" s="4" t="s">
+        <v>934</v>
+      </c>
+      <c r="L85" s="4">
+        <v>1.2</v>
+      </c>
+      <c r="M85" s="13" t="s">
+        <v>947</v>
+      </c>
+      <c r="N85" s="4" t="s">
+        <v>948</v>
+      </c>
+      <c r="O85" s="4">
+        <v>1.2</v>
+      </c>
+      <c r="P85" s="4" t="s">
         <v>937</v>
       </c>
-      <c r="D85" s="3" t="s">
+      <c r="Q85" s="4" t="s">
+        <v>928</v>
+      </c>
+      <c r="R85" s="4" t="s">
         <v>938</v>
       </c>
-      <c r="E85" s="3" t="s">
+      <c r="S85" s="4" t="s">
         <v>939</v>
       </c>
-      <c r="F85" s="3" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="T85" s="4" t="s">
-        <v>926</v>
+        <v>938</v>
       </c>
       <c r="U85" s="4">
-        <v>24.32</v>
+        <v>1.2</v>
       </c>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C86" s="3" t="s">
         <v>949</v>
       </c>
       <c r="D86" s="3" t="s">
         <v>950</v>
       </c>
       <c r="E86" s="3" t="s">
+        <v>928</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G86" s="10" t="s">
         <v>951</v>
       </c>
-      <c r="F86" s="3" t="s">
+      <c r="H86" s="4" t="s">
         <v>952</v>
       </c>
-      <c r="G86" s="10" t="s">
+      <c r="I86" s="4" t="s">
         <v>953</v>
       </c>
-      <c r="H86" s="4" t="s">
+      <c r="J86" s="4" t="s">
         <v>954</v>
       </c>
-      <c r="I86" s="4" t="s">
+      <c r="K86" s="4" t="s">
+        <v>934</v>
+      </c>
+      <c r="L86" s="4">
+        <v>70</v>
+      </c>
+      <c r="M86" s="13" t="s">
         <v>955</v>
       </c>
-      <c r="J86" s="4" t="s">
+      <c r="N86" s="4" t="s">
         <v>956</v>
       </c>
-      <c r="K86" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="O86" s="4">
-        <v>1.1</v>
+        <v>70</v>
       </c>
       <c r="P86" s="4" t="s">
-        <v>960</v>
+        <v>937</v>
       </c>
       <c r="Q86" s="4" t="s">
-        <v>951</v>
+        <v>928</v>
       </c>
       <c r="R86" s="4" t="s">
-        <v>961</v>
+        <v>938</v>
       </c>
       <c r="S86" s="4" t="s">
-        <v>962</v>
+        <v>939</v>
       </c>
       <c r="T86" s="4" t="s">
-        <v>961</v>
+        <v>938</v>
       </c>
       <c r="U86" s="4">
-        <v>1.1</v>
+        <v>70</v>
       </c>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C87" s="3" t="s">
+        <v>957</v>
+      </c>
+      <c r="D87" s="3" t="s">
+        <v>958</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>928</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="G87" s="10" t="s">
+        <v>959</v>
+      </c>
+      <c r="H87" s="4" t="s">
+        <v>960</v>
+      </c>
+      <c r="I87" s="4" t="s">
+        <v>961</v>
+      </c>
+      <c r="J87" s="4" t="s">
+        <v>962</v>
+      </c>
+      <c r="K87" s="4" t="s">
+        <v>316</v>
+      </c>
+      <c r="L87" s="4">
+        <v>50</v>
+      </c>
+      <c r="M87" s="13" t="s">
         <v>963</v>
       </c>
-      <c r="D87" s="3" t="s">
+      <c r="N87" s="4" t="s">
         <v>964</v>
       </c>
-      <c r="E87" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O87" s="4">
-        <v>1.2</v>
+        <v>50</v>
       </c>
       <c r="P87" s="4" t="s">
-        <v>960</v>
+        <v>937</v>
       </c>
       <c r="Q87" s="4" t="s">
-        <v>951</v>
+        <v>928</v>
       </c>
       <c r="R87" s="4" t="s">
-        <v>961</v>
+        <v>938</v>
       </c>
       <c r="S87" s="4" t="s">
-        <v>962</v>
+        <v>939</v>
       </c>
       <c r="T87" s="4" t="s">
-        <v>961</v>
+        <v>938</v>
       </c>
       <c r="U87" s="4">
-        <v>1.2</v>
+        <v>50</v>
       </c>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C88" s="3" t="s">
+        <v>965</v>
+      </c>
+      <c r="D88" s="3" t="s">
+        <v>966</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>967</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="G88" s="10" t="s">
+        <v>968</v>
+      </c>
+      <c r="H88" s="4" t="s">
+        <v>969</v>
+      </c>
+      <c r="I88" s="4" t="s">
+        <v>970</v>
+      </c>
+      <c r="J88" s="4" t="s">
+        <v>971</v>
+      </c>
+      <c r="K88" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="L88" s="4">
+        <v>2.89</v>
+      </c>
+      <c r="M88" s="13" t="s">
         <v>972</v>
       </c>
-      <c r="D88" s="3" t="s">
+      <c r="N88" s="4" t="s">
         <v>973</v>
       </c>
-      <c r="E88" s="3" t="s">
-[...5 lines deleted...]
-      <c r="G88" s="10" t="s">
+      <c r="O88" s="4">
+        <v>2.89</v>
+      </c>
+      <c r="P88" s="4" t="s">
         <v>974</v>
       </c>
-      <c r="H88" s="4" t="s">
+      <c r="Q88" s="4" t="s">
+        <v>967</v>
+      </c>
+      <c r="R88" s="4" t="s">
         <v>975</v>
       </c>
-      <c r="I88" s="4" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="S88" s="4" t="s">
-        <v>962</v>
+        <v>967</v>
       </c>
       <c r="T88" s="4" t="s">
-        <v>961</v>
+        <v>975</v>
       </c>
       <c r="U88" s="4">
-        <v>70</v>
+        <v>2.89</v>
       </c>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C89" s="3" t="s">
+        <v>976</v>
+      </c>
+      <c r="D89" s="3" t="s">
+        <v>977</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>967</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="G89" s="10" t="s">
+        <v>978</v>
+      </c>
+      <c r="H89" s="4" t="s">
+        <v>979</v>
+      </c>
+      <c r="I89" s="4" t="s">
         <v>980</v>
       </c>
-      <c r="D89" s="3" t="s">
+      <c r="J89" s="4" t="s">
         <v>981</v>
       </c>
-      <c r="E89" s="3" t="s">
-[...5 lines deleted...]
-      <c r="G89" s="10" t="s">
+      <c r="K89" s="4" t="s">
+        <v>498</v>
+      </c>
+      <c r="L89" s="4">
+        <v>212.62</v>
+      </c>
+      <c r="M89" s="13" t="s">
         <v>982</v>
       </c>
-      <c r="H89" s="4" t="s">
+      <c r="N89" s="4" t="s">
         <v>983</v>
       </c>
-      <c r="I89" s="4" t="s">
+      <c r="O89" s="4">
+        <v>212.62</v>
+      </c>
+      <c r="P89" s="4" t="s">
         <v>984</v>
       </c>
-      <c r="J89" s="4" t="s">
+      <c r="Q89" s="4" t="s">
+        <v>967</v>
+      </c>
+      <c r="R89" s="4" t="s">
         <v>985</v>
       </c>
-      <c r="K89" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M89" s="13" t="s">
+      <c r="S89" s="4" t="s">
         <v>986</v>
       </c>
-      <c r="N89" s="4" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="T89" s="4" t="s">
-        <v>961</v>
+        <v>985</v>
       </c>
       <c r="U89" s="4">
-        <v>50</v>
+        <v>212.62</v>
       </c>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C90" s="3" t="s">
+        <v>987</v>
+      </c>
+      <c r="D90" s="3" t="s">
         <v>988</v>
       </c>
-      <c r="D90" s="3" t="s">
+      <c r="E90" s="3" t="s">
         <v>989</v>
       </c>
-      <c r="E90" s="3" t="s">
+      <c r="F90" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="G90" s="10" t="s">
+        <v>121</v>
+      </c>
+      <c r="H90" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="I90" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="J90" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="K90" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="L90" s="4">
+        <v>13.03</v>
+      </c>
+      <c r="M90" s="13" t="s">
         <v>990</v>
       </c>
-      <c r="F90" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G90" s="10" t="s">
+      <c r="N90" s="4" t="s">
         <v>991</v>
       </c>
-      <c r="H90" s="4" t="s">
+      <c r="O90" s="4">
+        <v>13.03</v>
+      </c>
+      <c r="P90" s="4" t="s">
         <v>992</v>
       </c>
-      <c r="I90" s="4" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="Q90" s="4" t="s">
-        <v>990</v>
+        <v>989</v>
       </c>
       <c r="R90" s="4" t="s">
-        <v>998</v>
+        <v>985</v>
       </c>
       <c r="S90" s="4" t="s">
-        <v>990</v>
+        <v>986</v>
       </c>
       <c r="T90" s="4" t="s">
-        <v>998</v>
+        <v>985</v>
       </c>
       <c r="U90" s="4">
-        <v>2.89</v>
+        <v>13.03</v>
       </c>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C91" s="3" t="s">
+        <v>993</v>
+      </c>
+      <c r="D91" s="3" t="s">
+        <v>994</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>995</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>996</v>
+      </c>
+      <c r="G91" s="10" t="s">
+        <v>997</v>
+      </c>
+      <c r="H91" s="4" t="s">
+        <v>998</v>
+      </c>
+      <c r="I91" s="4" t="s">
         <v>999</v>
       </c>
-      <c r="D91" s="3" t="s">
+      <c r="J91" s="4" t="s">
         <v>1000</v>
       </c>
-      <c r="E91" s="3" t="s">
-[...5 lines deleted...]
-      <c r="G91" s="10" t="s">
+      <c r="K91" s="4" t="s">
         <v>1001</v>
       </c>
-      <c r="H91" s="4" t="s">
+      <c r="L91" s="4">
+        <v>29.97</v>
+      </c>
+      <c r="M91" s="13" t="s">
         <v>1002</v>
       </c>
-      <c r="I91" s="4" t="s">
+      <c r="N91" s="4" t="s">
         <v>1003</v>
       </c>
-      <c r="J91" s="4" t="s">
+      <c r="O91" s="4">
+        <v>29.97</v>
+      </c>
+      <c r="P91" s="4" t="s">
         <v>1004</v>
       </c>
-      <c r="K91" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M91" s="13" t="s">
+      <c r="Q91" s="4" t="s">
         <v>1005</v>
       </c>
-      <c r="N91" s="4" t="s">
+      <c r="R91" s="4" t="s">
         <v>1006</v>
       </c>
-      <c r="O91" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="S91" s="4" t="s">
-        <v>1009</v>
+        <v>1005</v>
       </c>
       <c r="T91" s="4" t="s">
-        <v>1008</v>
+        <v>1006</v>
       </c>
       <c r="U91" s="4">
-        <v>212.62</v>
+        <v>29.97</v>
       </c>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C92" s="3" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D92" s="3" t="s">
+        <v>1008</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F92" s="3" t="s">
         <v>1010</v>
       </c>
-      <c r="D92" s="3" t="s">
+      <c r="G92" s="10" t="s">
         <v>1011</v>
       </c>
-      <c r="E92" s="3" t="s">
+      <c r="H92" s="4" t="s">
         <v>1012</v>
       </c>
-      <c r="F92" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I92" s="4" t="s">
-        <v>137</v>
+        <v>1013</v>
       </c>
       <c r="J92" s="4" t="s">
-        <v>138</v>
+        <v>1014</v>
       </c>
       <c r="K92" s="4" t="s">
-        <v>139</v>
+        <v>258</v>
       </c>
       <c r="L92" s="4">
-        <v>13.03</v>
+        <v>5.55</v>
       </c>
       <c r="M92" s="13" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="N92" s="4" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="O92" s="4">
-        <v>13.03</v>
+        <v>5.55</v>
       </c>
       <c r="P92" s="4" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="Q92" s="4" t="s">
-        <v>1012</v>
+        <v>1018</v>
       </c>
       <c r="R92" s="4" t="s">
-        <v>1008</v>
+        <v>1019</v>
       </c>
       <c r="S92" s="4" t="s">
-        <v>1009</v>
+        <v>1020</v>
       </c>
       <c r="T92" s="4" t="s">
-        <v>1008</v>
+        <v>1019</v>
       </c>
       <c r="U92" s="4">
-        <v>13.03</v>
+        <v>5.55</v>
       </c>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>1016</v>
+        <v>1021</v>
       </c>
       <c r="D93" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>1024</v>
+      </c>
+      <c r="G93" s="10" t="s">
+        <v>1025</v>
+      </c>
+      <c r="H93" s="4" t="s">
+        <v>1026</v>
+      </c>
+      <c r="I93" s="4" t="s">
+        <v>1027</v>
+      </c>
+      <c r="J93" s="4" t="s">
+        <v>1028</v>
+      </c>
+      <c r="K93" s="4" t="s">
+        <v>1029</v>
+      </c>
+      <c r="L93" s="4">
+        <v>5.3</v>
+      </c>
+      <c r="M93" s="13" t="s">
+        <v>1030</v>
+      </c>
+      <c r="N93" s="4" t="s">
+        <v>1031</v>
+      </c>
+      <c r="O93" s="4">
+        <v>5.3</v>
+      </c>
+      <c r="P93" s="4" t="s">
         <v>1017</v>
       </c>
-      <c r="E93" s="3" t="s">
+      <c r="Q93" s="4" t="s">
         <v>1018</v>
       </c>
-      <c r="F93" s="3" t="s">
+      <c r="R93" s="4" t="s">
         <v>1019</v>
       </c>
-      <c r="G93" s="10" t="s">
+      <c r="S93" s="4" t="s">
         <v>1020</v>
       </c>
-      <c r="H93" s="4" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="T93" s="4" t="s">
-        <v>1029</v>
+        <v>1019</v>
       </c>
       <c r="U93" s="4">
-        <v>29.97</v>
+        <v>5.3</v>
       </c>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="D94" s="3" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>1033</v>
+        <v>579</v>
       </c>
       <c r="G94" s="10" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="H94" s="4" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="I94" s="4" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="J94" s="4" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="K94" s="4" t="s">
-        <v>272</v>
+        <v>607</v>
       </c>
       <c r="L94" s="4">
-        <v>5.55</v>
+        <v>152.3</v>
       </c>
       <c r="M94" s="13" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="N94" s="4" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="O94" s="4">
-        <v>5.55</v>
+        <v>152.3</v>
       </c>
       <c r="P94" s="4" t="s">
-        <v>1040</v>
+        <v>1017</v>
       </c>
       <c r="Q94" s="4" t="s">
-        <v>1041</v>
+        <v>1018</v>
       </c>
       <c r="R94" s="4" t="s">
-        <v>1042</v>
+        <v>1019</v>
       </c>
       <c r="S94" s="4" t="s">
-        <v>1043</v>
+        <v>1020</v>
       </c>
       <c r="T94" s="4" t="s">
-        <v>1042</v>
+        <v>1019</v>
       </c>
       <c r="U94" s="4">
-        <v>5.55</v>
+        <v>152.3</v>
       </c>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C95" s="3" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D95" s="3" t="s">
+        <v>1042</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G95" s="10" t="s">
+        <v>742</v>
+      </c>
+      <c r="H95" s="4" t="s">
+        <v>743</v>
+      </c>
+      <c r="I95" s="4" t="s">
+        <v>744</v>
+      </c>
+      <c r="J95" s="4" t="s">
+        <v>745</v>
+      </c>
+      <c r="K95" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="L95" s="4">
+        <v>4.47</v>
+      </c>
+      <c r="M95" s="13" t="s">
+        <v>746</v>
+      </c>
+      <c r="N95" s="4" t="s">
+        <v>747</v>
+      </c>
+      <c r="O95" s="4">
+        <v>4.47</v>
+      </c>
+      <c r="P95" s="4" t="s">
         <v>1044</v>
       </c>
-      <c r="D95" s="3" t="s">
+      <c r="Q95" s="4" t="s">
+        <v>1043</v>
+      </c>
+      <c r="R95" s="4" t="s">
         <v>1045</v>
       </c>
-      <c r="E95" s="3" t="s">
+      <c r="S95" s="4" t="s">
         <v>1046</v>
       </c>
-      <c r="F95" s="3" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="T95" s="4" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="U95" s="4">
-        <v>5.3</v>
+        <v>4.47</v>
       </c>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C96" s="3" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D96" s="3" t="s">
+        <v>1048</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>1049</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G96" s="10" t="s">
+        <v>1051</v>
+      </c>
+      <c r="H96" s="4" t="s">
+        <v>1052</v>
+      </c>
+      <c r="I96" s="4" t="s">
+        <v>1053</v>
+      </c>
+      <c r="J96" s="4" t="s">
+        <v>1054</v>
+      </c>
+      <c r="K96" s="4" t="s">
+        <v>691</v>
+      </c>
+      <c r="L96" s="4">
+        <v>111.82</v>
+      </c>
+      <c r="M96" s="13" t="s">
         <v>1055</v>
       </c>
-      <c r="D96" s="3" t="s">
+      <c r="N96" s="4" t="s">
         <v>1056</v>
       </c>
-      <c r="E96" s="3" t="s">
+      <c r="O96" s="4">
+        <v>111.82</v>
+      </c>
+      <c r="P96" s="4" t="s">
         <v>1057</v>
       </c>
-      <c r="F96" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G96" s="10" t="s">
+      <c r="Q96" s="4" t="s">
         <v>1058</v>
       </c>
-      <c r="H96" s="4" t="s">
+      <c r="R96" s="4" t="s">
         <v>1059</v>
       </c>
-      <c r="I96" s="4" t="s">
+      <c r="S96" s="4" t="s">
         <v>1060</v>
       </c>
-      <c r="J96" s="4" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="T96" s="4" t="s">
-        <v>1042</v>
+        <v>1059</v>
       </c>
       <c r="U96" s="4">
-        <v>152.3</v>
+        <v>111.82</v>
       </c>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>1064</v>
+        <v>1061</v>
       </c>
       <c r="D97" s="3" t="s">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>1066</v>
+        <v>1060</v>
       </c>
       <c r="F97" s="3" t="s">
         <v>398</v>
       </c>
       <c r="G97" s="10" t="s">
-        <v>769</v>
+        <v>399</v>
       </c>
       <c r="H97" s="4" t="s">
-        <v>770</v>
+        <v>400</v>
       </c>
       <c r="I97" s="4" t="s">
-        <v>771</v>
+        <v>401</v>
       </c>
       <c r="J97" s="4" t="s">
-        <v>772</v>
+        <v>402</v>
       </c>
       <c r="K97" s="4" t="s">
-        <v>266</v>
+        <v>403</v>
       </c>
       <c r="L97" s="4">
-        <v>4.47</v>
+        <v>0.7</v>
       </c>
       <c r="M97" s="13" t="s">
-        <v>773</v>
+        <v>375</v>
       </c>
       <c r="N97" s="4" t="s">
-        <v>774</v>
+        <v>376</v>
       </c>
       <c r="O97" s="4">
-        <v>4.47</v>
+        <v>0.7</v>
       </c>
       <c r="P97" s="4" t="s">
-        <v>1067</v>
+        <v>1063</v>
       </c>
       <c r="Q97" s="4" t="s">
-        <v>1066</v>
+        <v>1060</v>
       </c>
       <c r="R97" s="4" t="s">
-        <v>1068</v>
+        <v>1064</v>
       </c>
       <c r="S97" s="4" t="s">
-        <v>1069</v>
+        <v>1065</v>
       </c>
       <c r="T97" s="4" t="s">
-        <v>1068</v>
+        <v>1064</v>
       </c>
       <c r="U97" s="4">
-        <v>4.47</v>
+        <v>0.7</v>
       </c>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C98" s="3" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D98" s="3" t="s">
+        <v>1067</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>1068</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>1069</v>
+      </c>
+      <c r="G98" s="10" t="s">
         <v>1070</v>
       </c>
-      <c r="D98" s="3" t="s">
+      <c r="H98" s="4" t="s">
         <v>1071</v>
       </c>
-      <c r="E98" s="3" t="s">
+      <c r="I98" s="4" t="s">
         <v>1072</v>
       </c>
-      <c r="F98" s="3" t="s">
+      <c r="J98" s="4" t="s">
         <v>1073</v>
       </c>
-      <c r="G98" s="10" t="s">
+      <c r="K98" s="4" t="s">
         <v>1074</v>
       </c>
-      <c r="H98" s="4" t="s">
+      <c r="L98" s="4">
+        <v>295.59</v>
+      </c>
+      <c r="M98" s="13" t="s">
         <v>1075</v>
       </c>
-      <c r="I98" s="4" t="s">
+      <c r="N98" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="J98" s="4" t="s">
+      <c r="O98" s="4">
+        <v>295.59</v>
+      </c>
+      <c r="P98" s="4" t="s">
         <v>1077</v>
       </c>
-      <c r="K98" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M98" s="13" t="s">
+      <c r="Q98" s="4" t="s">
+        <v>1068</v>
+      </c>
+      <c r="R98" s="4" t="s">
         <v>1078</v>
       </c>
-      <c r="N98" s="4" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="S98" s="4" t="s">
-        <v>1083</v>
+        <v>870</v>
       </c>
       <c r="T98" s="4" t="s">
-        <v>1082</v>
+        <v>1078</v>
       </c>
       <c r="U98" s="4">
-        <v>111.82</v>
+        <v>295.59</v>
       </c>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
     <row r="99" spans="1:23">
-      <c r="A99" s="3">
-[...60 lines deleted...]
-        <v>0.7</v>
+      <c r="A99" s="7" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B99" s="7"/>
+      <c r="C99" s="7"/>
+      <c r="D99" s="7"/>
+      <c r="E99" s="7"/>
+      <c r="F99" s="7"/>
+      <c r="G99" s="11"/>
+      <c r="H99" s="8"/>
+      <c r="I99" s="8"/>
+      <c r="J99" s="8"/>
+      <c r="K99" s="8"/>
+      <c r="L99" s="8">
+        <v>2503.77</v>
+      </c>
+      <c r="M99" s="14" t="s">
+        <v>1080</v>
+      </c>
+      <c r="N99" s="8"/>
+      <c r="O99" s="8">
+        <v>2504.67</v>
+      </c>
+      <c r="P99" s="8" t="s">
+        <v>1080</v>
+      </c>
+      <c r="Q99" s="8"/>
+      <c r="R99" s="8"/>
+      <c r="S99" s="8"/>
+      <c r="T99" s="8"/>
+      <c r="U99" s="8">
+        <v>2504.67</v>
       </c>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
-    </row>
-[...102 lines deleted...]
-      <c r="W101" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:U1"/>
-    <mergeCell ref="A101:K101"/>
-[...1 lines deleted...]
-    <mergeCell ref="P101:T101"/>
+    <mergeCell ref="A99:K99"/>
+    <mergeCell ref="M99:N99"/>
+    <mergeCell ref="P99:T99"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>