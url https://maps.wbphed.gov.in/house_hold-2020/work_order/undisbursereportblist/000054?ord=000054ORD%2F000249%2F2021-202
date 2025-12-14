--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F4- Undisbursed Fund" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>F4- Undisbursed Fund</t>
   </si>
   <si>
     <t>SL No</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Unique Bill No</t>
   </si>
   <si>
     <t>System Bill No</t>
   </si>
   <si>
     <t>Bill Date</t>
   </si>
   <si>
     <t>Agency</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
@@ -108,50 +108,53 @@
     <t>000054BILL/00061/2022-202</t>
   </si>
   <si>
     <t>BILL/00061/2022-2023</t>
   </si>
   <si>
     <t>09/12/2022</t>
   </si>
   <si>
     <t>M/S D.K.H CONSTRUCTION</t>
   </si>
   <si>
     <t>Retrofitting works for creacion of 'FHTC (Functional House Hold Tap Connection' in connection with Jal Jeevan Misson (JJM) and JAL SWAPNA of JAMTORA (Zone - G) under Saltora- Chhatna Block W/S Scheme (BRGF ph - I project) under Bankura Sadar Sub - Div</t>
   </si>
   <si>
     <t>000054ORD/000249/2021-202</t>
   </si>
   <si>
     <t>ORD/000249/2021-2022</t>
   </si>
   <si>
     <t>3362/BQA</t>
   </si>
   <si>
     <t>31/12/2021</t>
+  </si>
+  <si>
+    <t>Retrofitting works for creation of 'FHTC (Functional House Hold Tap Connection' in connection with Jal Jeevan Mission (JJM) and JAL SWAPNA for 22 nos. mouzas (Alutia, Chholagasa, Satkhulia, Tilajuri, Aljharia, Dhengagora, Bagmara, Katharia, Bijpur, Siulib</t>
   </si>
   <si>
     <t>SM/09499</t>
   </si>
   <si>
     <t>2238/BQA</t>
   </si>
   <si>
     <t>FAD/001812/2022</t>
   </si>
   <si>
     <t>14/12/2022</t>
   </si>
   <si>
     <t>2295/DPHE-12/14</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>#</t>
   </si>
 </sst>
 </file>
 
@@ -718,104 +721,106 @@
       </c>
       <c r="E3" s="3" t="s">
         <v>25</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>26</v>
       </c>
       <c r="G3" s="10" t="s">
         <v>27</v>
       </c>
       <c r="H3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="J3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="L3" s="4">
         <v>92.53</v>
       </c>
-      <c r="M3" s="13"/>
+      <c r="M3" s="13" t="s">
+        <v>32</v>
+      </c>
       <c r="N3" s="4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="O3" s="4">
         <v>92.53</v>
       </c>
       <c r="P3" s="4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="Q3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="R3" s="4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="S3" s="4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="T3" s="4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="U3" s="4">
         <v>92.53</v>
       </c>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
       <c r="D4" s="7"/>
       <c r="E4" s="7"/>
       <c r="F4" s="7"/>
       <c r="G4" s="11"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
       <c r="L4" s="8">
         <v>92.53</v>
       </c>
       <c r="M4" s="14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="N4" s="8"/>
       <c r="O4" s="8">
         <v>92.53</v>
       </c>
       <c r="P4" s="8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q4" s="8"/>
       <c r="R4" s="8"/>
       <c r="S4" s="8"/>
       <c r="T4" s="8"/>
       <c r="U4" s="8">
         <v>92.53</v>
       </c>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:U1"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="P4:T4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>