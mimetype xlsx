--- v0 (2025-12-07)
+++ v1 (2026-01-11)
@@ -251,54 +251,54 @@
   <si>
     <t>BILL/00342/2022-2023</t>
   </si>
   <si>
     <t>17/02/2023</t>
   </si>
   <si>
     <t>GOBINDA MAITY</t>
   </si>
   <si>
     <t>Sinking of Tube Well ,Laying distribution pipe line, Pump House, Boundary wall, Soil investigation, 400 CuM OHR (Intze type with pile foundation) &amp; Accommodate FHTC under JJM with allied work for (i) Ranichak &amp; its adjoining mouzas W/S Scheme, (ii) J</t>
   </si>
   <si>
     <t>000051ORD/000499/2022-202</t>
   </si>
   <si>
     <t>ORD/000499/2022-2023</t>
   </si>
   <si>
     <t>2364/MD</t>
   </si>
   <si>
     <t>21/11/2022</t>
   </si>
   <si>
-    <t>Ground Based Pipe Water Supply Scheme for Ranichak &amp; its adjoining mouzas.</t>
-[...2 lines deleted...]
-    <t>SM/11624</t>
+    <t>Ground Based Pipe Water Supply Scheme for Ramkrishnapur &amp; its adjoining mouzas.</t>
+  </si>
+  <si>
+    <t>SM/11623</t>
   </si>
   <si>
     <t>188/DW</t>
   </si>
   <si>
     <t>FAD/002508/2022</t>
   </si>
   <si>
     <t>22/02/2023</t>
   </si>
   <si>
     <t>3123/DPHE-12/14</t>
   </si>
   <si>
     <t>000051BILL/00384/2025-202</t>
   </si>
   <si>
     <t>BILL/00384/2025-2026</t>
   </si>
   <si>
     <t>28/07/2025</t>
   </si>
   <si>
     <t>UTSAV AGENCY</t>
   </si>
@@ -1356,69 +1356,69 @@
       <c r="G7" s="10" t="s">
         <v>74</v>
       </c>
       <c r="H7" s="4" t="s">
         <v>75</v>
       </c>
       <c r="I7" s="4" t="s">
         <v>76</v>
       </c>
       <c r="J7" s="4" t="s">
         <v>77</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L7" s="4">
         <v>92.06</v>
       </c>
       <c r="M7" s="13" t="s">
         <v>79</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O7" s="4">
-        <v>44.3</v>
+        <v>9.43</v>
       </c>
       <c r="P7" s="4" t="s">
         <v>81</v>
       </c>
       <c r="Q7" s="4" t="s">
         <v>72</v>
       </c>
       <c r="R7" s="4" t="s">
         <v>82</v>
       </c>
       <c r="S7" s="4" t="s">
         <v>83</v>
       </c>
       <c r="T7" s="4" t="s">
         <v>84</v>
       </c>
       <c r="U7" s="4">
-        <v>44.3</v>
+        <v>9.43</v>
       </c>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>85</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>86</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>87</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>88</v>
       </c>
       <c r="G8" s="10" t="s">
         <v>89</v>
@@ -1937,61 +1937,61 @@
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>158</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="7"/>
       <c r="F16" s="7"/>
       <c r="G16" s="11"/>
       <c r="H16" s="8"/>
       <c r="I16" s="8"/>
       <c r="J16" s="8"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8">
         <v>134.49</v>
       </c>
       <c r="M16" s="14" t="s">
         <v>159</v>
       </c>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
-        <v>86.73</v>
+        <v>51.86</v>
       </c>
       <c r="P16" s="8" t="s">
         <v>159</v>
       </c>
       <c r="Q16" s="8"/>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="8"/>
       <c r="U16" s="8">
-        <v>86.73</v>
+        <v>51.86</v>
       </c>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:U1"/>
     <mergeCell ref="A16:K16"/>
     <mergeCell ref="M16:N16"/>
     <mergeCell ref="P16:T16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>