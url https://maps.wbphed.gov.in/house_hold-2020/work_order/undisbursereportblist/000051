--- v1 (2026-01-11)
+++ v2 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="F4- Undisbursed Fund" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>F4- Undisbursed Fund</t>
   </si>
   <si>
     <t>SL No</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Unique Bill No</t>
   </si>
   <si>
     <t>System Bill No</t>
   </si>
   <si>
     <t>Bill Date</t>
   </si>
   <si>
     <t>Agency</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
@@ -267,137 +267,50 @@
     <t>ORD/000499/2022-2023</t>
   </si>
   <si>
     <t>2364/MD</t>
   </si>
   <si>
     <t>21/11/2022</t>
   </si>
   <si>
     <t>Ground Based Pipe Water Supply Scheme for Ramkrishnapur &amp; its adjoining mouzas.</t>
   </si>
   <si>
     <t>SM/11623</t>
   </si>
   <si>
     <t>188/DW</t>
   </si>
   <si>
     <t>FAD/002508/2022</t>
   </si>
   <si>
     <t>22/02/2023</t>
   </si>
   <si>
     <t>3123/DPHE-12/14</t>
-  </si>
-[...85 lines deleted...]
-    <t>142/RWS/MI</t>
   </si>
   <si>
     <t>000051BILL/00395/2022-202</t>
   </si>
   <si>
     <t>BILL/00395/2022-2023</t>
   </si>
   <si>
     <t>27/02/2023</t>
   </si>
   <si>
     <t>DIPAK KUMAR DOLAI</t>
   </si>
   <si>
     <t>Construction of RCC Pile for Over Head Reservoir (in place of Intze type with solid raft) of capacity 300 CuM and Staging height 20 mtr. as per approved drawing (No:- PC-I/OHR/07/2012) with allied works for Gobindanagar &amp; its adjoining Mouzas W/S Scheme w</t>
   </si>
   <si>
     <t>000051ORD/000475/2022-202</t>
   </si>
   <si>
     <t>ORD/000475/2022-2023</t>
   </si>
   <si>
     <t>2270/MD</t>
   </si>
@@ -921,51 +834,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W16"/>
+  <dimension ref="A1:W11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="M2" sqref="M2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="36.419678" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="50" customWidth="true" style="0"/>
     <col min="14" max="14" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="23.422852" bestFit="true" customWidth="true" style="0"/>
@@ -1402,607 +1315,272 @@
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>85</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>86</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>87</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>88</v>
       </c>
       <c r="G8" s="10" t="s">
         <v>89</v>
       </c>
       <c r="H8" s="4" t="s">
-        <v>42</v>
+        <v>90</v>
       </c>
       <c r="I8" s="4" t="s">
-        <v>43</v>
+        <v>91</v>
       </c>
       <c r="J8" s="4" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="K8" s="4" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="L8" s="4">
-        <v>0.08</v>
+        <v>24</v>
       </c>
       <c r="M8" s="13" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="O8" s="4">
-        <v>0.08</v>
+        <v>24</v>
       </c>
       <c r="P8" s="4" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="Q8" s="4" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="R8" s="4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="S8" s="4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="T8" s="4" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="U8" s="4">
-        <v>0.08</v>
+        <v>24</v>
       </c>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C9" s="3" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>87</v>
+        <v>102</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="G9" s="10" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="H9" s="4" t="s">
-        <v>42</v>
+        <v>105</v>
       </c>
       <c r="I9" s="4" t="s">
-        <v>43</v>
+        <v>106</v>
       </c>
       <c r="J9" s="4" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="K9" s="4" t="s">
-        <v>91</v>
+        <v>108</v>
       </c>
       <c r="L9" s="4">
-        <v>0.1</v>
+        <v>1.53</v>
       </c>
       <c r="M9" s="13" t="s">
-        <v>92</v>
+        <v>109</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="O9" s="4">
-        <v>0.1</v>
+        <v>1.53</v>
       </c>
       <c r="P9" s="4" t="s">
-        <v>94</v>
+        <v>111</v>
       </c>
       <c r="Q9" s="4" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="R9" s="4" t="s">
-        <v>96</v>
+        <v>112</v>
       </c>
       <c r="S9" s="4" t="s">
-        <v>97</v>
+        <v>113</v>
       </c>
       <c r="T9" s="4" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="U9" s="4">
-        <v>0.1</v>
+        <v>1.53</v>
       </c>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>102</v>
+        <v>115</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>103</v>
+        <v>116</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>87</v>
+        <v>117</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>88</v>
+        <v>118</v>
       </c>
       <c r="G10" s="10" t="s">
-        <v>104</v>
+        <v>119</v>
       </c>
       <c r="H10" s="4" t="s">
-        <v>42</v>
+        <v>120</v>
       </c>
       <c r="I10" s="4" t="s">
-        <v>43</v>
+        <v>121</v>
       </c>
       <c r="J10" s="4" t="s">
-        <v>105</v>
+        <v>122</v>
       </c>
       <c r="K10" s="4" t="s">
-        <v>91</v>
+        <v>123</v>
       </c>
       <c r="L10" s="4">
-        <v>0.05</v>
+        <v>0.51</v>
       </c>
       <c r="M10" s="13" t="s">
-        <v>92</v>
+        <v>124</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>93</v>
+        <v>125</v>
       </c>
       <c r="O10" s="4">
-        <v>0.05</v>
+        <v>0.51</v>
       </c>
       <c r="P10" s="4" t="s">
-        <v>94</v>
+        <v>126</v>
       </c>
       <c r="Q10" s="4" t="s">
-        <v>95</v>
+        <v>117</v>
       </c>
       <c r="R10" s="4" t="s">
-        <v>96</v>
+        <v>127</v>
       </c>
       <c r="S10" s="4" t="s">
-        <v>97</v>
+        <v>128</v>
       </c>
       <c r="T10" s="4" t="s">
-        <v>96</v>
+        <v>127</v>
       </c>
       <c r="U10" s="4">
-        <v>0.05</v>
+        <v>0.51</v>
       </c>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
-      <c r="A11" s="3">
-[...60 lines deleted...]
-        <v>0.09</v>
+      <c r="A11" s="7" t="s">
+        <v>129</v>
+      </c>
+      <c r="B11" s="7"/>
+      <c r="C11" s="7"/>
+      <c r="D11" s="7"/>
+      <c r="E11" s="7"/>
+      <c r="F11" s="7"/>
+      <c r="G11" s="11"/>
+      <c r="H11" s="8"/>
+      <c r="I11" s="8"/>
+      <c r="J11" s="8"/>
+      <c r="K11" s="8"/>
+      <c r="L11" s="8">
+        <v>134.12</v>
+      </c>
+      <c r="M11" s="14" t="s">
+        <v>130</v>
+      </c>
+      <c r="N11" s="8"/>
+      <c r="O11" s="8">
+        <v>51.49</v>
+      </c>
+      <c r="P11" s="8" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q11" s="8"/>
+      <c r="R11" s="8"/>
+      <c r="S11" s="8"/>
+      <c r="T11" s="8"/>
+      <c r="U11" s="8">
+        <v>51.49</v>
       </c>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
-    </row>
-[...303 lines deleted...]
-      <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:U1"/>
-    <mergeCell ref="A16:K16"/>
-[...1 lines deleted...]
-    <mergeCell ref="P16:T16"/>
+    <mergeCell ref="A11:K11"/>
+    <mergeCell ref="M11:N11"/>
+    <mergeCell ref="P11:T11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>