--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="No. of unauthorized work order " sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>No. of unauthorized work order (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>System Order No</t>
   </si>
   <si>
     <t>Order Date</t>
   </si>
   <si>
     <t>Memo Number</t>
   </si>
   <si>
     <t>Vendor Name</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
@@ -387,50 +387,65 @@
     <t>1134/MEDB</t>
   </si>
   <si>
     <t>Providing and installation of Electro_Mechanical equipment and Allied works for Arsenic Iron Removal Plant at Paschim Rampur ground water supply scheme in Bhagwabgola-I Block Dist_Murshidabad under MEDB PHE Dte. "</t>
   </si>
   <si>
     <t>ORD/000011/2025-2026</t>
   </si>
   <si>
     <t>1136/MEDB</t>
   </si>
   <si>
     <t>DEY ENTERPRISE (MALDA)</t>
   </si>
   <si>
     <t>Providing and installation of Electro_Mechanical equipment and Allied works for Arsenic Iron Removal Plant at Gobra ground water supply scheme in Bhagwabgola-I Block Dist_Murshidabad under MEDB PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000013/2025-2026</t>
   </si>
   <si>
     <t>1138/MEDB</t>
   </si>
   <si>
     <t>Providing and installation of Electro_Mechanical equipment and Allied works for Arsenic Iron Removal Plant at Sundarpur ground water supply scheme in Bhagwabgola-I Block, Dist_Murshidabad under MEDB PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000776/2025-2026</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>61/MEDB</t>
+  </si>
+  <si>
+    <t>M/S. T.K. BASU RAY</t>
+  </si>
+  <si>
+    <t>Day to day Operation and guarding of the pumping machinery through Auto Motor Starter Panel at P.H. No. I and II under CHAR MAHULA W/S Scheme, Block-BERHAMPORE through Auto Motor Starter Panel at P.H. No. I AND II under of Faridpur W/S Scheme, Block- BH</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -810,51 +825,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W32"/>
+  <dimension ref="A1:W33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G2" sqref="G2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993408" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
@@ -2071,83 +2086,124 @@
         <v>13</v>
       </c>
       <c r="G31" s="10" t="s">
         <v>124</v>
       </c>
       <c r="H31" s="4">
         <v>39.58</v>
       </c>
       <c r="I31" s="1"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
       <c r="Q31" s="1"/>
       <c r="R31" s="1"/>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
-      <c r="A32" s="7" t="s">
+      <c r="A32" s="3">
+        <v>30</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="B32" s="7"/>
-[...6 lines deleted...]
-        <v>785.63</v>
+      <c r="D32" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F32" s="10" t="s">
+        <v>128</v>
+      </c>
+      <c r="G32" s="10" t="s">
+        <v>129</v>
+      </c>
+      <c r="H32" s="4">
+        <v>14.51</v>
       </c>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1"/>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
       <c r="O32" s="1"/>
       <c r="P32" s="1"/>
       <c r="Q32" s="1"/>
       <c r="R32" s="1"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
+    <row r="33" spans="1:23">
+      <c r="A33" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="B33" s="7"/>
+      <c r="C33" s="7"/>
+      <c r="D33" s="7"/>
+      <c r="E33" s="7"/>
+      <c r="F33" s="11"/>
+      <c r="G33" s="11"/>
+      <c r="H33" s="8">
+        <v>800.13</v>
+      </c>
+      <c r="I33" s="1"/>
+      <c r="J33" s="1"/>
+      <c r="K33" s="1"/>
+      <c r="L33" s="1"/>
+      <c r="M33" s="1"/>
+      <c r="N33" s="1"/>
+      <c r="O33" s="1"/>
+      <c r="P33" s="1"/>
+      <c r="Q33" s="1"/>
+      <c r="R33" s="1"/>
+      <c r="S33" s="1"/>
+      <c r="T33" s="1"/>
+      <c r="U33" s="1"/>
+      <c r="V33" s="1"/>
+      <c r="W33" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A32:G32"/>
+    <mergeCell ref="A33:G33"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>