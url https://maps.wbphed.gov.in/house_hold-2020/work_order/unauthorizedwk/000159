--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="No. of unauthorized work order " sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>No. of unauthorized work order (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>System Order No</t>
   </si>
   <si>
     <t>Order Date</t>
   </si>
   <si>
     <t>Memo Number</t>
   </si>
   <si>
     <t>Vendor Name</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
@@ -177,50 +177,65 @@
     <t>04/06/2025</t>
   </si>
   <si>
     <t>1140/EMD</t>
   </si>
   <si>
     <t>ELECTRICAL &amp; MECHANICAL ENGINEERING CORPORATION</t>
   </si>
   <si>
     <t>Supply, delivery, installation Commissioning of Electro Mechanical Equipments and allied works at PALASHIPARA W/S Scheme Block- Tehatta-II under Eastern Mechanical Division, P.H.E, Dte. Dist. Nadia. [SM/10691]</t>
   </si>
   <si>
     <t>ORD/000027/2025-2026</t>
   </si>
   <si>
     <t>04/04/2025</t>
   </si>
   <si>
     <t>697/EMD</t>
   </si>
   <si>
     <t>M/S. MANDAL ENTERPRISE</t>
   </si>
   <si>
     <t>Providing, installation and commissioning of submersible pumping machinery along with allied Electro-Mechanical works for Newly Sunk Tube Well in connection to accommodate FHTC under Bahirgachi (Z-I) (Source Augmentation, Mathurapur) PWSS under Block_ C</t>
+  </si>
+  <si>
+    <t>ORD/001708/2025-2026</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>19/j</t>
+  </si>
+  <si>
+    <t>TRICON INFRASTRUCTURE</t>
+  </si>
+  <si>
+    <t>Operation &amp; Guarding of the pumping machinery at Pump House No. I &amp; II under Mobarakpur W/S Scheme under EMSD.III. P.H.E.Dte. Dist. Nadia. (Un-manned) (SM/01486)</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -600,51 +615,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W12"/>
+  <dimension ref="A1:W13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G2" sqref="G2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
@@ -1041,83 +1056,124 @@
         <v>53</v>
       </c>
       <c r="G11" s="10" t="s">
         <v>54</v>
       </c>
       <c r="H11" s="4">
         <v>10.55</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
-      <c r="A12" s="7" t="s">
+      <c r="A12" s="3">
+        <v>10</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B12" s="7"/>
-[...6 lines deleted...]
-        <v>236.24</v>
+      <c r="D12" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F12" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="G12" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="H12" s="4">
+        <v>0.62</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
       <c r="P12" s="1"/>
       <c r="Q12" s="1"/>
       <c r="R12" s="1"/>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
+    <row r="13" spans="1:23">
+      <c r="A13" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B13" s="7"/>
+      <c r="C13" s="7"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="7"/>
+      <c r="F13" s="11"/>
+      <c r="G13" s="11"/>
+      <c r="H13" s="8">
+        <v>236.86</v>
+      </c>
+      <c r="I13" s="1"/>
+      <c r="J13" s="1"/>
+      <c r="K13" s="1"/>
+      <c r="L13" s="1"/>
+      <c r="M13" s="1"/>
+      <c r="N13" s="1"/>
+      <c r="O13" s="1"/>
+      <c r="P13" s="1"/>
+      <c r="Q13" s="1"/>
+      <c r="R13" s="1"/>
+      <c r="S13" s="1"/>
+      <c r="T13" s="1"/>
+      <c r="U13" s="1"/>
+      <c r="V13" s="1"/>
+      <c r="W13" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A12:G12"/>
+    <mergeCell ref="A13:G13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>