--- v0 (2025-12-07)
+++ v1 (2026-01-11)
@@ -12,128 +12,152 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="No. of unauthorized work order " sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>No. of unauthorized work order (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>System Order No</t>
   </si>
   <si>
     <t>Order Date</t>
   </si>
   <si>
     <t>Memo Number</t>
   </si>
   <si>
     <t>Vendor Name</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
     <t>Order Value</t>
   </si>
   <si>
     <t>South 24 Pgs Mechanical Division</t>
   </si>
   <si>
     <t>ORD/000712/2024-2025</t>
   </si>
   <si>
     <t>28/10/2024</t>
   </si>
   <si>
     <t>3420/SMD</t>
   </si>
   <si>
     <t>ELECTRICAL &amp; MECHANICAL ENGINEERING CORPORATION</t>
   </si>
   <si>
     <t>Supply, installation and commissioning of submersible pumping machinery along with allied accessories at Replacement of TW-1, Zone-I, Augmentation of Kamalpur Rudranagar (Phase-B) water supply scheme under South 24 Pgs. Mechanical Division, PHE Dte. [Bloc</t>
   </si>
   <si>
     <t>ORD/000714/2024-2025</t>
   </si>
   <si>
-    <t>ORD/000723/2024-2025</t>
-[...13 lines deleted...]
-  <si>
     <t>ORD/000698/2024-2025</t>
   </si>
   <si>
     <t>17/04/2024</t>
   </si>
   <si>
     <t>1410/SMD</t>
   </si>
   <si>
     <t>T.S. CONSTRUCTION</t>
   </si>
   <si>
     <t>Additional Work related to Supply &amp; delivery of Submersible pumping machinery along with allied accessories at P.H. 4 for Dakshin Roypur W/S Schemes under South 24-Pgs Mechanical Division, PHE Dte. [Block-Pathar Pratima]</t>
+  </si>
+  <si>
+    <t>ORD/000986/2025-2026</t>
+  </si>
+  <si>
+    <t>17/04/2025</t>
+  </si>
+  <si>
+    <t>569-SMSD</t>
+  </si>
+  <si>
+    <t>WEST BENGAL ENGINEERING CO.</t>
+  </si>
+  <si>
+    <t>Improvement of outdoor Illumination arrangement with allied works at Pump House no-1 of Lakshminarayanpur W/S Scheme under SMD, P.H.E. Dte. (Block-Jaynagar-I) (SM/14873)</t>
+  </si>
+  <si>
+    <t>ORD/000987/2025-2026</t>
+  </si>
+  <si>
+    <t>570/SMSD</t>
+  </si>
+  <si>
+    <t>Supply &amp; laying of submersible cable through non metalic pipes for electrical connection of pumping machinery with Pump House no-1 of Lakshminarayanpur W/S Scheme under SMD, P.H.E. Dte. (Block-Jaynagar-I) (SM/14873)</t>
+  </si>
+  <si>
+    <t>ORD/000972/2025-2026</t>
+  </si>
+  <si>
+    <t>27/08/2025</t>
+  </si>
+  <si>
+    <t>2507/SMD</t>
+  </si>
+  <si>
+    <t>M/S. S.S. ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Continuation order for Providing guarding arrangement for GLR-2 at DH-II under Falta Mathurapur Mega surface water based water supply project in South 24pgs district under SMD,PHE Dte.</t>
   </si>
   <si>
     <t>ORD/002498/2024-2025</t>
   </si>
   <si>
     <t>16/12/2024</t>
   </si>
   <si>
     <t>4382/SMD</t>
   </si>
   <si>
     <t>K.S.P ENTERPRISE</t>
   </si>
   <si>
     <t>Supply, delivery and installation of 20 KVA servo motor operated Copper wound line voltage stabilizer at P.H. No. 1 of Atmarampur Water Supply Scheme under SMD, PHE Dte. [Block: Budge Budge-I]</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -528,51 +552,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W8"/>
+  <dimension ref="A1:W10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G2" sqref="G2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="38.847656" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
@@ -704,184 +728,266 @@
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="10" t="s">
         <v>19</v>
       </c>
       <c r="G5" s="10" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="4">
-        <v>106.17</v>
+        <v>8.82</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="10" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="10" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="4">
-        <v>8.82</v>
+        <v>0.72</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>26</v>
       </c>
       <c r="D7" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E7" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="E7" s="3" t="s">
+      <c r="F7" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="G7" s="10" t="s">
         <v>28</v>
       </c>
-      <c r="F7" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H7" s="4">
-        <v>2.85</v>
+        <v>0.81</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
-      <c r="A8" s="7" t="s">
+      <c r="A8" s="3">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B8" s="7"/>
-[...6 lines deleted...]
-        <v>139.54</v>
+      <c r="F8" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="G8" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="H8" s="4">
+        <v>21.24</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
+    <row r="9" spans="1:23">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F9" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="G9" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H9" s="4">
+        <v>2.85</v>
+      </c>
+      <c r="I9" s="1"/>
+      <c r="J9" s="1"/>
+      <c r="K9" s="1"/>
+      <c r="L9" s="1"/>
+      <c r="M9" s="1"/>
+      <c r="N9" s="1"/>
+      <c r="O9" s="1"/>
+      <c r="P9" s="1"/>
+      <c r="Q9" s="1"/>
+      <c r="R9" s="1"/>
+      <c r="S9" s="1"/>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+    </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" s="7"/>
+      <c r="C10" s="7"/>
+      <c r="D10" s="7"/>
+      <c r="E10" s="7"/>
+      <c r="F10" s="11"/>
+      <c r="G10" s="11"/>
+      <c r="H10" s="8">
+        <v>56.14</v>
+      </c>
+      <c r="I10" s="1"/>
+      <c r="J10" s="1"/>
+      <c r="K10" s="1"/>
+      <c r="L10" s="1"/>
+      <c r="M10" s="1"/>
+      <c r="N10" s="1"/>
+      <c r="O10" s="1"/>
+      <c r="P10" s="1"/>
+      <c r="Q10" s="1"/>
+      <c r="R10" s="1"/>
+      <c r="S10" s="1"/>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A8:G8"/>
+    <mergeCell ref="A10:G10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>