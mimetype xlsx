--- v1 (2026-01-11)
+++ v2 (2026-03-03)
@@ -12,167 +12,98 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="No. of unauthorized work order " sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>No. of unauthorized work order (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>System Order No</t>
   </si>
   <si>
     <t>Order Date</t>
   </si>
   <si>
     <t>Memo Number</t>
   </si>
   <si>
     <t>Vendor Name</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
     <t>Order Value</t>
   </si>
   <si>
     <t>South 24 Pgs Mechanical Division</t>
   </si>
   <si>
     <t>ORD/000712/2024-2025</t>
   </si>
   <si>
     <t>28/10/2024</t>
   </si>
   <si>
     <t>3420/SMD</t>
   </si>
   <si>
     <t>ELECTRICAL &amp; MECHANICAL ENGINEERING CORPORATION</t>
   </si>
   <si>
     <t>Supply, installation and commissioning of submersible pumping machinery along with allied accessories at Replacement of TW-1, Zone-I, Augmentation of Kamalpur Rudranagar (Phase-B) water supply scheme under South 24 Pgs. Mechanical Division, PHE Dte. [Bloc</t>
   </si>
   <si>
     <t>ORD/000714/2024-2025</t>
-  </si>
-[...67 lines deleted...]
-    <t>Supply, delivery and installation of 20 KVA servo motor operated Copper wound line voltage stabilizer at P.H. No. 1 of Atmarampur Water Supply Scheme under SMD, PHE Dte. [Block: Budge Budge-I]</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -552,51 +483,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W10"/>
+  <dimension ref="A1:W5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G2" sqref="G2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="38.847656" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
@@ -706,288 +637,83 @@
         <v>13</v>
       </c>
       <c r="G4" s="10" t="s">
         <v>14</v>
       </c>
       <c r="H4" s="4">
         <v>10.85</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
-      <c r="A5" s="3">
-[...5 lines deleted...]
-      <c r="C5" s="3" t="s">
+      <c r="A5" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="D5" s="3" t="s">
-[...12 lines deleted...]
-        <v>8.82</v>
+      <c r="B5" s="7"/>
+      <c r="C5" s="7"/>
+      <c r="D5" s="7"/>
+      <c r="E5" s="7"/>
+      <c r="F5" s="11"/>
+      <c r="G5" s="11"/>
+      <c r="H5" s="8">
+        <v>21.69</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
-    <row r="6" spans="1:23">
-[...191 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A10:G10"/>
+    <mergeCell ref="A5:G5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>