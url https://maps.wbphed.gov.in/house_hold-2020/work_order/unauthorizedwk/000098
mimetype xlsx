--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="No. of unauthorized work order " sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>No. of unauthorized work order (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>System Order No</t>
   </si>
   <si>
     <t>Order Date</t>
   </si>
   <si>
     <t>Memo Number</t>
   </si>
   <si>
     <t>Vendor Name</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
@@ -282,50 +282,65 @@
     <t>D S CONSTRUCTION</t>
   </si>
   <si>
     <t>ORD/000312/2025-2026</t>
   </si>
   <si>
     <t>ORD/000313/2025-2026</t>
   </si>
   <si>
     <t>ORD/000321/2025-2026</t>
   </si>
   <si>
     <t>ORD/000322/2025-2026</t>
   </si>
   <si>
     <t>ORD/000268/2025-2026</t>
   </si>
   <si>
     <t>766/CD</t>
   </si>
   <si>
     <t>SUBHAS CHANDRA ROY</t>
   </si>
   <si>
     <t>ORD/000306/2025-2026</t>
+  </si>
+  <si>
+    <t>ORD/000819/2025-2026</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>8008/CD</t>
+  </si>
+  <si>
+    <t>SHIBA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>MTC. OF JORPATKI Water Supply Scheme at COOCH BEHAR DISTRICT</t>
   </si>
   <si>
     <t>ORD/000304/2025-2026</t>
   </si>
   <si>
     <t>ORD/000305/2025-2026</t>
   </si>
   <si>
     <t>ORD/000307/2025-2026</t>
   </si>
   <si>
     <t>ORD/000316/2025-2026</t>
   </si>
   <si>
     <t>ORD/000320/2025-2026</t>
   </si>
   <si>
     <t>ORD/000274/2025-2026</t>
   </si>
   <si>
     <t>740/CD</t>
   </si>
   <si>
     <t>KRISHNA GOPAL BASAK</t>
   </si>
@@ -747,51 +762,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W46"/>
+  <dimension ref="A1:W47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G2" sqref="G2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
@@ -2141,524 +2156,565 @@
       <c r="K34" s="1"/>
       <c r="L34" s="1"/>
       <c r="M34" s="1"/>
       <c r="N34" s="1"/>
       <c r="O34" s="1"/>
       <c r="P34" s="1"/>
       <c r="Q34" s="1"/>
       <c r="R34" s="1"/>
       <c r="S34" s="1"/>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>90</v>
       </c>
       <c r="D35" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>4044</v>
+        <v>91</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>92</v>
       </c>
       <c r="F35" s="10" t="s">
-        <v>62</v>
+        <v>93</v>
       </c>
       <c r="G35" s="10" t="s">
-        <v>47</v>
+        <v>94</v>
       </c>
       <c r="H35" s="4">
-        <v>0</v>
+        <v>14.19</v>
       </c>
       <c r="I35" s="1"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1"/>
       <c r="L35" s="1"/>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
       <c r="O35" s="1"/>
       <c r="P35" s="1"/>
       <c r="Q35" s="1"/>
       <c r="R35" s="1"/>
       <c r="S35" s="1"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>61</v>
       </c>
       <c r="E36" s="3">
-        <v>4045</v>
+        <v>4044</v>
       </c>
       <c r="F36" s="10" t="s">
         <v>62</v>
       </c>
       <c r="G36" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H36" s="4">
         <v>0</v>
       </c>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="1"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
       <c r="Q36" s="1"/>
       <c r="R36" s="1"/>
       <c r="S36" s="1"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>61</v>
       </c>
       <c r="E37" s="3">
-        <v>4047</v>
+        <v>4045</v>
       </c>
       <c r="F37" s="10" t="s">
         <v>62</v>
       </c>
       <c r="G37" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H37" s="4">
         <v>0</v>
       </c>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="1"/>
       <c r="R37" s="1"/>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>61</v>
       </c>
       <c r="E38" s="3">
-        <v>4056</v>
+        <v>4047</v>
       </c>
       <c r="F38" s="10" t="s">
         <v>62</v>
       </c>
       <c r="G38" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H38" s="4">
         <v>0</v>
       </c>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
       <c r="Q38" s="1"/>
       <c r="R38" s="1"/>
       <c r="S38" s="1"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>61</v>
       </c>
       <c r="E39" s="3">
-        <v>4060</v>
+        <v>4056</v>
       </c>
       <c r="F39" s="10" t="s">
         <v>62</v>
       </c>
       <c r="G39" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H39" s="4">
         <v>0</v>
       </c>
       <c r="I39" s="1"/>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
       <c r="O39" s="1"/>
       <c r="P39" s="1"/>
       <c r="Q39" s="1"/>
       <c r="R39" s="1"/>
       <c r="S39" s="1"/>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="D40" s="3" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>61</v>
+      </c>
+      <c r="E40" s="3">
+        <v>4060</v>
       </c>
       <c r="F40" s="10" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="G40" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H40" s="4">
-        <v>25.79</v>
+        <v>0</v>
       </c>
       <c r="I40" s="1"/>
       <c r="J40" s="1"/>
       <c r="K40" s="1"/>
       <c r="L40" s="1"/>
       <c r="M40" s="1"/>
       <c r="N40" s="1"/>
       <c r="O40" s="1"/>
       <c r="P40" s="1"/>
       <c r="Q40" s="1"/>
       <c r="R40" s="1"/>
       <c r="S40" s="1"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D41" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>4038</v>
+        <v>64</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>101</v>
       </c>
       <c r="F41" s="10" t="s">
-        <v>62</v>
+        <v>102</v>
       </c>
       <c r="G41" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H41" s="4">
-        <v>0</v>
+        <v>25.79</v>
       </c>
       <c r="I41" s="1"/>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
       <c r="P41" s="1"/>
       <c r="Q41" s="1"/>
       <c r="R41" s="1"/>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="D42" s="3" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="E42" s="3">
-        <v>4050</v>
+        <v>4038</v>
       </c>
       <c r="F42" s="10" t="s">
         <v>62</v>
       </c>
       <c r="G42" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H42" s="4">
         <v>0</v>
       </c>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1"/>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>61</v>
       </c>
       <c r="E43" s="3">
-        <v>4058</v>
+        <v>4050</v>
       </c>
       <c r="F43" s="10" t="s">
         <v>62</v>
       </c>
       <c r="G43" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H43" s="4">
         <v>0</v>
       </c>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
       <c r="Q43" s="1"/>
       <c r="R43" s="1"/>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="D44" s="3" t="s">
-        <v>102</v>
+        <v>61</v>
       </c>
       <c r="E44" s="3">
-        <v>4042</v>
+        <v>4058</v>
       </c>
       <c r="F44" s="10" t="s">
         <v>62</v>
       </c>
       <c r="G44" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H44" s="4">
         <v>0</v>
       </c>
       <c r="I44" s="1"/>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1"/>
       <c r="Q44" s="1"/>
       <c r="R44" s="1"/>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D45" s="3" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="E45" s="3">
-        <v>4043</v>
+        <v>4042</v>
       </c>
       <c r="F45" s="10" t="s">
         <v>62</v>
       </c>
       <c r="G45" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H45" s="4">
         <v>0</v>
       </c>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
       <c r="Q45" s="1"/>
       <c r="R45" s="1"/>
       <c r="S45" s="1"/>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
-      <c r="A46" s="7" t="s">
-[...9 lines deleted...]
-        <v>339.42</v>
+      <c r="A46" s="3">
+        <v>44</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D46" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="E46" s="3">
+        <v>4043</v>
+      </c>
+      <c r="F46" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="G46" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H46" s="4">
+        <v>0</v>
       </c>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="1"/>
       <c r="R46" s="1"/>
       <c r="S46" s="1"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
+    <row r="47" spans="1:23">
+      <c r="A47" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="B47" s="7"/>
+      <c r="C47" s="7"/>
+      <c r="D47" s="7"/>
+      <c r="E47" s="7"/>
+      <c r="F47" s="11"/>
+      <c r="G47" s="11"/>
+      <c r="H47" s="8">
+        <v>353.61</v>
+      </c>
+      <c r="I47" s="1"/>
+      <c r="J47" s="1"/>
+      <c r="K47" s="1"/>
+      <c r="L47" s="1"/>
+      <c r="M47" s="1"/>
+      <c r="N47" s="1"/>
+      <c r="O47" s="1"/>
+      <c r="P47" s="1"/>
+      <c r="Q47" s="1"/>
+      <c r="R47" s="1"/>
+      <c r="S47" s="1"/>
+      <c r="T47" s="1"/>
+      <c r="U47" s="1"/>
+      <c r="V47" s="1"/>
+      <c r="W47" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A46:G46"/>
+    <mergeCell ref="A47:G47"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>