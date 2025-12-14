--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="No. of unauthorized work order " sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>No. of unauthorized work order (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>System Order No</t>
   </si>
   <si>
     <t>Order Date</t>
   </si>
   <si>
     <t>Memo Number</t>
   </si>
   <si>
     <t>Vendor Name</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
@@ -146,62 +146,50 @@
   <si>
     <t>01/RWS</t>
   </si>
   <si>
     <t>SUKES BASU MAJUMDAR</t>
   </si>
   <si>
     <t>Extension order for the work of supply of different chemicals Lime for I.E.P. at Head work site under Maynaguri Water Supply Scheme under Jalpaiguri Division PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000092/2025-2026</t>
   </si>
   <si>
     <t>30/05/2025</t>
   </si>
   <si>
     <t>105/JSSD</t>
   </si>
   <si>
     <t>GURUKUL INFOTECH</t>
   </si>
   <si>
     <t>Laying distribution system with other allied works in connection with Jal Jeevan Mission at Tunbari Tea Garden Piped Water Supply Scheme under Jalpaiguri Division, PHE Dte.</t>
   </si>
   <si>
-    <t>ORD/000081/2025-2026</t>
-[...10 lines deleted...]
-  <si>
     <t>ORD/000044/2025-2026</t>
   </si>
   <si>
     <t>02/06/2025</t>
   </si>
   <si>
     <t>76/JSSD</t>
   </si>
   <si>
     <t>HARIPADA BANERJEE</t>
   </si>
   <si>
     <t>Construction of 4th Pump House Site Boundary Wall, Foot Path, Drain pipeline for washout including interconnection works at Chauhaddi PWSS in connection with Jal Jeevan Mission at Block - Dhupguri Block under Jalpaiguri Division P.H.E.Dte.</t>
   </si>
   <si>
     <t>ORD/000079/2025-2026</t>
   </si>
   <si>
     <t>99/JSSD</t>
   </si>
   <si>
     <t>RAGHU DAS</t>
   </si>
   <si>
     <t>Laying of dedicated pipeline along with commissioning of Augmentation of Angrabhasa Piped W/S Scheme in connection with JJM at Nagrakata Block, under Jalpaiguri Division, P.H.E. Dte.</t>
@@ -225,50 +213,65 @@
     <t>ORD/000176/2025-2026</t>
   </si>
   <si>
     <t>175/JSSD</t>
   </si>
   <si>
     <t>TEESTA CO OPERATIVE LABOUR CONTRACT AND CONSTRUCTION SOCITY LIMITED.</t>
   </si>
   <si>
     <t>Construction approach with paver block inside the premises and land development at HW site &amp; 2nd TW Site of Nipucchapur TG Piped Water Supply Scheme under Jalpaiguri Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000178/2025-2026</t>
   </si>
   <si>
     <t>24/07/2025</t>
   </si>
   <si>
     <t>170/JSSD</t>
   </si>
   <si>
     <t>SUBHANKAR DEY</t>
   </si>
   <si>
     <t>Construction approach with paver block inside the premises and land ment at HW site &amp; 2nd TW Site of Oodlabari TG (Z-I) Piped Water Supply Scheme under Jalpaiguri Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000480/2025-2026</t>
+  </si>
+  <si>
+    <t>18/11/2025</t>
+  </si>
+  <si>
+    <t>2402/JD</t>
+  </si>
+  <si>
+    <t>RUPA PRASAD</t>
+  </si>
+  <si>
+    <t>Continuation order for the work of "Supply of 1 (One) Maxi Cab with engine capacity less than or equal to 2000 C.C. on hire basis including driver under Office of the Superintending Engineer, NBC-I, P.H.E. Dte. for the use of the Deputy Superintending Eng</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1017,297 +1020,297 @@
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F10" s="10" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G10" s="10" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H10" s="4">
-        <v>6.37</v>
+        <v>9.54</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D11" s="3" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>50</v>
       </c>
       <c r="F11" s="10" t="s">
         <v>51</v>
       </c>
       <c r="G11" s="10" t="s">
         <v>52</v>
       </c>
       <c r="H11" s="4">
-        <v>9.54</v>
+        <v>12.42</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F12" s="10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G12" s="10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H12" s="4">
-        <v>12.42</v>
+        <v>7.51</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
       <c r="P12" s="1"/>
       <c r="Q12" s="1"/>
       <c r="R12" s="1"/>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D13" s="3" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>59</v>
       </c>
       <c r="F13" s="10" t="s">
         <v>60</v>
       </c>
       <c r="G13" s="10" t="s">
         <v>61</v>
       </c>
       <c r="H13" s="4">
-        <v>7.51</v>
+        <v>7.59</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1"/>
       <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>62</v>
       </c>
       <c r="D14" s="3" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F14" s="10" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G14" s="10" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H14" s="4">
-        <v>7.59</v>
+        <v>6.57</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D15" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F15" s="10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G15" s="10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H15" s="4">
-        <v>6.57</v>
+        <v>0.15</v>
       </c>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="7"/>
       <c r="F16" s="11"/>
       <c r="G16" s="11"/>
       <c r="H16" s="8">
-        <v>68.23</v>
+        <v>62.01</v>
       </c>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A16:G16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>