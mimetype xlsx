--- v1 (2025-12-14)
+++ v2 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="No. of unauthorized work order " sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>No. of unauthorized work order (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>System Order No</t>
   </si>
   <si>
     <t>Order Date</t>
   </si>
   <si>
     <t>Memo Number</t>
   </si>
   <si>
     <t>Vendor Name</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
@@ -198,80 +198,50 @@
     <t>ORD/000175/2025-2026</t>
   </si>
   <si>
     <t>25/07/2025</t>
   </si>
   <si>
     <t>174/JSSD</t>
   </si>
   <si>
     <t>ADWIJA CONSTRUCTION</t>
   </si>
   <si>
     <t>Construction approach with paver block inside the premises and land development at HW site &amp; 2nd TW Site of Neoranadi TG Piped Water Supply Scheme under Jalpaiguri Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000176/2025-2026</t>
   </si>
   <si>
     <t>175/JSSD</t>
   </si>
   <si>
     <t>TEESTA CO OPERATIVE LABOUR CONTRACT AND CONSTRUCTION SOCITY LIMITED.</t>
   </si>
   <si>
     <t>Construction approach with paver block inside the premises and land development at HW site &amp; 2nd TW Site of Nipucchapur TG Piped Water Supply Scheme under Jalpaiguri Division, P.H.E. Dte.</t>
-  </si>
-[...28 lines deleted...]
-    <t>Continuation order for the work of "Supply of 1 (One) Maxi Cab with engine capacity less than or equal to 2000 C.C. on hire basis including driver under Office of the Superintending Engineer, NBC-I, P.H.E. Dte. for the use of the Deputy Superintending Eng</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -651,51 +621,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W16"/>
+  <dimension ref="A1:W14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G2" sqref="G2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
@@ -1174,165 +1144,83 @@
         <v>60</v>
       </c>
       <c r="G13" s="10" t="s">
         <v>61</v>
       </c>
       <c r="H13" s="4">
         <v>7.59</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1"/>
       <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
-      <c r="A14" s="3">
-[...5 lines deleted...]
-      <c r="C14" s="3" t="s">
+      <c r="A14" s="7" t="s">
         <v>62</v>
       </c>
-      <c r="D14" s="3" t="s">
-[...12 lines deleted...]
-        <v>6.57</v>
+      <c r="B14" s="7"/>
+      <c r="C14" s="7"/>
+      <c r="D14" s="7"/>
+      <c r="E14" s="7"/>
+      <c r="F14" s="11"/>
+      <c r="G14" s="11"/>
+      <c r="H14" s="8">
+        <v>55.29</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
-    <row r="15" spans="1:23">
-[...68 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A16:G16"/>
+    <mergeCell ref="A14:G14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>