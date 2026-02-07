--- v2 (2026-01-11)
+++ v3 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="No. of unauthorized work order " sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>No. of unauthorized work order (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>System Order No</t>
   </si>
   <si>
     <t>Order Date</t>
   </si>
   <si>
     <t>Memo Number</t>
   </si>
   <si>
     <t>Vendor Name</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
@@ -144,65 +144,50 @@
     <t>01/04/2022</t>
   </si>
   <si>
     <t>01/RWS</t>
   </si>
   <si>
     <t>SUKES BASU MAJUMDAR</t>
   </si>
   <si>
     <t>Extension order for the work of supply of different chemicals Lime for I.E.P. at Head work site under Maynaguri Water Supply Scheme under Jalpaiguri Division PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000092/2025-2026</t>
   </si>
   <si>
     <t>30/05/2025</t>
   </si>
   <si>
     <t>105/JSSD</t>
   </si>
   <si>
     <t>GURUKUL INFOTECH</t>
   </si>
   <si>
     <t>Laying distribution system with other allied works in connection with Jal Jeevan Mission at Tunbari Tea Garden Piped Water Supply Scheme under Jalpaiguri Division, PHE Dte.</t>
-  </si>
-[...13 lines deleted...]
-    <t>Construction of 4th Pump House Site Boundary Wall, Foot Path, Drain pipeline for washout including interconnection works at Chauhaddi PWSS in connection with Jal Jeevan Mission at Block - Dhupguri Block under Jalpaiguri Division P.H.E.Dte.</t>
   </si>
   <si>
     <t>ORD/000079/2025-2026</t>
   </si>
   <si>
     <t>99/JSSD</t>
   </si>
   <si>
     <t>RAGHU DAS</t>
   </si>
   <si>
     <t>Laying of dedicated pipeline along with commissioning of Augmentation of Angrabhasa Piped W/S Scheme in connection with JJM at Nagrakata Block, under Jalpaiguri Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000175/2025-2026</t>
   </si>
   <si>
     <t>25/07/2025</t>
   </si>
   <si>
     <t>174/JSSD</t>
   </si>
   <si>
     <t>ADWIJA CONSTRUCTION</t>
   </si>
@@ -621,51 +606,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W14"/>
+  <dimension ref="A1:W13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G2" sqref="G2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
@@ -990,237 +975,196 @@
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D10" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="E10" s="3" t="s">
+      <c r="F10" s="10" t="s">
         <v>46</v>
       </c>
-      <c r="F10" s="10" t="s">
+      <c r="G10" s="10" t="s">
         <v>47</v>
       </c>
-      <c r="G10" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H10" s="4">
-        <v>9.54</v>
+        <v>12.42</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="D11" s="3" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>50</v>
       </c>
       <c r="F11" s="10" t="s">
         <v>51</v>
       </c>
       <c r="G11" s="10" t="s">
         <v>52</v>
       </c>
       <c r="H11" s="4">
-        <v>12.42</v>
+        <v>7.51</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D12" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="E12" s="3" t="s">
+      <c r="F12" s="10" t="s">
         <v>55</v>
       </c>
-      <c r="F12" s="10" t="s">
+      <c r="G12" s="10" t="s">
         <v>56</v>
       </c>
-      <c r="G12" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H12" s="4">
-        <v>7.51</v>
+        <v>7.59</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
       <c r="P12" s="1"/>
       <c r="Q12" s="1"/>
       <c r="R12" s="1"/>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
-      <c r="A13" s="3">
-[...21 lines deleted...]
-        <v>7.59</v>
+      <c r="A13" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="7"/>
+      <c r="C13" s="7"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="7"/>
+      <c r="F13" s="11"/>
+      <c r="G13" s="11"/>
+      <c r="H13" s="8">
+        <v>45.75</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1"/>
       <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
-    <row r="14" spans="1:23">
-[...27 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A14:G14"/>
+    <mergeCell ref="A13:G13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>