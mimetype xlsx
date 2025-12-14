--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="No. of unauthorized work order " sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="227">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
   <si>
     <t>No. of unauthorized work order (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>System Order No</t>
   </si>
   <si>
     <t>Order Date</t>
   </si>
   <si>
     <t>Memo Number</t>
   </si>
   <si>
     <t>Vendor Name</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
@@ -609,62 +609,50 @@
     <t>2079/RD/PHE</t>
   </si>
   <si>
     <t>Laying of additional pipeline for improving FHTCwith ancillary works at different mouzas at KICHAKTOLA PWSS Of Goalpokhar-1 Block under Islampur Sub-Division P.H.E. Dte. (2nd Call)</t>
   </si>
   <si>
     <t>ORD/000270/2025-2026</t>
   </si>
   <si>
     <t>2087/RD/PHE</t>
   </si>
   <si>
     <t>Laying of additional pipeline for improving FHTC with ancillary works at different mouzas at PRATAPPUR PWSS Of Goalpokhar-1 Block under Islampur Sub-Division P.H.E. Dte. (2nd Call)</t>
   </si>
   <si>
     <t>ORD/000276/2025-2026</t>
   </si>
   <si>
     <t>2181/RD/PHE</t>
   </si>
   <si>
     <t>MAA TARA CONSTRUCTION (SEVOKPALLY) RGJMAATARA@GMAIL.COM</t>
   </si>
   <si>
     <t>Providing FHTC in connection with Goalin Pipe Water Supply Scheme at Goalpukhur-I Block of Uttar Dinajpur District under Raiganj Division.(New PWSS) (2nd Call)</t>
-  </si>
-[...10 lines deleted...]
-    <t>S. DUTTA</t>
   </si>
   <si>
     <t>ORD/000348/2025-2026</t>
   </si>
   <si>
     <t>12/09/2025</t>
   </si>
   <si>
     <t>2494/RD/PHE</t>
   </si>
   <si>
     <t>UNIVERSAL ENGINEERS CO-OPERATIVE SOCIETY LTD.</t>
   </si>
   <si>
     <t>ORD/000364/2025-2026</t>
   </si>
   <si>
     <t>2236/RD/PHE</t>
   </si>
   <si>
     <t>Additional pipeline, Pathway, Land development and other ancillary works at DAMODARKHURI piped water Supply Scheme Under Islampur Sub-Division under Raiganj Division,P.H.E Dte.</t>
   </si>
   <si>
     <t>ORD/000365/2025-2026</t>
   </si>
@@ -1113,51 +1101,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W58"/>
+  <dimension ref="A1:W57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G2" sqref="G2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
@@ -3134,389 +3122,348 @@
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>199</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>200</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>201</v>
       </c>
       <c r="F50" s="10" t="s">
         <v>202</v>
       </c>
       <c r="G50" s="10" t="s">
         <v>148</v>
       </c>
       <c r="H50" s="4">
-        <v>29.59</v>
+        <v>13.82</v>
       </c>
       <c r="I50" s="1"/>
       <c r="J50" s="1"/>
       <c r="K50" s="1"/>
       <c r="L50" s="1"/>
       <c r="M50" s="1"/>
       <c r="N50" s="1"/>
       <c r="O50" s="1"/>
       <c r="P50" s="1"/>
       <c r="Q50" s="1"/>
       <c r="R50" s="1"/>
       <c r="S50" s="1"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>203</v>
       </c>
       <c r="D51" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="E51" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="E51" s="3" t="s">
+      <c r="F51" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="G51" s="10" t="s">
         <v>205</v>
       </c>
-      <c r="F51" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H51" s="4">
-        <v>13.82</v>
+        <v>65.82</v>
       </c>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
       <c r="O51" s="1"/>
       <c r="P51" s="1"/>
       <c r="Q51" s="1"/>
       <c r="R51" s="1"/>
       <c r="S51" s="1"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C52" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="D52" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="E52" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="D52" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E52" s="3" t="s">
+      <c r="F52" s="10" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="G52" s="10" t="s">
         <v>209</v>
       </c>
       <c r="H52" s="4">
-        <v>65.82</v>
+        <v>63.81</v>
       </c>
       <c r="I52" s="1"/>
       <c r="J52" s="1"/>
       <c r="K52" s="1"/>
       <c r="L52" s="1"/>
       <c r="M52" s="1"/>
       <c r="N52" s="1"/>
       <c r="O52" s="1"/>
       <c r="P52" s="1"/>
       <c r="Q52" s="1"/>
       <c r="R52" s="1"/>
       <c r="S52" s="1"/>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>210</v>
       </c>
       <c r="D53" s="3" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>211</v>
       </c>
       <c r="F53" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" s="10" t="s">
         <v>212</v>
       </c>
-      <c r="G53" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H53" s="4">
-        <v>63.81</v>
+        <v>1.95</v>
       </c>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
       <c r="Q53" s="1"/>
       <c r="R53" s="1"/>
       <c r="S53" s="1"/>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C54" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="D54" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="D54" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E54" s="3" t="s">
+      <c r="F54" s="10" t="s">
+        <v>111</v>
+      </c>
+      <c r="G54" s="10" t="s">
         <v>215</v>
       </c>
-      <c r="F54" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H54" s="4">
-        <v>1.95</v>
+        <v>39.72</v>
       </c>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
       <c r="O54" s="1"/>
       <c r="P54" s="1"/>
       <c r="Q54" s="1"/>
       <c r="R54" s="1"/>
       <c r="S54" s="1"/>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="D55" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="D55" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E55" s="3" t="s">
+      <c r="F55" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" s="10" t="s">
         <v>218</v>
       </c>
-      <c r="F55" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H55" s="4">
-        <v>39.72</v>
+        <v>45.48</v>
       </c>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1"/>
       <c r="M55" s="1"/>
       <c r="N55" s="1"/>
       <c r="O55" s="1"/>
       <c r="P55" s="1"/>
       <c r="Q55" s="1"/>
       <c r="R55" s="1"/>
       <c r="S55" s="1"/>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="D56" s="3" t="s">
         <v>93</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="F56" s="10" t="s">
         <v>13</v>
       </c>
       <c r="G56" s="10" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="H56" s="4">
-        <v>45.48</v>
+        <v>34.47</v>
       </c>
       <c r="I56" s="1"/>
       <c r="J56" s="1"/>
       <c r="K56" s="1"/>
       <c r="L56" s="1"/>
       <c r="M56" s="1"/>
       <c r="N56" s="1"/>
       <c r="O56" s="1"/>
       <c r="P56" s="1"/>
       <c r="Q56" s="1"/>
       <c r="R56" s="1"/>
       <c r="S56" s="1"/>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
-      <c r="A57" s="3">
-[...21 lines deleted...]
-        <v>34.47</v>
+      <c r="A57" s="7" t="s">
+        <v>222</v>
+      </c>
+      <c r="B57" s="7"/>
+      <c r="C57" s="7"/>
+      <c r="D57" s="7"/>
+      <c r="E57" s="7"/>
+      <c r="F57" s="11"/>
+      <c r="G57" s="11"/>
+      <c r="H57" s="8">
+        <v>1882.37</v>
       </c>
       <c r="I57" s="1"/>
       <c r="J57" s="1"/>
       <c r="K57" s="1"/>
       <c r="L57" s="1"/>
       <c r="M57" s="1"/>
       <c r="N57" s="1"/>
       <c r="O57" s="1"/>
       <c r="P57" s="1"/>
       <c r="Q57" s="1"/>
       <c r="R57" s="1"/>
       <c r="S57" s="1"/>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
-    <row r="58" spans="1:23">
-[...27 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A58:G58"/>
+    <mergeCell ref="A57:G57"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>