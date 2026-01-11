--- v1 (2025-12-14)
+++ v2 (2026-01-11)
@@ -12,716 +12,95 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="No. of unauthorized work order " sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>No. of unauthorized work order (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>System Order No</t>
   </si>
   <si>
     <t>Order Date</t>
   </si>
   <si>
     <t>Memo Number</t>
   </si>
   <si>
     <t>Vendor Name</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
     <t>Order Value</t>
   </si>
   <si>
     <t>Raiganj Division</t>
   </si>
   <si>
-    <t>ORD/000369/2025-2026</t>
-[...410 lines deleted...]
-    <t>2207/RD/PHE</t>
+    <t>ORD/000348/2025-2026</t>
+  </si>
+  <si>
+    <t>12/09/2025</t>
+  </si>
+  <si>
+    <t>2494/RD/PHE</t>
+  </si>
+  <si>
+    <t>UNIVERSAL ENGINEERS CO-OPERATIVE SOCIETY LTD.</t>
   </si>
   <si>
     <t>Designing, Supplying, Febrication, Erection on suitable RCC foundation, commissioning with 3(three) months Trial Run (including cost of routine testing of water sample and flow/hr for performance evaluation) of pressure type Iron Removal Plant as per desi</t>
-  </si>
-[...217 lines deleted...]
-    <t>Additional pipeline and other ancillary works at Kabutar Khopi piped water Supply Scheme Under Islampur SubDivision under Raiganj Division,P.H.E Dte.</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1101,51 +480,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W57"/>
+  <dimension ref="A1:W4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G2" sqref="G2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
@@ -1195,2275 +574,102 @@
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="10" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="10" t="s">
         <v>14</v>
       </c>
       <c r="H3" s="4">
-        <v>81.38</v>
+        <v>13.82</v>
       </c>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
-      <c r="A4" s="3">
-[...5 lines deleted...]
-      <c r="C4" s="3" t="s">
+      <c r="A4" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="D4" s="3" t="s">
-[...12 lines deleted...]
-        <v>45.83</v>
+      <c r="B4" s="7"/>
+      <c r="C4" s="7"/>
+      <c r="D4" s="7"/>
+      <c r="E4" s="7"/>
+      <c r="F4" s="11"/>
+      <c r="G4" s="11"/>
+      <c r="H4" s="8">
+        <v>13.82</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
-    <row r="5" spans="1:23">
-[...2159 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A57:G57"/>
+    <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>