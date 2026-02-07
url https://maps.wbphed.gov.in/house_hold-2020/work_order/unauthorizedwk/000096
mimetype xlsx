--- v2 (2026-01-11)
+++ v3 (2026-02-07)
@@ -12,95 +12,158 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="No. of unauthorized work order " sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>No. of unauthorized work order (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>System Order No</t>
   </si>
   <si>
     <t>Order Date</t>
   </si>
   <si>
     <t>Memo Number</t>
   </si>
   <si>
     <t>Vendor Name</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
     <t>Order Value</t>
   </si>
   <si>
     <t>Raiganj Division</t>
   </si>
   <si>
+    <t>ORD/000592/2025-2026</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>62/RD/PHE</t>
+  </si>
+  <si>
+    <t>MAA BICHITRA CONSTRUCTION MAABICHITRACONST@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>Continuation Order for Hiring of Additional well-maintained Diesel Maxi Cab (Non-A.C, Vehicle No. WB 59D 1337) for the office of the Assistant Engineer, Raiganj Sub-Division, P.H.E. Dte. for the purpose of supervision of JJM works having jurisdiction over</t>
+  </si>
+  <si>
+    <t>ORD/000279/2025-2026</t>
+  </si>
+  <si>
+    <t>24/06/2025</t>
+  </si>
+  <si>
+    <t>1799/RD/PHE</t>
+  </si>
+  <si>
+    <t>AJIT PRAMANIK</t>
+  </si>
+  <si>
+    <t>Designing, Supplying, Febrication, Erection on suitable RCC foundation, commissioning with 3(three) months Trial Run (including cost of routine testing of water sample and flow/hr for performance evaluation) of pressure type Iron Removal Plant as per desi</t>
+  </si>
+  <si>
+    <t>ORD/000590/2025-2026</t>
+  </si>
+  <si>
+    <t>60/RD/PHE</t>
+  </si>
+  <si>
+    <t>SISIR KUMAR DUTTA</t>
+  </si>
+  <si>
+    <t>Continuation Order for Hiring of Additional well-maintained Diesel Maxi Cab (Non-A.C., Vehicle no. WB59 D0577) for the office of the Assistant Engineer, Islampur Sub-Division, P.H.E. Dte. for the purpose of supervision of JJM works having jurisdiction ove</t>
+  </si>
+  <si>
+    <t>ORD/000591/2025-2026</t>
+  </si>
+  <si>
+    <t>61/RD/PHE</t>
+  </si>
+  <si>
+    <t>ARNAB DUTTA</t>
+  </si>
+  <si>
+    <t>Continuation Order Hiring of Additional well-maintained Diesel Maxi Cab (Non-A.C., Vehical No. WB60T 9215) for the office of the Assistant Engineer, Raiganj Sub-Division, P.H.E. Dte. for the purpose of supervision of JJM works having jurisdiction over the</t>
+  </si>
+  <si>
+    <t>ORD/000589/2025-2026</t>
+  </si>
+  <si>
+    <t>59/RD/PHE</t>
+  </si>
+  <si>
+    <t>PRITAM SARKAR</t>
+  </si>
+  <si>
+    <t>Continuation Order for Hiring of well-maintained Diesel Maxi Cab (Non-A.C., Vehicle no. WB59E2187) for the office of the Assistant Engineer, RWS Raiganj Sub-Division, P.H.E. Dte. for the purpose of office duty having jurisdiction over the entire RWS Raiga</t>
+  </si>
+  <si>
     <t>ORD/000348/2025-2026</t>
   </si>
   <si>
     <t>12/09/2025</t>
   </si>
   <si>
     <t>2494/RD/PHE</t>
   </si>
   <si>
     <t>UNIVERSAL ENGINEERS CO-OPERATIVE SOCIETY LTD.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Designing, Supplying, Febrication, Erection on suitable RCC foundation, commissioning with 3(three) months Trial Run (including cost of routine testing of water sample and flow/hr for performance evaluation) of pressure type Iron Removal Plant as per desi</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -480,51 +543,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W4"/>
+  <dimension ref="A1:W9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G2" sqref="G2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
@@ -574,102 +637,307 @@
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="10" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="10" t="s">
         <v>14</v>
       </c>
       <c r="H3" s="4">
-        <v>13.82</v>
+        <v>2.4</v>
       </c>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
-      <c r="A4" s="7" t="s">
+      <c r="A4" s="3">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B4" s="7"/>
-[...6 lines deleted...]
-        <v>13.82</v>
+      <c r="D4" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F4" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="H4" s="4">
+        <v>29.58</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
+    <row r="5" spans="1:23">
+      <c r="A5" s="3">
+        <v>3</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="G5" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H5" s="4">
+        <v>2.4</v>
+      </c>
+      <c r="I5" s="1"/>
+      <c r="J5" s="1"/>
+      <c r="K5" s="1"/>
+      <c r="L5" s="1"/>
+      <c r="M5" s="1"/>
+      <c r="N5" s="1"/>
+      <c r="O5" s="1"/>
+      <c r="P5" s="1"/>
+      <c r="Q5" s="1"/>
+      <c r="R5" s="1"/>
+      <c r="S5" s="1"/>
+      <c r="T5" s="1"/>
+      <c r="U5" s="1"/>
+      <c r="V5" s="1"/>
+      <c r="W5" s="1"/>
+    </row>
+    <row r="6" spans="1:23">
+      <c r="A6" s="3">
+        <v>4</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D6" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F6" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G6" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="H6" s="4">
+        <v>2.4</v>
+      </c>
+      <c r="I6" s="1"/>
+      <c r="J6" s="1"/>
+      <c r="K6" s="1"/>
+      <c r="L6" s="1"/>
+      <c r="M6" s="1"/>
+      <c r="N6" s="1"/>
+      <c r="O6" s="1"/>
+      <c r="P6" s="1"/>
+      <c r="Q6" s="1"/>
+      <c r="R6" s="1"/>
+      <c r="S6" s="1"/>
+      <c r="T6" s="1"/>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1"/>
+      <c r="W6" s="1"/>
+    </row>
+    <row r="7" spans="1:23">
+      <c r="A7" s="3">
+        <v>5</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="D7" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F7" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="G7" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="H7" s="4">
+        <v>2.4</v>
+      </c>
+      <c r="I7" s="1"/>
+      <c r="J7" s="1"/>
+      <c r="K7" s="1"/>
+      <c r="L7" s="1"/>
+      <c r="M7" s="1"/>
+      <c r="N7" s="1"/>
+      <c r="O7" s="1"/>
+      <c r="P7" s="1"/>
+      <c r="Q7" s="1"/>
+      <c r="R7" s="1"/>
+      <c r="S7" s="1"/>
+      <c r="T7" s="1"/>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+    </row>
+    <row r="8" spans="1:23">
+      <c r="A8" s="3">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="G8" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="H8" s="4">
+        <v>13.82</v>
+      </c>
+      <c r="I8" s="1"/>
+      <c r="J8" s="1"/>
+      <c r="K8" s="1"/>
+      <c r="L8" s="1"/>
+      <c r="M8" s="1"/>
+      <c r="N8" s="1"/>
+      <c r="O8" s="1"/>
+      <c r="P8" s="1"/>
+      <c r="Q8" s="1"/>
+      <c r="R8" s="1"/>
+      <c r="S8" s="1"/>
+      <c r="T8" s="1"/>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
+    </row>
+    <row r="9" spans="1:23">
+      <c r="A9" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" s="7"/>
+      <c r="C9" s="7"/>
+      <c r="D9" s="7"/>
+      <c r="E9" s="7"/>
+      <c r="F9" s="11"/>
+      <c r="G9" s="11"/>
+      <c r="H9" s="8">
+        <v>53</v>
+      </c>
+      <c r="I9" s="1"/>
+      <c r="J9" s="1"/>
+      <c r="K9" s="1"/>
+      <c r="L9" s="1"/>
+      <c r="M9" s="1"/>
+      <c r="N9" s="1"/>
+      <c r="O9" s="1"/>
+      <c r="P9" s="1"/>
+      <c r="Q9" s="1"/>
+      <c r="R9" s="1"/>
+      <c r="S9" s="1"/>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A4:G4"/>
+    <mergeCell ref="A9:G9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>