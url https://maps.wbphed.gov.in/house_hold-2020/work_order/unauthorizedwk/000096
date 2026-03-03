--- v3 (2026-02-07)
+++ v4 (2026-03-03)
@@ -12,146 +12,245 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="No. of unauthorized work order " sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>No. of unauthorized work order (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>System Order No</t>
   </si>
   <si>
     <t>Order Date</t>
   </si>
   <si>
     <t>Memo Number</t>
   </si>
   <si>
     <t>Vendor Name</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
     <t>Order Value</t>
   </si>
   <si>
     <t>Raiganj Division</t>
   </si>
   <si>
     <t>ORD/000592/2025-2026</t>
   </si>
   <si>
     <t>13/01/2026</t>
   </si>
   <si>
     <t>62/RD/PHE</t>
   </si>
   <si>
     <t>MAA BICHITRA CONSTRUCTION MAABICHITRACONST@GMAIL.COM</t>
   </si>
   <si>
     <t>Continuation Order for Hiring of Additional well-maintained Diesel Maxi Cab (Non-A.C, Vehicle No. WB 59D 1337) for the office of the Assistant Engineer, Raiganj Sub-Division, P.H.E. Dte. for the purpose of supervision of JJM works having jurisdiction over</t>
   </si>
   <si>
+    <t>ORD/000775/2025-2026</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>380/RD/PHE</t>
+  </si>
+  <si>
+    <t>M/S MANDAL ENTERPRISE</t>
+  </si>
+  <si>
+    <t>IEC activities at different Blocks of Uttar Dinajpur district &amp; Mass Awareness Generation Through Distribution of Leaflets related to water conservation, sanitation and Hygiene I.C.W The Celebration of International Day of Clean Energy(26th Jan'2026)</t>
+  </si>
+  <si>
+    <t>ORD/000744/2025-2026</t>
+  </si>
+  <si>
+    <t>63/RD/PHE</t>
+  </si>
+  <si>
+    <t>MD ZAFAR EQUEBAL</t>
+  </si>
+  <si>
+    <t>Continuation Order for Hiring of well-maintained Diesel Maxi Cab(Non-A.C. Vehical No. WB59C 3704) for the office of the Assistant Engineer, Islampur Sub-Division, P.H.E. Dte. for the purpose of office duty having jurisdiction over the entire under Raiga</t>
+  </si>
+  <si>
+    <t>ORD/000776/2025-2026</t>
+  </si>
+  <si>
+    <t>381/RD/PHE</t>
+  </si>
+  <si>
+    <t>IEC activities at different Blocks of Uttar Dinajpur district &amp; Mass Awareness Generation Through Distribution of Leaflets related to water conservation, sanitation and Hygiene I.C.W The Celebration of World Cancer Day (4th February 2026) under Raiga</t>
+  </si>
+  <si>
+    <t>ORD/000777/2025-2026</t>
+  </si>
+  <si>
+    <t>382/RD/PHE</t>
+  </si>
+  <si>
+    <t>IEC activities at different Blocks of Uttar Dinajpur district &amp; Mass Awarness Generation Through Distribution of Leaflets related to water conservation, sanitation and Hygiene I.C.W The Celebration of World Day of Social Justice (20th February 2026)</t>
+  </si>
+  <si>
     <t>ORD/000279/2025-2026</t>
   </si>
   <si>
     <t>24/06/2025</t>
   </si>
   <si>
     <t>1799/RD/PHE</t>
   </si>
   <si>
     <t>AJIT PRAMANIK</t>
   </si>
   <si>
     <t>Designing, Supplying, Febrication, Erection on suitable RCC foundation, commissioning with 3(three) months Trial Run (including cost of routine testing of water sample and flow/hr for performance evaluation) of pressure type Iron Removal Plant as per desi</t>
   </si>
   <si>
+    <t>ORD/000743/2025-2026</t>
+  </si>
+  <si>
+    <t>61/RD/PHE</t>
+  </si>
+  <si>
+    <t>DEBASISH GHOSH</t>
+  </si>
+  <si>
+    <t>Continuation Order for Hiring of well-maintained Diesel Maxi Cab (Non-A.C. , Vehicle no. WB59C 2323) for the office of the Assistant Engineer, Raiganj Sub-Division, P.H.E. Dte. for the purpose of office duty having jurisdiction over the entire Raiganj S</t>
+  </si>
+  <si>
+    <t>ORD/000745/2025-2026</t>
+  </si>
+  <si>
+    <t>64/RD/PHE</t>
+  </si>
+  <si>
+    <t>TAPAN KUMAR MAJUMDER NAMEDUTTA@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>Continuation Order for Hiring of well-maintained Diesel Maxi Cab (Vehicle no.WB 59C 4762) having Luxury Taxi Permit for contract carriage (Non-A.C.) for the office ofthe Executive Engineer, Raiganj Division, P.H.E. Dte. for the purpose of office duty ha</t>
+  </si>
+  <si>
+    <t>ORD/000747/2025-2026</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>19/RD/PHE</t>
+  </si>
+  <si>
+    <t>GHOSH &amp; BROTHERS DEVCON PRIVATE LIMITED</t>
+  </si>
+  <si>
+    <t>Continuation Order for Hiring of Additional well-maintained Diesel Maxi Cab (Non-A.C. vehicle no. WB59C3704) for the office of the Assistant Engineer, Islampur Sub-Division, P.H.E. Dte. for the purpose of supervision of JJM works having jurisdiction ove</t>
+  </si>
+  <si>
     <t>ORD/000590/2025-2026</t>
   </si>
   <si>
     <t>60/RD/PHE</t>
   </si>
   <si>
     <t>SISIR KUMAR DUTTA</t>
   </si>
   <si>
     <t>Continuation Order for Hiring of Additional well-maintained Diesel Maxi Cab (Non-A.C., Vehicle no. WB59 D0577) for the office of the Assistant Engineer, Islampur Sub-Division, P.H.E. Dte. for the purpose of supervision of JJM works having jurisdiction ove</t>
   </si>
   <si>
     <t>ORD/000591/2025-2026</t>
   </si>
   <si>
-    <t>61/RD/PHE</t>
-[...1 lines deleted...]
-  <si>
     <t>ARNAB DUTTA</t>
   </si>
   <si>
     <t>Continuation Order Hiring of Additional well-maintained Diesel Maxi Cab (Non-A.C., Vehical No. WB60T 9215) for the office of the Assistant Engineer, Raiganj Sub-Division, P.H.E. Dte. for the purpose of supervision of JJM works having jurisdiction over the</t>
   </si>
   <si>
     <t>ORD/000589/2025-2026</t>
   </si>
   <si>
     <t>59/RD/PHE</t>
   </si>
   <si>
     <t>PRITAM SARKAR</t>
   </si>
   <si>
     <t>Continuation Order for Hiring of well-maintained Diesel Maxi Cab (Non-A.C., Vehicle no. WB59E2187) for the office of the Assistant Engineer, RWS Raiganj Sub-Division, P.H.E. Dte. for the purpose of office duty having jurisdiction over the entire RWS Raiga</t>
+  </si>
+  <si>
+    <t>ORD/000774/2025-2026</t>
+  </si>
+  <si>
+    <t>379/RD/PHE</t>
+  </si>
+  <si>
+    <t>IEC activities &amp; Mass Awareness Generation for use of safe drinking water &amp; conservation of water through Tableau for Republic Day Celebration of 2026 under Raiganj Division , P.H.E.Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000778/2025-2026</t>
+  </si>
+  <si>
+    <t>383/RD/PHE</t>
+  </si>
+  <si>
+    <t>IEC activities at different Blocks of Uttar Dinajpur district &amp; Mass Awareness Generation Through Distribution of Leaflets related to water conservation, sanitation and Hygiene I.C.W The Celebration of World Sustainable Energy Day (27th February 2026)</t>
   </si>
   <si>
     <t>ORD/000348/2025-2026</t>
   </si>
   <si>
     <t>12/09/2025</t>
   </si>
   <si>
     <t>2494/RD/PHE</t>
   </si>
   <si>
     <t>UNIVERSAL ENGINEERS CO-OPERATIVE SOCIETY LTD.</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -543,51 +642,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W9"/>
+  <dimension ref="A1:W18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G2" sqref="G2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
@@ -678,51 +777,51 @@
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F4" s="10" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="10" t="s">
         <v>19</v>
       </c>
       <c r="H4" s="4">
-        <v>29.58</v>
+        <v>1</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="3" t="s">
@@ -748,196 +847,565 @@
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="F6" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G6" s="10" t="s">
         <v>26</v>
       </c>
-      <c r="G6" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H6" s="4">
-        <v>2.4</v>
+        <v>1</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D7" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="D7" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E7" s="3" t="s">
+      <c r="F7" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" s="10" t="s">
         <v>29</v>
       </c>
-      <c r="F7" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H7" s="4">
-        <v>2.4</v>
+        <v>1</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="D8" s="3" t="s">
+      <c r="F8" s="10" t="s">
         <v>33</v>
       </c>
-      <c r="E8" s="3" t="s">
+      <c r="G8" s="10" t="s">
         <v>34</v>
       </c>
-      <c r="F8" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H8" s="4">
-        <v>13.82</v>
+        <v>29.58</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
-      <c r="A9" s="7" t="s">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B9" s="7"/>
-[...6 lines deleted...]
-        <v>53</v>
+      <c r="F9" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="G9" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H9" s="4">
+        <v>2.4</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="3">
+        <v>8</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="D10" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F10" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="G10" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H10" s="4">
+        <v>2.4</v>
+      </c>
+      <c r="I10" s="1"/>
+      <c r="J10" s="1"/>
+      <c r="K10" s="1"/>
+      <c r="L10" s="1"/>
+      <c r="M10" s="1"/>
+      <c r="N10" s="1"/>
+      <c r="O10" s="1"/>
+      <c r="P10" s="1"/>
+      <c r="Q10" s="1"/>
+      <c r="R10" s="1"/>
+      <c r="S10" s="1"/>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
+    <row r="11" spans="1:23">
+      <c r="A11" s="3">
+        <v>9</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F11" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="G11" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H11" s="4">
+        <v>2.4</v>
+      </c>
+      <c r="I11" s="1"/>
+      <c r="J11" s="1"/>
+      <c r="K11" s="1"/>
+      <c r="L11" s="1"/>
+      <c r="M11" s="1"/>
+      <c r="N11" s="1"/>
+      <c r="O11" s="1"/>
+      <c r="P11" s="1"/>
+      <c r="Q11" s="1"/>
+      <c r="R11" s="1"/>
+      <c r="S11" s="1"/>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+    </row>
+    <row r="12" spans="1:23">
+      <c r="A12" s="3">
+        <v>10</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="D12" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="F12" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="G12" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="H12" s="4">
+        <v>2.4</v>
+      </c>
+      <c r="I12" s="1"/>
+      <c r="J12" s="1"/>
+      <c r="K12" s="1"/>
+      <c r="L12" s="1"/>
+      <c r="M12" s="1"/>
+      <c r="N12" s="1"/>
+      <c r="O12" s="1"/>
+      <c r="P12" s="1"/>
+      <c r="Q12" s="1"/>
+      <c r="R12" s="1"/>
+      <c r="S12" s="1"/>
+      <c r="T12" s="1"/>
+      <c r="U12" s="1"/>
+      <c r="V12" s="1"/>
+      <c r="W12" s="1"/>
+    </row>
+    <row r="13" spans="1:23">
+      <c r="A13" s="3">
+        <v>11</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F13" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="G13" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="H13" s="4">
+        <v>2.4</v>
+      </c>
+      <c r="I13" s="1"/>
+      <c r="J13" s="1"/>
+      <c r="K13" s="1"/>
+      <c r="L13" s="1"/>
+      <c r="M13" s="1"/>
+      <c r="N13" s="1"/>
+      <c r="O13" s="1"/>
+      <c r="P13" s="1"/>
+      <c r="Q13" s="1"/>
+      <c r="R13" s="1"/>
+      <c r="S13" s="1"/>
+      <c r="T13" s="1"/>
+      <c r="U13" s="1"/>
+      <c r="V13" s="1"/>
+      <c r="W13" s="1"/>
+    </row>
+    <row r="14" spans="1:23">
+      <c r="A14" s="3">
+        <v>12</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F14" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="G14" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="H14" s="4">
+        <v>2.4</v>
+      </c>
+      <c r="I14" s="1"/>
+      <c r="J14" s="1"/>
+      <c r="K14" s="1"/>
+      <c r="L14" s="1"/>
+      <c r="M14" s="1"/>
+      <c r="N14" s="1"/>
+      <c r="O14" s="1"/>
+      <c r="P14" s="1"/>
+      <c r="Q14" s="1"/>
+      <c r="R14" s="1"/>
+      <c r="S14" s="1"/>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+    </row>
+    <row r="15" spans="1:23">
+      <c r="A15" s="3">
+        <v>13</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F15" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G15" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="H15" s="4">
+        <v>0.95</v>
+      </c>
+      <c r="I15" s="1"/>
+      <c r="J15" s="1"/>
+      <c r="K15" s="1"/>
+      <c r="L15" s="1"/>
+      <c r="M15" s="1"/>
+      <c r="N15" s="1"/>
+      <c r="O15" s="1"/>
+      <c r="P15" s="1"/>
+      <c r="Q15" s="1"/>
+      <c r="R15" s="1"/>
+      <c r="S15" s="1"/>
+      <c r="T15" s="1"/>
+      <c r="U15" s="1"/>
+      <c r="V15" s="1"/>
+      <c r="W15" s="1"/>
+    </row>
+    <row r="16" spans="1:23">
+      <c r="A16" s="3">
+        <v>14</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F16" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G16" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="H16" s="4">
+        <v>1</v>
+      </c>
+      <c r="I16" s="1"/>
+      <c r="J16" s="1"/>
+      <c r="K16" s="1"/>
+      <c r="L16" s="1"/>
+      <c r="M16" s="1"/>
+      <c r="N16" s="1"/>
+      <c r="O16" s="1"/>
+      <c r="P16" s="1"/>
+      <c r="Q16" s="1"/>
+      <c r="R16" s="1"/>
+      <c r="S16" s="1"/>
+      <c r="T16" s="1"/>
+      <c r="U16" s="1"/>
+      <c r="V16" s="1"/>
+      <c r="W16" s="1"/>
+    </row>
+    <row r="17" spans="1:23">
+      <c r="A17" s="3">
+        <v>15</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F17" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="G17" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="H17" s="4">
+        <v>13.82</v>
+      </c>
+      <c r="I17" s="1"/>
+      <c r="J17" s="1"/>
+      <c r="K17" s="1"/>
+      <c r="L17" s="1"/>
+      <c r="M17" s="1"/>
+      <c r="N17" s="1"/>
+      <c r="O17" s="1"/>
+      <c r="P17" s="1"/>
+      <c r="Q17" s="1"/>
+      <c r="R17" s="1"/>
+      <c r="S17" s="1"/>
+      <c r="T17" s="1"/>
+      <c r="U17" s="1"/>
+      <c r="V17" s="1"/>
+      <c r="W17" s="1"/>
+    </row>
+    <row r="18" spans="1:23">
+      <c r="A18" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B18" s="7"/>
+      <c r="C18" s="7"/>
+      <c r="D18" s="7"/>
+      <c r="E18" s="7"/>
+      <c r="F18" s="11"/>
+      <c r="G18" s="11"/>
+      <c r="H18" s="8">
+        <v>67.54</v>
+      </c>
+      <c r="I18" s="1"/>
+      <c r="J18" s="1"/>
+      <c r="K18" s="1"/>
+      <c r="L18" s="1"/>
+      <c r="M18" s="1"/>
+      <c r="N18" s="1"/>
+      <c r="O18" s="1"/>
+      <c r="P18" s="1"/>
+      <c r="Q18" s="1"/>
+      <c r="R18" s="1"/>
+      <c r="S18" s="1"/>
+      <c r="T18" s="1"/>
+      <c r="U18" s="1"/>
+      <c r="V18" s="1"/>
+      <c r="W18" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A9:G9"/>
+    <mergeCell ref="A18:G18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>