--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="No. of unauthorized work order " sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>No. of unauthorized work order (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>System Order No</t>
   </si>
   <si>
     <t>Order Date</t>
   </si>
   <si>
     <t>Memo Number</t>
   </si>
   <si>
     <t>Vendor Name</t>
   </si>
   <si>
     <t>Work Name</t>
   </si>
   <si>
@@ -72,86 +72,50 @@
     <t>07/06/2024</t>
   </si>
   <si>
     <t>1015/BSD</t>
   </si>
   <si>
     <t>DEBASHISH ENTERPRISE</t>
   </si>
   <si>
     <t>Improvement of 300cum. OHR (Concreting,Plastering,Primer and Painting) for Abujhati PWSS under Jamalpur Block under Burdwan Division PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000688/2024-2025</t>
   </si>
   <si>
     <t>22/10/2024</t>
   </si>
   <si>
     <t>3671/BWD</t>
   </si>
   <si>
     <t>A.K. SIKDAR</t>
   </si>
   <si>
     <t>Laying Parallel Pipeline to improve drinking water supply, Construction of Boundary wall, Path Way, Drain at 3rd TW Site and providing leftout FHTC, Road Restoration with allied work for PALASON Piped Water Supply Scheme, Block- Raina-I, within Burdwan Su</t>
-  </si>
-[...34 lines deleted...]
-    <t>Continuation work for Supply of one no. Diesel / LPG / CNG driven Motor Cab / Maxi Cab (Air Condition) on hire basis for the office of the Superintending Engineer, Central Circle, P.H.E. Dte. to be used by the Deputy Superintending Engineer, Central Circl</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -531,51 +495,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W8"/>
+  <dimension ref="A1:W5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G2" sqref="G2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
@@ -685,206 +649,83 @@
         <v>18</v>
       </c>
       <c r="G4" s="10" t="s">
         <v>19</v>
       </c>
       <c r="H4" s="4">
         <v>42.74</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
-      <c r="A5" s="3">
-[...5 lines deleted...]
-      <c r="C5" s="3" t="s">
+      <c r="A5" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="D5" s="3" t="s">
-[...12 lines deleted...]
-        <v>0.8</v>
+      <c r="B5" s="7"/>
+      <c r="C5" s="7"/>
+      <c r="D5" s="7"/>
+      <c r="E5" s="7"/>
+      <c r="F5" s="11"/>
+      <c r="G5" s="11"/>
+      <c r="H5" s="8">
+        <v>44.75</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
-    <row r="6" spans="1:23">
-[...109 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A8:G8"/>
+    <mergeCell ref="A5:G5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>